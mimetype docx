--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,108 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="487610CB" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7D216526" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A"/>
+    <w:p w14:paraId="467EABC8" w14:textId="77777777" w:rsidR="00BC0BFE" w:rsidRDefault="00BC0BFE"/>
+    <w:p w14:paraId="46F22DCB" w14:textId="77777777" w:rsidR="00BC0BFE" w:rsidRDefault="00BC0BFE"/>
+    <w:p w14:paraId="77414021" w14:textId="77777777" w:rsidR="00BC0BFE" w:rsidRDefault="00BC0BFE"/>
+    <w:p w14:paraId="26A4AEB5" w14:textId="77777777" w:rsidR="00BC0BFE" w:rsidRDefault="00BC0BFE"/>
+    <w:p w14:paraId="23D21DDE" w14:textId="77777777" w:rsidR="00BC0BFE" w:rsidRDefault="00BC0BFE"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EA246A" w14:paraId="05C9E105" w14:textId="77777777" w:rsidTr="00391EEA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5B1F3B" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="004F269E" w:rsidRDefault="00EA246A" w:rsidP="00391EEA">
+          <w:p w14:paraId="1F5B1F3B" w14:textId="77938365" w:rsidR="00EA246A" w:rsidRPr="004F269E" w:rsidRDefault="00EA246A" w:rsidP="00391EEA">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F269E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D3F7C7B" wp14:editId="079768E8">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D3F7C7B" wp14:editId="079768E8">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>6518275</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>78740</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1244600" cy="222885"/>
                       <wp:effectExtent l="0" t="2540" r="0" b="3175"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Textruta 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1244600" cy="222885"/>
                               </a:xfrm>
@@ -202,51 +202,51 @@
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:spAutoFit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>20000</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="7D3F7C7B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
-                    <v:shape id="Textruta 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape id="Textruta 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                       <v:textbox style="mso-fit-shape-to-text:t">
                         <w:txbxContent>
                           <w:p w14:paraId="4574728B" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="003D37FD" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dok.ID: </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
@@ -283,613 +283,859 @@
                               <w:t>42535</w:t>
                             </w:r>
                             <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_1314629194"/>
             <w:bookmarkStart w:id="1" w:name="Rubrik"/>
             <w:bookmarkStart w:id="2" w:name="_Toc501440347"/>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="00F86A16">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Ö</w:t>
+            </w:r>
             <w:r w:rsidRPr="004F269E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t xml:space="preserve">Postoperativ övervakningsrutin </w:t>
+              <w:t xml:space="preserve">vervakningsrutin </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>&amp; Rapport överlämnande av ansvar mellan anestesi - UVA</w:t>
+              <w:t xml:space="preserve">&amp; Rapport överlämnande av ansvar mellan anestesi </w:t>
             </w:r>
-            <w:r w:rsidRPr="004F269E">
+            <w:r w:rsidR="00F1442D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidRPr="004F269E">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Uppvakningsavdelningarna NÄL &amp; Uddevalla sjukhus</w:t>
+              <w:t xml:space="preserve"> UVA</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidR="00F1442D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>. Postoperativ vård</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2CCA3457" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r>
         <w:t>Revidering i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6446B7EF" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00DD012C" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+    <w:p w14:paraId="6446B7EF" w14:textId="505B3EA5" w:rsidR="00EA246A" w:rsidRPr="00DD012C" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Ändring under rubrik: Utförande i samband med känd MRB-smitta (ESBL, ESBL-</w:t>
-[...7 lines deleted...]
-        <w:t>, MRSA, VRE) &amp; Clostridium.</w:t>
+        <w:t>Ändring</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3FC3">
+        <w:t>ar har skett</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> under rubrik</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3FC3">
+        <w:t>er</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0BE5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6FB0">
+        <w:t xml:space="preserve">Bakgrund; </w:t>
+      </w:r>
+      <w:r w:rsidR="00874208">
+        <w:t xml:space="preserve">Indikationer för vård på UVA; </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3096">
+        <w:t xml:space="preserve">Övervakning; </w:t>
+      </w:r>
+      <w:r w:rsidR="002E0BE5">
+        <w:t>Övervakningsrutiner;</w:t>
+      </w:r>
+      <w:r w:rsidR="0017171D">
+        <w:t xml:space="preserve"> Vuxna</w:t>
+      </w:r>
+      <w:r w:rsidR="00C745AE">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0BE5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00420EE2">
+        <w:t>Barn;</w:t>
+      </w:r>
+      <w:r w:rsidR="005741D3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C745AE">
+        <w:t xml:space="preserve">Patientförberedelser inför utskrivning; </w:t>
+      </w:r>
+      <w:r w:rsidR="005741D3">
+        <w:t xml:space="preserve">Utskrivning; </w:t>
+      </w:r>
+      <w:r w:rsidR="00420EE2">
+        <w:t>Rapport från UVA till avdelning/DBV</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="080B2CDC" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="009C7719" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00A971F9">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC4B004" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="002515FF" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+    <w:p w14:paraId="2FC4B004" w14:textId="447B4DEC" w:rsidR="00EA246A" w:rsidRPr="002515FF" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002515FF">
         <w:t>Klargöra ansvarsfö</w:t>
       </w:r>
       <w:r>
         <w:t>rdelningen mellan anestesi och UVA</w:t>
       </w:r>
       <w:r w:rsidRPr="002515FF">
         <w:t xml:space="preserve"> personal när</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002515FF">
         <w:t xml:space="preserve">patienten </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">flyttas </w:t>
       </w:r>
       <w:r w:rsidRPr="002515FF">
         <w:t>mellan enheterna.</w:t>
       </w:r>
+      <w:r w:rsidR="0079101E">
+        <w:t xml:space="preserve"> Ge stöd och vägledning till personal som tjänstgör på uppvakningsavdelningarna.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="27A156DB" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="009C7719" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738DDB62" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="002515FF" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="002515FF">
         <w:t>Skapa ett strukturerat arbetssätt i vårdens över</w:t>
       </w:r>
       <w:r>
         <w:t>gångar mellan operation och UVA, samt strukturerat arbetssätt för arbetet på UVA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="242637EA" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="009C7719" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="009C7719">
         <w:t xml:space="preserve">Vilka berörs </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="693BC27A" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00F17790" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Sidhuvud"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F17790">
-        <w:t>Läkare, sjuksköterskor och undersköterskor på AnOpIVA kliniken.</w:t>
+        <w:t xml:space="preserve">Läkare, sjuksköterskor och undersköterskor på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F17790">
+        <w:t>AnOpIVA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F17790">
+        <w:t xml:space="preserve"> kliniken.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A0C48C" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00E913B9" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E913B9">
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:t>ndikationer för vård på UVA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A0FCDD" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00D70232" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="7709DC13" w14:textId="77777777" w:rsidR="00852C27" w:rsidRDefault="00EA246A" w:rsidP="00852C27">
+      <w:pPr>
+        <w:spacing w:after="40"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00D70232">
-        <w:t xml:space="preserve">lla patienter som genomgått generell, regional anestesi och/eller intravenös sedering, skall under återhämtningsfasen vårdas på UVA. (Undantag kan göras efter extremt kortvarig anestesi utan opioider, tex; </w:t>
+        <w:t xml:space="preserve">lla patienter som genomgått generell, regional anestesi och/eller intravenös </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D70232">
+        <w:t>sedering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D70232">
+        <w:t>, skall under återhämtningsfasen vårdas på UVA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A0FCDD" w14:textId="740F579A" w:rsidR="00EA246A" w:rsidRPr="00D70232" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D70232">
+        <w:t xml:space="preserve">Undantag kan göras efter </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4748">
+        <w:t xml:space="preserve">ingrepp </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1B3A">
+        <w:t>genomförda i en</w:t>
+      </w:r>
+      <w:r w:rsidR="00852C27">
+        <w:t>bart</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1B3A">
+        <w:t xml:space="preserve"> perifer blockad</w:t>
+      </w:r>
+      <w:r w:rsidR="00852C27">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="000B1C80">
+        <w:t>anestesi samt vid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70232">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B1C80">
+        <w:t xml:space="preserve">ytterst </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70232">
+        <w:t xml:space="preserve">kortvarig anestesi utan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D70232">
+        <w:t>opioider</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D70232">
+        <w:t xml:space="preserve">, tex; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D70232">
         <w:t>Propofolanestesi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D70232">
-        <w:t xml:space="preserve"> vid reponering. Om patienten är helt vaken och stabil, kan hen åka direkt till vårdavdelning).</w:t>
+        <w:t xml:space="preserve"> vid</w:t>
+      </w:r>
+      <w:r w:rsidR="000466D0">
+        <w:t xml:space="preserve"> exempelvis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70232">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D70232">
+        <w:t>reponering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D70232">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009C07FE">
+        <w:t>I de fall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70232">
+        <w:t xml:space="preserve"> patienten </w:t>
+      </w:r>
+      <w:r w:rsidR="009C07FE">
+        <w:t xml:space="preserve">är </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70232">
+        <w:t>helt vaken och stabil kan hen åka direkt till vårdavdelning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39116122" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00836502" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:before="240" w:after="40"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00836502">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Utförande i samband med känd MRB-smitta (ESBL, ESBL-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00836502">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Carba</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00836502">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>, MRSA, VRE) &amp; Clostridium</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AC82DB1" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00836502" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00836502">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">OP US: </w:t>
       </w:r>
       <w:r>
         <w:t>Sektionsledare</w:t>
       </w:r>
       <w:r w:rsidRPr="00836502">
         <w:t xml:space="preserve"> kontaktar UVA då det planeras in operation av patient med betydande smitta, och UVA kan då planera för det postoperativa omhändertagandet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C8DBF10" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00836502" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+    <w:p w14:paraId="1C8DBF10" w14:textId="1B5F2C8F" w:rsidR="00EA246A" w:rsidRPr="00836502" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00836502">
         <w:t>OP NÄL: Anestesisjuksköterskan</w:t>
       </w:r>
       <w:r>
         <w:t>, eller av denne utsedd person,</w:t>
       </w:r>
       <w:r w:rsidRPr="00836502">
-        <w:t xml:space="preserve"> ringer i god tid till UVA och meddelar hur dags patient med för den postoperativa vården betydande smitta förväntas komma till UVA. Detta för att UVA ska ha möjlighet att omfördela patienter och personal, samt ev. kalla in förstärkning, i de fall postoperativ isolerings vård krävs</w:t>
+        <w:t xml:space="preserve"> ringer i god tid till UVA och meddelar hur dags patient med för den postoperativa vården betydande smitta förväntas komma till UVA. Detta för att UVA ska ha möjlighet att omfördela patienter och personal, samt ev. kalla in förstärkning, i de fall postoperativ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00836502">
+        <w:t>isoleringsvård</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00836502">
+        <w:t xml:space="preserve"> krävs</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04E781B0" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00E913B9" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E913B9">
         <w:t>Transport till och från UVA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4066EB3E" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+    <w:p w14:paraId="4066EB3E" w14:textId="6F62649F" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D70232">
-        <w:t>Vid transport till Uppvakningsavdelningen, skall ansvarig anestesisjuksköterska eller läkare som handhaft patienten medfölja. Efter mer krävande anestesier</w:t>
+        <w:t>Vid transport till U</w:t>
+      </w:r>
+      <w:r w:rsidR="00301919">
+        <w:t>VA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D70232">
+        <w:t xml:space="preserve"> skall ansvarig anestesisjuksköterska eller läkare som handhaft patienten medfölja. Efter mer krävande anestesier</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D70232">
         <w:t xml:space="preserve"> eller en instabil patient, bör ytterligare en person medfölja.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="475B8D1A" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00D70232" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D70232">
         <w:t>Den som handlagt anestesin, bör även avrapportera till sjuksköterska</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SSK) och undersköterska</w:t>
       </w:r>
       <w:r w:rsidRPr="00D70232">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(USK) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D70232">
         <w:t>på UVA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4107A6" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00D70232" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D70232">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Anestesisjuksköterska har ansvar för patienten tills hen rapporterat över patienten till ansvarig UVA-personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FCF1FAE" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+    <w:p w14:paraId="3FCF1FAE" w14:textId="6AB47811" w:rsidR="00EA246A" w:rsidRDefault="00D02470" w:rsidP="00EA246A">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D70232">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D70232">
+      <w:r>
+        <w:t>SSK på UVA</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A" w:rsidRPr="00D70232">
         <w:t xml:space="preserve"> har ansv</w:t>
       </w:r>
-      <w:r>
-        <w:t>ar för patienten tills hen lämnar uppvakningsavdelningen.</w:t>
+      <w:r w:rsidR="00EA246A">
+        <w:t xml:space="preserve">ar för patienten tills </w:t>
+      </w:r>
+      <w:r w:rsidR="00301919">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00301919">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00301919">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A">
+        <w:t xml:space="preserve"> lämnar </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB57A6">
+        <w:t>UVA</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07FF2EC8" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Vårdavdelningen patienten tillhör ansvarar för transport av patient från UVA till avdelning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63B25697" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00F17790" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00F17790">
         <w:t>Mottagande av patient från anestesi till UVA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BB0D7F0" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00B4723B" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="002515FF">
         <w:t>Övervakning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A590068" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1560" w:right="1161" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00824B56">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NÄL:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Mottagande USK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515FF">
+        <w:t xml:space="preserve"> kopplar upp övervakningen och ansvara för att patienten är rätt inskriven i övervakningsskåpet</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40297E9E" w14:textId="01B0BD94" w:rsidR="00F468B0" w:rsidRPr="003C0614" w:rsidRDefault="00F468B0" w:rsidP="00F468B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1560" w:right="1161"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C0614">
+        <w:t>Mottag</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0614" w:rsidRPr="003C0614">
+        <w:t xml:space="preserve">ande SSK skriver in patienten i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C0614" w:rsidRPr="003C0614">
+        <w:t>Orbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C0614" w:rsidRPr="003C0614">
+        <w:t xml:space="preserve"> på aktuell UVA-plats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2371770A" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1560" w:right="1161" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00824B56">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>U-a:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Avlämnande USK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515FF">
+        <w:t xml:space="preserve"> kopplar upp övervakningen och ansvara för att patienten är rätt inskriven i övervakningsskåpet</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F08BA1" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1560" w:right="1161" w:hanging="426"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Överlämnande SSK ansvarar för att fri luftväg finns och att syrgas tillförs då det finns behov.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712986E3" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00B4723B" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1560" w:right="1161" w:hanging="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002515FF">
+        <w:t>Överlämnande och uppkoppling av pågående infusioner i pump görs tillsammans a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>v avlämnande och mottagande SSK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6128A5C7" w14:textId="3407890D" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1560" w:right="1161" w:hanging="426"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Mottagande USK och SSK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515FF">
+        <w:t xml:space="preserve"> säkerställer </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">tillsammans </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515FF">
+        <w:t xml:space="preserve">hantering av </w:t>
+      </w:r>
+      <w:r>
+        <w:t>KAD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515FF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00310726">
+        <w:t xml:space="preserve">Stomi, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515FF">
+        <w:t>rän</w:t>
+      </w:r>
+      <w:r>
+        <w:t>age</w:t>
+      </w:r>
+      <w:r w:rsidR="00310726">
+        <w:t>, Sond</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515FF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002515FF">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515FF">
+        <w:t>.dyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002515FF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6CB21C" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="002515FF" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002515FF">
+        <w:t>Rapport</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F9CED0" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="1161" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00824B56">
-[...7 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Rapportering sker </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bedside</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002515FF">
-        <w:t xml:space="preserve"> kopplar upp övervakningen och ansvara för att patienten är rätt inskriven i övervakningsskåpet</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="2371770A" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+        <w:t xml:space="preserve"> när alla är redo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057FD81C" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="1161" w:hanging="426"/>
       </w:pPr>
-      <w:r w:rsidRPr="00824B56">
-[...81 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00CA231F">
+        <w:t xml:space="preserve">Rapport från </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002515FF">
-[...6 lines deleted...]
-        <w:t>.dyl</w:t>
+      <w:r w:rsidRPr="00CA231F">
+        <w:t>Orbit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002515FF">
-[...38 lines deleted...]
-      </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149255C8" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="006C2575" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="1161"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="006C2575">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Placera patienten till aktuell UVA-plats i Orbit.</w:t>
+        <w:t xml:space="preserve">Placera patienten till aktuell UVA-plats i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C2575">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Orbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C2575">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF1A88E" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="1161"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F7FDC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>- Högerklicka och öppna Op. tillfälle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DDC33B0" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="1161"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F7FDC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">- Gå in i </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Postop-</w:t>
+        <w:t>Postop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="006F7FDC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>fasen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> öppna rullgardinen</w:t>
       </w:r>
@@ -909,1505 +1155,2273 @@
         </w:rPr>
         <w:t>SBAR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33B7DA8E" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="1161"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F7FDC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">- Klicka dig igenom/få rapport från </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>SBAR-fönstret,</w:t>
       </w:r>
       <w:r w:rsidRPr="006F7FDC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> inklusive trendkurvan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F48378E" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00CB4338" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="1161"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">- Öppna rullgardinen och markera </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CB4338">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Postop</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att möjliggöra fortsatt dokumentation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0087FE62" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="1161" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="006F7FDC">
         <w:t xml:space="preserve">Avlämnande SSK skall försäkra sig om att mottagande SSK </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">och USK </w:t>
       </w:r>
       <w:r w:rsidRPr="006F7FDC">
         <w:t>har fått all information hen önskar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C36A720" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="005A0E03" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+    <w:p w14:paraId="7C36A720" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="005A0E03" w:rsidRDefault="00EA246A" w:rsidP="619FA915">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1161"/>
       </w:pPr>
-      <w:r w:rsidRPr="006F7FDC">
-[...6 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:t>Därefter är ansvaret för patienten överlämnad till UVA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4438A8" w14:textId="101FCD0E" w:rsidR="6DBF9276" w:rsidRPr="00511990" w:rsidRDefault="6DBF9276" w:rsidP="619FA915">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1161"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00511990">
+        <w:t xml:space="preserve">Har patienten skyddad identitet ska detta </w:t>
+      </w:r>
+      <w:r w:rsidR="04D7CA46" w:rsidRPr="00511990">
+        <w:t>uppmärksammas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00511990">
+        <w:t xml:space="preserve"> på UVA för att minska risken för </w:t>
+      </w:r>
+      <w:r w:rsidR="4743CEAF" w:rsidRPr="00511990">
+        <w:t xml:space="preserve">brusten sekretess. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57B6794D" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A"/>
-    <w:p w14:paraId="0E585BF6" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00E71C2F" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="79869D08" w14:textId="77777777" w:rsidR="00070CC4" w:rsidRDefault="00EA246A" w:rsidP="00070CC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71C2F">
-        <w:t>Patienten ska vara respiratoriskt stabil och ha fri luftväg. Spontandning och ev. larynxmask/</w:t>
+        <w:t>Patienten ska vara respiratoriskt stabil och ha fri luftväg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E585BF6" w14:textId="39186FD2" w:rsidR="00EA246A" w:rsidRPr="00E71C2F" w:rsidRDefault="00EA246A" w:rsidP="00070CC4">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71C2F">
+        <w:t xml:space="preserve">Spontandning och ev. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E71C2F">
+        <w:t>larynxmask</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E71C2F">
+        <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E71C2F">
         <w:t>endotrackeal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E71C2F">
         <w:t xml:space="preserve"> tub skall vara avlägsnade.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ECCAFCD" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00E71C2F" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="6ECCAFCD" w14:textId="1ABFB310" w:rsidR="00EA246A" w:rsidRPr="00E71C2F" w:rsidRDefault="00EA246A" w:rsidP="00070CC4">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71C2F">
-        <w:t xml:space="preserve">Patienten ska vara </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Patienten ska vara smärtlindrad, </w:t>
+      </w:r>
+      <w:r w:rsidR="00070CC4">
+        <w:t>NR</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E71C2F">
-        <w:t>smärtlindrad</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00070CC4">
+        <w:t>/VAS</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E71C2F">
-        <w:t>, VAS under 6.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> under 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D813798" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00E71C2F" w:rsidRDefault="00EA246A" w:rsidP="00070CC4">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71C2F">
         <w:t xml:space="preserve">Patienten ska vara </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E71C2F">
         <w:t>cirkulatoriskt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E71C2F">
         <w:t xml:space="preserve"> stabil med den behandling som pågår vid överlämning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="213EA042" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Mottagande UVA personal, 1 SSK och 1 USK, ser över patienten och inspekterar förband och gips. Ev. märker upp in och utfarter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A96B5E0" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="7A96B5E0" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00C55BF3">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Vb. förstärks förband och fixering av PVK, Artärnål och EDA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CC5188" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+    <w:p w14:paraId="02CC5188" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00070CC4">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
       <w:r>
         <w:t>Hudkostymen ses över enligt trycksårsförebyggande rutin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73608B52" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00E913B9" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-[...2 lines deleted...]
-        <w:ind w:right="567"/>
+    <w:p w14:paraId="73608B52" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00E913B9" w:rsidRDefault="00EA246A" w:rsidP="007C3096">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E913B9">
         <w:t>Ö</w:t>
       </w:r>
       <w:r>
         <w:t>vervakningsrutiner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59CDBC7B" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="59CDBC7B" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00016D67">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>UVA-p</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB049C">
         <w:t>er</w:t>
       </w:r>
       <w:r>
         <w:t>sonalen skall regelbundet utvärdera och dokumentera patientens tillstånd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C4969F" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="44C4969F" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00016D67">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Observationer skall dokumenteras då patienten anländer till UVA och i det tidiga postoperativa skedet (den första timmen), därefter individuell bedömning av ansvarig sjuksköterska/läkare, beroende på anestesiform/vårdform eller att patienten är så återställd att hen kan lämna UVA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D326BB" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="44D326BB" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00016D67">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Övervakningstid sker relaterat till utskrivningskriterier.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7381AD05" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="7381AD05" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00016D67">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Inneliggande patienter &amp; FDV:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Dokumentation sker i Orbit och Melior.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> Dokumentation sker i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Orbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D797E5" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="0064077E" w:rsidRDefault="00EA246A" w:rsidP="00016D67">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Läkemedelstillförsel dokumenteras för </w:t>
       </w:r>
       <w:r w:rsidRPr="000A52A6">
         <w:t xml:space="preserve">inneliggande patienter </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">och FDV </w:t>
       </w:r>
       <w:r w:rsidRPr="000A52A6">
         <w:t>i</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Orbit</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Orbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A52A6">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Melior</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0064077E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79EB086D" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="79EB086D" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00016D67">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Polikliniska patienter:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Dokumentation sker endast i Orbit. Undantag: DSK-remiss som skrivs i Melior-mall.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> Dokumentation sker endast i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Orbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Undantag: DSK-remiss som skrivs i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-mall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48AF2E71" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="004A147A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Läkemedelstillförsel dokumenteras för alla polikliniska </w:t>
       </w:r>
       <w:r w:rsidRPr="000A52A6">
-        <w:t>patienter i O</w:t>
-[...7 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">patienter i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000A52A6">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="473BF6CE" w14:textId="77777777" w:rsidR="008F67CE" w:rsidRDefault="008F67CE" w:rsidP="004A147A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03956DCF" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="004A147A">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F67CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Patienten bedöms vara postoperativ uppvakningspatient i upp till 24 timmar</w:t>
+      </w:r>
       <w:r w:rsidRPr="008619DD">
-        <w:t>Patienten bedöms vara postoperativ uppvakningspatient i upp till 24 timmar.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="16A25FFD" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="008619DD" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A25FFD" w14:textId="04F35E35" w:rsidR="00EA246A" w:rsidRPr="008619DD" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
+      <w:r w:rsidRPr="008619DD">
+        <w:t>Har patienten fortsatt behov av högre vårdnivå än vårdavdelning 24 timmar postoperativt ska denne bedömas som IMA-patient vilken vårdas på UVA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E4932D1" w14:textId="370A39FE" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00016D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008619DD">
+        <w:lastRenderedPageBreak/>
+        <w:t>Utifrån bedömning hur långvarig IMA-vård kan tänkas bli, samt platssituation på respektive enhet</w:t>
+      </w:r>
+      <w:r w:rsidR="008F67CE">
+        <w:t>er</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008619DD">
+        <w:t>, ska ställning tas till om patienten ska flyttas till IMA för fortsatt vård eller kvarstanna i UVA:s lokaler.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DF3287" w14:textId="77777777" w:rsidR="00B96D34" w:rsidRPr="008619DD" w:rsidRDefault="00B96D34" w:rsidP="00016D67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C770626" w14:textId="0771C184" w:rsidR="00826386" w:rsidRDefault="00420CFC" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96D34">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>UVA NÄL</w:t>
+      </w:r>
       <w:r w:rsidRPr="008619DD">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>UVA NÄL:</w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="008619DD">
-        <w:t xml:space="preserve"> Har patienten fortsatt behov av högre vårdnivå än vårdavdelning 24 timmar postoperativt ska denne bedömas som IMA-patient vilken vårdas på UVA.</w:t>
-[...4 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A" w:rsidRPr="008619DD">
+        <w:t xml:space="preserve">Patienter som ligger mer än 24 timmar på UVA skrivs </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF7D11">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A" w:rsidRPr="008619DD">
+        <w:t>n i C</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC5B73">
+        <w:t>HA-CC</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0966">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092F67D4" w14:textId="4CF48AA0" w:rsidR="00EA246A" w:rsidRDefault="00DC0966" w:rsidP="00512052">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="008619DD">
-[...3 lines deleted...]
-    <w:p w14:paraId="092F67D4" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="008619DD" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:r>
+        <w:t xml:space="preserve">Placeras på </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1D04">
+        <w:t xml:space="preserve">avdelning </w:t>
+      </w:r>
+      <w:r>
+        <w:t>IVA26</w:t>
+      </w:r>
+      <w:r w:rsidR="00D27303">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4123">
+        <w:t xml:space="preserve"> UIVA</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4123">
+        <w:t>plats</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> motsvarande den plats på UVA patienten vårdas på</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A" w:rsidRPr="008619DD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108D3E03" w14:textId="6AFF5F6C" w:rsidR="00E81F26" w:rsidRPr="008619DD" w:rsidRDefault="00E81F26" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="008619DD">
-        <w:t>Patienter som ligger mer än 24 timmar på UVA skrivas in i CCC.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7AAED2B4" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="008619DD" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+        <w:t xml:space="preserve">Avsluta dokumentationen i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008619DD">
+        <w:t>Orbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008619DD">
+        <w:t>. Skriv ut till I</w:t>
+      </w:r>
+      <w:r>
+        <w:t>VA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AAED2B4" w14:textId="4A4F5BC9" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="008619DD">
-        <w:t xml:space="preserve">Läkemedel ordineras och signeras i CCC. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1FD6476B" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="008619DD" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+        <w:t>Läkemedel ordineras och signeras i C</w:t>
+      </w:r>
+      <w:r w:rsidR="00D27303">
+        <w:t>HA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008619DD">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B58A8E6" w14:textId="77777777" w:rsidR="00512052" w:rsidRPr="008619DD" w:rsidRDefault="00512052" w:rsidP="006834A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="008619DD">
-        <w:lastRenderedPageBreak/>
-[...12 lines deleted...]
-    <w:p w14:paraId="636BAF62" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="008619DD" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+        <w:t>Vad gäller rond ska ansvarig sjuksköterska kontakta läkare, narkos samt opererande kliniks, för att tillse patienten rondas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F620948" w14:textId="77777777" w:rsidR="00790F1A" w:rsidRPr="008619DD" w:rsidRDefault="00790F1A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="008619DD">
+    </w:p>
+    <w:p w14:paraId="1FD6476B" w14:textId="6898EBF4" w:rsidR="00EA246A" w:rsidRDefault="00790F1A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790F1A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>Vid tid för utskrivning till vårdavdelning</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A" w:rsidRPr="008619DD">
+        <w:t>Signera sista givna doser</w:t>
+      </w:r>
+      <w:r w:rsidR="00942DC6">
+        <w:t xml:space="preserve"> på UVA</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A" w:rsidRPr="008619DD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00942DC6">
+        <w:t xml:space="preserve">i läkemedelsmodulen </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A" w:rsidRPr="008619DD">
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA246A" w:rsidRPr="008619DD">
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA246A" w:rsidRPr="008619DD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F00897" w14:textId="77777777" w:rsidR="00105859" w:rsidRDefault="00105859" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79753505" w14:textId="77777777" w:rsidR="006834A3" w:rsidRPr="008619DD" w:rsidRDefault="006834A3" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="636BAF62" w14:textId="41B7F6CE" w:rsidR="00EA246A" w:rsidRPr="008619DD" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790F1A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>UVA US</w:t>
       </w:r>
       <w:r w:rsidRPr="008619DD">
         <w:t>: Dokumentation av patientjournal görs på IVA</w:t>
       </w:r>
       <w:r>
         <w:t>/UVA</w:t>
       </w:r>
       <w:r w:rsidRPr="008619DD">
-        <w:t>-kurva, pappersjournal.</w:t>
+        <w:t>-kurva, pappersjournal</w:t>
+      </w:r>
+      <w:r w:rsidR="006A22B7">
+        <w:t xml:space="preserve"> alt. skrivs patienten in i CCC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008619DD">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35341BD8" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="008619DD" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B1CEDC2" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="008619DD" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2B1CEDC2" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="006834A3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="008619DD">
         <w:t>Vad gäller rond ska ansvarig sjuksköterska kontakta läkare, narkos samt opererande kliniks, för att tillse patienten rondas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD9FF79" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00FB0B1C" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w14:paraId="29457403" w14:textId="77777777" w:rsidR="006834A3" w:rsidRDefault="006834A3" w:rsidP="006834A3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70E7876A" w14:textId="77777777" w:rsidR="006834A3" w:rsidRDefault="006834A3" w:rsidP="006834A3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790F1A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Vid tid för utskrivning till vårdavdelning</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008619DD">
+        <w:t>Signera sista givna doser</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> på UVA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008619DD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">i läkemedelsmodulen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008619DD">
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008619DD">
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008619DD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD9FF79" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00FB0B1C" w:rsidRDefault="00EA246A" w:rsidP="002C7A11">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Vuxna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="392A9030" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+    <w:p w14:paraId="392A9030" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00051331">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Andningsfrekvens var 15:e min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30EA4300" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00051331">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hjärtfrekvens var 15:e min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26192E5E" w14:textId="0A633C8A" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00051331">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Blodtryck var 15:e min.</w:t>
+      </w:r>
+      <w:r w:rsidR="00051331">
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F149E0C" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00051331">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Pox</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> var 15:e min. Saturation bör </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>ligga &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 92%, med ett minimum av O2, om inte annan indikation finns i patientens anamnes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44FFFA4A" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="000D6B9F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Andningsfrekvens var 15:e min.</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t>Temp vid ankomst och avfärd, samt utifrån ev. specifik rutin för resp. ingrepp samt NEWS-handlingsplan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B31D11C" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Hjärtfrekvens var 15:e min.</w:t>
-[...23 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Temp behövs ej vid icke </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Pox</w:t>
+        <w:t>invasiv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> var 15:e min. Saturation bör </w:t>
+        <w:t xml:space="preserve"> kirurgi (ex. MR, ECT, El-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>konv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>ligga &gt;</w:t>
+        <w:t>Etc.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> 92%, med ett minimum av O2, om inte annan indikation finns i patientens anamnes.</w:t>
-[...44 lines deleted...]
-      <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312FEC0D" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="312FEC0D" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00726ACA">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00296B1C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Vid h</w:t>
       </w:r>
       <w:r w:rsidRPr="00122E44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ypoterm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00122E44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> &lt;36,0</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – Ny tempkontroll var 30:e min tills </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>normotemp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="167F7023" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+    <w:p w14:paraId="167F7023" w14:textId="602FE23C" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00726ACA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Smärtgrad enl. VAS vid ankomst och avfärd, var </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>3:</w:t>
+      </w:r>
+      <w:r w:rsidR="273735EF">
+        <w:t>dj</w:t>
+      </w:r>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> timme, samt efter analgetikatillförsel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FDB825" w14:textId="2DEFB983" w:rsidR="00EA246A" w:rsidRDefault="0095160F" w:rsidP="00726ACA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Blåskontroll/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA246A">
+        <w:t>Bladderscan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA246A">
+        <w:t xml:space="preserve"> enl.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42238">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A42238">
+        <w:t>Anopiva:s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A42238">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A">
+        <w:t>rutin</w:t>
+      </w:r>
+      <w:r w:rsidR="00A42238">
+        <w:t xml:space="preserve"> för blåskontroll</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D45378A" w14:textId="77777777" w:rsidR="001733F4" w:rsidRDefault="00584BAF" w:rsidP="001733F4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Smärtgrad enl. VAS vid ankomst och avfärd, var </w:t>
+        <w:t xml:space="preserve">Kontroll av patientens infarter </w:t>
+      </w:r>
+      <w:r w:rsidR="001F70B1">
+        <w:t xml:space="preserve">vid ankomst och avfärd, samt </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">minimum var </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>3:dje</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> timme, samt efter analgetikatillförsel.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="31FDB825" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00355002" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+        <w:t xml:space="preserve"> timme</w:t>
+      </w:r>
+      <w:r w:rsidR="001F70B1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018875A5" w14:textId="5F51B979" w:rsidR="00584BAF" w:rsidRPr="00355002" w:rsidRDefault="00957CCF" w:rsidP="001733F4">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid behov utförs funktionskontroll och icke fungerande infarter </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6B9F">
+        <w:t>tas bort.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4401E267" w14:textId="77777777" w:rsidR="00FA123E" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="6D8E3D94" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:r>
+        <w:t xml:space="preserve">Kontroll av </w:t>
+      </w:r>
+      <w:r w:rsidR="00A653E0">
+        <w:t xml:space="preserve">patientens förekommande </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">förband, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A653E0">
+        <w:t xml:space="preserve">stomi, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">dränage, sond vid ankomst och avfärd, samt </w:t>
+      </w:r>
+      <w:r w:rsidR="00725838">
+        <w:t xml:space="preserve">minimum </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57D29">
+        <w:t>1 gång/timme inledande 3 timmar postoperativt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF4B352" w14:textId="77777777" w:rsidR="002E0714" w:rsidRDefault="00E57D29" w:rsidP="00FA123E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Därefter</w:t>
+      </w:r>
+      <w:r w:rsidR="003104A6">
+        <w:t xml:space="preserve">, utifrån hur pigg patienten är och själv kan </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA123E">
+        <w:t>uppmärksamma</w:t>
+      </w:r>
+      <w:r w:rsidR="003104A6">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> kan kontroll av </w:t>
+      </w:r>
+      <w:r w:rsidR="00A34CD8">
+        <w:t>förband</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04DD9">
+        <w:t xml:space="preserve"> och övriga utfarter </w:t>
+      </w:r>
+      <w:r w:rsidR="006820D5">
+        <w:t xml:space="preserve">glesas ut till </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC2FA2">
+        <w:t xml:space="preserve">var </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DC2FA2">
+        <w:t>3:dje</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DC2FA2">
+        <w:t xml:space="preserve"> timme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8E3D94" w14:textId="2C62A8DB" w:rsidR="00EA246A" w:rsidRDefault="008D53AD" w:rsidP="001733F4">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E0714">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>OBS</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67932" w:rsidRPr="002E0714">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D67932">
+        <w:t>Fortsatt tät kontroll av</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nylagd stomi</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67932">
+        <w:t>, vilka</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> plötsligt kan få höga flöden </w:t>
+      </w:r>
+      <w:r w:rsidR="000073C4">
+        <w:t>snabbt</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DD4451" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00355002" w:rsidRDefault="00EA246A" w:rsidP="001733F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">PONV vid ankomst och avfärd, samt efter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>antiemetikatillförsel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0063E08B" w14:textId="77777777" w:rsidR="00431E4E" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Kontroll av förband, dränage, sond vid ankomst och avfärd, samt regelbundet.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="04DD4451" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00355002" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+        <w:t xml:space="preserve">Reaktionsgrad, bedömt efter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sederingsgrad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> vid ankomst</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3B23">
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">avfärd, samt under UVA-tiden var </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>3:dje</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> timme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37927A1E" w14:textId="433FC48B" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="001733F4">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dokumenteras i trendkurvan under kommentar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0963AE90" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="003A3E71">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B6B97">
+        <w:t>Specifik registrering enligt rutin för ingreppet</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Ex. kärlkontroller).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="562D3CB1" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">PONV vid ankomst och avfärd, samt efter </w:t>
+        <w:t xml:space="preserve">Dokumentera i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>antiemetikatillförsel</w:t>
+        <w:t>Melior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>.</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve"> Sammansatt status </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Postop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. – Levande dokument under patientens tid på UVA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367A088E" w14:textId="77777777" w:rsidR="00D357B2" w:rsidRDefault="00BD1335" w:rsidP="009C2744">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Reaktionsgrad, bedömt efter </w:t>
+        <w:t xml:space="preserve">Sammansatt status </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>sederingsgrad</w:t>
+      <w:r w:rsidR="00D357B2">
+        <w:t>Postop</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...16 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidR="00D357B2">
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D357B2">
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D357B2">
+        <w:t xml:space="preserve"> skrivs</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A">
+        <w:t xml:space="preserve"> ej på polikliniska patienter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207E33A3" w14:textId="2F26CB51" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="009C2744">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="004B6B97">
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:t>Skrivs på Slutenvårds</w:t>
+      </w:r>
+      <w:r w:rsidR="00526CB4">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> &amp; FDV</w:t>
+      </w:r>
+      <w:r w:rsidR="00526CB4">
+        <w:t>-patienter</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248FA5D2" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00A246E4" w:rsidRDefault="00EA246A" w:rsidP="009C2744">
+      <w:pPr>
+        <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="562D3CB1" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-[...28 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="35D92635" w14:textId="369CF376" w:rsidR="00EA246A" w:rsidRPr="009907C8" w:rsidRDefault="00EA246A" w:rsidP="00051331">
+      <w:pPr>
+        <w:spacing w:after="40"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009907C8">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>I förekommande fall registreras även;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="669B8C94" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+        <w:t>I förekommande fall registreras även</w:t>
+      </w:r>
+      <w:r w:rsidR="00051331">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669B8C94" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="009C2744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Blod/vätsketillförsel, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Postop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786CF4FC" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="009C2744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Blod/vätskeförlust, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Postop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FF64FB" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="009C2744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Timdiures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">/kumulativ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>diures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/spoldropp, ev. spolning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED1A75C" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="009C2744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Kontroll av muskelkraft i benen enl. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Bromage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (vid spinal eller EDA).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0E346A" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00355002" w:rsidRDefault="00EA246A" w:rsidP="009C2744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Distalstatus med perifer cirkulation och nervfunktion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FD7EA1" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Blod/vätsketillförsel, Postop.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="786CF4FC" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+        <w:t>Blodprovstagning enl. rutin eller ordination, samt vid behov.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EFC234" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="006C54BB" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:right="567"/>
+      </w:pPr>
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C54BB">
+        <w:t xml:space="preserve">egistrera omvårdnadsåtgärder i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C54BB">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C54BB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B8269F" w14:textId="77777777" w:rsidR="00825ABA" w:rsidRDefault="00EA246A" w:rsidP="00825ABA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Blod/vätskeförlust, Postop.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="06FF64FB" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+        <w:t>Dryck kan ges till vakna patienter, relaterat till PONV, som är stabil i sin andning, om inte ingreppet kräver fasta eller restriktion postoperativt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FA04F4" w14:textId="1E5115A5" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00825ABA">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Se specifik rutin för ingreppet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3182A438" w14:textId="77777777" w:rsidR="009B64BA" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
+      <w:r>
+        <w:t>Patienter med</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55384">
+        <w:t xml:space="preserve"> spi</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">nal kan få dryck, även smörgås vid </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Timdiures</w:t>
+        <w:t>Bromage</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">/kumulativ </w:t>
-[...15 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve"> 2, om inte ingreppet kräver fasta eller restriktion postoperativt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9CEA19" w14:textId="6F7E3C9B" w:rsidR="00EA246A" w:rsidRPr="00C20A1C" w:rsidRDefault="00EA246A" w:rsidP="009B64BA">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Kontroll av muskelkraft i benen enl. </w:t>
+        <w:t xml:space="preserve">Se </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Bromage</w:t>
+      <w:r w:rsidR="003C21CE">
+        <w:t>v.b</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...84 lines deleted...]
-        <w:t xml:space="preserve"> 2, om inte ingreppet kräver fasta eller restriktion postoperativt. Se specifik rutin för ingreppet. </w:t>
+      <w:r w:rsidR="003C21CE">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>specifik rutin för ingreppet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ACD894F" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00361EAC" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00361EAC">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>arn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A199FCC" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+    <w:p w14:paraId="3A199FCC" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="002C7A11">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Andningsfrekvens var 15:e min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="041437F2" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00693157" w:rsidRDefault="00EA246A" w:rsidP="002C7A11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hjärtfrekvens var 15:e min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B2E26F" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="002C7A11" w:rsidRDefault="00EA246A" w:rsidP="002C7A11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Syrgasmättnad var 15:e min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A5738B" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="002C7A11" w:rsidRDefault="00EA246A" w:rsidP="002C7A11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Blodtryck var 15:e min. Kontrolleras om ålder &gt;16 år, samt vid ordination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="514E96AD" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="002C7A11" w:rsidRDefault="00EA246A" w:rsidP="002C7A11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Smärtskattning. Om möjligt enl. VAS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF75C5D" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="002C7A11" w:rsidRDefault="00EA246A" w:rsidP="002C7A11">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontroll av förband vid ankomst och avfärd, samt regelbundet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029F3CBF" w14:textId="08772056" w:rsidR="00EA246A" w:rsidRDefault="00F33D94" w:rsidP="00FE5FE4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Andningsfrekvens var 15:e min.</w:t>
-[...7 lines deleted...]
-        </w:numPr>
+        <w:t>Blåskontroll/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Bladderscan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> enl. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Anopiva:s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> rutin för blåskontroll</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5FE4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F372A">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5FE4">
+        <w:t xml:space="preserve"> barn</w:t>
+      </w:r>
+      <w:r w:rsidR="006F372A">
+        <w:t xml:space="preserve"> om</w:t>
+      </w:r>
+      <w:r w:rsidR="002E29A1">
+        <w:t xml:space="preserve"> ålder</w:t>
+      </w:r>
+      <w:r w:rsidR="006F372A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B52835">
+        <w:t xml:space="preserve">upp till </w:t>
+      </w:r>
+      <w:r w:rsidR="006F372A">
+        <w:t xml:space="preserve">12 år, enl. rutin blåskontroll </w:t>
+      </w:r>
+      <w:r w:rsidR="002E29A1">
+        <w:t xml:space="preserve">– vuxna om ålder </w:t>
+      </w:r>
+      <w:r w:rsidR="00B52835">
+        <w:t>över 12 år</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C21CD94" w14:textId="77777777" w:rsidR="002C7A11" w:rsidRDefault="002C7A11" w:rsidP="002C7A11">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1418" w:right="0"/>
-[...118 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:ind w:left="1058" w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DEE131C" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="002C7A11">
+      <w:pPr>
+        <w:spacing w:after="40"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Övervakningstid sker relaterat till utskrivningskriterier.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="316021FE" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="316021FE" w14:textId="4E3BB5B7" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om barnet somnar om efter tillförsel av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t.ex</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Morfin, övervakas de fysiologiska mätvärdena till dess barnet vaknar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5004DAD3" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00FB0B1C" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB0B1C">
+        <w:lastRenderedPageBreak/>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>rdinationer/ronder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654BAA6A" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="654BAA6A" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Det åligger patientansvarig anestesiolog att ha en plan för patientens postoperativa vård, ordinera postoperativa ordinationer samt att under dagtid följa upp patientens tillstånd och vid behov komplettera ordinationer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D59594" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="22D59594" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>På eftermiddagen efter överlämningsrapporten, skall primärjouren gå UVA-rond, för bedömning av patienten, komplettering av ordinationer och ställningstagande till patienter som ev. behöver förlängd observationstid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76D805E9" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="76D805E9" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>På jourtid är jourhavande anestesiläkare ansvarig för alla patienter på UVA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5867AFDB" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="5867AFDB" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Primärjouren gör på samma sätt en bedömning av patienterna på UVA inför natten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD25A46" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="1CD25A46" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003574C6">
-        <w:t>Om EDA – Se till att EDA/PCEA -ordination finns dokumenterad i Melior.</w:t>
+        <w:t xml:space="preserve">Om EDA – Se till att EDA/PCEA -ordination finns dokumenterad i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003574C6">
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003574C6">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CDDF09E" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="006B320B" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r w:rsidRPr="006B320B">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>atientförberedelser inför utskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7964B849" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="7964B849" w14:textId="0636741F" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="007C354F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>UVA-personalen ser över patienten, inspekterar förband, gips samt</w:t>
+        <w:t xml:space="preserve">UVA-personalen ser över patienten, inspekterar förband, </w:t>
+      </w:r>
+      <w:r w:rsidR="0055541F">
+        <w:t>stomi,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1F01">
+        <w:t xml:space="preserve"> inkontinensskydd, </w:t>
+      </w:r>
+      <w:r w:rsidR="0055541F">
+        <w:t xml:space="preserve">dränage, sond, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>gips samt</w:t>
       </w:r>
       <w:r w:rsidRPr="00225ED2">
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00225ED2">
         <w:t xml:space="preserve"> och utfarter</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FEAF06" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="27FEAF06" w14:textId="063333A3" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Vid behov förstärks förband och fixering av PVK och EDA.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Vid behov förstärks förband och fixering av </w:t>
+      </w:r>
+      <w:r w:rsidR="0055541F">
+        <w:t>in- och utfarter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708D3F3C" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Bladderscan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> och temp kontrolleras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75BFDAA1" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="75BFDAA1" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Hudkostymen ses över enligt trycksårsförebyggande rutin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3339D0" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="5C3339D0" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Vid behov korrigerar läget i sängen och bädda rent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="343DCCFC" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00FB0B1C" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB0B1C">
         <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:t>tskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41EDB304" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00C30396" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="41EDB304" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00C30396" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Om det postoperativa förloppet varit komplikationsfritt och patienten uppfyller kriterierna för utskrivning, kan sjuksköterska på UVA skriva</w:t>
       </w:r>
       <w:r w:rsidRPr="00C30396">
-        <w:t xml:space="preserve"> ut patienten, och signera detta i O</w:t>
+        <w:t xml:space="preserve"> ut patienten, och signera detta i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C30396">
+        <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>rbit</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C30396">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F987A1" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C30396">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t>nsvarig anestesiolog kan besluta om utskrivning till vårdavdelning trots att utskrivningskriterierna inte är uppfyllda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD509E6" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-      <w:pPr>
+    <w:p w14:paraId="3DD509E6" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="005950F9">
+      <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C30396">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Patienten skrivs </w:t>
       </w:r>
       <w:r>
         <w:t>då ut och det noteras i u</w:t>
       </w:r>
       <w:r w:rsidRPr="00C30396">
         <w:t>tskriv</w:t>
       </w:r>
       <w:r>
-        <w:t>ningsrapporten från UVA i Orbit, vem som fattat utskrivningsbeslutet.</w:t>
+        <w:t xml:space="preserve">ningsrapporten från UVA i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Orbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, vem som fattat utskrivningsbeslutet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30E9914D" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Alla patienter:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Vid utskrivning ska Postoperativa </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>avikelser</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">/komplikationer - Komplikationsregistrering </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>enl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> SPOR samt Smärta, Illamående, Temperatur (temperatur ej tvingande) enl. SPOR vara ifylld i Orbit.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0B77FB29" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00E92212" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+        <w:t xml:space="preserve"> SPOR samt Smärta, Illamående, Temperatur (temperatur ej tvingande) enl. SPOR vara ifylld i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Orbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B77FB29" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="005950F9" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14EB129D" w14:textId="7CB50DB3" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Alla s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357F86">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>lutenvårdspatienter</w:t>
+      </w:r>
+      <w:r w:rsidR="00C42E71">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (vuxna &amp; barn)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357F86">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; FDV</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: Sammansatt status </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Postop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> skrivs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1935C5CA" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:r>
+        <w:t>Denna journalanteckning ersätter muntlig rapportering till sjuksköterska på avdelning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF18510" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00DB613A">
+      <w:pPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A52F5">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Barn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A52F5">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>agvårds</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>patienter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A52F5">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Rapporteras muntligt till sjuksköterska på avdelning 23-Onkologi alternativt Dagbarnvården (DBV).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528A96DF" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="001F2390" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Alla Polikliniska patienter:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Kontrollera Checklista inför utskrivning i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Orbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, att för patienten nödvändiga punkter bockats av.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CABD9C" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00DB613A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61D8BFEB" w14:textId="35E4D84B" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:r w:rsidRPr="00C30396">
+        <w:t xml:space="preserve">Om komplikation inträffar, som ej anses förväntad </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30396">
+        <w:t>tex; hjärtinfark</w:t>
+      </w:r>
+      <w:r>
+        <w:t>t),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30396">
+        <w:t xml:space="preserve"> som ev</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. leder till </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30396">
+        <w:t>överflyttning till</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> IVA/IMA eller</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30396">
+        <w:t xml:space="preserve"> annan </w:t>
+      </w:r>
+      <w:r w:rsidR="005509BA">
+        <w:t>vård</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30396">
+        <w:t>avd</w:t>
+      </w:r>
+      <w:r w:rsidR="005509BA">
+        <w:t>elning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C30396">
+        <w:t xml:space="preserve">, skall detta dokumenteras av ansvarig anestesiolog i patientens </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-journal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534787B1" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00C93CD2" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="567"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B320B">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:t>apport från UVA till vårdavdelning/DBV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2D6BA9" w14:textId="22C0C3A0" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00F50D05">
+      <w:pPr>
+        <w:spacing w:after="40"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alla slutenvårdspatienter </w:t>
+      </w:r>
+      <w:r w:rsidR="00C42E71">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(vuxna &amp; barn) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>&amp; FDV:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Om komplikationsfritt förlopp och UVA-sjuksköterska inte känner att något extra behöver sägas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAA4692" w14:textId="4428FF80" w:rsidR="000F0A8B" w:rsidRDefault="00EA246A" w:rsidP="00754DC5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>UVA-sjuksköterska ringer och meddelar att patienten är klar på UVA</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0A8B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380B50F0" w14:textId="1ED933F0" w:rsidR="00D061B8" w:rsidRDefault="00D061B8" w:rsidP="00754DC5">
+      <w:pPr>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="1712" w:right="0" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patienten </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA246A">
+        <w:t xml:space="preserve">kan hämtas och skriftlig rapport finns i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA246A">
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA246A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28300EA6" w14:textId="10866D3E" w:rsidR="000F0A8B" w:rsidRDefault="00EA246A" w:rsidP="00754DC5">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Personal från avdelningen hämtar patienten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73602572" w14:textId="6C0C1FE2" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00D061B8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1712" w:right="0" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Sjuksköterska på avdelningen får ringa om ytterligare frågor finns.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A898498" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00961D99" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14EB129D" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-[...181 lines deleted...]
-    </w:p>
     <w:p w14:paraId="18B09091" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>I de fall UVA-sjuksköterska känner behov av att muntligen rapportera något till ansvarig sjuksköterska på avdelningen görs detta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A6B9E1" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00CE0FAD" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Barn - Dagvårdspatienter:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> UVA-sjuksköterska ringer till avdelning 23 - Onkologi eller DBV och rapporterar till sjuksköterska där.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F35D736" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2416,330 +3430,372 @@
       <w:r>
         <w:t>Tänk på att göra muntliga rapporter korta men innehållsrik med för fortsatta omhändertagandet relevanta uppgifter och relevant information kring vilka läkemedel som är givna.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F8E10BB" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58248ECE" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="006B320B" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="567"/>
       </w:pPr>
       <w:r w:rsidRPr="006B320B">
         <w:t>Ö</w:t>
       </w:r>
       <w:r>
         <w:t>vergripande rutiner som hänvisas till:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D874982" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00D4264E" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D4264E">
         <w:t>Perioperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D4264E">
         <w:t xml:space="preserve"> vård, riktlinjer.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Perioperativ</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> vård, riktlinjer (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1A1BBD72" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D4264E">
         <w:t>Trycksår – förebyggande behandlande åtgärder.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Trycksår förebyggande och behandlande åtgärder AnOpIVA-kliniken (vgregion.se)</w:t>
+          <w:t xml:space="preserve">Trycksår förebyggande och behandlande åtgärder </w:t>
         </w:r>
-      </w:hyperlink>
-[...28 lines deleted...]
-      <w:hyperlink r:id="rId14" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Blåskontroller på AnOpIVA kliniken (vgregion.se)</w:t>
+          <w:t>AnOpIVA</w:t>
         </w:r>
-      </w:hyperlink>
-[...23 lines deleted...]
-      <w:hyperlink r:id="rId15" w:history="1">
+        <w:proofErr w:type="spellEnd"/>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Perioperativt omhändertagande av patienter med obstruktiv sömnapné (vgregion.se)</w:t>
+          <w:t>-kliniken (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3739187A" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+    <w:p w14:paraId="353F8140" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D4264E">
+        <w:t xml:space="preserve">Blåskontroller på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D4264E">
+        <w:t>An</w:t>
+      </w:r>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4264E">
+        <w:t>pIVA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4264E">
+        <w:t>kliniken.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Blåskontroller på </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>AnOpIVA</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> kliniken (vgregion.se)</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="604E4EFD" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00D4264E" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D4264E">
+        <w:t>Perioperativt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D4264E">
+        <w:t xml:space="preserve"> omhändertagande av patienter med obstruktiv sömnapn</w:t>
+      </w:r>
+      <w:r>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4264E">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Perioperativt</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> omhändertagande av patienter med obstruktiv sömnapné (vgregion.se)</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3739187A" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D4264E">
         <w:t>Utskrivningskriterier från uppvakningsavdelning – vuxna.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Utskrivningskriterier från uppvakningsavdelning - vuxna (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="246CCE9F" w14:textId="77777777" w:rsidR="00EA246A" w:rsidRPr="00AB62AB" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Utskrivningskriterier från uppvakningsavdelning – barn. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Utskrivningskriterier från uppvakningsavdelning och postoperativ övervakning - Barn (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7206F17C" w14:textId="49283726" w:rsidR="00487E84" w:rsidRDefault="00487E84" w:rsidP="00EA246A"/>
     <w:p w14:paraId="773B6A6C" w14:textId="1E18944A" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00290C6A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:t>Medgranskare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D28B2A6" w14:textId="04D17BA7" w:rsidR="00EA246A" w:rsidRDefault="00EA246A" w:rsidP="00EA246A">
-[...20 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId22"/>
+    <w:p w14:paraId="6F527EFA" w14:textId="6D345398" w:rsidR="00E30F0C" w:rsidRPr="00E30F0C" w:rsidRDefault="00E30F0C" w:rsidP="00E30F0C">
+      <w:r w:rsidRPr="00E30F0C">
+        <w:t>Anna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E30F0C">
+        <w:t>Suslova</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E30F0C">
+        <w:t> Olsson (annol196) </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00E30F0C" w:rsidRPr="00E30F0C" w:rsidSect="002D6023">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D52390E" w14:textId="77777777" w:rsidR="00A24641" w:rsidRDefault="00A24641">
+    <w:p w14:paraId="52357699" w14:textId="77777777" w:rsidR="006F6DF6" w:rsidRDefault="006F6DF6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06A7125D" w14:textId="77777777" w:rsidR="00A24641" w:rsidRDefault="00A24641">
+    <w:p w14:paraId="539E7ED7" w14:textId="77777777" w:rsidR="006F6DF6" w:rsidRDefault="006F6DF6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="651D0FA7" w14:textId="77777777" w:rsidR="00A24641" w:rsidRDefault="00A24641">
+    <w:p w14:paraId="5600826F" w14:textId="77777777" w:rsidR="006F6DF6" w:rsidRDefault="006F6DF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -2747,89 +3803,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="1B48A0FE" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2858,51 +3914,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="34F1833F" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="Bildobjekt 7">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2936,87 +3992,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6ECA533D" w14:textId="77777777" w:rsidR="00A24641" w:rsidRDefault="00A24641"/>
+    <w:p w14:paraId="4F3E4DED" w14:textId="77777777" w:rsidR="006F6DF6" w:rsidRDefault="006F6DF6"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0307D2E6" w14:textId="77777777" w:rsidR="00A24641" w:rsidRDefault="00A24641">
+    <w:p w14:paraId="551472AF" w14:textId="77777777" w:rsidR="006F6DF6" w:rsidRDefault="006F6DF6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="53304984" w14:textId="77777777" w:rsidR="00A24641" w:rsidRDefault="00A24641">
+    <w:p w14:paraId="39AB4DEB" w14:textId="77777777" w:rsidR="006F6DF6" w:rsidRDefault="006F6DF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3046,98 +4102,98 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="507B7F38" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -3175,51 +4231,51 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00413A60">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3249,92 +4305,92 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4016,50 +5072,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14A52AE9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3514A6FE"/>
+    <w:lvl w:ilvl="0" w:tplc="B62C308E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1715" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2435" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3155" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3875" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4595" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5315" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6035" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6755" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7475" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4129,51 +5274,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4242,51 +5387,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26FA0054"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE127F10"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4355,51 +5500,164 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BB870F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4D7E5D9C"/>
+    <w:lvl w:ilvl="0" w:tplc="82B6F77C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="157EFFB4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4BEE6CDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4D843116">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7C4CFE22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="256E4C38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="84809704">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F0B61090">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D736E082">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36BD345E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A9A63FC"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4468,51 +5726,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4608,51 +5866,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39D55C02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F04495C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4721,51 +5979,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4835,51 +6093,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4948,51 +6206,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42046002"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA9297DA"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2640" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5061,51 +6319,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5202,51 +6460,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5315,51 +6573,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5429,51 +6687,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5542,51 +6800,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="654601FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF2A6754"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5655,51 +6913,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65E830A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D17AAD86"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5768,51 +7026,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EDB0FE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E3E9582"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1380" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2100" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5881,51 +7139,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -5994,51 +7252,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="762D009D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5300929A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6107,51 +7365,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78855F7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3962F82A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6220,51 +7478,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6333,51 +7591,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6446,683 +7704,845 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="798374538">
+  <w:num w:numId="1" w16cid:durableId="411584245">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="798374538">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="279453533">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2134902338">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="185142297">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="506679516">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1568612860">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="708915456">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="394859426">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1210653631">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2070420611">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1650016473">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1654874113">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="233928865">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="514806170">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="814418854">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1904950477">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1300067079">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1421489094">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1624849435">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="259146302">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="374550624">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1365446599">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1745451467">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="649745605">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="920875712">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="767043099">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1084884601">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1244484231">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="279453533">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="30" w16cid:durableId="96485151">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2134902338">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="185142297">
+  <w:num w:numId="31" w16cid:durableId="1399549280">
     <w:abstractNumId w:val="7"/>
-  </w:num>
-[...73 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="000021C6"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
+    <w:rsid w:val="000073C4"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00016D67"/>
     <w:rsid w:val="00017F3E"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="0003632F"/>
     <w:rsid w:val="00040975"/>
+    <w:rsid w:val="000466D0"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="00051331"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="0006761F"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00070CC4"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0008787C"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A0B9A"/>
     <w:rsid w:val="000A5BED"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
+    <w:rsid w:val="000B1C80"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000D6B9F"/>
+    <w:rsid w:val="000E3AF1"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000F0A8B"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="00105859"/>
+    <w:rsid w:val="0010750D"/>
+    <w:rsid w:val="00112F6F"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134958"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017171D"/>
+    <w:rsid w:val="001733F4"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00183E8D"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00193589"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A1B3A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E5552"/>
+    <w:rsid w:val="001F1F01"/>
+    <w:rsid w:val="001F3818"/>
+    <w:rsid w:val="001F552E"/>
+    <w:rsid w:val="001F70B1"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
+    <w:rsid w:val="002147DF"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="002475F6"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="0026140A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="002679E3"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00290C6A"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0568"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
+    <w:rsid w:val="002C7A11"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002E0714"/>
+    <w:rsid w:val="002E0BE5"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E292B"/>
+    <w:rsid w:val="002E29A1"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00301919"/>
     <w:rsid w:val="003066D0"/>
+    <w:rsid w:val="003104A6"/>
+    <w:rsid w:val="00310726"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
+    <w:rsid w:val="003458AF"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A3E71"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B4123"/>
+    <w:rsid w:val="003C0614"/>
+    <w:rsid w:val="003C21CE"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F41DE"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00420045"/>
+    <w:rsid w:val="00420CFC"/>
+    <w:rsid w:val="00420EE2"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
+    <w:rsid w:val="00431E4E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="0046320B"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="0047039F"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="00487E84"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="004A147A"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004B3B23"/>
     <w:rsid w:val="004C1B36"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="005116E3"/>
+    <w:rsid w:val="00511990"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00512052"/>
+    <w:rsid w:val="00526CB4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="005509BA"/>
+    <w:rsid w:val="0055221E"/>
+    <w:rsid w:val="005546E6"/>
+    <w:rsid w:val="0055541F"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="005741D3"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="00584BAF"/>
+    <w:rsid w:val="005950F9"/>
     <w:rsid w:val="00597E28"/>
+    <w:rsid w:val="005A4BAC"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C2D6A"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065270C"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="006820D5"/>
+    <w:rsid w:val="006834A3"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006919B0"/>
+    <w:rsid w:val="006A22B7"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F372A"/>
+    <w:rsid w:val="006F6DF6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
+    <w:rsid w:val="00725838"/>
+    <w:rsid w:val="00726ACA"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
+    <w:rsid w:val="00754DC5"/>
     <w:rsid w:val="007569B5"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="00762AB7"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
+    <w:rsid w:val="00790F1A"/>
+    <w:rsid w:val="0079101E"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00792802"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007C3096"/>
+    <w:rsid w:val="007C354F"/>
     <w:rsid w:val="007C6011"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="007F7B8D"/>
     <w:rsid w:val="00800EE5"/>
     <w:rsid w:val="00821A1B"/>
+    <w:rsid w:val="00825ABA"/>
     <w:rsid w:val="008260F5"/>
     <w:rsid w:val="008262E9"/>
+    <w:rsid w:val="00826386"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="0084102A"/>
+    <w:rsid w:val="00841964"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="00852C27"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00874208"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00884666"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="008A0721"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D53AD"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="008F67CE"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="0091786D"/>
+    <w:rsid w:val="00917C20"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="00942DC6"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
+    <w:rsid w:val="0095160F"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00957CCF"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00997F6D"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B64BA"/>
+    <w:rsid w:val="009C07FE"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C248C"/>
+    <w:rsid w:val="009C2744"/>
+    <w:rsid w:val="009C772C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E05A9"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A1143C"/>
     <w:rsid w:val="00A22363"/>
     <w:rsid w:val="00A24641"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A34CD8"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
+    <w:rsid w:val="00A42238"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A62080"/>
+    <w:rsid w:val="00A653E0"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A73F1C"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A847B4"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00A971F9"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA3996"/>
     <w:rsid w:val="00AA6D28"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB53DA"/>
+    <w:rsid w:val="00AC305D"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD3FC3"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B04DD9"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B33A12"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B351E3"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B50D1B"/>
+    <w:rsid w:val="00B52835"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B6507D"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B73418"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B96D34"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA1D04"/>
     <w:rsid w:val="00BA616A"/>
+    <w:rsid w:val="00BA78A8"/>
+    <w:rsid w:val="00BB57A6"/>
     <w:rsid w:val="00BB69DB"/>
+    <w:rsid w:val="00BC0BFE"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BD1335"/>
+    <w:rsid w:val="00BD168F"/>
+    <w:rsid w:val="00BD2C03"/>
     <w:rsid w:val="00BE3686"/>
+    <w:rsid w:val="00BE6892"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF6331"/>
     <w:rsid w:val="00C01F0D"/>
+    <w:rsid w:val="00C023F7"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C21782"/>
     <w:rsid w:val="00C246F0"/>
     <w:rsid w:val="00C2650E"/>
+    <w:rsid w:val="00C35D4B"/>
     <w:rsid w:val="00C36327"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C42E71"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
+    <w:rsid w:val="00C509D1"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C55BF3"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C745AE"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
+    <w:rsid w:val="00CC4FD3"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD5078"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00CF7D11"/>
+    <w:rsid w:val="00D01AA0"/>
+    <w:rsid w:val="00D02470"/>
+    <w:rsid w:val="00D061B8"/>
     <w:rsid w:val="00D06A6D"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D27303"/>
+    <w:rsid w:val="00D357B2"/>
     <w:rsid w:val="00D358E0"/>
     <w:rsid w:val="00D36907"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D5481C"/>
+    <w:rsid w:val="00D67932"/>
+    <w:rsid w:val="00D75EDF"/>
+    <w:rsid w:val="00D7741D"/>
     <w:rsid w:val="00D8412F"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D87FD9"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB613A"/>
+    <w:rsid w:val="00DC0966"/>
     <w:rsid w:val="00DC295B"/>
+    <w:rsid w:val="00DC2FA2"/>
     <w:rsid w:val="00DC5E08"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF04C7"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E138B9"/>
     <w:rsid w:val="00E22559"/>
+    <w:rsid w:val="00E30F0C"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
+    <w:rsid w:val="00E57D29"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E81F26"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA246A"/>
+    <w:rsid w:val="00EA3AF4"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EB27C7"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC0DD5"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC76AB"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EF6FB0"/>
+    <w:rsid w:val="00F1442D"/>
     <w:rsid w:val="00F17790"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F33D94"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F36101"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F41785"/>
+    <w:rsid w:val="00F468B0"/>
+    <w:rsid w:val="00F50D05"/>
     <w:rsid w:val="00F5135F"/>
+    <w:rsid w:val="00F51A71"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F86A16"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F9514D"/>
+    <w:rsid w:val="00FA123E"/>
     <w:rsid w:val="00FB2F0F"/>
+    <w:rsid w:val="00FB4748"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC5B73"/>
     <w:rsid w:val="00FC63D5"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE5FE4"/>
     <w:rsid w:val="00FF3EB9"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="04D7CA46"/>
     <w:rsid w:val="081949E3"/>
+    <w:rsid w:val="0B3DF2D5"/>
+    <w:rsid w:val="1226E1B8"/>
+    <w:rsid w:val="1C6DF1CC"/>
+    <w:rsid w:val="273735EF"/>
+    <w:rsid w:val="3155D6A0"/>
+    <w:rsid w:val="31E8DFA9"/>
+    <w:rsid w:val="42FFB394"/>
+    <w:rsid w:val="4743CEAF"/>
+    <w:rsid w:val="5637F704"/>
+    <w:rsid w:val="619FA915"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="663A5D54"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6DBF9276"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{B1DE9250-CBA3-4407-B9C3-376CE068BD33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7589,51 +9009,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -7874,51 +9293,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -8027,51 +9446,51 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
@@ -9309,51 +10728,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="15"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -9562,51 +10981,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="vgr-search-cardmeta">
     <w:name w:val="vgr-search-card__meta"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F36101"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vgr-search-cardplacement">
     <w:name w:val="vgr-search-card__placement"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00F36101"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9634,51 +11053,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2074346978">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10086-1525759947-188/surrogate/Trycks%c3%a5r%20f%c3%b6rebyggande%20och%20behandlande%20%c3%a5tg%c3%a4rder%20AnOpIVA-kliniken.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10033-657870698-46/surrogate/Perioperativ%20v%c3%a5rd%2c%20riktlinjer.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10033-657870698-119/surrogate/Utskrivningskriterier%20fr%c3%a5n%20uppvakningsavdelning%20och%20postoperativ%20%c3%b6vervakning%20-%20Barn.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10093-1252922689-284/surrogate/Utskrivningskriterier%20fr%c3%a5n%20uppvakningsavdelning%20-%20vuxna.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10093-1252922689-189/surrogate/Obstruktiv%20s%c3%b6mnapn%c3%a9%20-%20perioperativt%20omh%c3%a4ndertagande.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10033-657870698-68/surrogate/Bl%c3%a5skontroller%20p%c3%a5%20AnOpIVA%20kliniken.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10086-1525759947-188/surrogate/Trycks%c3%a5r%20f%c3%b6rebyggande%20och%20behandlande%20%c3%a5tg%c3%a4rder%20AnOpIVA-kliniken.pdf" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10033-657870698-46/surrogate/Perioperativ%20v%c3%a5rd%2c%20riktlinjer.pdf" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10033-657870698-119/surrogate/Utskrivningskriterier%20fr%c3%a5n%20uppvakningsavdelning%20och%20postoperativ%20%c3%b6vervakning%20-%20Barn.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10093-1252922689-284/surrogate/Utskrivningskriterier%20fr%c3%a5n%20uppvakningsavdelning%20-%20vuxna.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10093-1252922689-189/surrogate/Obstruktiv%20s%c3%b6mnapn%c3%a9%20-%20perioperativt%20omh%c3%a4ndertagande.pdf" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10033-657870698-68/surrogate/Bl%c3%a5skontroller%20p%c3%a5%20AnOpIVA%20kliniken.pdf" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -9967,58 +11386,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1582</Words>
-  <Characters>11507</Characters>
+  <Words>2306</Words>
+  <Characters>12225</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13063</CharactersWithSpaces>
+  <CharactersWithSpaces>14502</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Postoperativ övervakningsrutin och Rapport överlämnande av ansvar mellan anestesi - UVA– Uppvakningsavdelningarna NÄL och Uddevalla sjukhus</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>2</revision>
+  <lastModifiedBy>Caroline Edvardsson</lastModifiedBy>
+  <revision>17</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>