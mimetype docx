--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -182,149 +182,153 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>13005</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="557BB60B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmnw+P4gEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/06RRNkrUdBqbipAG&#10;Qxp8gOM4iUXia67dJuXruXbarrC3iRfL9nXOPefck/XNNPRsr9BpMCVfLlLOlJFQa9OW/Mf37bsV&#10;Z84LU4sejCr5QTl+s3n7Zj3aQmXQQV8rZARiXDHaknfe2yJJnOzUINwCrDJUbAAH4emIbVKjGAl9&#10;6JMsTa+TEbC2CFI5R7f3c5FvIn7TKOkfm8Ypz/qSEzcfV4xrFdZksxZFi8J2Wh5piFewGIQ21PQM&#10;dS+8YDvUL6AGLREcNH4hYUigabRUUQOpWab/qHnqhFVRC5nj7Nkm9/9g5df9k/2GzE8fYaIBRhHO&#10;PoD86ZiBu06YVt0iwtgpUVPjZbAsGa0rjp8Gq13hAkg1foGahix2HiLQ1OAQXCGdjNBpAIez6Wry&#10;TIaWWZ5fp1SSVMuybLW6ii1EcfraovOfFAwsbEqONNSILvYPzgc2ojg9Cc0MbHXfx8H25q8Lehhu&#10;IvtAeKbup2piui55HvoGMRXUB5KDMMeF4k2bDvA3ZyNFpeTu106g4qz/bMiSD8s8D9mKh/zqfUYH&#10;vKxUlxVhJEGV3HM2b+/8nMedRd121Ok0hFuycaujwmdWR/oUhyj8GN2Qt8tzfPX8g23+AAAA//8D&#10;AFBLAwQUAAYACAAAACEAvrvf894AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/DMBCE70j8&#10;B2uRuFEbqw8U4lQVassRKBFnN16SiPgh203Dv2d7ored3dHsN+V6sgMbMabeOwWPMwEMXeNN71oF&#10;9efu4QlYytoZPXiHCn4xwbq6vSl1YfzZfeB4yC2jEJcKraDLORScp6ZDq9PMB3R0+/bR6kwyttxE&#10;faZwO3ApxJJb3Tv60OmALx02P4eTVRBy2K9e49v7ZrsbRf21r2XfbpW6v5s2z8AyTvnfDBd8QoeK&#10;mI7+5ExiA2khlwvy0iTnwC4OKSVtjgrmqwXwquTXHao/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGafD4/iAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAL673/PeAAAACwEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="2312CB7C" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="003D37FD" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dok.ID: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>13005</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -341,52 +345,73 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0295CE0F" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00C46B1B">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8061"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BE2030">
-              <w:t>Obstruktivitet/bronchospasm hos vuxna och barn – perioperativ behandling</w:t>
+              <w:t>Obstruktivitet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE2030">
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE2030">
+              <w:t>bronchospasm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE2030">
+              <w:t xml:space="preserve"> hos vuxna och barn – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE2030">
+              <w:t>perioperativ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE2030">
+              <w:t xml:space="preserve"> behandling</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="793F2947" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="071F8EB2" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
@@ -441,51 +466,79 @@
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="239E0021" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>En bronchospasm kräver alltid omedelbara åtgärder. En patient med obstruktivitet i kombination med något av följande symtom anses som ett potentiellt livshotande tillstånd.</w:t>
+        <w:t xml:space="preserve">En </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bronchospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kräver alltid omedelbara åtgärder. En patient med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>obstruktivitet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i kombination med något av följande symtom anses som ett potentiellt livshotande tillstånd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F77C155" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="0" w:hanging="283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Påverkad medvetandegrad</w:t>
       </w:r>
     </w:p>
@@ -615,86 +668,114 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>”Tyst bröstkorg” vid auskultation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="072EC911" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Respiratorisk utmattning - på dessa patienter skall alltid en blodgas tas </w:t>
+        <w:t xml:space="preserve">Respiratorisk utmattning - på dessa patienter skall alltid en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>blodgas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tas </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28E44660" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="586CA95D" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Standardisera och förbättra omhändertagandet av patienter som blir obstruktiva peroperativt.</w:t>
+        <w:t xml:space="preserve">Standardisera och förbättra omhändertagandet av patienter som blir obstruktiva </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>peroperativt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BAA427B" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Vilka berörs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DC53F87" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -707,77 +788,73 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Personal på operationsavdelningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0322E587" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6210"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CCC2A75" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
+    <w:p w14:paraId="6F85B01B" w14:textId="21343133" w:rsidR="00BE2030" w:rsidRPr="006110E7" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:rPr>
-          <w:color w:val="auto"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="32"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006110E7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
-        </w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5551DAD3" wp14:editId="4044B907">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>617855</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>499745</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2133600" cy="590550"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
@@ -788,191 +865,236 @@
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="796C8A3C" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="003B53F2" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                             <w:pPr>
                               <w:ind w:left="142" w:right="44"/>
                             </w:pPr>
                             <w:r w:rsidRPr="003B53F2">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Vid uttalad bronchospasm:</w:t>
+                              <w:t xml:space="preserve">Vid uttalad </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="003B53F2">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>bronchospasm</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="003B53F2">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="54002312" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                             <w:pPr>
                               <w:ind w:left="142" w:right="44"/>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
-                              <w:t>Inj Adrenalin 10–100 µg i v</w:t>
+                              <w:t>Inj</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> Adrenalin 10–100 µg i v</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5551DAD3" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:48.65pt;margin-top:39.35pt;width:168pt;height:46.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgo0AUHAIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk64x4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lu2nQDXsYpgdBFKVD8vBwdd23hh0Veg225NNJzpmyEipt9yX//m37&#10;5oozH4SthAGrSv6gPL9ev3616lyhZtCAqRQyArG+6FzJmxBckWVeNqoVfgJOWXLWgK0IZOI+q1B0&#10;hN6abJbnl1kHWDkEqbyn29vBydcJv66VDF/q2qvATMkpt5B2TPsu7tl6JYo9CtdoOaYh/iGLVmhL&#10;QU9QtyIIdkD9G1SrJYKHOkwktBnUtZYq1UDVTPMX1dw3wqlUC5Hj3Ykm//9g5efjvfuKLPTvoKcG&#10;piK8uwP5wzMLm0bYvbpBhK5RoqLA00hZ1jlfjF8j1b7wEWTXfYKKmiwOARJQX2MbWaE6GaFTAx5O&#10;pKs+MEmXs+nFxWVOLkm+xTJfLFJXMlE8/XbowwcFLYuHkiM1NaGL450PMRtRPD2JwTwYXW21McnA&#10;/W5jkB0FCWCbVirgxTNjWVfy5WK2GAj4C0RO608QrQ6kZKPbkl/FN6O2Im3vbZV0FoQ2w5lSNnbk&#10;MVI3kBj6Xc90RTTEAJHWHVQPRCzCIFwaNDo0gL8460i0Jfc/DwIVZ+ajpeYsp/N5VHky5ou3MzLw&#10;3LM79wgrCarkgbPhuAnDZBwc6n1DkQY5WLihhtY6cf2c1Zg+CTO1YByiqPxzO716HvX1IwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAN4JUBngAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C&#10;77CM4KXYTY10a8ymiKBo6cVUBG/b7JiEZmdDdpvGt3d60uPM//HPN/l6cp0YcQitJw2LeQICqfK2&#10;pVrDx+75ZgUiREPWdJ5Qww8GWBeXF7nJrD/RO45lrAWXUMiMhibGPpMyVA06E+a+R+Ls2w/ORB6H&#10;WtrBnLjcdfI2SZbSmZb4QmN6fGqwOpRHp+HrbTxslf/cbTbLcvYqX8rtNGu1vr6aHh9ARJziHwxn&#10;fVaHgp32/kg2iE7DvUqZ1KBWCgTnd2nKiz2DaqFAFrn8/0HxCwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhACCjQBQcAgAAMgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAN4JUBngAAAACQEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" strokecolor="red">
+              <v:shape w14:anchorId="5551DAD3" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:48.65pt;margin-top:39.35pt;width:168pt;height:46.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAilXcRGgIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk64x4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lu2nQDXsYpgeBFKkj8vBodd23hh0Veg225NNJzpmyEipt9yX//m37&#10;5oozH4SthAGrSv6gPL9ev3616lyhZtCAqRQyArG+6FzJmxBckWVeNqoVfgJOWQrWgK0I5OI+q1B0&#10;hN6abJbnl1kHWDkEqbyn09shyNcJv66VDF/q2qvATMmptpB2TPsu7tl6JYo9CtdoOZYh/qGKVmhL&#10;j56gbkUQ7ID6N6hWSwQPdZhIaDOoay1V6oG6meYvurlvhFOpFyLHuxNN/v/Bys/He/cVWejfQU8D&#10;TE14dwfyh2cWNo2we3WDCF2jREUPTyNlWed8MV6NVPvCR5Bd9wkqGrI4BEhAfY1tZIX6ZIROA3g4&#10;ka76wCQdzqYXF5c5hSTFFst8sUhTyUTxdNuhDx8UtCwaJUcaakIXxzsfYjWieEqJj3kwutpqY5KD&#10;+93GIDsKEsA2rdTAizRjWVfy5WK2GAj4C0RO608QrQ6kZKPbkl/FnFFbkbb3tko6C0KbwaaSjR15&#10;jNQNJIZ+1zNdjSRHWndQPRCxCINw6aOR0QD+4qwj0Zbc/zwIVJyZj5aGs5zO51HlyZkv3s7IwfPI&#10;7jwirCSokgfOBnMThp9xcKj3Db00yMHCDQ201onr56rG8kmYaQTjJ4rKP/dT1vNXXz8CAAD//wMA&#10;UEsDBBQABgAIAAAAIQDeCVAZ4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbvgu+w&#10;jOCl2E2NdGvMpoigaOnFVARv2+yYhGZnQ3abxrd3etLjzP/xzzf5enKdGHEIrScNi3kCAqnytqVa&#10;w8fu+WYFIkRD1nSeUMMPBlgXlxe5yaw/0TuOZawFl1DIjIYmxj6TMlQNOhPmvkfi7NsPzkQeh1ra&#10;wZy43HXyNkmW0pmW+EJjenxqsDqUR6fh6208bJX/3G02y3L2Kl/K7TRrtb6+mh4fQESc4h8MZ31W&#10;h4Kd9v5INohOw71KmdSgVgoE53dpyos9g2qhQBa5/P9B8QsAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAilXcRGgIAADIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDeCVAZ4AAAAAkBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokecolor="red">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="796C8A3C" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="003B53F2" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                       <w:pPr>
                         <w:ind w:left="142" w:right="44"/>
                       </w:pPr>
                       <w:r w:rsidRPr="003B53F2">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">Vid uttalad </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="003B53F2">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>bronchospasm</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="003B53F2">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="54002312" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                       <w:pPr>
                         <w:ind w:left="142" w:right="44"/>
                       </w:pPr>
                       <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:t>Inj</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:t xml:space="preserve"> Adrenalin 10–100 µg i v</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00BE2030">
-        <w:rPr>
+      <w:r w:rsidRPr="006110E7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Akut behandling – vuxen</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0E0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, sida 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35855">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006110E7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:kern w:val="32"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76C1F869" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:kern w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A63D70C" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:kern w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="333DA76D" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>A.Om patienten</w:t>
+        <w:t>A.Om</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> inte</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> är sövd i ventilator</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4CBFB0" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
@@ -988,148 +1110,238 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ge 100 % syrgas!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E629A88" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Avbryt omedelbart att ge läkemedel som kan misstänkas ge bronchospasm.</w:t>
+        <w:t xml:space="preserve">Avbryt omedelbart att ge läkemedel som kan misstänkas ge </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bronchospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47CF13D8" w14:textId="50568D32" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Konstatera att det är bronchospasm och inte laryngospasm, pneumothorax, lungödem eller aspiration etc. </w:t>
+        <w:t xml:space="preserve">Konstatera att det är </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bronchospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och inte </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>laryngospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pneumothorax, lungödem eller aspiration </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E392766" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inhalationsbehandling med nebulisator: 2 ml </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Inhalationsbehandling med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nebulisator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 2 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ventoline</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (5 mg/ml) och 1 ml </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Atrovent</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (0,25 mg/ml). Upprepa efter 15 min vid behov.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A95D68" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inj. Solu-Cortef 100 mg iv. </w:t>
+        <w:t>Inj. Solu-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Cortef</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100 mg iv. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7971213D" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="041525CA" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-283"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -1225,207 +1437,354 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ge 100 % syrgas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43B08F2F" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Avbryt omedelbart att ge läkemedel som kan misstänkas ge bronchospasm.</w:t>
+        <w:t xml:space="preserve">Avbryt omedelbart att ge läkemedel som kan misstänkas ge </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bronchospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6771DA29" w14:textId="22FC9E6D" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Konstatera att det är bronchospasm och inte blockerad tub/andningscirkel, laryngospasm, pneumothorax, lungödem eller aspiration etc.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Konstatera att det är </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bronchospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och inte blockerad tub/andningscirkel, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>laryngospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pneumothorax, lungödem eller aspiration </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="15CB39CE" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Fördjupa anestesin med Propofol eller Sevofluran.</w:t>
+        <w:t xml:space="preserve">Fördjupa anestesin med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Propofol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sevofluran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30753E52" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-283" w:hanging="141"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  Handventilera med långsam inblåsning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CE4A942" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-2" w:hanging="283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">     Höga tryck kan behövas! Ge 6-8 andetag/min för att tillåta expiration och inte bygga upp autoPEEP i lungorna. </w:t>
+        <w:t xml:space="preserve">     Höga tryck kan behövas! Ge </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6-8</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> andetag/min för att tillåta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>expiration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och inte bygga upp </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>autoPEEP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i lungorna. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3DF7CF" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-283" w:hanging="141"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Inhalationsbehandling med nebulisatorn (</w:t>
-      </w:r>
+        <w:t xml:space="preserve">  Inhalationsbehandling med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nebulisatorn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Aeroneb)</w:t>
+        <w:t>Aeroneb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="635887D4" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-2" w:hanging="283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">     Ge 2 ml </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ventoline</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 mg/ml och 1ml </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Atrovent</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0,25 mg/ml. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="565FC2BB" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-283" w:firstLine="1"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">     Upprepa efter 15 min, vid behov. </w:t>
       </w:r>
@@ -1436,51 +1795,66 @@
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-283" w:firstLine="1"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C0DEC86" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-283" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:tab/>
-        <w:t xml:space="preserve">Nebulisatorn kopplas in mellan endotrachealtuben och andningsfiltret. Förberett set finns i läkemedelsförrådet på COP, innehåller även kopplingsinstruktion och dosering för aktuella läkemedel. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Nebulisatorn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> kopplas in mellan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>endotrachealtuben</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> och andningsfiltret. Förberett set finns i läkemedelsförrådet på COP, innehåller även kopplingsinstruktion och dosering för aktuella läkemedel. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D37A832" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-283" w:firstLine="1"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Om patienten inte förbättras fortsätt med </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1507,57 +1881,94 @@
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0721CDB1" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36DCC210" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
+    <w:p w14:paraId="36DCC210" w14:textId="1FA6F91A" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00B350AD" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006110E7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Akut behandling – vuxen</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0E0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, sida 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35855">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B350AD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4E0DB395" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Akut tilläggsbehandling </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EAF37D0" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1603,81 +2014,100 @@
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="6AD4A264" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="003B53F2" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                             <w:pPr>
                               <w:ind w:left="0" w:right="94"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003B53F2">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Vid uttalad bronchospasm:</w:t>
+                              <w:t xml:space="preserve">Vid uttalad </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="003B53F2">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>bronchospasm</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="003B53F2">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7A66B3E9" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                             <w:pPr>
                               <w:ind w:left="0" w:right="94"/>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
-                              <w:t xml:space="preserve">Inj Adrenalin 10–100 µg i v  </w:t>
+                              <w:t>Inj</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> Adrenalin 10–100 µg i v  </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="277B1C5C" id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:52.4pt;margin-top:6.95pt;width:162.75pt;height:48.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCc0YWFGAIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU22P0zAM/o7Ef4jynbWbtnGr1p2OHUNI&#10;x4F08AOyNF0j0jg42drj1+Okvd14kZAQ/RDZtfPYfvxkfd23hp0Ueg225NNJzpmyEiptDyX/8nn3&#10;6oozH4SthAGrSv6oPL/evHyx7lyhZtCAqRQyArG+6FzJmxBckWVeNqoVfgJOWQrWgK0I5OIhq1B0&#10;hN6abJbny6wDrByCVN7T39shyDcJv66VDB/r2qvATMmpt5BOTOc+ntlmLYoDCtdoObYh/qGLVmhL&#10;Rc9QtyIIdkT9G1SrJYKHOkwktBnUtZYqzUDTTPNfpnlohFNpFiLHuzNN/v/ByvvTg/uELPRvoKcF&#10;piG8uwP51TML20bYg7pBhK5RoqLC00hZ1jlfjFcj1b7wEWTffYCKliyOARJQX2MbWaE5GaHTAh7P&#10;pKs+MEk/Z/lyuZotOJMUW05XU7JjCVE83XbowzsFLYtGyZGWmtDF6c6HIfUpJRbzYHS108YkBw/7&#10;rUF2EiSAXfpG9J/SjGVdyVcLqv03iJy+P0G0OpCSjW5LfhVzRm1F2t7aKuksCG0Gm6YzduQxUjeQ&#10;GPp9z3RFNMQCkdY9VI9ELMIgXHpoZDSA3znrSLQl99+OAhVn5r2l5aym83lUeXLmi9czcvAysr+M&#10;CCsJquSBs8HchuFlHB3qQ0OVBjlYuKGF1jpx/dzV2D4JM21rfERR+Zd+ynp+6psfAAAA//8DAFBL&#10;AwQUAAYACAAAACEAVzyL6eEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnB&#10;S7G7MaFqzKaIoGjpxVQEb9vsmIRmZ0N2m8Z/73jS27yZx5vvFevZ9WLCMXSeNCRLBQKp9rajRsP7&#10;7unqFkSIhqzpPaGGbwywLs/PCpNbf6I3nKrYCA6hkBsNbYxDLmWoW3QmLP2AxLcvPzoTWY6NtKM5&#10;cbjr5bVSK+lMR/yhNQM+tlgfqqPT8Pk6HbY3/mO32ayqxYt8rrbzotP68mJ+uAcRcY5/ZvjFZ3Qo&#10;mWnvj2SD6FmrjNEjD+kdCDZkqUpB7HmRJBnIspD/K5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJzRhYUYAgAAMgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAFc8i+nhAAAACgEAAA8AAAAAAAAAAAAAAAAAcgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="red">
+              <v:shape w14:anchorId="277B1C5C" id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:52.4pt;margin-top:6.95pt;width:162.75pt;height:48.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCe57KAGAIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU22P0zAM/o7Ef4jynbWbtnGr1p2OHUNI&#10;x4F08AOyNF0j0jg42drj1+Okvd14kZAQ/RDZtfPYfvxkfd23hp0Ueg225NNJzpmyEiptDyX/8nn3&#10;6oozH4SthAGrSv6oPL/evHyx7lyhZtCAqRQyArG+6FzJmxBckWVeNqoVfgJOWQrWgK0I5OIhq1B0&#10;hN6abJbny6wDrByCVN7T39shyDcJv66VDB/r2qvATMmpt5BOTOc+ntlmLYoDCtdoObYh/qGLVmhL&#10;Rc9QtyIIdkT9G1SrJYKHOkwktBnUtZYqzUDTTPNfpnlohFNpFiLHuzNN/v/ByvvTg/uELPRvoKcF&#10;piG8uwP51TML20bYg7pBhK5RoqLC00hZ1jlfjFcj1b7wEWTffYCKliyOARJQX2MbWaE5GaHTAh7P&#10;pKs+MEk/Z/lyuZotOJMUW05XU7JjCVE83XbowzsFLYtGyZGWmtDF6c6HIfUpJRbzYHS108YkBw/7&#10;rUF2EiSAXfpG9J/SjGVdyVcLqv03iJy+P0G0OpCSjW5LfhVzRm1F2t7aKuksCG0Gm6YzduQxUjeQ&#10;GPp9z3RFnMQCkdY9VI9ELMIgXHpoZDSA3znrSLQl99+OAhVn5r2l5aym83lUeXLmi9czcvAysr+M&#10;CCsJquSBs8HchuFlHB3qQ0OVBjlYuKGF1jpx/dzV2D4JM21rfERR+Zd+ynp+6psfAAAA//8DAFBL&#10;AwQUAAYACAAAACEAVzyL6eEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnB&#10;S7G7MaFqzKaIoGjpxVQEb9vsmIRmZ0N2m8Z/73jS27yZx5vvFevZ9WLCMXSeNCRLBQKp9rajRsP7&#10;7unqFkSIhqzpPaGGbwywLs/PCpNbf6I3nKrYCA6hkBsNbYxDLmWoW3QmLP2AxLcvPzoTWY6NtKM5&#10;cbjr5bVSK+lMR/yhNQM+tlgfqqPT8Pk6HbY3/mO32ayqxYt8rrbzotP68mJ+uAcRcY5/ZvjFZ3Qo&#10;mWnvj2SD6FmrjNEjD+kdCDZkqUpB7HmRJBnIspD/K5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJ7nsoAYAgAAMgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAFc8i+nhAAAACgEAAA8AAAAAAAAAAAAAAAAAcgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="red">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="6AD4A264" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="003B53F2" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                       <w:pPr>
                         <w:ind w:left="0" w:right="94"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003B53F2">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">Vid uttalad </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="003B53F2">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>bronchospasm</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="003B53F2">
                         <w:rPr>
@@ -1726,249 +2156,396 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76B6EC25" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="628E4D30" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
+    <w:p w14:paraId="628E4D30" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00B350AD" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08340D1F" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-709" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Inj. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Bricanyl</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 0,5 mg s.c.</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> 0,5 mg </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s.c.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4FE81A34" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-709" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE2030">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">    Vid svår bronchospasm späd 1 ml Bricanyl (0,5 mg/ml) med 9 ml NaCl.</w:t>
+      <w:r w:rsidRPr="006110E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid svår </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bronchospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> späd 1 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bricanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (0,5 mg/ml) med 9 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="164222B9" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-709" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">    Ge 5-10ml iv under 5 min. Evidens för Bricanyl iv är begränsade.</w:t>
+        <w:t xml:space="preserve">    Ge 5-10ml iv under 5 min. Evidens för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bricanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iv är begränsade.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="023AC0EB" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-709" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Infusion addex </w:t>
+        <w:t xml:space="preserve">Infusion </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>addex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Magnesium</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10 mmol på 20 minuter iv. Singel bolusdos.</w:t>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mmol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på 20 minuter iv. Singel bolusdos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2307A335" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-709" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE2030">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Inj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ketamin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE2030">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 1–2 mg/kg iv. Vid kvarstående svår bronkospasm kan en kontinuerlig infusion startas.</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1–2 mg/kg iv. Vid kvarstående svår </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bronkospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kan en kontinuerlig infusion startas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="770CE5B2" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-709" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE2030">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Inj. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Inj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Teofyllamin</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5 mg/kg (2 mg/kg om tid. beh.) på 20 min iv. </w:t>
+        <w:t xml:space="preserve"> 5 mg/kg (2 mg/kg om tid. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>beh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.) på 20 min iv. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ges </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ldrig i CVK och alltid</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -2022,247 +2599,425 @@
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Subakut behandling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32B29D9B" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-709" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Fortsatt inhalation med Ventoloine och eventuellt Atrovent.</w:t>
+        <w:t xml:space="preserve">Fortsatt inhalation med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ventoloine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och eventuellt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Atrovent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09550566" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE2030">
-[...3 lines deleted...]
-        <w:t>Atrovent har störst effekt vid de svåraste astmaanfallen och under de först 2 timmarna.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Atrovent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> har störst effekt vid de svåraste astmaanfallen och under de först 2 timmarna.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DBCD57A" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-709" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE2030">
-[...3 lines deleted...]
-        <w:t>Inj Solu-Cortef 50–100 mg x 4 iv eller T Prednisolon 40 mg första dygnet.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Inj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Solu-Cortef</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50–100 mg x 4 iv eller T </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Prednisolon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40 mg första dygnet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70565E5E" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-709" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Överväg alltid att lungröntga patienten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6F2D11" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
+    <w:p w14:paraId="1020B4D4" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8061"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Övrigt - Gravida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C5DFB6" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...17 lines deleted...]
-    <w:p w14:paraId="51C5DFB6" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Obstruktivitet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skall behandlas på samma sätt som hos icke gravida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2439E3" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2F2439E3" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
+          <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-stimulerare, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ipratropium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Kortison, Teofyllamin och Magnesium kan användas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCD7B1B" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE2030">
-[...23 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="34F872C8" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A58306F" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
-      <w:pPr>
+    <w:p w14:paraId="6446DAA1" w14:textId="50D22495" w:rsidR="00BE2030" w:rsidRPr="009A0E0D" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0E0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Akut behandling</w:t>
+      </w:r>
+      <w:r w:rsidR="7604A7DF" w:rsidRPr="009A0E0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0E0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>barn</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0E0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, sida 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35855">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B9494B" w14:textId="74D4108C" w:rsidR="0B913D94" w:rsidRDefault="0B913D94" w:rsidP="6603D247">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43707A7E" wp14:editId="523B82C9">
+            <wp:extent cx="2257425" cy="695325"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1487544506" name="drawing" title="Textruta 5, Textruta"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1487544506" name="Picture 1487544506"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2257425" cy="695325"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="6603D247">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F56F872" w14:textId="7231A439" w:rsidR="6603D247" w:rsidRDefault="6603D247" w:rsidP="6603D247">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0D3E3732" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>A. Om barnet</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> inte </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
@@ -2281,193 +3036,242 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:t>Ge 100 % syrgas!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EED58F9" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t>Avbryt omedelbart att ge läkemedel som kan misstänkas ge bronchospasm.</w:t>
+        <w:t xml:space="preserve">Avbryt omedelbart att ge läkemedel som kan misstänkas ge </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>bronchospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="027B26A5" w14:textId="6BF7E0D0" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t>Konstatera att det är bronchospasm och inte laryng</w:t>
+        <w:t xml:space="preserve">Konstatera att det är </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>bronchospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> och inte </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>laryng</w:t>
       </w:r>
       <w:r w:rsidR="000259FE">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">spasm, pneumothorax, lungödem eller aspiration etc. </w:t>
+        <w:t>spasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve">, pneumothorax, lungödem eller aspiration </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="498647C8" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">Inhalationsbehandling med nebulisator: </w:t>
+        <w:t xml:space="preserve">Inhalationsbehandling med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>nebulisator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F7C9435" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-283" w:firstLine="1"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ventoline</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve"> (2,5 mg/ml) 0,15 mg/kg och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="294E89DA" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-283" w:firstLine="1"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Atrovent</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve"> (0,25 mg/ml) 0,4-1ml barn &lt;6 år, 1ml barn 6-12år och 2ml till barn &gt;12år. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="450B2672" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-283" w:firstLine="1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve"> Upprepa efter 20 min, vid behov. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57CEAA5F" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk137550181"/>
-      <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">Inj. Solu-Cortef 4 mg/kg (max 100 mg) iv. kan upprepas till x 4 vid behov. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Inj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Solu-Cortef</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> 4 mg/kg (max 100 mg) iv. kan upprepas till x 4 vid behov. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="2E6AD8E0" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-283"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="540EE576" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve">Om patienten inte förbättras fortsätt med </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>akut tilläggsbehandling</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve"> enligt nedan.</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="588DF6C7" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00FF6EA7">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:t>B. Om</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
@@ -2497,257 +3301,395 @@
           <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve">Ge 100 % syrgas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F202CAC" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t>Avbryt omedelbart att ge läkemedel som kan misstänkas ge bronchospasm.</w:t>
+        <w:t xml:space="preserve">Avbryt omedelbart att ge läkemedel som kan misstänkas ge </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>bronchospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="005E8A1F" w14:textId="1F786F72" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t>Konstatera att det är bronchospasm och inte blockerad tub/andningscirkel, laryngospasm, pneumothorax, lungödem eller aspiration etc.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Konstatera att det är </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>bronchospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> och inte blockerad tub/andningscirkel, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>laryngospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve">, pneumothorax, lungödem eller aspiration </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="45E56D40" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t>Fördjupa anestesin med Propofol eller Sevofluran.</w:t>
+        <w:t xml:space="preserve">Fördjupa anestesin med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Propofol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Sevofluran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D9D0D9E" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">Handventilera med långsam inblåsning. Höga tryck kan behövas! Ge färre andetag/min  än normalt för att kompensera för förlängd expiration och inte bygga upp autoPEEP i luftvägarna. </w:t>
+        <w:t>Handventilera med långsam inblåsning. Höga tryck kan behövas! Ge färre andetag/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>min  än</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> normalt för att kompensera för förlängd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>expiration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> och inte bygga upp </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>autoPEEP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> i luftvägarna. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D200E55" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-283" w:hanging="141"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">  Inhalationsbehandling med nebulisator (Aeroneb):</w:t>
+        <w:t xml:space="preserve">  Inhalationsbehandling med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>nebulisator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Aeroneb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D2CBF7" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ventoline</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve"> (2,5 mg/ml) 0,15mg/kg och</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EE78A95" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Atrovent</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve"> (0,25 mg/ml) 0,4-1ml barn &lt;6 år, 1ml barn 6-12år och 2ml till barn &gt;12år. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13BC7DC1" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve">Upprepa efter 20 min, vid behov. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4130FFE6" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-283"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FD5E988" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-283" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk149896088"/>
-      <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">Nebulisatorn kopplas in mellan endotrachealtuben och andningsfiltret. Förberett set finns i läkemedelsförrådet på COP, innehåller även kopplingsinstruktion och dosering för aktuella läkemedel. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Nebulisatorn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> kopplas in mellan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>endotrachealtuben</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> och andningsfiltret. Förberett set finns i läkemedelsförrådet på COP, innehåller även kopplingsinstruktion och dosering för aktuella läkemedel. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="1C6CCB1E" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-283"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14B90708" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-283"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve">Om patienten inte förbättras fortsätt med </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>akut tilläggsbehandling</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve"> enligt nedan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="194F7C2D" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
-      <w:pPr>
+    <w:p w14:paraId="6EEBADE1" w14:textId="268FA961" w:rsidR="00FE08A2" w:rsidRPr="009A0E0D" w:rsidRDefault="00FE08A2" w:rsidP="00FE08A2">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
-      </w:pPr>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0E0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Akut behandling – barn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sida </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35855">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/2</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="65A37D13" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Akut tilläggsbehandling barn</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C021FB6" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A65C766" wp14:editId="1D9F6727">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>408305</wp:posOffset>
@@ -2779,328 +3721,594 @@
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="115D2C1E" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="003B53F2" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                             <w:pPr>
                               <w:ind w:left="142" w:right="-4"/>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003B53F2">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Vid uttalad bronchospasm:</w:t>
+                              <w:t xml:space="preserve">Vid uttalad </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="003B53F2">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>bronchospasm</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="003B53F2">
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3E723857" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                             <w:pPr>
                               <w:ind w:left="142" w:right="-4"/>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
-                              <w:t xml:space="preserve">Inj Adrenalin 10 ug/kg im/iv  </w:t>
+                              <w:t>Inj</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> Adrenalin 10 </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>ug</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve">/kg </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>im</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve">/iv  </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2A65C766" id="Textruta 5" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:32.15pt;margin-top:7pt;width:174.75pt;height:52.5pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsZ/8BGwIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJkrQx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbGzry8lu2nQDRgwTA+CKEqH5OHh6qZrDDsq9BpswSejMWfKSii13Rf8+7ft&#10;m2vOfBC2FAasKvhJeX6zfv1q1bpcTaEGUypkBGJ93rqC1yG4PMu8rFUj/AicsuSsABsRyMR9VqJo&#10;Cb0x2XQ8XmQtYOkQpPKebu96J18n/KpSMnypKq8CMwWn3ELaMe27uGfrlcj3KFyt5ZCG+IcsGqEt&#10;BT1D3Ykg2AH1b1CNlggeqjCS0GRQVVqqVANVMxm/qOahFk6lWogc7840+f8HKz8fH9xXZKF7Bx01&#10;MBXh3T3IH55Z2NTC7tUtIrS1EiUFnkTKstb5fPgaqfa5jyC79hOU1GRxCJCAugqbyArVyQidGnA6&#10;k666wCRdTqeT5dvpnDNJvsVicTVPXclE/vTboQ8fFDQsHgqO1NSELo73PsRsRP70JAbzYHS51cYk&#10;A/e7jUF2FCSAbVqpgBfPjGVtwZdzyuNvEGNaf4JodCAlG90U/Dq+GbQVaXtvy6SzILTpz5SysQOP&#10;kbqexNDtOqbLgl/FAJHWHZQnIhahFy4NGh1qwF+ctSTagvufB4GKM/PRUnOWk9ksqjwZs/nVlAy8&#10;9OwuPcJKgip44Kw/bkI/GQeHel9TpF4OFm6poZVOXD9nNaRPwkwtGIYoKv/STq+eR339CAAA//8D&#10;AFBLAwQUAAYACAAAACEA7uTyU+AAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/&#10;YRnBS7GbtCHaNJsiBUVLL6YieNtmxyQ0Oxuy2zT+e8eTHue9x5v35ZvJdmLEwbeOFMTzCARS5UxL&#10;tYL3w9PdAwgfNBndOUIF3+hhU1xf5Toz7kJvOJahFlxCPtMKmhD6TEpfNWi1n7seib0vN1gd+Bxq&#10;aQZ94XLbyUUUpdLqlvhDo3vcNlidyrNV8Pk6nvb37uOw26Xl7EU+l/tp1ip1ezM9rkEEnMJfGH7n&#10;83QoeNPRncl40SlIkyUnWU8Yif0kXjLKkYV4FYEscvmfoPgBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAbGf/ARsCAAAyBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA7uTyU+AAAAAJAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="red">
+              <v:shape w14:anchorId="2A65C766" id="Textruta 5" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:32.15pt;margin-top:7pt;width:174.75pt;height:52.5pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuUcgEGwIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk7Qx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzrx8lp2nQDRgwTA+CKEqH5OHh6rZvDTso9BpswSejMWfKSqi03RX829ft&#10;mxvOfBC2EgasKvhReX67fv1q1blcTaEBUylkBGJ93rmCNyG4PMu8bFQr/AicsuSsAVsRyMRdVqHo&#10;CL012XQ8XmQdYOUQpPKebu8HJ18n/LpWMnyua68CMwWn3ELaMe1l3LP1SuQ7FK7R8pSG+IcsWqEt&#10;BT1D3Ysg2B71b1Ctlgge6jCS0GZQ11qqVANVMxm/qOaxEU6lWogc7840+f8HKz8dHt0XZKF/Cz01&#10;MBXh3QPI755Z2DTC7tQdInSNEhUFnkTKss75/PQ1Uu1zH0HK7iNU1GSxD5CA+hrbyArVyQidGnA8&#10;k676wCRdTqeT5dV0zpkk32KxuJ6nrmQif/rt0If3CloWDwVHampCF4cHH2I2In96EoN5MLraamOS&#10;gbtyY5AdBAlgm1Yq4MUzY1lX8OWc8vgbxJjWnyBaHUjJRrcFv4lvTtqKtL2zVdJZENoMZ0rZ2BOP&#10;kbqBxNCXPdNVwa9igEhrCdWRiEUYhEuDRocG8CdnHYm24P7HXqDizHyw1JzlZDaLKk/GbH49JQMv&#10;PeWlR1hJUAUPnA3HTRgmY+9Q7xqKNMjBwh01tNaJ6+esTumTMFMLTkMUlX9pp1fPo77+BQAA//8D&#10;AFBLAwQUAAYACAAAACEA7uTyU+AAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/&#10;YRnBS7GbtCHaNJsiBUVLL6YieNtmxyQ0Oxuy2zT+e8eTHue9x5v35ZvJdmLEwbeOFMTzCARS5UxL&#10;tYL3w9PdAwgfNBndOUIF3+hhU1xf5Toz7kJvOJahFlxCPtMKmhD6TEpfNWi1n7seib0vN1gd+Bxq&#10;aQZ94XLbyUUUpdLqlvhDo3vcNlidyrNV8Pk6nvb37uOw26Xl7EU+l/tp1ip1ezM9rkEEnMJfGH7n&#10;83QoeNPRncl40SlIkyUnWU8Yif0kXjLKkYV4FYEscvmfoPgBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAblHIBBsCAAAyBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA7uTyU+AAAAAJAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="red">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="115D2C1E" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="003B53F2" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                       <w:pPr>
                         <w:ind w:left="142" w:right="-4"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003B53F2">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">Vid uttalad </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="003B53F2">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>bronchospasm</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="003B53F2">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3E723857" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
                       <w:pPr>
                         <w:ind w:left="142" w:right="-4"/>
                       </w:pPr>
                       <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:t>Inj</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:t xml:space="preserve"> Adrenalin 10 </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:t>ug</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r>
-                        <w:t xml:space="preserve">/kg im/iv  </w:t>
+                        <w:t xml:space="preserve">/kg </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>im</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve">/iv  </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="088772D8" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F4D8742" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8061"/>
         </w:tabs>
         <w:ind w:right="-709"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C4AD10E" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Inj. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Bricanyl</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D42FD60" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t>Vid svår bronchospasm späd 1 ml Bricanyl 0,5 mg/ml med 9 ml NaCl till: 10 ml Bricanyl med koncentrationen 50ug/ml.</w:t>
+        <w:t xml:space="preserve">Vid svår </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>bronchospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> späd 1 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Bricanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> 0,5 mg/ml med 9 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> till: 10 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Bricanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> med koncentrationen 50ug/ml.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DFF05F1" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:t>Ge 5–</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:t>-15ug/kg (</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">0,2 </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">ml/kg) under 10 min. Maxdos 300ug (6 ml). Återupprepa vb eller överväg att fortsätta med infusion. </w:t>
+        <w:t xml:space="preserve">ml/kg) under 10 min. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Maxdos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> 300ug (6 ml). Återupprepa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>vb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> eller överväg att fortsätta med infusion. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B93E5FD" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">Infusion Bricanyl (Terbutalin): Späd 2 ml Bricanyl (0,5 mg/ml) med 48ml 5% Glukos till totalt 50 ml med Bricanyl konc. 20ug/kg. Starta med 1-2ug/kg/tim, kan justeras upp till 5ug/kg/tim beroende på hjärtfrekvens, maxdos är 200ug/tim. Evidens för att ge Bricanyl iv är begränsade. </w:t>
+        <w:t xml:space="preserve">Infusion </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Bricanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Terbutalin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve">): Späd 2 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Bricanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> (0,5 mg/ml) med 48ml 5% Glukos till totalt 50 ml med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Bricanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>konc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>. 20ug/kg. Starta med 1-2ug/kg/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>tim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>, kan justeras upp till 5ug/kg/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>tim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> beroende på hjärtfrekvens, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>maxdos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> är 200ug/tim. Evidens för att ge </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Bricanyl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> iv är begränsade. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EAE2EB" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:t>Monitorera S-Kalium och substituera Kalium om det behövs!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35101A34" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t>Patienten blir ofta även acidotisk och får ett förhöjt laktat.</w:t>
+        <w:t xml:space="preserve">Patienten blir ofta även </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>acidotisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> och får ett förhöjt laktat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45CA05A5" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">Infusion addex </w:t>
+        <w:t xml:space="preserve">Infusion </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>addex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Magnesium,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve"> ge 0,15 mmol/kg löst i 50 ml NaCl på 20 minuter iv. som en  singel bolusdos infusion. Maxdos 10 mmol.</w:t>
+        <w:t xml:space="preserve"> ge 0,15 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>mmol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve">/kg löst i 50 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> på 20 minuter iv. som </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>en  singel</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> bolusdos infusion. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Maxdos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>mmol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72477317" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">     Om svår bronkospasm som kräver iva-vård, fortsätt med infusion </w:t>
+        <w:t xml:space="preserve">     Om svår </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>bronkospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> som kräver </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>iva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve">-vård, fortsätt med infusion </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A1725A1" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve">     Mg 0,12mmol/kg/tim. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="250B5719" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:ind w:left="1304" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t>Späd 20 ml Mg (1mmol/ml) med 30 NaCl till totalt 50 ml med Mg konc.0,4     mmol/ml.</w:t>
+        <w:t xml:space="preserve">Späd 20 ml Mg (1mmol/ml) med 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> till totalt 50 ml med Mg konc.0,4     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>mmol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>/ml.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F192A1B" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">     Ge 0,3 ml/kg/tim. Målkoncentration för S-Mg är 1,5–2,5 mmol/L</w:t>
+        <w:t xml:space="preserve">     Ge 0,3 ml/kg/tim. Målkoncentration för S-Mg är 1,5–2,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>mmol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>/L</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43712759" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BE2030">
-        <w:t xml:space="preserve">Inj. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Inj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Teofyllamin</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve"> (23mg/ml) ge 5 mg/kg (räkna på idealvikt och ge 2 mg/kg om patienten tidigare är behandlad med teofyllin) på 30 min iv. i perifer ven. G</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">es </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -3124,152 +4332,207 @@
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">EKG övervakning! </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2030">
         <w:t xml:space="preserve">Sannolikt begränsad akut effekt med risk för arytmi och illamående, men kan vara av värde för patient som ej svarar på annan behandling. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66FF5D7E" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:ind w:right="-709"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DB294A5" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BE2030">
-        <w:t>Inj. Ketamin 0,5–2 mg/kg iv som bolus. Vid kvarstående svår bronkospasm kan en kontinuerlig infusion startas med 0,2-5mg/kg/tim. Ketamin har kliniskt användas som ”rescue therapy” men är omdebatterat i litteraturen.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Inj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Ketamin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> 0,5–2 mg/kg iv som bolus. Vid kvarstående svår </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>bronkospasm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> kan en kontinuerlig infusion startas med 0,2-5mg/kg/tim. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Ketamin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> har kliniskt användas som ”</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>rescue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>therapy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>” men är omdebatterat i litteraturen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76FD7107" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1712"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73E619BE" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Subakut behandling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D768622" w14:textId="56FEF6B1" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
-        <w:t>Fortsatt inhalation med Ventoline och eventuellt Atrovent.</w:t>
+        <w:t xml:space="preserve">Fortsatt inhalation med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Ventoline</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> och eventuellt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Atrovent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2704A6C9" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BE2030">
-[...3 lines deleted...]
-    <w:p w14:paraId="787F3E17" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00BE2030">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Inj</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t>Solu-Cortef</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE2030">
+        <w:t xml:space="preserve"> 4 mg/kg (max 100 mg) iv. kan upprepas till x 4 vid behov. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B9F95B" w14:textId="7802CA86" w:rsidR="00536A5A" w:rsidRPr="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00FE08A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE2030">
         <w:t>Överväg alltid att lungröntga patienten.</w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00BE2030" w:rsidRDefault="00536A5A" w:rsidP="00BE2030"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00BE2030" w:rsidSect="004409FF">
-      <w:headerReference w:type="default" r:id="rId17"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2F0C98C0" w14:textId="77777777" w:rsidR="00215785" w:rsidRDefault="00215785">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4BCF4F56" w14:textId="77777777" w:rsidR="00215785" w:rsidRDefault="00215785">
       <w:r>
         <w:continuationSeparator/>
@@ -3339,50 +4602,56 @@
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65549884" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
@@ -3846,51 +5115,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4E033FD0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 4" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251677697;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 4" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251677697;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="1F1016D3" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRDefault="00BE2030" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -3969,51 +5238,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="2C93B5C7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 7" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251676673;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 7" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251676673;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="4161182C" w14:textId="77777777" w:rsidR="00BE2030" w:rsidRDefault="00BE2030">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -4178,51 +5447,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -4301,51 +5570,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -7083,52 +8352,53 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="477460309">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1180000479">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="760950327">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="982202105">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="785201499">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="271866870">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="122"/>
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -7303,50 +8573,52 @@
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00560C38"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="00607548"/>
+    <w:rsid w:val="006110E7"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
@@ -7395,122 +8667,126 @@
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009A0E0D"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A03609"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A35855"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA1F9C"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00B350AD"/>
     <w:rsid w:val="00B35601"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52870"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B919D9"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE126B"/>
     <w:rsid w:val="00BE154F"/>
     <w:rsid w:val="00BE2030"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BF065D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
@@ -7550,56 +8826,61 @@
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF5BD7"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB0586"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC11FC"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
+    <w:rsid w:val="00FE08A2"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF6EA7"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0B913D94"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6603D247"/>
+    <w:rsid w:val="68228390"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="7604A7DF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
@@ -10080,51 +11361,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
@@ -10428,71 +11709,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>945</Words>
-  <Characters>5585</Characters>
+  <Words>1054</Words>
+  <Characters>5590</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>46</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6517</CharactersWithSpaces>
+  <CharactersWithSpaces>6631</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Obstruktivitet-bronchospasm hos vuxna och barn - perioperativ behandling</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Carina Turesson Roos</lastModifiedBy>
-  <revision>30</revision>
+  <lastModifiedBy>Lars Brühne</lastModifiedBy>
+  <revision>37</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>