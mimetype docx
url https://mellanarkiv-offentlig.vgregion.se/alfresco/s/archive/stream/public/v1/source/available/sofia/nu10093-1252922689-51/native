--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,55 +6,55 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6E53E357" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426"/>
         <w:sectPr w:rsidR="00C137D7" w:rsidSect="00C137D7">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="4F9210F9" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -192,51 +192,51 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:shapetype w14:anchorId="3C6B56F2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="7CF36245" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="003D37FD" w:rsidRDefault="00C137D7" w:rsidP="00C137D7">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dok.ID: </w:t>
@@ -246,1000 +246,886 @@
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>15683</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C137D7" w:rsidRPr="00C137D7" w14:paraId="3E44AFBE" w14:textId="77777777" w:rsidTr="00D215D5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7C7942" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
+          <w:p w14:paraId="2C7C7942" w14:textId="0EA9D15E" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
             <w:pPr>
-              <w:pStyle w:val="Rubrik1"/>
+              <w:pStyle w:val="Heading1"/>
               <w:ind w:left="426"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_1314629194"/>
             <w:bookmarkStart w:id="2" w:name="Rubrik"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00C137D7">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>PTC (Percutan Transhepatisk Colangiografi)</w:t>
+              <w:t>PTC (Per</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE7ACC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C137D7">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">utan </w:t>
+            </w:r>
+            <w:r w:rsidR="00193E57">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C137D7">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ranshepatisk </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE7ACC">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C137D7">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>olangiografi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6C16F2E6" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00C137D7">
         <w:t>Revidering i denna version:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47714A74" w14:textId="1BD45772" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00F17D73" w:rsidP="00D215D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Revidering under rubriker: Anestesiförslag, Utrustning</w:t>
       </w:r>
       <w:r w:rsidR="006536AD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, Praktiska råd, Operationsbord/läge</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6042295E" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00C137D7">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6539E432" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
-[...2 lines deleted...]
-        <w:ind w:left="426" w:right="1161"/>
+    <w:p w14:paraId="6539E432" w14:textId="71AE451B" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00F850C7" w:rsidP="00E53B66">
+      <w:pPr>
+        <w:ind w:left="426"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C137D7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Är en icke kurativ behandling på patient med tumör som leder till </w:t>
+      <w:r>
+        <w:t>Vid PTC läggs oftast ett drän vilket ä</w:t>
+      </w:r>
+      <w:r w:rsidR="00C137D7" w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve">r en icke kurativ behandling på patient med tumör som </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7CF3">
+        <w:t xml:space="preserve">påverkar gallvägarna och </w:t>
+      </w:r>
+      <w:r w:rsidR="00C137D7" w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve">leder till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C137D7">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C137D7" w:rsidRPr="00C137D7">
         <w:t>ikterus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C137D7">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001E7CF3">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C137D7" w:rsidRPr="00C137D7">
         <w:t xml:space="preserve"> och där stent inte har kunnat läggas vid ERCP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78F44553" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00C137D7">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E148853" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5520"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="1161"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C137D7">
-[...466 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E53B66">
+        <w:t>Att skapa ett dokumentstöd för omhändertagande av patient som ska genomgå PTC</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C137D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D22BD7" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
+    <w:p w14:paraId="20E7C428" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Vilka berörs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765CFD3B" w14:textId="2E10C7EE" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00E53B66">
+      <w:pPr>
+        <w:ind w:left="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Anestesisjuksköterskor och anestesiläkare, Operation</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53B66">
+        <w:t>savdelningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ABBB0B9" w14:textId="0A0447AC" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="007106D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0" w:firstLine="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Anestesiförslag</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52614C03" w14:textId="77777777" w:rsidR="00255305" w:rsidRPr="00556038" w:rsidRDefault="00C137D7" w:rsidP="00E53B66">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00556038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Anestesikort</w:t>
+      </w:r>
+      <w:r w:rsidR="00255305" w:rsidRPr="00556038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3699C167" w14:textId="77777777" w:rsidR="00556038" w:rsidRDefault="00C137D7" w:rsidP="00556038">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Intubation RSI</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A72">
+        <w:t xml:space="preserve"> (as</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3BFB">
+        <w:t>pirationsrisk) –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Propofol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FE3BFB">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Remifentanil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve"> TCI/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97BF8">
+        <w:t>evofluran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B97BF8">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A3140B">
+        <w:t>Suxametron</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006C641C">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006C641C">
+        <w:t>Ro</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D81">
+        <w:t>cur</w:t>
+      </w:r>
+      <w:r w:rsidR="00D34C80">
+        <w:t>onium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2D7761DB" w14:textId="7F45DF70" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00556038">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>alternativt TEDA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F1CE52" w14:textId="185F6D8E" w:rsidR="00C137D7" w:rsidRPr="001060C5" w:rsidRDefault="006536AD" w:rsidP="00E53B66">
+      <w:pPr>
+        <w:ind w:left="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001060C5">
+        <w:t>Fråga ansvarig anestesiläkare om v-sond ska sättas</w:t>
+      </w:r>
+      <w:r w:rsidR="00556038">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B96102" w14:textId="156FD1C5" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="007106D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0" w:firstLine="426"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Utrustning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22064ABF" w14:textId="4305D102" w:rsidR="006536AD" w:rsidRPr="001060C5" w:rsidRDefault="006536AD" w:rsidP="006536AD">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="1162"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ta med pumpar</w:t>
+      </w:r>
+      <w:r w:rsidR="6B02221C">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>X3</w:t>
+      </w:r>
+      <w:r w:rsidR="48153EE2">
+        <w:t xml:space="preserve"> och warm cloud</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> från operation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63CB6F1A" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="1161"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DE8B165" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w14:paraId="33F65B61" w14:textId="2806E109" w:rsidR="5AFC6896" w:rsidRDefault="5AFC6896" w:rsidP="5AFC6896">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="426"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E722F82" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="007106D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0" w:firstLine="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Blodgruppering/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>bastest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4D9559C1" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00556038">
+      <w:pPr>
+        <w:ind w:left="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Ja/ja</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411DCE1B" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00E53B66">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Praktiska råd</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410364D2" w14:textId="77777777" w:rsidR="000837B0" w:rsidRPr="000837B0" w:rsidRDefault="00C137D7" w:rsidP="000837B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve">Undersökningen sker på </w:t>
+      </w:r>
+      <w:r w:rsidR="00556038">
+        <w:t>Röntgen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve"> Lab 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339FFF84" w14:textId="77777777" w:rsidR="00621B90" w:rsidRPr="00621B90" w:rsidRDefault="00C137D7" w:rsidP="000837B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve">Vid sövning kommer patienten i säng från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>avd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve"> till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Rtg.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4D054FDE" w14:textId="77777777" w:rsidR="00621B90" w:rsidRPr="00621B90" w:rsidRDefault="00C137D7" w:rsidP="000837B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Sätt PVK, helst i vänster arm, med förlängningsslang.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6D5F04" w14:textId="77777777" w:rsidR="00621B90" w:rsidRPr="00621B90" w:rsidRDefault="00C137D7" w:rsidP="000837B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Övervakning via X</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0465">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve">. För att koppla upp övervakningen till röntgens skärm, byt kabel till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>takpendeln</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve"> (kabel märkt Philips övervakning).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F78B55B" w14:textId="27628AA3" w:rsidR="00C137D7" w:rsidRPr="000837B0" w:rsidRDefault="00C137D7" w:rsidP="000837B0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve">Vid TEDA kommer patienten i säng till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Preopcenter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve"> C-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>op</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t xml:space="preserve">, där EDA läggs, och sedan transport till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>Rtg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C137D7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE8B165" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00E53B66">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00C137D7">
         <w:t>Operationsbord/läge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72EA44CF" w14:textId="5203C80F" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="170196C4" w14:textId="77777777" w:rsidR="00621B90" w:rsidRDefault="00C137D7" w:rsidP="00621B90">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00C137D7">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Ryggläge på röntgenbordet, armarna utmed sidorna med armstöd med skinn.</w:t>
       </w:r>
-      <w:r w:rsidR="00DC0465" w:rsidRPr="00DC0465">
-[...5 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="72EA44CF" w14:textId="7BB62DA2" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00DC0465" w:rsidP="00621B90">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001060C5">
+        <w:t xml:space="preserve">Värm patienten med värmemadrass och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001060C5">
+        <w:t>warm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001060C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DC0465" w:rsidRPr="001060C5">
-[...1 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00DC0465" w:rsidRPr="001060C5">
-        <w:t>warm</w:t>
+      <w:r w:rsidRPr="001060C5">
+        <w:t>cloud</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00DC0465" w:rsidRPr="001060C5">
-[...7 lines deleted...]
-      <w:r w:rsidR="00DC0465" w:rsidRPr="001060C5">
+      <w:r w:rsidRPr="001060C5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="205EA03A" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
-[...10 lines deleted...]
-        <w:pStyle w:val="Rubrik3"/>
+    <w:p w14:paraId="6935A19E" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00E53B66">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00C137D7">
         <w:t>KAD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49860E5A" w14:textId="77777777" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00D215D5">
-[...2 lines deleted...]
-        <w:ind w:left="426" w:right="1162"/>
+    <w:p w14:paraId="49860E5A" w14:textId="0BAC77B7" w:rsidR="00C137D7" w:rsidRPr="00C137D7" w:rsidRDefault="00C137D7" w:rsidP="00621B90">
+      <w:pPr>
+        <w:ind w:left="426"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C137D7">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Kontrollera att patienten har KAD</w:t>
+      </w:r>
+      <w:r w:rsidR="00621B90">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00D215D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00C137D7">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01F73E40" w14:textId="77777777" w:rsidR="009358ED" w:rsidRDefault="009358ED">
+    <w:p w14:paraId="149AFDC0" w14:textId="77777777" w:rsidR="0058550A" w:rsidRDefault="0058550A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15239844" w14:textId="77777777" w:rsidR="009358ED" w:rsidRDefault="009358ED">
+    <w:p w14:paraId="7FCF6EA4" w14:textId="77777777" w:rsidR="0058550A" w:rsidRDefault="0058550A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2479F777" w14:textId="77777777" w:rsidR="009358ED" w:rsidRDefault="009358ED">
+    <w:p w14:paraId="1D519CFD" w14:textId="77777777" w:rsidR="0058550A" w:rsidRDefault="0058550A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -1250,54 +1136,54 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="13" name="Bildobjekt 13">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -1328,76 +1214,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45A4A10D" w14:textId="77777777" w:rsidR="009358ED" w:rsidRDefault="009358ED"/>
+    <w:p w14:paraId="1FC6FE9E" w14:textId="77777777" w:rsidR="0058550A" w:rsidRDefault="0058550A"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77BF23F1" w14:textId="77777777" w:rsidR="009358ED" w:rsidRDefault="009358ED">
+    <w:p w14:paraId="3D518692" w14:textId="77777777" w:rsidR="0058550A" w:rsidRDefault="0058550A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="039DB448" w14:textId="77777777" w:rsidR="009358ED" w:rsidRDefault="009358ED">
+    <w:p w14:paraId="6EFEDE66" w14:textId="77777777" w:rsidR="0058550A" w:rsidRDefault="0058550A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -1432,94 +1318,94 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1555,51 +1441,51 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
@@ -1682,51 +1568,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2523,50 +2409,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E9B3DD1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5DF02102"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2662,58 +2661,58 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -2776,51 +2775,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2889,51 +2888,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3030,51 +3029,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AA0324E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2EAE5154"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3143,58 +3255,58 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -3257,51 +3369,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3370,51 +3482,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D314C8F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC54A1DE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -3483,51 +3708,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3596,51 +3821,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3710,610 +3935,715 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="950667108">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1136678900">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1982809268">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1895117420">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="391199628">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="953708303">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1359314450">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1100293233">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1327435801">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1303734684">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1467776143">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1178731472">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1674645065">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1176962587">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1991326089">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1971859539">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="340353220">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="153954746">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="227346891">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1534533465">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="968436636">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="474293970">
+    <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
+    <w:rsid w:val="0001589B"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
+    <w:rsid w:val="00033787"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00042FC4"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="00052334"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
+    <w:rsid w:val="0006694A"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00082089"/>
+    <w:rsid w:val="000837B0"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="0008461F"/>
     <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00090BFF"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B34B0"/>
+    <w:rsid w:val="000B3596"/>
     <w:rsid w:val="000B4536"/>
+    <w:rsid w:val="000B63F8"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001060C5"/>
     <w:rsid w:val="00106E31"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="001210E2"/>
+    <w:rsid w:val="0012244B"/>
+    <w:rsid w:val="00131420"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="00144FBA"/>
+    <w:rsid w:val="00151818"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="00157D4A"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="00177070"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00193E57"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D0D81"/>
+    <w:rsid w:val="001E7CF3"/>
+    <w:rsid w:val="0020625D"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
+    <w:rsid w:val="00255305"/>
     <w:rsid w:val="0025703A"/>
+    <w:rsid w:val="002608AA"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="00263FD9"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="003416D9"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
+    <w:rsid w:val="00396F14"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C7C6F"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D55CD"/>
+    <w:rsid w:val="003E03A9"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="00455FC9"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="00487417"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004B1CB4"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004B685B"/>
     <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004D6608"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E21C1"/>
+    <w:rsid w:val="004E2EBF"/>
+    <w:rsid w:val="004F02BA"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="005209E1"/>
+    <w:rsid w:val="0052496A"/>
     <w:rsid w:val="00531E60"/>
+    <w:rsid w:val="005338FC"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="00556038"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="0058550A"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B2DF6"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E3EA6"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="006109C6"/>
     <w:rsid w:val="00614E64"/>
+    <w:rsid w:val="0061644E"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
+    <w:rsid w:val="00621B90"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00641529"/>
     <w:rsid w:val="006536AD"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00691A3C"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
+    <w:rsid w:val="006B00BE"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C641C"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="007106D6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
+    <w:rsid w:val="00756E57"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
+    <w:rsid w:val="007676FE"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E7A2A"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="0080304D"/>
+    <w:rsid w:val="00812D47"/>
+    <w:rsid w:val="00820E74"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
+    <w:rsid w:val="00851341"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="00895790"/>
+    <w:rsid w:val="008A0401"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="008F7803"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
+    <w:rsid w:val="00931283"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="009358ED"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00960C33"/>
+    <w:rsid w:val="0096531D"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00993334"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A3140B"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A60729"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A77AB3"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A860CB"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB244C"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AC5443"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B94A72"/>
+    <w:rsid w:val="00B95FD9"/>
     <w:rsid w:val="00B97BF8"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C10B42"/>
     <w:rsid w:val="00C137D7"/>
+    <w:rsid w:val="00C37308"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
+    <w:rsid w:val="00C45773"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C74920"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA440B"/>
     <w:rsid w:val="00CA521F"/>
+    <w:rsid w:val="00CA5D31"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00918"/>
+    <w:rsid w:val="00D042C0"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D215D5"/>
     <w:rsid w:val="00D34C80"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D45380"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D82373"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D86722"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D934EF"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC0465"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
+    <w:rsid w:val="00E53B66"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E8542E"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EA50A0"/>
+    <w:rsid w:val="00EB53F0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F17D73"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F73E21"/>
+    <w:rsid w:val="00F850C7"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F92FA4"/>
+    <w:rsid w:val="00FA1133"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC0984"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE3BFB"/>
+    <w:rsid w:val="00FE7ACC"/>
+    <w:rsid w:val="00FF0865"/>
+    <w:rsid w:val="00FF5C22"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="48153EE2"/>
+    <w:rsid w:val="5AFC6896"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6B02221C"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="78532EBA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{B7A35FED-27A1-42C9-9DDC-AFAB1B531586}"/>
+  <w15:docId w15:val="{8FD974D5-49C4-4960-93CF-8D3BD56F3E0E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4661,195 +4991,196 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -4927,606 +5258,606 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -5557,81 +5888,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -5670,53 +6001,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -5790,53 +6121,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -5910,53 +6241,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -6006,53 +6337,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -6102,53 +6433,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -6184,53 +6515,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -6279,51 +6610,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -6367,51 +6698,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -6498,67 +6829,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -6602,131 +6933,131 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7091,74 +7422,59 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Dok_med_omslag_sd_red.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1147</Characters>
+  <Pages>1</Pages>
+  <Words>206</Words>
+  <Characters>1180</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1361</CharactersWithSpaces>
+  <CharactersWithSpaces>1384</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>PTC (Percutan Transhepatisk Colangiografi)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Carina Turesson Roos</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy>Caroline Edvardsson</lastModifiedBy>
+  <revision>38</revision>
+  <lastPrinted>2016-04-01T04:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>