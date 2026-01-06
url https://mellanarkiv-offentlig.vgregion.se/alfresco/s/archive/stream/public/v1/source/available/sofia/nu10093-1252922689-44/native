--- v0 (2025-12-13)
+++ v1 (2026-01-06)
@@ -6,107 +6,107 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="51CD89A0" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="51CD89A0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
         <w:sectPr w:rsidR="00A44AD5" w:rsidSect="00A44AD5">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="30C6A18E" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="30C6A18E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F308FE3" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="4F308FE3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="150CE65D" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="150CE65D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AEE2AAB" w14:textId="4E8E5718" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="2AEE2AAB" w14:textId="4E8E5718">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E44AF16" wp14:editId="060A2732">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="222885"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -133,51 +133,51 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="4BFDA13A" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="003D37FD" w:rsidRDefault="00A44AD5" w:rsidP="00A44AD5">
+                          <w:p w:rsidRPr="003D37FD" w:rsidR="00A44AD5" w:rsidP="00A44AD5" w:rsidRDefault="00A44AD5" w14:paraId="4BFDA13A" w14:textId="77777777">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dok.ID: </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
@@ -216,58 +216,58 @@
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="1E44AF16" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="1E44AF16">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 1" style="position:absolute;left:0;text-align:left;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="4BFDA13A" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="003D37FD" w:rsidRDefault="00A44AD5" w:rsidP="00A44AD5">
+                    <w:p w:rsidRPr="003D37FD" w:rsidR="00A44AD5" w:rsidP="00A44AD5" w:rsidRDefault="00A44AD5" w14:paraId="4BFDA13A" w14:textId="77777777">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dok.ID: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
@@ -304,506 +304,539 @@
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9039"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w14:paraId="0D004B1B" w14:textId="77777777" w:rsidTr="00EE55BA">
+      <w:tr w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidTr="00EE55BA" w14:paraId="0D004B1B" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE7B465" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+          <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="0DE7B465" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:ind w:right="140"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_1314629194"/>
-            <w:bookmarkStart w:id="2" w:name="Rubrik"/>
+            <w:bookmarkStart w:name="_1314629194" w:id="1"/>
+            <w:bookmarkStart w:name="Rubrik" w:id="2"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00351328">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">Pacemaker </w:t>
             </w:r>
             <w:r w:rsidRPr="00A44AD5">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="00A44AD5">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>Inläggning, elektrodjustering och dosbyte</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44F956F1" w14:textId="53585803" w:rsidR="00A82D32" w:rsidRDefault="00A82D32" w:rsidP="00A82D32">
+    <w:p w:rsidR="00A82D32" w:rsidP="00A82D32" w:rsidRDefault="00A82D32" w14:paraId="44F956F1" w14:textId="53585803">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r>
         <w:t>Revidering i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B92F19" w14:textId="4E5CC30A" w:rsidR="00A82D32" w:rsidRPr="00A82D32" w:rsidRDefault="00A82D32" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A82D32" w:rsidR="00A82D32" w:rsidP="00A82D32" w:rsidRDefault="00A82D32" w14:paraId="39B92F19" w14:textId="4E5CC30A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A82D32">
         <w:t>Ingen revidering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3272ED" w14:textId="1BC08D4C" w:rsidR="00A44AD5" w:rsidRPr="00A82D32" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A82D32" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="4D3272ED" w14:textId="1BC08D4C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A82D32">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236FC444" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="236FC444" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11C93A33" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="11C93A33" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:t>Elektronisk apparat med tillhörande elektroder som opereras in pga. fel i hjärtats retledningssystem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C4495A" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A82D32" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A82D32" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="44C4495A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A82D32">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393EE0A1" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="393EE0A1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C3C5FA6" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="3C3C5FA6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Att skapa ett dokumentstöd för omhändertagande av patienter som ska genomgå någon form av pacemakeringrepp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E1ADB10" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A82D32" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A82D32" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="4E1ADB10" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A82D32">
         <w:t xml:space="preserve">Vilka berörs </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7752DDA2" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="7752DDA2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="410D947A" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="410D947A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:t>Anestesi- och operationssjuksköterskor, anestesiläkare och undersköterskor, Operation, NÄL.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17872529" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A82D32" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A82D32" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="17872529" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A82D32">
         <w:t>Anestesiförslag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A94B9E" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="36A94B9E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C1F4043" w14:textId="77777777" w:rsidR="00A82D32" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidR="00A82D32" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="1C1F4043" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140" w:firstLine="1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:t xml:space="preserve">Anestesikort: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A44AD5">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C6CF4E" w14:textId="4408AE9B" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="17C6CF4E" w14:textId="4408AE9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140" w:firstLine="1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:t>Lokalanestesi läggs sterilt på operationssalen av operatören. Vid behov sedering/analgesi intravenöst</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410BB42F" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="410BB42F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="790C4889" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A82D32" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A82D32" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="790C4889" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A82D32">
         <w:lastRenderedPageBreak/>
         <w:t>Utrustning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6747AB53" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="6747AB53" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43847D39" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="43847D39" w14:textId="3AD1371C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A44AD5">
-        <w:t>Defibrillator LifePak20 och läkemedel för hjärtstopp. 8 st. EKG-plattor Red Dot, 5 till tröskelvärdesmätaren och 3 till X2:an.</w:t>
+      <w:r w:rsidR="00A44AD5">
+        <w:rPr/>
+        <w:t xml:space="preserve">Defibrillator </w:t>
+      </w:r>
+      <w:r w:rsidR="29BBA7B2">
+        <w:rPr/>
+        <w:t xml:space="preserve">Philips </w:t>
+      </w:r>
+      <w:r w:rsidR="29BBA7B2">
+        <w:rPr/>
+        <w:t>HeartStart</w:t>
+      </w:r>
+      <w:r w:rsidR="29BBA7B2">
+        <w:rPr/>
+        <w:t xml:space="preserve"> Intrepid </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44AD5">
+        <w:rPr/>
+        <w:t xml:space="preserve">och läkemedel för hjärtstopp. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44AD5">
+        <w:rPr/>
+        <w:t>8 st.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44AD5">
+        <w:rPr/>
+        <w:t xml:space="preserve"> EKG-plattor Red </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44AD5">
+        <w:rPr/>
+        <w:t>Dot</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44AD5">
+        <w:rPr/>
+        <w:t>, 5 till tröskelvärdesmätaren och 3 till X2:an.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC4C707" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="4CC4C707" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="341430C9" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A82D32" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A82D32" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="341430C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A82D32">
         <w:t>Blodgruppering/Bastest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A04F50" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="05A04F50" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="720F5DB1" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="720F5DB1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:t>Nej/nej</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="528A40E4" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="528A40E4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CE852C2" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A82D32" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A82D32" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="1CE852C2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A82D32">
         <w:t>Praktiska råd</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17BB8D7C" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="17BB8D7C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="112F7995" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="112F7995" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:t>Vi ringer till avdelningen för att patienten ska få sitt ordinerade antibiotikum, en timma innan beräknad operation. Patienten ska ha duschat med Klorhexidintvål 4 % tre gånger preoperativt</w:t>
       </w:r>
       <w:r w:rsidRPr="00A44AD5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>, om inte</w:t>
       </w:r>
       <w:r w:rsidRPr="00A44AD5">
         <w:t xml:space="preserve"> detta är gjort ska förtvätt göras två gånger på förberedelserummet. Håravkortning vid behov. Anestesiläkaren lägger lokalanestesi – Carbocain 10mg/ml. Pvk helst i motsatt arm mot där man lägger pacemakern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6558110F" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="6558110F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E9354AC" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="7E9354AC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:t>Inne på operationssalen kopplar vi på EKG från vår övervakning X2 och övervakningen från Tröskelvärdesmätaren. Använd EKG-plattor Red Dot, eftersom dessa sitter bättre. EKG-plattorna placeras två på var axel (ryggsidan), en på bröstbenet, två på vänster sida och en på höger sida av bröstkorgen. Obs sätt dubbla elektroder eftersom det ska tröskelmätas. Slanghållare (”blomman”) eller droppställning som fästs på bordet kan användas i stället för narkosbåge för att hålla uppe operationsdraperingen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75243DB9" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="75243DB9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A60CA23" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="0A60CA23" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A82D32">
         <w:t>Operationsbord/läge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E3751CB" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="3E3751CB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B49B19C" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="6B49B19C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:t>Kolfibertopp, ryggläge med båda armarna längs sidorna. Operationsbordets placering i salen beror på vilken sal som används.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052F97D9" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="052F97D9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DE12226" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="0DE12226" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10E7B5C5" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A82D32" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A82D32" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="10E7B5C5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A82D32">
         <w:t>Avslutning/Postoperativt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2434EF41" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="2434EF41" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DCB5C4B" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="1DCB5C4B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:t>Kontrollera att klisterlappar med streckkoder klistrats på dokument enligt operationsstandard (plocklista), under rubriken dokumentation.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A44AD5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Det är mycket viktigt att det går att identifiera exakt vilket/vilka implantat patienten fått.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA06E42" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="1DA06E42" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EB2989E" w14:textId="77777777" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00A82D32" w:rsidRDefault="00A44AD5" w14:paraId="2EB2989E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:t>Ring vårdavdelningen så hämtar de patienten. Låt X2:an vara kvar på salen under dagen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30334D14" w14:textId="5406322E" w:rsidR="00A44AD5" w:rsidRPr="00A44AD5" w:rsidRDefault="00A44AD5" w:rsidP="00E12A2B">
+    <w:p w:rsidRPr="00A44AD5" w:rsidR="00A44AD5" w:rsidP="00E12A2B" w:rsidRDefault="00A44AD5" w14:paraId="30334D14" w14:textId="5406322E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A44AD5">
         <w:t>Patienten får inte höja den vänstra armen över huvudet och inte anstränga den. Har tryckförband som ska sitta i 24 timmar.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00A82D32">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00A82D32" w:rsidRDefault="00536A5A" w14:paraId="76B9F95B" w14:textId="24513497">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00A44AD5">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00A44AD5">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="496D9698" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="38030764" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="0576E0AF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -863,162 +896,162 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -1053,311 +1086,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="6E5526E6" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="5C57738A" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w:rsidR="00363B23" w:rsidRDefault="00363B23" w14:paraId="4F5088BD" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -1393,2086 +1426,2086 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="471874953">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1724718244">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2100566036">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="76367427">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1496460548">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1761295380">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="638190875">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="887109101">
@@ -3498,64 +3531,65 @@
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1207986584">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1129662240">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="482432544">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="462044210">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="651836029">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -3937,190 +3971,193 @@
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="29BBA7B2"/>
+    <w:rsid w:val="3F612B09"/>
+    <w:rsid w:val="5FC835BD"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4145,75 +4182,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -4248,57 +4285,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -4356,700 +4393,700 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -5113,609 +5150,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -5724,94 +5761,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -5820,496 +5857,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -6376,51 +6413,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6799,75 +6836,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Pacemaker – Inläggning, elektrodjustering och dosbyte</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Carina Turesson Roos</lastModifiedBy>
-  <revision>5</revision>
+  <lastModifiedBy>Lars Brühne</lastModifiedBy>
+  <revision>6</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>