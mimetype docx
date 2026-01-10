--- v0 (2025-12-13)
+++ v1 (2026-01-10)
@@ -11,112 +11,172 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="69C7182E" w14:textId="77777777" w:rsidR="00527E4C" w:rsidRDefault="00527E4C" w:rsidP="00C7570F">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-536"/>
+        <w:tblW w:w="9399" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9399"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F35E97" w:rsidRPr="00527E4C" w14:paraId="0E9AA186" w14:textId="77777777" w:rsidTr="00A4743C">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9399" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC4B683" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="005E4748" w:rsidRDefault="00F35E97" w:rsidP="00A4743C">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+            <w:r w:rsidRPr="005E4748">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ljumskbråck </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005E4748">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">alt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001104D7">
+              <w:t>femoralbråck</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005E4748">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Laparoskopiskt (TEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>, TAP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E4748">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5D3354AA" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="00527E4C" w:rsidSect="00527E4C">
+        <w:sectPr w:rsidR="00F35E97" w:rsidSect="00F35E97">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="7CD6D4C8" w14:textId="77777777" w:rsidR="00527E4C" w:rsidRPr="00527E4C" w:rsidRDefault="00527E4C" w:rsidP="00C7570F">
+    <w:p w14:paraId="1543E670" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00527E4C" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="18AD5D8D" w14:textId="77777777" w:rsidR="00826067" w:rsidRDefault="00826067" w:rsidP="00826067">
+    <w:p w14:paraId="68EC00A5" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="005E4748" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="0" w:after="0"/>
-        <w:sectPr w:rsidR="00826067" w:rsidSect="00527E4C">
-[...12 lines deleted...]
-        </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="005E4748">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE6FE8E" wp14:editId="7BC04BB3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D6E5BB9" wp14:editId="5DC17F6D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6513830</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>611505</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="2060575"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1244600" cy="2060575"/>
                         </a:xfrm>
@@ -127,340 +187,252 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0D1FD14E" w14:textId="77777777" w:rsidR="00826067" w:rsidRPr="003D37FD" w:rsidRDefault="00826067" w:rsidP="00826067">
+                          <w:p w14:paraId="451EE85B" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="003D37FD" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dok.ID: </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>14746</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="1FE6FE8E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="0D6E5BB9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:512.9pt;margin-top:48.15pt;width:98pt;height:162.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAa5lyp3gEAAKIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGmUdiFqulp2VYS0&#10;sEgLH+A4TmKReMzYbVK+nrHTdgvcEBfL45m8ee/NZHM7DT07KHQaTMmXi5QzZSTU2rQl//Z19+Yt&#10;Z84LU4sejCr5UTl+u339ajPaQmXQQV8rZARiXDHaknfe2yJJnOzUINwCrDKUbAAH4SnENqlRjIQ+&#10;9EmWputkBKwtglTO0evDnOTbiN80SvqnpnHKs77kxM3HE+NZhTPZbkTRorCdlica4h9YDEIbanqB&#10;ehBesD3qv6AGLREcNH4hYUigabRUUQOpWaZ/qHnuhFVRC5nj7MUm9/9g5efDs/2CzE/vYaIBRhHO&#10;PoL87piB+06YVt0hwtgpUVPjZbAsGa0rTp8Gq13hAkg1foKahiz2HiLQ1OAQXCGdjNBpAMeL6Wry&#10;TIaWWZ6vU0pJymXpOl3drGIPUZw/t+j8BwUDC5eSI001wovDo/OBjijOJaGbgZ3u+zjZ3vz2QIXh&#10;JdIPjGfufqomqg4yKqiPJARhXhRabLp0gD85G2lJSu5+7AUqzvqPhsx4t8zzsFUxyFc3GQV4namu&#10;M8JIgiq552y+3vt5E/cWddtRp7P9d2TgTkdpL6xOvGkRouLT0oZNu45j1cuvtf0FAAD//wMAUEsD&#10;BBQABgAIAAAAIQD9GX0R3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qF0DpYQ4VYXacgRKxNmNlyQiXlu2m4a/xz3BcXZGM2/L1WQHNmKIvSMF85kAhtQ401OroP7Y3iyB&#10;xaTJ6MERKvjBCKvq8qLUhXEnesdxn1qWSygWWkGXki84j02HVseZ80jZ+3LB6pRlaLkJ+pTL7cCl&#10;EAtudU95odMenztsvvdHq8Anv3t4Ca9v6812FPXnrpZ9u1Hq+mpaPwFLOKW/MJzxMzpUmengjmQi&#10;G7IW8j6zJwWPi1tg54SU83w5KLiTYgm8Kvn/J6pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhABrmXKneAQAAogMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAP0ZfRHfAAAADAEAAA8AAAAAAAAAAAAAAAAAOAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="0D1FD14E" w14:textId="77777777" w:rsidR="00826067" w:rsidRPr="003D37FD" w:rsidRDefault="00826067" w:rsidP="00826067">
+                    <w:p w14:paraId="451EE85B" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="003D37FD" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dok.ID: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>14746</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_1314629194"/>
+      <w:bookmarkStart w:id="2" w:name="Rubrik"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="005E4748">
+        <w:t xml:space="preserve">Revidering i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001104D7">
+        <w:t>denna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4748">
+        <w:t xml:space="preserve"> version:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4DEAB740" w14:textId="77777777" w:rsidR="00826067" w:rsidRPr="00527E4C" w:rsidRDefault="00826067" w:rsidP="00826067">
+    <w:p w14:paraId="40E1AF5B" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...98 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Revidering under rubrik: Praktiska råd</w:t>
+        <w:t xml:space="preserve">Revidering under rubrik: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07237">
+        <w:t>Förberedelser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="389070BB" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="001104D7" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="2D1101BD" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="001104D7" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="001104D7">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18418942" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="005E4748" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="007C74AC" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="005E4748" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="3E4547"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD2341">
         <w:rPr>
           <w:color w:val="3E4547"/>
           <w:spacing w:val="2"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Med ljumskbråck avses </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD2341">
         <w:rPr>
           <w:color w:val="3E4547"/>
           <w:spacing w:val="2"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -485,51 +457,51 @@
         <w:t>oment</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD2341">
         <w:rPr>
           <w:color w:val="3E4547"/>
           <w:spacing w:val="2"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> tränger fram genom bukväggen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD2341">
         <w:rPr>
           <w:color w:val="3E4547"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00BE01EC">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253B5BDB" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="4194A920" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Att skapa goda och säkra rutiner för omhändertagande av patient vid lapar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">skopisk operation av </w:t>
       </w:r>
@@ -544,198 +516,173 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>alt</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> femoralbråck.</w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713FA0D8" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="001104D7" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="7F2904C4" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="001104D7" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="001104D7">
         <w:t>Vilka berörs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="310A78D4" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="63A8DE31" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>All personal på operation NU.</w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CA2851" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="001104D7" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="6060FBE7" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="001104D7" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="001104D7">
         <w:t>Premedicinering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B799A51" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="03ACC1A9" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk116982919"/>
       <w:r>
         <w:t xml:space="preserve">Alvedon 1g, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Targiniq</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 5mg, Arcoxia 120mg (om inga kontraindikationer).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63220F08" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="00451E61" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="158E23B9" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00451E61" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om ej Arcoxia, ges </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Targiniq</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 10mg.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="2CA79E8B" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="001104D7" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="08FD33F2" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="001104D7" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="001104D7">
         <w:t>Anestesiförslag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3579FEE8" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="00340D70" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="74BE862E" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00340D70" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00340D70">
-        <w:t xml:space="preserve">Intubation - Propofol/ </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">/ </w:t>
+        <w:t xml:space="preserve">Intubation - Propofol/ Remifentanil - TCI/ Sevofluran/ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00340D70">
         <w:t>Rokuronium</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00340D70">
         <w:t>, eller</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2434DDE7" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="00340D70" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="4C2E868D" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00340D70" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00340D70">
-        <w:t xml:space="preserve">Intubation - Propofol/ Fentanyl/ </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">/ </w:t>
+        <w:t xml:space="preserve">Intubation - Propofol/ Fentanyl/ Sevofluran/ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00340D70">
         <w:t>Rokuronium</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1B31B5AC" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="001104D7" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="2FECA22B" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="001104D7" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="001104D7">
-        <w:lastRenderedPageBreak/>
         <w:t>Utrustning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D13374A" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="24162862" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Standard, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">-sond, </w:t>
       </w:r>
@@ -746,300 +693,328 @@
         </w:rPr>
         <w:t>öronprob</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pulsoximetri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, TOF</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="453CE760" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="005E4748" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="01180C80" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="005E4748" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001104D7">
         <w:t>Blodgruppering/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001104D7">
         <w:t>bastest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4C853161" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="12A43643" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ja/Nej</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC43879" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="001104D7" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="40C25ED0" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="001104D7" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="001104D7">
+        <w:lastRenderedPageBreak/>
         <w:t>Operationsbord/läge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB73273" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="7BBC38EC" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Valfritt operationsbord. Se praktiska råd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55176455" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="001104D7" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="7EE0B8B5" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="001104D7" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk116990662"/>
       <w:r w:rsidRPr="001104D7">
         <w:t>Förberedelser</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="7D70E2C6" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="0E1AE514" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Håravkorta f</w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">rån naveln till </w:t>
+        <w:t xml:space="preserve">rån </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bröstbenet till pubis ner mot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527E4C">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>båda ljumskar</w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Urinkateter endast om operatören önskar det. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB8B439" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="38D2E457" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Urinkateter endast om operatören önskar det. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3EE6D6EF" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="001104D7" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="0D8EC0AA" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3881F22E" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="001104D7" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="001104D7">
         <w:t>Praktiska råd</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D05BC7" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="00527E4C" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="6C349FEE" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00527E4C" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Patienten ligger plant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5DA9AD" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="00527E4C" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="39E869C5" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00527E4C" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Armen på motsatt sida bråcket, ligger utefter sidan instoppad i draglakan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Den</w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> andra armen ligger ut på vanligt armbord.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20431729" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="00527E4C" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="242E6B3B" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00527E4C" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vid bilaterala bråck ligger båda armarna utefter sid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>orna,</w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> instoppade i draglakan. Använd då 100 cm förlängningar på infusionsaggregaten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DC340B" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="23D486E9" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>arkosbåge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42C57405" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="00527E4C" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="2B484F45" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00527E4C" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienten placeras med knicken i ländryggshöjd. Ev kan en förlängningsplatta nedan centralplattan användas vid långa patienter. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C00BE7B" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="00527E4C" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="1015CD81" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00527E4C" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vid op</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>erations</w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
@@ -1062,176 +1037,182 @@
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, ben vinklas neråt</w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> patienten </w:t>
       </w:r>
       <w:r w:rsidRPr="00527E4C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vinklas mot operatören.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33984648" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="00527E4C" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="2F79939F" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00527E4C" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73CD0A93" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="001104D7" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="662118B8" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="001104D7" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="001104D7">
         <w:t>Avslut/Postoperativt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1BA21D" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="00665EA0" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="1EBE4282" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00665EA0" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Smärtlindring innan avslut. Behåll värmetäcket tills patienten lämnar salen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B26FDFC" w14:textId="77777777" w:rsidR="00B57DD6" w:rsidRPr="00536A5A" w:rsidRDefault="00B57DD6" w:rsidP="00B57DD6">
+    <w:p w14:paraId="040A2BC7" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00536A5A" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00B57DD6">
+    <w:p w14:paraId="153E2DC3" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00536A5A" w:rsidRDefault="00F35E97" w:rsidP="00F35E97">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00527E4C">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00F35E97" w:rsidRDefault="00536A5A" w:rsidP="00F35E97"/>
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00F35E97" w:rsidSect="00527E4C">
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B8EACE9" w14:textId="77777777" w:rsidR="002B623B" w:rsidRDefault="002B623B">
+    <w:p w14:paraId="1B7A4C40" w14:textId="77777777" w:rsidR="00923393" w:rsidRDefault="00923393">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="469F8248" w14:textId="77777777" w:rsidR="002B623B" w:rsidRDefault="002B623B">
+    <w:p w14:paraId="55BAB893" w14:textId="77777777" w:rsidR="00923393" w:rsidRDefault="00923393">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="29774E35" w14:textId="77777777" w:rsidR="002B623B" w:rsidRDefault="002B623B">
+    <w:p w14:paraId="14D9B9DD" w14:textId="77777777" w:rsidR="00923393" w:rsidRDefault="00923393">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -1239,174 +1220,174 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="643B0B56" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w14:paraId="482ED40F" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w14:paraId="18111761" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00EC0A68" w:rsidRDefault="00F35E97" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7E0DA7B8" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680769" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="211B80E9" wp14:editId="372D417D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bildobjekt 3">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -1428,89 +1409,89 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E078ACF" w14:textId="77777777" w:rsidR="00826067" w:rsidRDefault="00826067" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="62650994" w14:textId="77777777" w:rsidR="00826067" w:rsidRDefault="00826067" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="910814109"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="3CB7E743" w14:textId="77777777" w:rsidR="00826067" w:rsidRPr="00EC0A68" w:rsidRDefault="00826067" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1539,51 +1520,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="29FAB3B4" w14:textId="77777777" w:rsidR="00826067" w:rsidRDefault="00826067" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0058C305" wp14:editId="683E3B3B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1617,320 +1598,320 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A13BED9" w14:textId="77777777" w:rsidR="002B623B" w:rsidRDefault="002B623B"/>
+    <w:p w14:paraId="57698D49" w14:textId="77777777" w:rsidR="00923393" w:rsidRDefault="00923393"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24143AE7" w14:textId="77777777" w:rsidR="002B623B" w:rsidRDefault="002B623B">
+    <w:p w14:paraId="3F17F68C" w14:textId="77777777" w:rsidR="00923393" w:rsidRDefault="00923393">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0B5EDBD9" w14:textId="77777777" w:rsidR="002B623B" w:rsidRDefault="002B623B">
+    <w:p w14:paraId="40F5E796" w14:textId="77777777" w:rsidR="00923393" w:rsidRDefault="00923393">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1DBA0829" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRPr="00DA65C4" w:rsidRDefault="00F35E97" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682817" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="248D04F0" wp14:editId="51033B23">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="634273C7" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r w:rsidR="00367D19">
+                          <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="248D04F0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251682817;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w14:paraId="634273C7" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r w:rsidR="00367D19">
+                    <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2A5584EC" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681793" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0400804A" wp14:editId="224650CE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w14:paraId="07608AD0" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r w:rsidR="00367D19">
+                          <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="0400804A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251681793;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w14:paraId="07608AD0" w14:textId="77777777" w:rsidR="00F35E97" w:rsidRDefault="00F35E97">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r w:rsidR="00367D19">
+                    <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679745" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E96B1F8" wp14:editId="76366DB4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -1959,63 +1940,63 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1613FF35" w14:textId="77777777" w:rsidR="00826067" w:rsidRPr="00DA65C4" w:rsidRDefault="00826067" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="779580DE" wp14:editId="3D7DAC20">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="Textruta 5"/>
@@ -2093,51 +2074,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="221515EE" w14:textId="77777777" w:rsidR="00826067" w:rsidRDefault="00826067" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19411B9F" wp14:editId="71CD6DFD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -2303,51 +2284,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4507,52 +4488,52 @@
   <w:num w:numId="14" w16cid:durableId="205529919">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="132411683">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="924992821">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="169149291">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1593392778">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1791514302">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="65802583">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="168"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -4805,142 +4786,145 @@
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D1B05"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="00923393"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B206F8"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B561C8"/>
     <w:rsid w:val="00B57DD6"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE01EC"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C7570F"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C94097"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D872E9"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD21C0"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
@@ -4950,50 +4934,51 @@
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F35E97"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F64609"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -5005,51 +4990,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7419,51 +7404,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7852,71 +7837,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>214</Words>
-  <Characters>1468</Characters>
+  <Words>269</Words>
+  <Characters>1431</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1679</CharactersWithSpaces>
+  <CharactersWithSpaces>1697</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Ljumskbråck alt femoralbråck - Laparoskopiskt TEP, TAP</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Carina Turesson Roos</lastModifiedBy>
-  <revision>15</revision>
+  <revision>16</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>