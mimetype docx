--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,146 +6,144 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0B657E5E" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51F86CF3" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24C945B5" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C637D38" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8929"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A915B6" w14:paraId="22FF6B6A" w14:textId="77777777" w:rsidTr="00A915B6">
+      <w:tr w:rsidR="00A915B6" w14:paraId="22FF6B6A" w14:textId="77777777" w:rsidTr="50EAB41B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8929" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1B1F835E" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+          <w:p w14:paraId="1B1F835E" w14:textId="1109185D" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
               <w:ind w:left="851" w:right="-143"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (öppen, laparoskopisk, och robotassisterad)</w:t>
+            <w:r>
+              <w:t>Kolecystektomi (öppen, laparoskopisk)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3BC8992D" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-143"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Fet" w:eastAsia="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial Fet"/>
           <w:b/>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19A91AC2" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:t>Revidering i denna version:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07743BED" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="07743BED" w14:textId="3FBFE7E5" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="5F078EC9">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>. Ändrad titel.</w:t>
+        <w:t>Mindre ändringar under rubrik Anestesiförslag</w:t>
+      </w:r>
+      <w:r w:rsidR="2985DCEF">
+        <w:t>, titel och tidigare tillägg av robotassisterad kirurgi är borttagen</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112BB676" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRPr="003D5927" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5927">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55038BA8" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5520"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="4491165C">
         <w:t>Säkert omhändertagande av patient vid gallkirurgi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04118E1E" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
@@ -192,514 +190,463 @@
     <w:p w14:paraId="50B28742" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="5520"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-143"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BFBDD58" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRPr="003D5927" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5927">
         <w:t>Anestesiförslag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3867682A" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
-[...2 lines deleted...]
-        <w:ind w:left="851" w:right="-143"/>
+    <w:p w14:paraId="3867682A" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRPr="0017562F" w:rsidRDefault="00A915B6" w:rsidP="00BB3985">
+      <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="4491165C">
+      <w:r w:rsidRPr="0076666C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Premedicinering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017562F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7213DC03" w14:textId="4AD43139" w:rsidR="00A915B6" w:rsidRPr="0076666C" w:rsidRDefault="00A915B6" w:rsidP="0076666C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076666C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Alvedon</w:t>
+      </w:r>
+      <w:r w:rsidR="482771C3" w:rsidRPr="0076666C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och Targiniq</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EEC473D" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="00BB3985">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0076666C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Anestesikort</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="560C5855">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4975DB95" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRPr="0076666C" w:rsidRDefault="00A915B6" w:rsidP="0076666C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0076666C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Intub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0076666C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/Propofol/ Remifentanil-TCI/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0076666C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sevofluran.Rocuronium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="43EDD2A1" w14:textId="521EFF08" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="00F244D3">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Om akut operation, RSI</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7B22">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7B22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:t>Propofol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BE7B22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7B22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:t>Alfentanil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BE7B22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7B22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:t>Remifentanil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BE7B22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7B22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:t>Suxameton</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BE7B22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7B22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:t>Rocuronium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="709E97D1" w14:textId="77777777" w:rsidR="007E5920" w:rsidRDefault="007E5920" w:rsidP="007E5920">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5F078EC9">
+        <w:t xml:space="preserve">Noradrenalin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="5F078EC9">
+        <w:t>vb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="15B644C8" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRPr="00BE7B22" w:rsidRDefault="00A915B6" w:rsidP="00BB3985">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Premedicinering</w:t>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE7B22">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Smärtlindring</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="4491165C">
+      <w:r w:rsidRPr="00BE7B22">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7213DC03" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="0C795B6A" w14:textId="77F15E80" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="007E5920">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> etoricoxib (Arcoxia®)</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid planerad öppen operation bör T</w:t>
+      </w:r>
+      <w:r w:rsidR="6717C15D">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>EDA läggas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EEC473D" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
-[...26 lines deleted...]
-    <w:p w14:paraId="4975DB95" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="26B4B22C" w14:textId="0E1EECAD" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="007E5920">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Vid konvertering till öppen operation</w:t>
+      </w:r>
+      <w:r w:rsidR="11E750C1">
+        <w:t xml:space="preserve"> läggs ev en</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="7875A62A">
-[...3 lines deleted...]
-        <w:t>Intub</w:t>
+      <w:r>
+        <w:t>intercostalblockad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="7875A62A">
-[...3 lines deleted...]
-        <w:t>/Propofol/ Remifentanil-TCI/</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="150676B9">
+        <w:t xml:space="preserve">alt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="7875A62A">
-[...3 lines deleted...]
-        <w:t>Sevofluran.Rocuronium</w:t>
+      <w:r w:rsidR="150676B9">
+        <w:t>subcostal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F5BBB">
+        <w:t xml:space="preserve"> blockad</w:t>
+      </w:r>
+      <w:r w:rsidR="150676B9">
+        <w:t xml:space="preserve">, TAP-blockad </w:t>
+      </w:r>
+      <w:r w:rsidR="00880328">
+        <w:t>eller</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> PCA Morfin.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4975B6AC" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
-[...34 lines deleted...]
-    <w:p w14:paraId="43EDD2A1" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="7D241274" w14:textId="23705DFE" w:rsidR="00A915B6" w:rsidRPr="0017562F" w:rsidRDefault="00A915B6" w:rsidP="007E5920">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="29"/>
         </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Peroperativt ges </w:t>
+      </w:r>
+      <w:r w:rsidR="65304047">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">lonidin, </w:t>
+      </w:r>
+      <w:r w:rsidR="546ACB3C">
+        <w:t xml:space="preserve">Dynastat (om ej kontraindikation för NSAID), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="546ACB3C">
+        <w:t>Oxynorm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="546ACB3C">
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>antiemetika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E84873">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C47849" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRPr="003D5927" w:rsidRDefault="00A915B6" w:rsidP="00BE7B22">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D5927">
+        <w:t>Utrustning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34475552" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="00880328">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:right="-143"/>
-[...22 lines deleted...]
-        <w:t>/Rocuronium</w:t>
+        <w:ind w:left="851" w:right="-143" w:firstLine="141"/>
+      </w:pPr>
+      <w:r w:rsidRPr="560C5855">
+        <w:t>Standard. NMT, Salem-sond.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B644C8" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
-[...158 lines deleted...]
-    <w:p w14:paraId="48C47849" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRPr="003D5927" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="2FA10B99" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRPr="003D5927" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5927">
-        <w:t>Utrustning</w:t>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="003D5927">
+        <w:lastRenderedPageBreak/>
         <w:t>Blodgruppering/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D5927">
         <w:t>bastest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5046BA22" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="5046BA22" w14:textId="31B275D8" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="560C5855">
-        <w:t xml:space="preserve">Ja/Nej, </w:t>
+        <w:t>Ja</w:t>
+      </w:r>
+      <w:r w:rsidR="00880328">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="560C5855">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00880328">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="560C5855">
+        <w:t xml:space="preserve">Nej, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="560C5855">
         <w:t>bastest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="560C5855">
         <w:t xml:space="preserve"> tas vid konvertering till öppen operation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="445F841E" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-143"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F5C3D9B" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRPr="003D5927" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5927">
-        <w:lastRenderedPageBreak/>
         <w:t>Praktiska råd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B41A75" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4491165C">
         <w:t>Insufflerad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4491165C">
         <w:t xml:space="preserve"> koldioxid i bukhålan ger stigande EtCO2. Öka ventilationen. Patienten måste vara väl muskelrelaxerad. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0867C85C" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
@@ -709,185 +656,180 @@
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="6A085D71">
         <w:t xml:space="preserve">Överväg vätskebolus alt. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="6A085D71">
         <w:t>kärlkonstringerande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="6A085D71">
         <w:t xml:space="preserve"> läkemedel före tippning av operationsbordet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107E1A56" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRPr="003D5927" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="003D5927">
         <w:t>Operationsbord/läge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C50F76" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="50C50F76" w14:textId="4F5E3BA4" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="50EAB41B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="50EAB41B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NÄL:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Ombyggt Universalbord med fotplattor, benplattorna delade så operatören kan stå mellan benen. Se till att patienten ligger med </w:t>
+      </w:r>
+      <w:r w:rsidR="1D6798C1">
+        <w:t>rumpan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> där bordet slutar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EF00E1" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="4491165C">
+      <w:r w:rsidRPr="560C5855">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>NÄL:</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Ombyggt Universalbord med fotplattor, benplattorna delade så operatören kan stå mellan benen. Se till att patienten ligger med sätet där bordet slutar.</w:t>
+        <w:t>Uddevalla:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="560C5855">
+        <w:t xml:space="preserve"> Standardbord med fyrdelat benstöd och fotstöd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EF00E1" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="16017781" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="560C5855">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Standardbord med fyrdelat benstöd och fotstöd.</w:t>
+      <w:r w:rsidRPr="5F078EC9">
+        <w:t>Patienten skall ha benvärmare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16017781" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="51525971" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="5F078EC9">
-        <w:t>Patienten skall ha benvärmare.</w:t>
+        <w:t>Benremmar fästes runt både underben och lår.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51525971" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="5F3E2C20" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="5F078EC9">
-        <w:t>Benremmar fästes runt både underben och lår.</w:t>
+        <w:t>Armarna skall också fästas med remmar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3E2C20" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="6F2FACED" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="5F078EC9">
-        <w:t>Armarna skall också fästas med remmar.</w:t>
+        <w:t>Vid röntgen skall bordet slidas max nedåt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F2FACED" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="1309F01E" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="5F078EC9">
-        <w:t>Vid röntgen skall bordet slidas max nedåt.</w:t>
+        <w:t>Vid planerad öppen operation är ibland benen ihop.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1309F01E" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
+    <w:p w14:paraId="7F4D77A6" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="5F078EC9">
-        <w:t>Vid planerad öppen operation är ibland benen ihop.</w:t>
-[...17 lines deleted...]
-        <w:t>BMI</w:t>
+        <w:t>Vid BMI</w:t>
       </w:r>
       <w:r w:rsidRPr="4491165C">
-        <w:t xml:space="preserve"> &gt;</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> &gt; </w:t>
       </w:r>
       <w:r w:rsidRPr="5F078EC9">
         <w:t xml:space="preserve">35 </w:t>
       </w:r>
       <w:r w:rsidRPr="4491165C">
         <w:t xml:space="preserve">skall </w:t>
       </w:r>
       <w:r w:rsidRPr="5F078EC9">
         <w:t xml:space="preserve">TEP </w:t>
       </w:r>
       <w:r w:rsidRPr="4491165C">
         <w:t xml:space="preserve">kuddar </w:t>
       </w:r>
       <w:r w:rsidRPr="5F078EC9">
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="5F078EC9">
         <w:t>Troop</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="5F078EC9">
         <w:t xml:space="preserve"> elevation </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -946,427 +888,153 @@
         <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-143"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Risker </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0559E0CE" w14:textId="77777777" w:rsidR="00A915B6" w:rsidRDefault="00A915B6" w:rsidP="009E642F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="-143"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4491165C">
+      <w:r>
         <w:t>Viss risk finns för subkutant emfysem.</w:t>
       </w:r>
-      <w:r w:rsidRPr="4491165C">
-[...271 lines deleted...]
-      <w:r w:rsidRPr="6A085D71">
+      <w:r w:rsidRPr="50EAB41B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A72E70" w14:textId="77777777" w:rsidR="009E642F" w:rsidRPr="00A915B6" w:rsidRDefault="009E642F" w:rsidP="009E642F">
       <w:pPr>
         <w:ind w:left="851" w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009E642F" w:rsidRPr="00A915B6" w:rsidSect="001559D5">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42F416FE" w14:textId="77777777" w:rsidR="0009223D" w:rsidRDefault="0009223D">
+    <w:p w14:paraId="3E0468BC" w14:textId="77777777" w:rsidR="001F3127" w:rsidRDefault="001F3127">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D8DF6EB" w14:textId="77777777" w:rsidR="0009223D" w:rsidRDefault="0009223D">
+    <w:p w14:paraId="19600ECC" w14:textId="77777777" w:rsidR="001F3127" w:rsidRDefault="001F3127">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4CFF86F3" w14:textId="77777777" w:rsidR="0009223D" w:rsidRDefault="0009223D">
+    <w:p w14:paraId="2EAF3D1B" w14:textId="77777777" w:rsidR="001F3127" w:rsidRDefault="001F3127">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Geneva"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -1381,89 +1049,89 @@
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1492,51 +1160,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1616434249" name="Bildobjekt 1616434249">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1570,73 +1238,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E0231CA" w14:textId="77777777" w:rsidR="0009223D" w:rsidRDefault="0009223D"/>
+    <w:p w14:paraId="6A1EFDA9" w14:textId="77777777" w:rsidR="001F3127" w:rsidRDefault="001F3127"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="299EA227" w14:textId="77777777" w:rsidR="0009223D" w:rsidRDefault="0009223D">
+    <w:p w14:paraId="1A499BC1" w14:textId="77777777" w:rsidR="001F3127" w:rsidRDefault="001F3127">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5E9C2F38" w14:textId="77777777" w:rsidR="0009223D" w:rsidRDefault="0009223D">
+    <w:p w14:paraId="48A5768D" w14:textId="77777777" w:rsidR="001F3127" w:rsidRDefault="001F3127">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1714,51 +1382,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1924,51 +1592,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2312,50 +1980,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10D74639"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="95D24232"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="127F0752"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA98A184"/>
     <w:lvl w:ilvl="0" w:tplc="CC14B472">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="293A134E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -2424,51 +2205,51 @@
     <w:lvl w:ilvl="7" w:tplc="1764B59E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="26B67D22">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -2537,51 +2318,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2650,51 +2431,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18AC3D6E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C6ED88C"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2072" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2792" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3512" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4232" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4952" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5672" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6392" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7112" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18C3CBB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCF068E6"/>
     <w:lvl w:ilvl="0" w:tplc="9FA02ED0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4F54981E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -2763,51 +2657,51 @@
     <w:lvl w:ilvl="7" w:tplc="3FE4964E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BDD89092">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2877,51 +2771,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2990,51 +2884,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2816FA31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C18B1A4"/>
     <w:lvl w:ilvl="0" w:tplc="62EA2F04">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2D324B48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3103,51 +2997,51 @@
     <w:lvl w:ilvl="7" w:tplc="B77A7412">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6D7CBD0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3243,51 +3137,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3357,51 +3251,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3470,51 +3364,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3611,51 +3505,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D3BEF3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC143A70"/>
     <w:lvl w:ilvl="0" w:tplc="2EDE66A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7D0CAD80">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3724,51 +3618,51 @@
     <w:lvl w:ilvl="7" w:tplc="DAC6A120">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CB92556A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3837,51 +3731,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3951,51 +3845,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4064,51 +3958,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DBAB5DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDB63D32"/>
     <w:lvl w:ilvl="0" w:tplc="22A20C16">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08B080C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4177,51 +4071,51 @@
     <w:lvl w:ilvl="7" w:tplc="1FA66622">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A47A8348">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FEAA19C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE0C2802"/>
     <w:lvl w:ilvl="0" w:tplc="4B9896FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F03E3E7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4290,51 +4184,51 @@
     <w:lvl w:ilvl="7" w:tplc="8A9611AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="23885CEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4403,51 +4297,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="728CF4FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3D2432C"/>
     <w:lvl w:ilvl="0" w:tplc="55D8D5FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E1725130">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4516,51 +4410,51 @@
     <w:lvl w:ilvl="7" w:tplc="2BC69C22">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3BB60B36">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79BDE041"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7C61030"/>
     <w:lvl w:ilvl="0" w:tplc="4106E792">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="85907C02">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4629,51 +4523,51 @@
     <w:lvl w:ilvl="7" w:tplc="C0E24A1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A404200">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4742,51 +4636,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4856,136 +4750,142 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="580992637">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1101873945">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="330720981">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="648822649">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="108136071">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="741101436">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="85156942">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1968968747">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="934048835">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="50422017">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="515312250">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1490906933">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2020157290">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="640698378">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1619142503">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="3670173">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1591356370">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="282149473">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="139008250">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="172231644">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="188682521">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1983265920">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="2020157290">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="23" w16cid:durableId="1136531581">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="640698378">
-[...2 lines deleted...]
-  <w:num w:numId="15" w16cid:durableId="1619142503">
+  <w:num w:numId="24" w16cid:durableId="1011949501">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="3670173">
-[...20 lines deleted...]
-  <w:num w:numId="23" w16cid:durableId="1136531581">
+  <w:num w:numId="25" w16cid:durableId="1573734364">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1011949501">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="26" w16cid:durableId="381561302">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="829711764">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="782311889">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1858735374">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -5029,59 +4929,61 @@
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="001559D5"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017562F"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001F3127"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
@@ -5193,293 +5095,318 @@
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
+    <w:rsid w:val="0076666C"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E5920"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="0080351A"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00876158"/>
+    <w:rsid w:val="00880328"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C5BD4"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E642F"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
+    <w:rsid w:val="009F5BBB"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A915B6"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BB3985"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BE7B22"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
+    <w:rsid w:val="00C45EBD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C607BF"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB5176"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E84873"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F15BE6"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F9141D"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB3309"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="11E750C1"/>
+    <w:rsid w:val="150676B9"/>
+    <w:rsid w:val="182F20B1"/>
+    <w:rsid w:val="19C55BE7"/>
+    <w:rsid w:val="1D6798C1"/>
     <w:rsid w:val="2793FAD2"/>
+    <w:rsid w:val="2985DCEF"/>
+    <w:rsid w:val="321EFFB8"/>
+    <w:rsid w:val="42D9A4E8"/>
+    <w:rsid w:val="482771C3"/>
+    <w:rsid w:val="50EAB41B"/>
     <w:rsid w:val="5166FE9D"/>
+    <w:rsid w:val="546ACB3C"/>
+    <w:rsid w:val="546F4B09"/>
+    <w:rsid w:val="56430F4C"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="65304047"/>
+    <w:rsid w:val="6717C15D"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7850,51 +7777,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8262,56 +8189,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>451</Words>
-  <Characters>2396</Characters>
+  <Words>305</Words>
+  <Characters>1620</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2842</CharactersWithSpaces>
+  <CharactersWithSpaces>1922</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Kolecystektomi (öppen, laparoskopisk, och robotassisterad)</dc:title>
+  <dc:title>Kolecystektomi (öppen och laparoskopisk)</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Carina Turesson Roos</lastModifiedBy>
-  <revision>12</revision>
+  <lastModifiedBy>Lars Brühne</lastModifiedBy>
+  <revision>22</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>