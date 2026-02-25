--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,1434 +1,2945 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5C7ED42B" w14:textId="477F2314" w:rsidR="005B3D30" w:rsidRDefault="005B3D30" w:rsidP="005B3D30">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0151C08B" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Basala hygienrutiner och klädregler samt skyddsutrustning </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:tbl>
-[...47 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="38545456" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc222296552"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="163437CB" w14:textId="4E464EE8" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc72840807"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tillägg under syfte, åtgärder, handtvätt, punktdesinfektion. Samt mindre förändringar/förtydliganden. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4D2FCC" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc222296553"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="682FA922" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> TOC \o "2-2" \h \z \u \t "Rubrik;1" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:hyperlink w:anchor="_Toc222296552" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Förändringar sedan föregående version</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296552 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0778594B" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222296553" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Innehållsförteckning</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296553 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2F0640DA" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222296554" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Syfte</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296554 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1DF2C44A" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222296555" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Bakgrund</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296555 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0560FD3D" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222296556" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Arbetsbeskrivning</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296556 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="74DFC308" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222296557" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Handhygien</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296557 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4749FAC0" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222296558" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Arbetskläder</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296558 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7C256081" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222296559" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Hår</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296559 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="40F41D04" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222296560" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Skyddsutrustning</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296560 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7009E882" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222296561" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Punktdesinfektion</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296561 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4729BD0F" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222296562" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Övrigt</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296562 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2746CFC7" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222296563" w:history="1">
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:color w:val="006298" w:themeColor="hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Referenser och relaterade dokument</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222296563 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00354240">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="629DCB46" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8C2F4B" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc222296554"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Syfte</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="50844C0D" w14:textId="5748D0EA" w:rsidR="005B3D30" w:rsidRPr="00991983" w:rsidRDefault="005B3D30" w:rsidP="005B3D30">
-[...7 lines deleted...]
-        <w:t>Att arbeta patientsäkert och minska risken för vårdrelaterade infektioner och patientlidande.</w:t>
+    <w:p w14:paraId="4EFF3B8B" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Att förebygga smitta och förhindra smittspridning i vården mellan patienter och personal. Att arbeta patientsäkert och minska risken för vårdrelaterade infektioner och patientlidande. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005824B1" w14:textId="77777777" w:rsidR="005B3D30" w:rsidRPr="005B3D30" w:rsidRDefault="005B3D30" w:rsidP="005B3D30"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Förändringar </w:t>
+    <w:p w14:paraId="309C2188" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc222296555"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327186"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Bakgrund</w:t>
       </w:r>
-      <w:r w:rsidR="008C7F0C">
-        <w:t>sedan föregående version</w:t>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="70BF36AB" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">God basal hygien är den enskilt viktigaste åtgärden för att förebygga och förhindra smittspridning i vården. Basala hygienrutiner ska därför alltid tillämpas av alla som deltar i patientnära och vårdrelaterat arbete. Patientnära arbete innebär arbete när patient undersöks, behandlas eller vårdas. Vårdrelaterat arbete innebär till exempel hantering av rent gods, arbete i läkemedelsrum, desinfektionsrum eller avdelningskök. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5671AD1E" w14:textId="77777777" w:rsidR="005B3D30" w:rsidRPr="00865820" w:rsidRDefault="005B3D30" w:rsidP="005B3D30">
-[...4 lines deleted...]
-        <w:t>Tillägg under syfte, åtgärder,</w:t>
+    <w:p w14:paraId="72A13D46" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc222296556"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc100327192"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Arbetsbeskrivning</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> punktdesinfektion. Samt mindre förändringar/förtydliganden.</w:t>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w14:paraId="2EB889B6" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:after="421" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obligatoriskt innehåll. I basala hygienrutiner ingår god handhygien inklusive handdesinfektion och handtvätt, arbetsklädsel, skyddsutrustning och punktdesinfektion. Basala hygienrutiner och klädregler är den i särklass viktigaste åtgärd vårdpersonal kan utföra för att minska smittspridning.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56140802" w14:textId="7E852F3A" w:rsidR="007A334E" w:rsidRPr="007A334E" w:rsidRDefault="007A334E" w:rsidP="007A334E"/>
-[...60 lines deleted...]
-      <w:r w:rsidRPr="00ED7685">
+    <w:p w14:paraId="7887D884" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc222296557"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Handhygien</w:t>
       </w:r>
-    </w:p>
-[...177 lines deleted...]
-          <w:b/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B755FCA" w14:textId="6C633301" w:rsidR="009F76D4" w:rsidRDefault="00407217" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="0E8A3226" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grunden för god handhygien i vården är att huden på händer och underarmar är hel och fri från smycken, klockor och annat material som omöjliggör desinfektion. Sår och eksem kan vara en källa till smittspridning. Personal som har eksem eller en pågående infektion (till exempel ett infekterat sår, nagelbandsinfektion) ska alltid kontakta sin arbetsledare. Arbetsledaren bedömer vilka åtgärder som ska genomföras, till exempel andra arbetsuppgifter, omplacering eller avstängning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B28863" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:ind w:left="1712" w:hanging="357"/>
-[...2 lines deleted...]
-        <w:t>T</w:t>
+        <w:spacing w:after="4" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Armbandsklocka och smycken tas av när arbetskläder tas på </w:t>
       </w:r>
-      <w:r w:rsidR="009F76D4" w:rsidRPr="00BA22B3">
-        <w:t>a rikligt</w:t>
+    </w:p>
+    <w:p w14:paraId="6A271AB9" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="4" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Naglar ska vara kortklippta, utan nagellack och fria från konstgjort material </w:t>
       </w:r>
-      <w:r w:rsidR="009F76D4">
-        <w:t xml:space="preserve"> (ca 2–4 ml)</w:t>
+    </w:p>
+    <w:p w14:paraId="79392676" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:after="289" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Piercing, stödskenor, bandage eller liknande på händer eller underarmar omöjliggör en korrekt handdesinfektion och får därför inte användas i vård- och omsorgsarbete </w:t>
       </w:r>
-      <w:r w:rsidR="009F76D4" w:rsidRPr="00407217">
+    </w:p>
+    <w:p w14:paraId="2085755B" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Handdesinfektion </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF3DA88" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:after="170" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Handdesinfektion ska utföras </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38136F45" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="46" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">före och efter all patientkontakt samt kontakt med yta eller föremål i patientens närmiljö </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA07811" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="4" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">före och efter rent eller aseptiskt vårdmoment </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132B0164" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="4" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">före och efter användning av handskar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Segoe UI Symbol" w:hAnsi="Georgia" w:cs="Segoe UI Symbol"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Arial" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F76D4" w:rsidRPr="00BA22B3">
-[...9 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">före arbete med rent material </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E8A285" w14:textId="43F81DF1" w:rsidR="009F76D4" w:rsidRPr="00BA22B3" w:rsidRDefault="00407217" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="73E10B4D" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:ind w:left="1712" w:hanging="357"/>
-[...17 lines deleted...]
-        <w:t>underarmar.</w:t>
+        <w:spacing w:after="101" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">efter handtvätt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27AFB5DD" w14:textId="3D96BD34" w:rsidR="009F76D4" w:rsidRDefault="00407217" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="1B7B8F19" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:after="96" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="985" w:right="318"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gör så här:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2D6AF3" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="33"/>
         </w:numPr>
-        <w:ind w:left="1712" w:hanging="357"/>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:after="26" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="1586" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ta rikligt (ca 2–4 ml) med alkoholbaserat handdesinfektionsmedel. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE0A858" w14:textId="6359DD6E" w:rsidR="009F76D4" w:rsidRPr="009F76D4" w:rsidRDefault="009F76D4" w:rsidP="009F76D4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00407217">
+    <w:p w14:paraId="5F6CE74F" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="26" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="1586" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gnid in både handrygg, handflata, fingrar, naglar och tumgrepp samt vid behov underarmar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF2A56D" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:after="293" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="1586" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fortsätt tills huden är torr, då har full effekt uppnåtts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC13DBC" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>Handtvätt</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F76D4">
+    </w:p>
+    <w:p w14:paraId="726A27F1" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:after="171" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Handtvätt ska utföras </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8B2FCD" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:after="4" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">före hantering av livsmedel </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB5B101" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:after="4" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">om händerna är synligt smutsiga eller känns smutsiga </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48542BA2" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:after="144" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">efter vård av patient med diarré eller kräkning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601ACF80" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:after="94" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1109" w:right="318"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Gör så här:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A6EF44" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="00233BCF" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...7 lines deleted...]
-        <w:t>ka utföras</w:t>
+    <w:p w14:paraId="7F973FAE" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blöt händerna med rinnande vatten </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A35DF7E" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="00A470E2" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="687302C6" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...2 lines deleted...]
-        <w:t>före hantering av livsmedel</w:t>
+        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ta flytande tvål i handen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FCBABCF" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="00A470E2" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="1F3E5CD8" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...2 lines deleted...]
-        <w:t>om händerna är synligt smutsiga eller känns smutsiga</w:t>
+        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Gnid in tvålen tills den löddrar i händerna </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46CEEB09" w14:textId="309C5EF2" w:rsidR="0048609B" w:rsidRPr="00ED7685" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="367C8810" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...2 lines deleted...]
-        <w:t>efter vård av patient med diarré eller kräkning</w:t>
+        <w:spacing w:after="26" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se till att tvålen kommer åt överallt på händerna. Börja med handflatorna, handryggarna, fingertopparna, runt alla fingrar och i tumgreppen. Avsluta med handlederna. Vid behov tvättas även underarmar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C8EE41" w14:textId="6D4C6836" w:rsidR="009F76D4" w:rsidRPr="00A470E2" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...14 lines deleted...]
-        <w:t>:</w:t>
+    <w:p w14:paraId="627C8D20" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skölj av tvålen med rinnande vatten </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA6DF93" w14:textId="03A4C7FE" w:rsidR="00477450" w:rsidRPr="00407217" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="5F3EF11F" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Blöt händerna med rinnande vatten</w:t>
+        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka händerna torra med torkpapper eller pappershandduk </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="651CD90B" w14:textId="77777777" w:rsidR="00407217" w:rsidRPr="00407217" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="0CB50CB4" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:ind w:left="1712" w:hanging="357"/>
-[...2 lines deleted...]
-        <w:t>Ta flytande tvål i handen</w:t>
+        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stäng av kranen med papper eller armbågen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798FC2F5" w14:textId="77777777" w:rsidR="00407217" w:rsidRPr="00407217" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="18B51216" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="34"/>
         </w:numPr>
-        <w:ind w:left="1712" w:hanging="357"/>
-[...2 lines deleted...]
-        <w:t>Gnid in tvålen tills den löddrar i händerna</w:t>
+        <w:spacing w:after="421" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Desinfektera händerna enligt instruktionen under rubriken Handdesinfektion ovan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3F9594" w14:textId="77777777" w:rsidR="00407217" w:rsidRPr="00407217" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...9 lines deleted...]
-        <w:t>Se till att tvålen kommer åt överallt på händerna. Börja med handflatorna, handryggarna, fingertopparna, runt alla fingrar och i tumgreppen. Avsluta med handlederna. Vid behov tvättas även underarmar</w:t>
+    <w:p w14:paraId="75838E69" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc222296558"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Arbetskläder</w:t>
       </w:r>
-    </w:p>
-[...217 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CFF2CC0" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...20 lines deleted...]
-        <w:t>s.</w:t>
+    <w:p w14:paraId="52FB49BB" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:after="284" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arbetsklädseln är personalens uniform. När arbetsklädseln är på representerar personalen NU-sjukvården. En korrekt klädsel signalerar ”Hos oss är Ni i trygga händer”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34647EAB" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="00ED7685" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED7685">
+    <w:p w14:paraId="0D4860E1" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Klädsel </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB95854" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="6" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ska användas av all personal i patientnära och vårdrelaterat arbete </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7E5805" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="46" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ska vara kortärmad, det vill säga att ärmen slutar ovanför armbågen, för att minska risken för smittspridning via kläderna och för att möjliggöra en korrekt desinfektion av händer och underarmar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="530398EC" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ska bytas dagligen och så snart som möjligt när den blivit förorenad eller våt.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0E7F28" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="4" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skickas till tvätt den är använd </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6331112C" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="4" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ska inte kombineras med privata kläder </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6CB78C" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="144" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gröna samt engångsoperationskläder är enbart avsedd att användas vid arbete på operationsavdelning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CA6BA6" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:after="96" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="122" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D908775" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arbetsklädseln ska bäras och användas på ett sådant sätt att den inte utsätts för onödigt mycket smuts. Exempelvis om man går på promenad </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">under rast så skall det tas i beaktning att kläderna riskeras att kontamineras med pollen, damm, aspergillus och så vidare.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA990A2" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:after="425" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Klädseln ska vara privat när sjukhusområdet lämnas, gäller även resa med NU-turen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701E7DE0" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc222296559"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Hår</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CCFF136" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hår och skägg ska vara uppfäst så att det inte hänger ned i arbetsområdet. Hårskydd bärs av personal på operationsavdelning och sterilcentral.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306581C1" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:after="421" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="692"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Huvudduk/slöja ska vara kort eller instoppad under arbetsklädseln, finns att beställa via tvätteriet. Personlig huvudduk får användas, den ska vara synligt ren. Dagligt byte och tvätt i 60 grader rekommenderas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="412F9A7C" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc222296560"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Skyddsutrustning</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:t>I skyddsutrustning ingår</w:t>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="022E87A4" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="5A466AED" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I skyddsutrustning ingår </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A80E4CE" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...2 lines deleted...]
-        <w:t>handskar</w:t>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">handskar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E164F48" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="1DD6A375" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...2 lines deleted...]
-        <w:t>plastförkläde</w:t>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plastförkläde </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48EC598C" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="00407217" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="4E497334" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...2 lines deleted...]
-        <w:t>stänkskydd.</w:t>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>stänkskydd</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3418EA" w14:textId="2B42DF5D" w:rsidR="009F76D4" w:rsidRPr="00ED7685" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...8 lines deleted...]
-        <w:t>Handskar</w:t>
+    <w:p w14:paraId="72D57877" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Handskar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FACA6AC" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="0046446A" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="027B60A0" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0046446A">
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">är för engångsbruk och byts mellan olika vårdmoment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D82C9E9" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="5236831C" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">används för att skydda händerna mot mikroorganismer som finns i kroppsvätskor och utsöndringar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D88B6AD" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="1050B0BA" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">används för att skydda händerna vid hantering av kemiska medel, till exempel ytdesinfektionsmedel. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D4EC2E" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="0046446A" w:rsidRDefault="009F76D4" w:rsidP="009F76D4">
-[...27 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="02989B1A" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Handskar ska användas så kort tid som möjligt på grund av risken att sprida smitta med förorenade handskar. Dubbla handskar ska ej användas, då det finns små mikrohål i plasten som riskerar att smutsa ned handskarna under och då sprids smitta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA36821" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="00ED7685" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...19 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3382EB85" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Plastförkläde</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF9F349" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="40921434" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...5 lines deleted...]
-        <w:t>och byts mellan varje patient</w:t>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">är för engångsbruk och byts mellan varje patient </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F70E96" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="00742A7E" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="3F1DD2ED" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> eller dennes säng.</w:t>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>används då det finns risk för nedsmutsning av arbetskläderna, risk för kontakt med kroppsvätskor och vid kontakt med patient eller dennes säng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF76CE1" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="00ED7685" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...4 lines deleted...]
-        <w:t>Stänkskydd</w:t>
+    <w:p w14:paraId="7631A53C" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stänkskydd </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5818CC27" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...14 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="699CF883" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid risk för stänk av kroppsvätskor och utsöndringar mot ansiktet använd visir eller skyddsglasögon kombinerat med vätsketätt munskydd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A5CDAE5" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="00ED7685" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00ED7685">
+    <w:p w14:paraId="45F6B466" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc222296561"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Punktdesinfektion</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00177922">
-[...6 lines deleted...]
-        <w:t>vätskor, utsöndringar och andra vätskor.</w:t>
+    </w:p>
+    <w:p w14:paraId="24737BBB" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Punktdesinfektion innebär att ytor och föremål rengörs och desinfekteras av personal direkt vid spill av kroppsvätskor, utsöndringar och andra vätskor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1196EBA4" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="00AE140C" w:rsidRDefault="009F76D4" w:rsidP="0048609B">
-[...9 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="7D5E8421" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...2 lines deleted...]
-        <w:t>Spill av till exempel mat och dryck torkas upp med rengöringsmedel och vatten.</w:t>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spill av till exempel mat och dryck torkas upp med rengöringsmedel och vatten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124BFFCD" w14:textId="4F701B3C" w:rsidR="009F76D4" w:rsidRPr="00407217" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="2DFFE5F8" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Spill av kroppsvätskor, potentiellt smittsamt material, torkas upp med ytdesinfektionsmedel med tensid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A118C5" w14:textId="55B7045C" w:rsidR="009F76D4" w:rsidRPr="00407217" w:rsidRDefault="009F76D4" w:rsidP="00407217">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w14:paraId="4D2617DC" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:ind w:left="1712" w:right="-569"/>
-[...3 lines deleted...]
-        <w:t>Använd absorberande material av engångstyp vid upptorkning och punktdesinfektion.</w:t>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Använd absorberande material av engångstyp vid upptorkning och punktdesinfektion. Det är viktigt med mekanisk bearbetning.</w:t>
       </w:r>
-      <w:r w:rsidR="00407217">
+    </w:p>
+    <w:p w14:paraId="496E38AD" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc222296562"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Övrigt</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00407217">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="273FE102" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRDefault="009F76D4" w:rsidP="0048609B">
-[...16 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="248111F3" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Piercingar och tatueringar skall vara läkta vid arbete i vården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5819DBCF" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRDefault="009F76D4" w:rsidP="00411EE7">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="069A6D99" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc100327193"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc222296563"/>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Referenser och relaterade dokument</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="594512E2" w14:textId="77777777" w:rsidR="00532BEC" w:rsidRPr="00532BEC" w:rsidRDefault="00532BEC" w:rsidP="00532BEC"/>
-[...11 lines deleted...]
-        <w:t>2001:3</w:t>
+    <w:p w14:paraId="6D6B43A5" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00354240">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Användning av personlig skyddsutrustning, Arbetsmiljöverkets föreskrifter om användning av personlig skyddsutrustning samt allmänna råd om tillämpningen av föreskrifterna 2001:3 Basal hygien i vård och omsorg, Socialstyrelsens författningssamling SOSFS 2015:10 Smittrisker, Arbetsmiljöverkets föreskrifter och allmänna råd om smittrisker 2018:4 Basala hygienrutiner - Vårdhandboken (vardhandboken.se)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410F1133" w14:textId="77777777" w:rsidR="009F76D4" w:rsidRPr="00FB2F17" w:rsidRDefault="009F76D4" w:rsidP="00ED7685">
-[...32 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:p w14:paraId="40AA233F" w14:textId="19C6DA7D" w:rsidR="009C6C0C" w:rsidRPr="00354240" w:rsidRDefault="009C6C0C" w:rsidP="00354240"/>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="00354240" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5B623E2B" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5B8F867B" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="70F12023" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MinionPro-Regular">
-    <w:altName w:val="Geneva"/>
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="202AFF24" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1457,51 +2968,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1535,73 +3046,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="495AF13F" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4CEAE83C" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="17BF7886" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1679,146 +3190,66 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="2BFBB2B0" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
-    <w:r w:rsidRPr="00762EE0">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:drawing>
-[...78 lines deleted...]
-      </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="7202C581">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -1886,51 +3317,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2161,50 +3592,262 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06AF1DF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2D740E66"/>
+    <w:lvl w:ilvl="0" w:tplc="D75A3DBC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1824"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E0A81A26">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1579"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9C8671D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2299"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="442A7F10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3019"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1B58515C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3739"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A434EDB0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4459"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0B0403CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5179"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CDC228F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5899"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F19A3168">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6619"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2273,51 +3916,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ADD788C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B67C60D8"/>
     <w:lvl w:ilvl="0" w:tplc="F6944252">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2226" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -2362,51 +4005,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7266" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DA94144"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0986958C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2476,51 +4119,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10DB46BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E74BDCE"/>
     <w:lvl w:ilvl="0" w:tplc="CC60FF66">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1495" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -2567,51 +4210,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -2680,51 +4323,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2793,51 +4436,175 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A19585D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42D69022"/>
+    <w:lvl w:ilvl="0" w:tplc="15C476E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2391"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2907,51 +4674,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3020,51 +4787,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D6A32F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="002A837C"/>
     <w:lvl w:ilvl="0" w:tplc="E6AC0238">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1715" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1660" w:hanging="360"/>
       </w:pPr>
@@ -3111,51 +4878,263 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5260" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5980" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6700" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F8D096B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EC08840C"/>
+    <w:lvl w:ilvl="0" w:tplc="2B48F112">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1819"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="011C1042">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2062D558">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="081C5D02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3024"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7A102D3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B31CB716">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4464"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7C006B12">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5184"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0AA26108">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5904"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="DCF8C1CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6624"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="270A6389"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DA0304E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3225,51 +5204,263 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="294153A1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2BEC7814"/>
+    <w:lvl w:ilvl="0" w:tplc="1E227B5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1824"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="68CCC326">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1824"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1046A398">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2436"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="796249E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3156"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4AA873AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3876"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C80E4E1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4596"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4F1EB8FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5316"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D862DDBA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6036"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A5A05B4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6756"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3365,51 +5556,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39CD3A1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB0EB18A"/>
     <w:lvl w:ilvl="0" w:tplc="B18E3680">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="98A8CE08">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3479,51 +5670,51 @@
     <w:lvl w:ilvl="7" w:tplc="1DD0F896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="44920016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3593,51 +5784,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3706,51 +5897,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3847,51 +6038,723 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="490D408E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4D69D3A"/>
+    <w:lvl w:ilvl="0" w:tplc="22F42B42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1824"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D84692D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1579"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C320413A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2299"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E3A2749A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3019"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BD387C5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3739"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5F9AF124">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4459"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="92C07850">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5179"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="29FE7220">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5899"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="933E29A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6619"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BF06AA2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="11FEACC8"/>
+    <w:lvl w:ilvl="0" w:tplc="15C476E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1824"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DE446ACC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6CA6A9C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3152"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="30CA4634">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3872"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="93DE3A06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4592"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6262BCAA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5312"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4E9C347E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6032"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="22C686E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6752"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1E2253CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7472"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CB75742"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8500E720"/>
+    <w:lvl w:ilvl="0" w:tplc="15C476E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2391"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E5C612C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2BA253C2"/>
+    <w:lvl w:ilvl="0" w:tplc="15C476E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2391"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3960,51 +6823,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4073,51 +6936,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4186,51 +7049,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="644618C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3132BFD4"/>
     <w:lvl w:ilvl="0" w:tplc="E2903034">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1495" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DCEC0038" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2215" w:hanging="360"/>
       </w:pPr>
@@ -4301,51 +7164,51 @@
     <w:lvl w:ilvl="7" w:tplc="E7CC01D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6535" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8F2E7238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7255" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F1D0516"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A830CB7C"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4414,51 +7277,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="704E2D3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E264ABFE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4528,51 +7391,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4641,51 +7504,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4754,51 +7617,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4868,149 +7731,170 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1719933570">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1171529905">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="624391359">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1289357958">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1530290379">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1604193284">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="569121067">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1543252003">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1875388495">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="302152183">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1571231342">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1409959496">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1000351900">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="649291602">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1603108533">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1130323662">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1230194921">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="718819210">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="691104021">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1541941135">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1367174368">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="222908702">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="87041856">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="2003074966">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1041592053">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1876889386">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="166794139">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1021509891">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="144511673">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1146750489">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="2035185523">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="740257532">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1409959496">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="33" w16cid:durableId="1829251689">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1000351900">
-[...14 lines deleted...]
-  <w:num w:numId="18" w16cid:durableId="718819210">
+  <w:num w:numId="34" w16cid:durableId="273446633">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="691104021">
+  <w:num w:numId="35" w16cid:durableId="209458901">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1754006332">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1344016853">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1541941135">
-[...30 lines deleted...]
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="38" w16cid:durableId="332224791">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -5028,50 +7912,51 @@
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B5AE8"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000E2B2D"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="001745DF"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
@@ -5106,50 +7991,51 @@
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="00354240"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00382D2A"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00407217"/>
     <w:rsid w:val="00411EE7"/>
     <w:rsid w:val="00413A60"/>
@@ -5157,50 +8043,51 @@
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00477450"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="0048609B"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00523123"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00532BEC"/>
     <w:rsid w:val="00532F9D"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005551FD"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B3D30"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
@@ -5339,78 +8226,80 @@
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA5F9A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B01BA3"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B52D2C"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
+    <w:rsid w:val="00C54687"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
@@ -5480,55 +8369,56 @@
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{356442AF-51B7-49A8-AF40-9B1647A2504B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7960,51 +10850,51 @@
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00407217"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8019,59 +10909,55 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/vardhygien/basala-hygienrutiner-och-kladregler/basala-hygienrutiner/" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -8352,73 +11238,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5544</Characters>
+  <Pages>6</Pages>
+  <Words>923</Words>
+  <Characters>6610</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>173</Lines>
+  <Paragraphs>114</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6577</CharactersWithSpaces>
+  <CharactersWithSpaces>7419</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Basala hygienrutiner, arbetskläder och skyddsutrustning</dc:title>
+  <dc:title>Basala hygienrutiner och klädregler samt skyddsutrustning</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Kristian Nilsson</lastModifiedBy>
+  <revision>5</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>