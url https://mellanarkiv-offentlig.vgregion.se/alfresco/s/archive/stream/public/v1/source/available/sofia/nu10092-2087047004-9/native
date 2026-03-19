--- v1 (2026-02-25)
+++ v2 (2026-03-19)
@@ -1,2783 +1,2175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0151C08B" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="73178835" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
-        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:spacing w:after="240"/>
+        <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Basala hygienrutiner och klädregler samt skyddsutrustning </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="38545456" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="68D14A18" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="-143"/>
+        <w:spacing w:before="240" w:after="40"/>
+        <w:ind w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia" w:cstheme="majorBidi"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="2" w:name="_Toc222296552"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia" w:cstheme="majorBidi"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="163437CB" w14:textId="4E464EE8" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="401469D6" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
       <w:bookmarkStart w:id="4" w:name="_Toc72840807"/>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Tillägg under syfte, åtgärder, handtvätt, punktdesinfektion. Samt mindre förändringar/förtydliganden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C4D2FCC" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="6A2D1EE4" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="40"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc222296553"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="682FA922" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="6006FD19" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "2-2" \h \z \u \t "Rubrik;1" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:anchor="_Toc222296552" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296552 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0778594B" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="072893FC" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc222296553" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Innehållsförteckning</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296553 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F0640DA" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="3AC1CD3D" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc222296554" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Syfte</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296554 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1DF2C44A" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="37EB7AD2" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc222296555" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296555 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0560FD3D" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="5FD3A613" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc222296556" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Arbetsbeskrivning</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296556 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="74DFC308" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="5597144C" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc222296557" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Handhygien</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296557 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4749FAC0" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="1FF288F2" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc222296558" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Arbetskläder</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296558 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C256081" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="367C5D84" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc222296559" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Hår</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296559 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40F41D04" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="5C1C743B" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc222296560" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Skyddsutrustning</w:t>
+          <w:t>Skyddsutr</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>u</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A71DD1">
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>stning</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A71DD1">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296560 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7009E882" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="4AA3EF1F" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc222296561" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Punktdesinfektion</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296561 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4729BD0F" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="0E19637D" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc222296562" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Övrigt</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296562 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2746CFC7" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="7F0A631C" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00A71DD1" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc222296563" w:history="1">
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:eastAsia="MS Gothic" w:hAnsi="Georgia"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Referenser och relaterade dokument</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc222296563 \h </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidRPr="00354240">
+        <w:r w:rsidRPr="00A71DD1">
           <w:rPr>
-            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="629DCB46" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...2 lines deleted...]
-        <w:ind w:left="567" w:right="-143"/>
+    <w:p w14:paraId="4C892BEC" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8C2F4B" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="4566D53A" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="40"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia" w:cstheme="majorBidi"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc222296554"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Georgia" w:cstheme="majorBidi"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="4EFF3B8B" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="150ED968" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Att förebygga smitta och förhindra smittspridning i vården mellan patienter och personal. Att arbeta patientsäkert och minska risken för vårdrelaterade infektioner och patientlidande. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309C2188" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="75B71B42" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="-143"/>
+        <w:spacing w:before="240" w:after="40"/>
+        <w:ind w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc222296555"/>
       <w:bookmarkStart w:id="8" w:name="_Toc100327186"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="70BF36AB" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0C9DA0D3" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">God basal hygien är den enskilt viktigaste åtgärden för att förebygga och förhindra smittspridning i vården. Basala hygienrutiner ska därför alltid tillämpas av alla som deltar i patientnära och vårdrelaterat arbete. Patientnära arbete innebär arbete när patient undersöks, behandlas eller vårdas. Vårdrelaterat arbete innebär till exempel hantering av rent gods, arbete i läkemedelsrum, desinfektionsrum eller avdelningskök. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A13D46" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="162F7D38" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="-143"/>
+        <w:spacing w:before="240" w:after="40"/>
+        <w:ind w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc222296556"/>
       <w:bookmarkStart w:id="10" w:name="_Toc100327192"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p w14:paraId="2EB889B6" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="36E39A85" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:spacing w:after="421"/>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Obligatoriskt innehåll. I basala hygienrutiner ingår god handhygien inklusive handdesinfektion och handtvätt, arbetsklädsel, skyddsutrustning och punktdesinfektion. Basala hygienrutiner och klädregler är den i särklass viktigaste åtgärd vårdpersonal kan utföra för att minska smittspridning.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7887D884" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="54ABBD9A" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="40"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc222296557"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Handhygien</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E8A3226" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5B959C41" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Grunden för god handhygien i vården är att huden på händer och underarmar är hel och fri från smycken, klockor och annat material som omöjliggör desinfektion. Sår och eksem kan vara en källa till smittspridning. Personal som har eksem eller en pågående infektion (till exempel ett infekterat sår, nagelbandsinfektion) ska alltid kontakta sin arbetsledare. Arbetsledaren bedömer vilka åtgärder som ska genomföras, till exempel andra arbetsuppgifter, omplacering eller avstängning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B28863" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="15984541" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="000703E8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Armbandsklocka och smycken tas av när arbetskläder tas på </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A271AB9" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0DA587B6" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="000703E8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Naglar ska vara kortklippta, utan nagellack och fria från konstgjort material </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79392676" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="22541454" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="000703E8">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Piercing, stödskenor, bandage eller liknande på händer eller underarmar omöjliggör en korrekt handdesinfektion och får därför inte användas i vård- och omsorgsarbete </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2085755B" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="0E9CB1BC" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Handdesinfektion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF3DA88" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2C5B3D42" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:spacing w:after="170"/>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Handdesinfektion ska utföras </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38136F45" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4349DD26" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00800C97">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">före och efter all patientkontakt samt kontakt med yta eller föremål i patientens närmiljö </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA07811" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="03B5E249" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00800C97">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">före och efter rent eller aseptiskt vårdmoment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="132B0164" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="73B6B813" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00800C97">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">före och efter användning av handskar </w:t>
       </w:r>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Segoe UI Symbol" w:hAnsi="Georgia" w:cs="Segoe UI Symbol"/>
+          <w:rFonts w:eastAsia="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Arial" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">före arbete med rent material </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E10B4D" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="43C09B87" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00800C97">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">efter handtvätt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7B8F19" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...1 lines deleted...]
-        <w:spacing w:after="96" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="4F1B4FCD" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:spacing w:after="96"/>
         <w:ind w:left="985" w:right="318"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Gör så här:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E2D6AF3" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-      <w:pPr>
+    <w:p w14:paraId="65D1496E" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00800C97">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="26" w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="26"/>
+        <w:ind w:right="1586"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Ta rikligt (ca 2–4 ml) med alkoholbaserat handdesinfektionsmedel. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6CE74F" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-      <w:pPr>
+    <w:p w14:paraId="28FAF8A0" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00800C97">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="26" w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="26"/>
+        <w:ind w:right="1586"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Gnid in både handrygg, handflata, fingrar, naglar och tumgrepp samt vid behov underarmar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF2A56D" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-      <w:pPr>
+    <w:p w14:paraId="3F20C8AC" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00800C97">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="293" w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="293"/>
+        <w:ind w:right="1586"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Fortsätt tills huden är torr, då har full effekt uppnåtts. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC13DBC" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="67BF5150" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Handtvätt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726A27F1" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="319F5A4E" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:spacing w:after="171"/>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Handtvätt ska utföras </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D8B2FCD" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="49583FEC" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="002B72F4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">före hantering av livsmedel </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB5B101" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5999158D" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="002B72F4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">om händerna är synligt smutsiga eller känns smutsiga </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48542BA2" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="60DCB3BD" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="002B72F4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">efter vård av patient med diarré eller kräkning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="601ACF80" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...1 lines deleted...]
-        <w:spacing w:after="94" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="0DE83A9F" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:spacing w:after="94"/>
         <w:ind w:left="1109" w:right="318"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
         <w:t>Gör så här:</w:t>
       </w:r>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F973FAE" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-      <w:pPr>
+    <w:p w14:paraId="211D9AE3" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="002B72F4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="45"/>
         </w:numPr>
-        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="30"/>
         <w:ind w:right="692"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Blöt händerna med rinnande vatten </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687302C6" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-      <w:pPr>
+    <w:p w14:paraId="07CBC7FE" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="002B72F4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="45"/>
         </w:numPr>
-        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="30"/>
         <w:ind w:right="692"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Ta flytande tvål i handen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3E5CD8" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-      <w:pPr>
+    <w:p w14:paraId="2FC4005D" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="002B72F4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="45"/>
         </w:numPr>
-        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="30"/>
         <w:ind w:right="692"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Gnid in tvålen tills den löddrar i händerna </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367C8810" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-      <w:pPr>
+    <w:p w14:paraId="0D4EC641" w14:textId="372FDF85" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="002B72F4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="45"/>
         </w:numPr>
-        <w:spacing w:after="26" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="26"/>
         <w:ind w:right="692"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Se till att tvålen kommer åt överallt på händerna. Börja med handflatorna, handryggarna, fingertopparna, runt alla fingrar och i tumgreppen. Avsluta med handlederna. Vid behov tvättas även underarmar </w:t>
+        <w:t xml:space="preserve">Se till att tvålen kommer åt överallt på händerna. </w:t>
+      </w:r>
+      <w:r w:rsidR="002B72F4">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00354240">
+        <w:t xml:space="preserve">Börja med handflatorna, handryggarna, fingertopparna, runt alla fingrar och i tumgreppen. Avsluta med handlederna. Vid behov tvättas även underarmar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="627C8D20" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-      <w:pPr>
+    <w:p w14:paraId="2218769E" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="002B72F4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="45"/>
         </w:numPr>
-        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="30"/>
         <w:ind w:right="692"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Skölj av tvålen med rinnande vatten </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3EF11F" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-      <w:pPr>
+    <w:p w14:paraId="1F8B5E6C" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="002B72F4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="45"/>
         </w:numPr>
-        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="30"/>
         <w:ind w:right="692"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Torka händerna torra med torkpapper eller pappershandduk </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB50CB4" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-      <w:pPr>
+    <w:p w14:paraId="40B2129A" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="002B72F4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="45"/>
         </w:numPr>
-        <w:spacing w:after="30" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="30"/>
         <w:ind w:right="692"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Stäng av kranen med papper eller armbågen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B51216" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-      <w:pPr>
+    <w:p w14:paraId="0A806EB9" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="002B72F4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="45"/>
         </w:numPr>
-        <w:spacing w:after="421" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="421"/>
         <w:ind w:right="692"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Desinfektera händerna enligt instruktionen under rubriken Handdesinfektion ovan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75838E69" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="7C245B56" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="40"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc222296558"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Arbetskläder</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52FB49BB" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="19D0F1EC" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:spacing w:after="284"/>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Arbetsklädseln är personalens uniform. När arbetsklädseln är på representerar personalen NU-sjukvården. En korrekt klädsel signalerar ”Hos oss är Ni i trygga händer”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D4860E1" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="7FDDB1FD" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Klädsel </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB95854" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="77022D25" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00CB49B0">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ska användas av all personal i patientnära och vårdrelaterat arbete </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7E5805" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="298AD68F" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00CB49B0">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ska vara kortärmad, det vill säga att ärmen slutar ovanför armbågen, för att minska risken för smittspridning via kläderna och för att möjliggöra en korrekt desinfektion av händer och underarmar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="530398EC" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4E55F800" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00CB49B0">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ska bytas dagligen och så snart som möjligt när den blivit förorenad eller våt.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0E7F28" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5317FFDA" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00CB49B0">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">skickas till tvätt den är använd </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6331112C" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5ABF1E98" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00CB49B0">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ska inte kombineras med privata kläder </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6CB78C" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7105833C" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="00CB49B0">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">gröna samt engångsoperationskläder är enbart avsedd att användas vid arbete på operationsavdelning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CA6BA6" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...1 lines deleted...]
-        <w:spacing w:after="96" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="7B8882B7" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:spacing w:after="96"/>
         <w:ind w:left="122" w:right="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D908775" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3F0B924D" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Arbetsklädseln ska bäras och användas på ett sådant sätt att den inte utsätts för onödigt mycket smuts. Exempelvis om man går på promenad </w:t>
+        <w:t xml:space="preserve">Arbetsklädseln ska bäras och användas på ett sådant sätt att den inte utsätts för onödigt mycket smuts. Exempelvis om man går på promenad under rast så skall det tas i beaktning att kläderna riskeras att kontamineras med pollen, damm, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">under rast så skall det tas i beaktning att kläderna riskeras att kontamineras med pollen, damm, aspergillus och så vidare.  </w:t>
+        <w:t>aspergillus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354240">
+        <w:t xml:space="preserve"> och så vidare.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA990A2" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="39F87C80" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:spacing w:after="425"/>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Klädseln ska vara privat när sjukhusområdet lämnas, gäller även resa med NU-turen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="701E7DE0" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="0CCCFCE4" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="40"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc222296559"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Hår</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CCFF136" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2F0E67C2" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Hår och skägg ska vara uppfäst så att det inte hänger ned i arbetsområdet. Hårskydd bärs av personal på operationsavdelning och sterilcentral.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306581C1" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="56AF4867" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:spacing w:after="421"/>
+        <w:ind w:right="692"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Huvudduk/slöja ska vara kort eller instoppad under arbetsklädseln, finns att beställa via tvätteriet. Personlig huvudduk får användas, den ska vara synligt ren. Dagligt byte och tvätt i 60 grader rekommenderas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="412F9A7C" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="1D7989D6" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="40"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc222296560"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Skyddsutrustning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A466AED" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5AA9983A" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">I skyddsutrustning ingår </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A80E4CE" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3741DFD5" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="006B5E04">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">handskar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD6A375" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7534C465" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="006B5E04">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">plastförkläde </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E497334" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="045F449D" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="006B5E04">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>stänkskydd</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D57877" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="55D8007E" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Handskar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027B60A0" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5A97CA39" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="006B5E04">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">är för engångsbruk och byts mellan olika vårdmoment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5236831C" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0C35CE7E" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="006B5E04">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">används för att skydda händerna mot mikroorganismer som finns i kroppsvätskor och utsöndringar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1050B0BA" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="073F6CD4" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="006B5E04">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">används för att skydda händerna vid hantering av kemiska medel, till exempel ytdesinfektionsmedel. </w:t>
+        <w:t xml:space="preserve">används för att skydda händerna vid hantering av kemiska medel, till exempel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354240">
+        <w:t>ytdesinfektionsmedel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354240">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02989B1A" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="273EA535" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Handskar ska användas så kort tid som möjligt på grund av risken att sprida smitta med förorenade handskar. Dubbla handskar ska ej användas, då det finns små mikrohål i plasten som riskerar att smutsa ned handskarna under och då sprids smitta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3382EB85" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="2954B1D4" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Plastförkläde</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40921434" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3136E81C" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="006B5E04">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">är för engångsbruk och byts mellan varje patient </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1DD2ED" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="227348B3" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="006B5E04">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>används då det finns risk för nedsmutsning av arbetskläderna, risk för kontakt med kroppsvätskor och vid kontakt med patient eller dennes säng.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7631A53C" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="3BB8BC4A" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Stänkskydd </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699CF883" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="391C44BD" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Vid risk för stänk av kroppsvätskor och utsöndringar mot ansiktet använd visir eller skyddsglasögon kombinerat med vätsketätt munskydd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F6B466" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="0C85E90B" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="40"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc222296561"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Punktdesinfektion</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24737BBB" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="084A116F" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
+      <w:pPr>
+        <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Punktdesinfektion innebär att ytor och föremål rengörs och desinfekteras av personal direkt vid spill av kroppsvätskor, utsöndringar och andra vätskor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D5E8421" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1C8B78E9" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="006B5E04">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Spill av till exempel mat och dryck torkas upp med rengöringsmedel och vatten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFFE5F8" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2DAA5538" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="006B5E04">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>Spill av kroppsvätskor, potentiellt smittsamt material, torkas upp med ytdesinfektionsmedel med tensid.</w:t>
+        <w:t xml:space="preserve">Spill av kroppsvätskor, potentiellt smittsamt material, torkas upp med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00354240">
+        <w:t>ytdesinfektionsmedel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00354240">
+        <w:t xml:space="preserve"> med tensid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D2617DC" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7A93FF43" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="006B5E04">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Använd absorberande material av engångstyp vid upptorkning och punktdesinfektion. Det är viktigt med mekanisk bearbetning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496E38AD" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="1AB496D7" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
+        <w:spacing w:before="240" w:after="40"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc222296562"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Övrigt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="248111F3" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1D0B865B" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Piercingar och tatueringar skall vara läkta vid arbete i vården.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069A6D99" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
+    <w:p w14:paraId="5E2E1923" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:spacing w:before="240" w:after="40" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="-143"/>
+        <w:spacing w:before="240" w:after="40"/>
+        <w:ind w:right="-143"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc100327193"/>
       <w:bookmarkStart w:id="18" w:name="_Toc222296563"/>
       <w:r w:rsidRPr="00354240">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Referenser och relaterade dokument</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="6D6B43A5" w14:textId="77777777" w:rsidR="00354240" w:rsidRPr="00354240" w:rsidRDefault="00354240" w:rsidP="00354240">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="298749E1" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E">
       <w:r w:rsidRPr="00354240">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Användning av personlig skyddsutrustning, Arbetsmiljöverkets föreskrifter om användning av personlig skyddsutrustning samt allmänna råd om tillämpningen av föreskrifterna 2001:3 Basal hygien i vård och omsorg, Socialstyrelsens författningssamling SOSFS 2015:10 Smittrisker, Arbetsmiljöverkets föreskrifter och allmänna råd om smittrisker 2018:4 Basala hygienrutiner - Vårdhandboken (vardhandboken.se)</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="462A015F" w14:textId="77777777" w:rsidR="004A304E" w:rsidRPr="00354240" w:rsidRDefault="004A304E" w:rsidP="004A304E"/>
     <w:p w14:paraId="40AA233F" w14:textId="19C6DA7D" w:rsidR="009C6C0C" w:rsidRPr="00354240" w:rsidRDefault="009C6C0C" w:rsidP="00354240"/>
     <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="00354240" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B623E2B" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC">
+    <w:p w14:paraId="397CE67D" w14:textId="77777777" w:rsidR="00C46A89" w:rsidRDefault="00C46A89">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B8F867B" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC">
+    <w:p w14:paraId="16C8D43B" w14:textId="77777777" w:rsidR="00C46A89" w:rsidRDefault="00C46A89">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="70F12023" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC">
+    <w:p w14:paraId="77D9BC03" w14:textId="77777777" w:rsidR="00C46A89" w:rsidRDefault="00C46A89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2793,94 +2185,94 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
@@ -3048,61 +2440,61 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="495AF13F" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC"/>
+    <w:p w14:paraId="4B1EEE0A" w14:textId="77777777" w:rsidR="00C46A89" w:rsidRDefault="00C46A89"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CEAE83C" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC">
+    <w:p w14:paraId="750E352B" w14:textId="77777777" w:rsidR="00C46A89" w:rsidRDefault="00C46A89">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="17BF7886" w14:textId="77777777" w:rsidR="00A514FC" w:rsidRDefault="00A514FC">
+    <w:p w14:paraId="4159FC48" w14:textId="77777777" w:rsidR="00C46A89" w:rsidRDefault="00C46A89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -4120,50 +3512,136 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FDC2FD2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7F7EA4E2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2184" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2904" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3624" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4344" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5064" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5784" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6504" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7224" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7944" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10DB46BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E74BDCE"/>
     <w:lvl w:ilvl="0" w:tplc="CC60FF66">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1495" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4210,51 +3688,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4323,51 +3801,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4436,51 +3914,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A19585D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42D69022"/>
     <w:lvl w:ilvl="0" w:tplc="15C476E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2391"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -4560,54 +4038,54 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E104E4E6"/>
+    <w:tmpl w:val="C72ECBA6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4674,51 +4152,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4787,51 +4265,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D6A32F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="002A837C"/>
     <w:lvl w:ilvl="0" w:tplc="E6AC0238">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1715" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1660" w:hanging="360"/>
       </w:pPr>
@@ -4878,51 +4356,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5260" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5980" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6700" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F8D096B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC08840C"/>
     <w:lvl w:ilvl="0" w:tplc="2B48F112">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1819"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -5090,51 +4568,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DCF8C1CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6624"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="270A6389"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DA0304E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5204,51 +4682,151 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29014818"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="083080CA"/>
+    <w:lvl w:ilvl="0" w:tplc="68CCC326">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3264" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3984" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4704" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5424" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6144" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6864" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7584" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8304" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="294153A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BEC7814"/>
     <w:lvl w:ilvl="0" w:tplc="1E227B5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1824"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -5416,51 +4994,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A5A05B4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6756"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5556,51 +5134,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39CD3A1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB0EB18A"/>
     <w:lvl w:ilvl="0" w:tplc="B18E3680">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="98A8CE08">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5670,54 +5248,54 @@
     <w:lvl w:ilvl="7" w:tplc="1DD0F896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="44920016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DDF0BC38"/>
+    <w:tmpl w:val="5E5C5766"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -5784,51 +5362,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5897,51 +5475,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6038,51 +5616,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="490D408E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4D69D3A"/>
     <w:lvl w:ilvl="0" w:tplc="22F42B42">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1824"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -6250,51 +5828,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="933E29A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6619"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BF06AA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11FEACC8"/>
     <w:lvl w:ilvl="0" w:tplc="15C476E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1824"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -6462,51 +6040,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1E2253CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CB75742"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8500E720"/>
     <w:lvl w:ilvl="0" w:tplc="15C476E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2391"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -6586,51 +6164,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E5C612C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BA253C2"/>
     <w:lvl w:ilvl="0" w:tplc="15C476E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2391"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -6710,51 +6288,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6823,51 +6401,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6936,51 +6514,151 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56E568D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="79ECE8C0"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2184" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3984" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4704" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5424" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6144" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6864" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7584" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8304" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7049,51 +6727,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="644618C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3132BFD4"/>
     <w:lvl w:ilvl="0" w:tplc="E2903034">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1495" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DCEC0038" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2215" w:hanging="360"/>
       </w:pPr>
@@ -7164,51 +6842,51 @@
     <w:lvl w:ilvl="7" w:tplc="E7CC01D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6535" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8F2E7238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7255" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F1D0516"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A830CB7C"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7277,51 +6955,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="704E2D3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E264ABFE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7391,51 +7069,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -7504,51 +7182,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7617,51 +7295,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7731,288 +7409,311 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1719933570">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1171529905">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="624391359">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1289357958">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1530290379">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1604193284">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="569121067">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1543252003">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1875388495">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="302152183">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1571231342">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1409959496">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1000351900">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="649291602">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1603108533">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1130323662">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1230194921">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="718819210">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="691104021">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1541941135">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="691104021">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="21" w16cid:durableId="1367174368">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="222908702">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="87041856">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2003074966">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1041592053">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1876889386">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="166794139">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1021509891">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="144511673">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1146750489">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2035185523">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="740257532">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1829251689">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="273446633">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="209458901">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1754006332">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1344016853">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="332224791">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="469132367">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1935019078">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="231085983">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1562017549">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="2121101970">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="831524201">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1082946204">
+    <w:abstractNumId w:val="30"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
-[...1 lines deleted...]
-  <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="000703E8"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B5AE8"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E2B2D"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="001745DF"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001F3289"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00256AC1"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="0026508F"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B72F4"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00354240"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
@@ -8033,50 +7734,51 @@
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00407217"/>
     <w:rsid w:val="00411EE7"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00477450"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="0048609B"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="004A304E"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00523123"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00532BEC"/>
     <w:rsid w:val="00532F9D"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005551FD"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
@@ -8093,103 +7795,106 @@
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00664CFD"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00695DBE"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006B5E04"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D1C87"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00800C97"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C1A8E"/>
+    <w:rsid w:val="008C213F"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
@@ -8250,69 +7955,71 @@
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52D2C"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
+    <w:rsid w:val="00C46A89"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C54687"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB49B0"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB0D67"/>
     <w:rsid w:val="00DB55C0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
@@ -8324,50 +8031,51 @@
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7685"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F939A0"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -8451,51 +8159,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8564,51 +8272,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
     <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
     <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -8756,174 +8464,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001F3289"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -9086,153 +8822,153 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="001F3289"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00617710"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="42"/>
       </w:numPr>
       <w:spacing w:after="40"/>
-      <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F86F47"/>
+    <w:rsid w:val="001F3289"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
@@ -9246,194 +8982,192 @@
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="001F3289"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="001F3289"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="001F3289"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="001F3289"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:ind w:left="0"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="0062184C"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="001F3289"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
-    <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
@@ -9514,118 +9248,119 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="001F3289"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -10592,71 +10327,70 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="41"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -10759,51 +10493,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00404948"/>
+    <w:rsid w:val="001F3289"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
@@ -10844,50 +10578,120 @@
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00407217"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00407217"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F3289"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="001F3289"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F3289"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="001F3289"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F3289"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -11238,73 +11042,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>923</Words>
-  <Characters>6610</Characters>
+  <Words>1196</Words>
+  <Characters>6339</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>173</Lines>
-  <Paragraphs>114</Paragraphs>
+  <Lines>52</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7419</CharactersWithSpaces>
+  <CharactersWithSpaces>7520</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Basala hygienrutiner och klädregler samt skyddsutrustning</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Kristian Nilsson</lastModifiedBy>
-  <revision>5</revision>
+  <lastModifiedBy>Sara Johansson</lastModifiedBy>
+  <revision>12</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>