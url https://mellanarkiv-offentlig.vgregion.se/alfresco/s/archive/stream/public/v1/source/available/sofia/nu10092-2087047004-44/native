--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,2778 +1,2079 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6F51E325" w14:textId="77777777" w:rsidR="009134CD" w:rsidRDefault="009134CD" w:rsidP="00F35B05">
-[...16 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="724B0643" w14:textId="2C0B97C1" w:rsidR="004C0F4B" w:rsidRDefault="004C0F4B" w:rsidP="007C104F"/>
+    <w:p w14:paraId="0D4940F1" w14:textId="77777777" w:rsidR="007C104F" w:rsidRDefault="007C104F" w:rsidP="007C104F"/>
+    <w:p w14:paraId="7DEF0713" w14:textId="77777777" w:rsidR="007C104F" w:rsidRDefault="007C104F" w:rsidP="007C104F"/>
+    <w:p w14:paraId="594B0F4D" w14:textId="77777777" w:rsidR="007C104F" w:rsidRDefault="007C104F" w:rsidP="007C104F"/>
+    <w:p w14:paraId="4806A362" w14:textId="77777777" w:rsidR="007C104F" w:rsidRDefault="007C104F" w:rsidP="007C104F"/>
+    <w:p w14:paraId="7122712A" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00FC1AAB" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC1AAB">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MERS (Middle East Respiratory Syndrome)  </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="38FCC40F" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-[...156 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="515C4F8B" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc222374690"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
-    </w:p>
-[...37 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="1C83931A" w14:textId="190982AD" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="00CF3ACF">
-[...108 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="5D6467ED" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00303B69" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00303B69">
+        <w:t xml:space="preserve">Mindre redaktionella ändringar, ändrad mall och uppdaterade telefonnummer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EAF0098" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009E7045" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-[...144 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="_Toc501440351"/>
+    <w:p w14:paraId="2FC51444" w14:textId="77777777" w:rsidR="00AE00F2" w:rsidRDefault="00AE00F2" w:rsidP="00AE00F2">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc72840807"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc222374691"/>
+      <w:r>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="0C3FCE01" w14:textId="487B0DA7" w:rsidR="009134CD" w:rsidRPr="009E7045" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-[...4 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+    <w:p w14:paraId="6A39133D" w14:textId="223241E7" w:rsidR="00184612" w:rsidRDefault="00AE00F2">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="ja-JP"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E7045">
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TOC \o "2-2" \h \z \u \t "Rubrik;1" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:hyperlink w:anchor="_Toc222374690" w:history="1">
+        <w:r w:rsidR="00184612" w:rsidRPr="008050B2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Förändringar sedan föregående version</w:t>
+        </w:r>
+        <w:r w:rsidR="00184612">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00184612">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00184612">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222374690 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00184612">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00184612">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00184612">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="00184612">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2AA3ED18" w14:textId="76F1E5C3" w:rsidR="00184612" w:rsidRDefault="00184612">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="ja-JP"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve">När ska </w:t>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222374691" w:history="1">
+        <w:r w:rsidRPr="008050B2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Innehållsförteckning</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222374691 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6DCB74B4" w14:textId="107D54E8" w:rsidR="00184612" w:rsidRDefault="00184612">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="ja-JP"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222374692" w:history="1">
+        <w:r w:rsidRPr="008050B2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Syfte</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222374692 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="31490611" w14:textId="2AED8520" w:rsidR="00184612" w:rsidRDefault="00184612">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="ja-JP"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222374693" w:history="1">
+        <w:r w:rsidRPr="008050B2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Bakgrund</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222374693 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="597A8A93" w14:textId="593E2A34" w:rsidR="00184612" w:rsidRDefault="00184612">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="ja-JP"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222374694" w:history="1">
+        <w:r w:rsidRPr="008050B2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>När ska MERS misstänkas?</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222374694 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4D22FF6B" w14:textId="51160B7B" w:rsidR="00184612" w:rsidRDefault="00184612">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="ja-JP"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222374695" w:history="1">
+        <w:r w:rsidRPr="008050B2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Åtgärder vid misstänkt fall av MERS</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222374695 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="52AD99CA" w14:textId="41451E36" w:rsidR="00184612" w:rsidRDefault="00184612">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="ja-JP"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc222374696" w:history="1">
+        <w:r w:rsidRPr="008050B2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Relaterad information</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222374696 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="58156023" w14:textId="68F1C621" w:rsidR="00B9637D" w:rsidRDefault="00AE00F2" w:rsidP="00AA5F5C">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:ind w:left="446"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4715F901" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc222374692"/>
+      <w:r>
+        <w:t>Syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FE707C" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="000440E5" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:r w:rsidRPr="000440E5">
+        <w:t xml:space="preserve">Beskrivning av handläggning och hygienrutiner vid fall med misstänkt eller bekräftad infektion med MERS-coronavirus inom NU-sjukvården. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2E05B6" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc222374693"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t>Bakgrund</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="7C9DE796" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00456FF5" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00456FF5">
+        <w:t xml:space="preserve">De flesta coronavirus ger huvudsakligen lindriga övre luftvägsinfektioner. Nya coronavirus, som ger en mer allvarlig sjukdomsbild, kan emellertid börja cirkulera bland människor. Sedan 2012 sprids MERS-coronavirus (MERS-CoV) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00456FF5">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">på den arabiska halvön, främst i Saudiarabien. Viruset orsakar sjukdomen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009E7045">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00456FF5">
         <w:t>mers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009E7045">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> misstänkas?</w:t>
+      <w:r w:rsidRPr="00456FF5">
+        <w:t xml:space="preserve">, förkortningen står för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00456FF5">
+        <w:t>Middle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00456FF5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00456FF5">
+        <w:t>East</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00456FF5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00456FF5">
+        <w:t>Respiratory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00456FF5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00456FF5">
+        <w:t>Syndrome</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00456FF5">
+        <w:t xml:space="preserve">. Bland kliniska fall har en betydande andel insjuknat med allvarlig till livshotande luftvägsinfektion. Mortaliteten har varit hög, men även lindrigare fall och personer med konstaterat asymtomatiskt bärarskap förekommer. De senaste åren har bara enstaka fall rapporterats från främst Saudiarabien. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A1852E" w14:textId="23A1F15C" w:rsidR="008C61C4" w:rsidRPr="008C61C4" w:rsidRDefault="008C61C4" w:rsidP="008C61C4">
-[...14 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="50CA68D7" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">och därmed misstanke om </w:t>
+        <w:t xml:space="preserve">Inkubationstid </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0024E9FC" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00B162EF" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:r w:rsidRPr="00B162EF">
+        <w:t xml:space="preserve">Inkubationstiden är 2–14 dagar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23310EEA" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Smittvägar och smittsamhet </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C15DA7D" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00B162EF" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:r w:rsidRPr="00B162EF">
+        <w:t xml:space="preserve">Smittspridning genom hostningar och nysningar är den viktigaste smittvägen. Direkt och indirekt kontaktsmitta sker genom smittförande luftvägssekret. Infekterad person anses vara smittsam från och med debut av luftvägssymtom. Störst smittsamhet ses hos de med svår sjukdom. Lindrigt sjuka har lägre smittsamhet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6BA71A" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kliniska symtom och karaktäristiska i sammanfattning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F68B68" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00B162EF" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:r w:rsidRPr="00B162EF">
+        <w:t xml:space="preserve">Symtombilden innefattar allt från milda förkylningssymtom, till influensaliknande symtom med hosta och feber, till svåra luftvägsbesvär i form av pneumoni och andningssvikt som kan kräva andningsstöd och intensivvård. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4ECB07" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00B162EF" w:rsidRDefault="00B9637D" w:rsidP="00B9637D"/>
+    <w:p w14:paraId="0FCFB8DE" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc222374694"/>
+      <w:r>
+        <w:t>När ska MERS misstänkas?</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="2EF3D0A6" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00B162EF" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:bookmarkStart w:id="10" w:name="_Toc100327192"/>
+      <w:r w:rsidRPr="00B162EF">
+        <w:t xml:space="preserve">Indikation för provtagning och därmed misstanke om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B162EF">
         <w:t>mers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> finns i följande situationer:</w:t>
+      <w:r w:rsidRPr="00B162EF">
+        <w:t xml:space="preserve"> finns i följande situationer: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7F0A01" w14:textId="786D9AA2" w:rsidR="008C61C4" w:rsidRPr="008C61C4" w:rsidRDefault="008C61C4" w:rsidP="008C61C4">
+    <w:p w14:paraId="5A984C64" w14:textId="10FB85BF" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B162EF">
+        <w:t xml:space="preserve">Fall där kliniken talar för nedre luftvägsinfektion med feber eller anamnes på feber (≥ 38 °C) och hosta eller misstanke om allvarlig luftvägsinfektion (lunginflammation eller ARDS) baserad på radiologiska fynd. Patienten har dessutom ett insjuknande inom 14 dagar efter besök i Saudiarabien eller i område med kända pågående </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B162EF">
+        <w:t>mers-utbrott</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B162EF">
         <w:rPr>
-          <w:iCs/>
-[...17 lines deleted...]
-          <w:iCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008C61C4">
+      <w:r w:rsidRPr="00B162EF">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B162EF">
         <w:rPr>
+          <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">eller </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEB3FAC" w14:textId="76430A15" w:rsidR="008C61C4" w:rsidRPr="008C61C4" w:rsidRDefault="008C61C4" w:rsidP="008C61C4">
-[...22 lines deleted...]
-    <w:p w14:paraId="33C79CA8" w14:textId="789EA003" w:rsidR="008C61C4" w:rsidRPr="008C61C4" w:rsidRDefault="008C61C4" w:rsidP="008C61C4">
+    <w:p w14:paraId="1FB77B3C" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00B162EF" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
-        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B162EF">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Fall med luftvägssymtom oavsett allvarlighetsgrad. Patienten har dessutom varit i nära </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B162EF">
+        <w:t>kontakt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B162EF">
         <w:rPr>
-          <w:iCs/>
-[...17 lines deleted...]
-          <w:iCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008C61C4">
+      <w:r w:rsidRPr="00B162EF">
+        <w:t xml:space="preserve"> inom 14 dagar före insjuknandet med ett laboratorieverifierat fall. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CFF7DA5" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00B162EF" w:rsidRDefault="00B9637D" w:rsidP="007B68DE">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B162EF">
+        <w:t xml:space="preserve"> Noter </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5083FC68" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00B162EF" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
         <w:rPr>
-          <w:iCs/>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B162EF">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>För aktuell situation se Europeiska smittskyddsmyndigheten ECDC: MERS-CoV</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="530EC442" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-[...19 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="7276F6F9" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00B162EF" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="33"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="568" w:right="0" w:hanging="284"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009134CD">
+      <w:r w:rsidRPr="00B162EF">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>För aktu</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C61C4">
+        <w:t xml:space="preserve">Nära kontakt: Alla som har vårdat patienten, inklusive familjemedlem, eller som har haft liknande nära kontakt, alla som bott eller vistats på samma ställe som ett misstänkt eller vistats på samma ställe som ett misstänkt eller bekräftat fall. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58ED9C73" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00B162EF" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1287"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ell situation</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C61C4">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E97DA7E" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00065A6B" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> se</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008C61C4">
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc222374695"/>
+      <w:r>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Åtgärder vid misstänkt fall av MERS</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="008C61C4">
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="12A5F123" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Handläggning på vårdenhet utanför infektionskliniken </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03208BA2" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Om oanmäld patient med misstanke om MERS söker på annan enhet än infektion NÄL ska patienten omgående isoleras på eget rum med stängd dörr och Infektionsbakjouren kontaktas. Patienter med luftvägssymtom ska inte vistas i väntrum. Antalet personer/personal som kommer i kontakt med patienten begränsas. Om patienten använder toalett ska den avdelas och stängas för andra tills den är slutstädad. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">-  Patient som ringer på ringklockan på akutmottagningen NÄL och ännu inte tagits in på rum hänvisas efter kontakt med infektionsbakjouren till infektionsmottagningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12997702" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid direktinläggning hemifrån eller särskilt boende (t.ex. på palliativa enheten eller MÄVA) ska ansvarig läkare först göra en smittriskbedömning och vid misstanke om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ska infektionsbakjour kontaktas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24774133" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Kontakta infektionsbakjouren via växeln för en första bedömning och ställningstagande till transport till infektionsmottagningen NÄL. Avvakta med icke-akuta undersökningar och åtgärder tills kontakt med infektionsbakjour är tagen. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">-  Om patienten är ett barn ska infektionsbakjouren kontakta barnjouren för samråd om fortsatta åtgärder. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0D1839" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Vid misstanke om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> hos redan inlagd patient på annan vårdavdelning ska infektionsbakjour omedelbart kontaktas för bedömning.  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">-  Om misstanken kvarstår ska patienten flyttas över till Infektionskliniken. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">-  Eventuella medpatienter betraktas som exponerade och isoleras i väntan på provsvar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2766FC41" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00784A6F" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Befinner sig patienten på vård-/jourcentral kan privat bil eller ambulans användas. Infektionsbakjour ansvarar för att ambulanspersonal informeras om misstanken innan transport</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005218AA">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00784A6F">
+        <w:t xml:space="preserve">Allmänna transportmedel ska inte användas. Ambulanspersonal använder motsvarande skyddsutrustning som vårdpersonal på avdelning (se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00784A6F">
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hygienrutiner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00784A6F">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E81046" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00784A6F" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00784A6F">
+        <w:t xml:space="preserve">I patientnära arbete används personlig skyddsutrustning enligt nedan (se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00784A6F">
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hygienrutiner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00784A6F">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C50BEB" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00784A6F" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00784A6F">
+        <w:t>Slutstädning av utrymmen där patienten befunnit sig (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00784A6F">
+        <w:t>vårdrum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00784A6F">
+        <w:t xml:space="preserve">/mottagningsrum samt toalett </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00784A6F">
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00784A6F">
+        <w:t xml:space="preserve">) ska ske innan de får tas i bruk (se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00784A6F">
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hygienrutiner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00784A6F">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="336722F1" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Handläggning på infektionskliniken </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B458F6" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="51"/>
+        <w:ind w:right="393"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Undersökning av patient med misstänkt luftvägsinfektion orsakad av MERS-coronavirus utförs som regel på isoleringsrum på infektionsmottagningen eller, om behov av inneliggande vård föreligger, på avdelning 27. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC58DF1" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="51"/>
+        <w:ind w:right="393"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Infektionsbakjouren beslutar, vid behov i samråd med jourhavande smittskyddsläkare, om misstanke om luftvägsinfektion orsakad av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> kvarstår efter anamnesinhämtning och klinisk undersökning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E30F58" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="51"/>
+        <w:ind w:right="393"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Infektionsbakjouren beslutar om prov ska skickas för diagnostik. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D09709" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="51"/>
+        <w:ind w:right="393"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En lista över personal som arbetat på patientrummet upprättas om personal exponerats utan adekvat skyddsklädsel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123EF5AF" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="51"/>
+        <w:ind w:right="393"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid kvarvarande misstanke om allvarlig </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ansvarar infektionsbakjour för att: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14640402" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="51"/>
+        <w:ind w:right="393"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Smittskyddsenheten underrättas och nås via växeln. Under jourtid kontaktas tjänstgörande smittskyddsläkare via växeln. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFA7480" w14:textId="39679B46" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="51"/>
+        <w:ind w:right="393"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hygienläkare alternativt hygiensjuksköterska på Patientsäkerhetsenheten kontaktas på dagtid, vardagar </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(54749). På jourtid lämnas meddelande/e-brev i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Vårdhygiens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> funktionsbrevlåda (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="006F1A95" w:rsidRPr="006A3586">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:sz w:val="18"/>
-            <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>Europeiska smittskyddsmyndigheten ECDC: MERS-CoV</w:t>
+          <w:t>vardhygien.nu@vgregion.se</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="006F1A95">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="44F49542" w14:textId="706FC983" w:rsidR="009134CD" w:rsidRPr="008C61C4" w:rsidRDefault="009134CD" w:rsidP="008C61C4">
+    <w:p w14:paraId="3254400C" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:after="51"/>
+        <w:ind w:right="393"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid bekräftad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> underrättas Tjänsteman i beredskap (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>TiB</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6529D543" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-        <w:t>lla som har vårdat patienten, inklusive familjemedlem, eller som har haft liknande nära kontakt, alla som bott eller vistats på samma ställe som ett misstänkt eller vistats på samma ställe som ett misstänkt eller bekräftat fall.</w:t>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="393"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">För ingång och utgång på rummet används innersluss. Innerslussen iordningsställs med skyddskläder, desinfektionsmedel samt två stora gula behållare för avfall (använda skyddskläder) med stor röd sopsäck inuti. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760ED140" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009E7045" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-[...31 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w14:paraId="10E7616E" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hygienrutiner </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="317E8102" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009E7045" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-[...21 lines deleted...]
-        <w:t>Handläggning på vårdenhet utanför infektionskliniken</w:t>
+    <w:p w14:paraId="179176A1" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="009E00B9" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Skyddsåtgärder utgår alltid från bedömd risk i den aktuella vårdsituationen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D27EDD6" w14:textId="4A201087" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-      <w:pPr>
+    <w:p w14:paraId="4280C4C5" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Om oanmäld patient med misstanke om </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Följsamhet till basala hygienrutiner är ett absolut krav med tanke på allvarlighetsgraden vid smitta. Planera och organisera arbetet och avsätt tillräckligt med tid. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6109A1F1" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>Vid patientnära vård ska personlig skyddsutrustning användas som tillägg till basala hygienrutiner för att skydda personalen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4996755D" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Utifrån försiktighetsprincipen skall vid all patientnära vård (skötsel av patient och/eller vistelse inom 2 meters avstånd) av misstänkta eller bekräftade fall av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009134CD">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009E00B9">
         <w:t>mers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009134CD">
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> med stängd dörr och Infektionsbakjouren kontaktas. Patienter med luftvägssymtom ska inte vistas i väntrum. Antalet personer/personal som kommer i kontakt med patienten begränsas. Om patienten använder toalett ska den avdelas och stängas för andra tills den är slutstädad.</w:t>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> skyddsutrustning användas enligt följande: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FDC08DA" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-      <w:pPr>
+    <w:p w14:paraId="2C215052" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="36"/>
         </w:numPr>
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-[...11 lines deleted...]
-        <w:t>Patient som ringer på ringklockan på akutmottagningen NÄL och ännu inte tagits in på rum hänvisas efter kontakt med infektionsbakjouren till infektionsmottagningen.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Visir alternativt skyddsglasögon i kombination med tillpassat andningsskydd FFP2/FFP3. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174C726F" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-      <w:pPr>
+    <w:p w14:paraId="151323F9" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Långärmad vätskeavvisande engångsskyddsrock alternativt långärmad skyddsrock och plastförkläde. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A57B431" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Handskar enligt basala hygienrutiner. Byts mellan olika vårdmoment enligt sedvanlig rutin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A88023" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> ska infektionsbakjour kontaktas.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>Patient instrueras i hosthygien och förses med engångsnäsdukar och soppåse för uppsamling samt information om noggrann handtvätt efteråt. Bistå dem som behöver hjälp. Gäller även vid eventuella transporter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ACEBAA1" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-      <w:pPr>
+    <w:p w14:paraId="28488B5E" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> via växeln för en första bedömning och ställningstagande till transport till infektionsmottagningen NÄL. Avvakta med icke-akuta undersökningar och åtgärder tills kontakt med infektionsbakjour är tagen.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Transporter inom sjukhuset ska minimeras och vid behov av exempelvis röntgenundersökning sker detta i första hand på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E00B9">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">patientrummet. När transporter inte kan undvikas gäller att planera så man inte exponerar andra. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17DA9612" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-[...21 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="02176806" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> hos redan inlagd patient på annan vårdavdelning ska infektionsbakjour omedelbart kontaktas för bedömning. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Besökare hos patienter med misstänkt eller bekräftad </w:t>
+      </w:r>
+      <w:r>
+        <w:t>MERS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> bör minimeras och genomförs så att smittspridning förhindras. Anhöriga bör om möjligt hålla en armlängds avstånd och instrueras om handhygien. Anhöriga bör erbjudas skyddsutrustning i samma klass som den som personalen bär, således andningsskydd samt visir/skyddsglasögon. Deltar anhöriga/besökare i patientnära vård så erbjuds enligt skyddsutrustning enligt sedvanliga basala hygienrutiner. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4077647C" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-[...42 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="56FE5D9C" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="009134CD">
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Avfall och tvätt hanteras som enligt vanlig rutin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775A02B0" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Coronavirus avdödas effektivt med vanliga rengörings- och desinfektionsmedel. Noggrann rengöring och desinfektion med mekanisk bearbetning är mycket viktig för att få bort all kontamination av miljön. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532602B0" w14:textId="4CFF8B08" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Städning av patientrum med patient i rummet utförs av vårdpersonal med personlig skyddsutrustning som beskrivs ovan. Städning sker enligt ordinarie rutin. Se rutin för städning och rengöring på </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Relaterad_information" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00EB058F">
           <w:rPr>
-            <w:rFonts w:eastAsia="Calibri"/>
-[...3 lines deleted...]
-            <w:lang w:eastAsia="en-US"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Hygienrutiner</w:t>
+          <w:t>Vårdhygiens</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00EB058F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> webbplats respektive Vårdhandboken [1, 2]</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009134CD">
-[...4 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71645FF9" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-      <w:pPr>
+    <w:p w14:paraId="7441F160" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="009E00B9" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="009134CD">
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Slutstädning av tomt rum sker enligt vanlig rutin. Vid slutstädning ska alla ytor, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>tagställen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> och utrustning noggrant rengöras och desinfekteras innan rummet tas i bruk. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D5EF1B" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Diagnostik </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A42A2C5" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="009E00B9" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>Provtagning för MERS-coronavirus görs på infektionskliniken efter beslut av infektionsbakjour. Prov skickas till virologisektionen vid klinisk mikrobiologi SU/Sahlgrenska. Sök ansvarig virolog via Sahlgrenskas växel (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>tel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F216E">
+        <w:t>031-342 10 00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="796B2FBD" w14:textId="7F445F3A" w:rsidR="00B9637D" w:rsidRPr="009E00B9" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Diagnostik bör i första hand ske på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>sputum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> alternativt BAL-vätska. Provtagning från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>nasofarynx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> har lägre känslighet jämfört </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>sputumprov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> och ger endast en indikation om smittsamhet. NPH-prov är inte tillräckligt för att utesluta sjukdom vid fortsatta symtom – i sådant fall bör provtagning upprepas. Innan provrör och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>sputumbehållare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> lämnar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E00B9">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">patientrummet ska dessa desinfekteras. Provet skickas enligt Folkhälsomyndighetens instruktioner </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Relaterad_information" w:history="1">
+        <w:r w:rsidRPr="00EB058F">
           <w:rPr>
-            <w:rFonts w:eastAsia="Calibri"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:i/>
-            <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="en-US"/>
           </w:rPr>
-          <w:t>Hygienrutiner</w:t>
+          <w:t xml:space="preserve">Packa provet rätt </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EB058F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>[3]</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009134CD">
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> som biologiskt ämne kategori B, följ instruktionen för UN3373. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20134D23" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="009E00B9" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Innan svar på MERS-CoV-analys bör andra luftvägsodlingar undvikas men PCR-analys för influensa-, SARS-CoV2 (covid-19) och RS-virus kan analyseras vid klinisk mikrobiologi, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>NUsjukvården</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">. Underrätta dock mikrobiologiska laboratoriet om misstanken på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>mers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">-infektion.  Blodprover kan skickas till klinisk kemi för analys utan särskilda restriktioner. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F830BB6" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Smittskyddsaspekter </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01651059" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Bekräftat fall av </w:t>
+      </w:r>
+      <w:r>
+        <w:t>MERA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> är anmälningspliktig och smittspårningspliktig enligt smittskyddslagen. Smittspårning görs av behandlande läkare i samråd med Smittskyddsenheten. Kontakta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>Vårdhygien</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> för patient i slutenvård eller särskilt boende samt vid misstanke om smitta i vården. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_Toc100327193"/>
+    </w:p>
+    <w:p w14:paraId="1D30E7E6" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="00A74A35" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>).</w:t>
-      </w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Relaterad_information"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc222374696"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00A74A35">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Relaterad information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="32C2D383" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
+    <w:p w14:paraId="783D138E" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="009E00B9" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...13 lines deleted...]
-      </w:r>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009134CD">
-[...4 lines deleted...]
-        <w:t>vårdrum</w:t>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>Vårdhygien</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009134CD">
-[...23 lines deleted...]
-        <w:r w:rsidRPr="009134CD">
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> NU-sjukvården </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
           <w:rPr>
-            <w:rFonts w:eastAsia="Calibri"/>
-[...1141 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Städ och rengöring</w:t>
         </w:r>
       </w:hyperlink>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B7848F8" w14:textId="06B91905" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
+    <w:p w14:paraId="5A243259" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="009E00B9" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...11 lines deleted...]
-        </w:rPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
         <w:t xml:space="preserve">Vårdhandboken </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00CE7A35">
+        <w:r w:rsidRPr="009E00B9">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Städning, rengöring</w:t>
         </w:r>
       </w:hyperlink>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7093FFCC" w14:textId="452710B7" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
+    <w:p w14:paraId="39AC5706" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="009E00B9" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...27 lines deleted...]
-        <w:r w:rsidR="001C491E" w:rsidRPr="00CE7A35">
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve">Folkhälsomyndigheten (2020) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Packa provet rätt</w:t>
         </w:r>
       </w:hyperlink>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78C92DAA" w14:textId="77777777" w:rsidR="009134CD" w:rsidRPr="009134CD" w:rsidRDefault="009134CD" w:rsidP="009134CD">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="23936117" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="009E00B9" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="724B0643" w14:textId="40C25B5E" w:rsidR="004C0F4B" w:rsidRPr="00350A1C" w:rsidRDefault="009134CD" w:rsidP="004C0F4B">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="009134CD">
+    <w:p w14:paraId="68007603" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRPr="009E00B9" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E00B9">
         <w:rPr>
           <w:i/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se även </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00CE7A35">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:color w:val="0070C0"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">WHO:s informationssida om </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-        <w:r w:rsidR="004C0F4B" w:rsidRPr="004C0F4B">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Europeiska smittskyddsmyndigheten ECDC: MERS-CoV</w:t>
+          <w:t>MERS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004C0F4B">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t>samt</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Europeiska smittskyddsmyndigheten ECDC:</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>MERS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>CoV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="009E00B9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009E00B9">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="004C0F4B" w:rsidRPr="00350A1C" w:rsidSect="009134CD">
+    <w:p w14:paraId="74BC35F1" w14:textId="77777777" w:rsidR="00B9637D" w:rsidRDefault="00B9637D" w:rsidP="00B9637D">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="199A30E4" w14:textId="77777777" w:rsidR="007C104F" w:rsidRPr="007C104F" w:rsidRDefault="007C104F" w:rsidP="007C104F"/>
+    <w:sectPr w:rsidR="007C104F" w:rsidRPr="007C104F" w:rsidSect="009134CD">
+      <w:headerReference w:type="default" r:id="rId28"/>
+      <w:footerReference w:type="even" r:id="rId29"/>
+      <w:footerReference w:type="default" r:id="rId30"/>
+      <w:headerReference w:type="first" r:id="rId31"/>
+      <w:footerReference w:type="first" r:id="rId32"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DA00B04" w14:textId="77777777" w:rsidR="00414EE1" w:rsidRDefault="00414EE1">
+    <w:p w14:paraId="1ECA016E" w14:textId="77777777" w:rsidR="009317EB" w:rsidRDefault="009317EB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19764B3A" w14:textId="77777777" w:rsidR="00414EE1" w:rsidRDefault="00414EE1">
+    <w:p w14:paraId="5A457C9F" w14:textId="77777777" w:rsidR="009317EB" w:rsidRDefault="009317EB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6B77100F" w14:textId="77777777" w:rsidR="00414EE1" w:rsidRDefault="00414EE1">
+    <w:p w14:paraId="1DC2D224" w14:textId="77777777" w:rsidR="009317EB" w:rsidRDefault="009317EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
-    <w:altName w:val="Geneva"/>
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2801,51 +2102,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2879,73 +2180,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="459EFF37" w14:textId="77777777" w:rsidR="00414EE1" w:rsidRDefault="00414EE1"/>
+    <w:p w14:paraId="4C991647" w14:textId="77777777" w:rsidR="009317EB" w:rsidRDefault="009317EB"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62EB1E58" w14:textId="77777777" w:rsidR="00414EE1" w:rsidRDefault="00414EE1">
+    <w:p w14:paraId="05048C80" w14:textId="77777777" w:rsidR="009317EB" w:rsidRDefault="009317EB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="74F69001" w14:textId="77777777" w:rsidR="00414EE1" w:rsidRDefault="00414EE1">
+    <w:p w14:paraId="6E71B024" w14:textId="77777777" w:rsidR="009317EB" w:rsidRDefault="009317EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2983,92 +2284,92 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="6A3167D1">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="0A28B847" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
@@ -3106,178 +2407,98 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="370BCB9D">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
-[...78 lines deleted...]
-    </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4025,53 +3246,166 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C593DFB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17187050"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1255" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1975" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2695" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3415" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4135" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4855" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5575" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6295" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7015" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E104E4E6"/>
+    <w:tmpl w:val="C72ECBA6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4138,51 +3472,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4251,51 +3585,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F901565"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CFA32D6"/>
     <w:lvl w:ilvl="0" w:tplc="D75EBB96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E4E25648">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4364,51 +3698,376 @@
     <w:lvl w:ilvl="7" w:tplc="12489E5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5C44FFB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EF5220E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D626666"/>
+    <w:lvl w:ilvl="0" w:tplc="D9A092C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="692" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:effect w:val="none"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4CCEF25E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1222" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:effect w:val="none"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BB7E7C38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:effect w:val="none"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0FCC64E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2662" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:effect w:val="none"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B5306F44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3382" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:effect w:val="none"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="15048D5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:effect w:val="none"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2C985080">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:effect w:val="none"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B7748490">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:effect w:val="none"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="128CED72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:effect w:val="none"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32174A84"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE2EF4E4"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33D9572F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06F683B8"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4450,51 +4109,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="370A3835"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06F683B8"/>
     <w:lvl w:ilvl="0" w:tplc="26E69F18">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DE501E62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1EFCF658" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4536,51 +4195,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0406B15E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D7626098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4676,54 +4335,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DDF0BC38"/>
+    <w:tmpl w:val="5E5C5766"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4790,51 +4449,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D5D5467"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CC4F478"/>
     <w:lvl w:ilvl="0" w:tplc="34004CFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7186891A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="40E03676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4876,51 +4535,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="97CCFFBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="580C5D80" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="403569B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="109A1F06"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4989,51 +4734,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5130,51 +4875,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4573058F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C80ADDE0"/>
     <w:lvl w:ilvl="0" w:tplc="E8BCF278">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9084BBA0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5220,51 +4965,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FAE4C4A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D602C3DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5333,51 +5078,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5447,51 +5192,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5560,51 +5305,223 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60EE4881"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6938E452"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64E624E5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5178E72A"/>
+    <w:lvl w:ilvl="0" w:tplc="041D000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -5673,51 +5590,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79A44FA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1090C748"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5759,51 +5676,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5872,51 +5789,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5985,145 +5902,288 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EFA2213"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F01E6850"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0013">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1797259783">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1615135809">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1112477606">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1100494469">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1342898733">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1944801769">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="208612392">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="304897336">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="42144773">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="171071125">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1104569544">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1374504266">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1724400205">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="573048542">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="323439568">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="32729432">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1159345032">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1995719335">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1710564535">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1365403154">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="542330229">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1095632968">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1465154992">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="398135266">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="149756201">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="913196804">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1793591717">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="334067211">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1472136596">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="2017804218">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="291332616">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="2089960428">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1669746883">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1628050814">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="809904312">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="48892028">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1736777784">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="589117897">
+    <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
-[...1 lines deleted...]
-  <w:styleLockQFSet/>
+  <w:revisionView w:markup="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
@@ -6160,74 +6220,76 @@
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00184612"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C491E"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00247CCE"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
+    <w:rsid w:val="00287610"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D317C"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00316493"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="003343B0"/>
     <w:rsid w:val="00337F99"/>
@@ -6292,349 +6354,369 @@
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E2726"/>
+    <w:rsid w:val="00600D0F"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="006439D1"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="006665DF"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="00674360"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="0067561E"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006B5BC9"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F1A95"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B68DE"/>
+    <w:rsid w:val="007C104F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008577B1"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="00866BF3"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008930CC"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A2F22"/>
     <w:rsid w:val="008A35CA"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008A7BE9"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C61C4"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="009134CD"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
+    <w:rsid w:val="009317EB"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00982F71"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7045"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A669FE"/>
+    <w:rsid w:val="00A77132"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA5F5C"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AE00F2"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B5693A"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B9637D"/>
+    <w:rsid w:val="00B97637"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
+    <w:rsid w:val="00BB7071"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF070E"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C6364D"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA4101"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB4984"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CE7A35"/>
     <w:rsid w:val="00CF3ACF"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DC755B"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E2540E"/>
     <w:rsid w:val="00E47EFD"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EA5726"/>
+    <w:rsid w:val="00EB058F"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE40E9"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F321DA"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135B"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD1854"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="44E49CEB"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6667,51 +6749,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6972,174 +7054,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2B51"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -7302,153 +7412,153 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00617710"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="31"/>
       </w:numPr>
       <w:spacing w:after="40"/>
-      <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F86F47"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
@@ -7462,240 +7572,243 @@
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="0062184C"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00600D0F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="284"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
-    <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00600D0F"/>
     <w:pPr>
-      <w:ind w:left="480"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+      </w:tabs>
+      <w:ind w:left="284"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
@@ -7732,118 +7845,119 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -8810,71 +8924,70 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="30"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -8977,51 +9090,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00404948"/>
+    <w:rsid w:val="00AB2B51"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
@@ -9095,55 +9208,187 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008A35CA"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE40E9"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2B51"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00AB2B51"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB2B51"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00AB2B51"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB2B51"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB7071"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Slutnotstext">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SlutnotstextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00982F71"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SlutnotstextChar">
+    <w:name w:val="Slutnotstext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Slutnotstext"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00982F71"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Slutnotsreferens">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00982F71"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9184,59 +9429,55 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecdc.europa.eu/en/middle-east-respiratory-syndrome-coronavirus" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecdc.europa.eu/en/middle-east-respiratory-syndrome-coronavirus" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/emergencies/mers-cov/en/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/mikrobiologi-laboratorieanalyser/laboratorieanalyser-och-tjanster/information-for-bestallare/transport-mikrobiologiska-analyser/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/stadning-rengoring/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nusjukvarden.se/om-nu-sjukvarden/vardgivare/vardhygien/nu-sjukvarden/" TargetMode="External" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nusjukvarden.se/om-nu-sjukvarden/vardgivare/vardhygien/nu-sjukvarden/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/mikrobiologi-laboratorieanalyser/laboratorieanalyser-och-tjanster/information-for-bestallare/transport-mikrobiologiska-analyser/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecdc.europa.eu/en/middle-east-respiratory-syndrome-coronavirus" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecdc.europa.eu/en/middle-east-respiratory-syndrome-coronavirus" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vardhygien.nu@vgregion.se" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folkhalsomyndigheten.se/mikrobiologi-laboratorieanalyser/laboratorieanalyser-och-tjanster/information-for-bestallare/transport-mikrobiologiska-analyser/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecdc.europa.eu/en/middle-east-respiratory-syndrome-coronavirus" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/stadning-rengoring/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/emergencies/mers-cov/en/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecdc.europa.eu/en/middle-east-respiratory-syndrome-coronavirus" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vardhygien-infektioner-och-smittspridning/stadning-och-rengoring/stadning-rengoring/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecdc.europa.eu/en/middle-east-respiratory-syndrome-coronavirus" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/emergencies/mers-cov/en/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nusjukvarden.se/om-nu-sjukvarden/vardgivare/vardhygien/nu-sjukvarden/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecdc.europa.eu/en/middle-east-respiratory-syndrome-coronavirus" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecdc.europa.eu/en/middle-east-respiratory-syndrome-coronavirus" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -9517,73 +9758,58 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>9177</Characters>
+  <Pages>7</Pages>
+  <Words>1971</Words>
+  <Characters>10449</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>87</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10887</CharactersWithSpaces>
+  <CharactersWithSpaces>12396</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Mers (Middle East Respiratory Syndrome)</dc:title>
+  <dc:title>MERS (Middle East Respiratory Syndrome)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Sara Johansson</lastModifiedBy>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>