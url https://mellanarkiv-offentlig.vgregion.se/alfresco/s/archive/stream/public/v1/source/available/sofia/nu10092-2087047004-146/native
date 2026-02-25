--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -1,870 +1,559 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6CA483B1" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00F35B05">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="6CA483B1" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00BB635A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00DC22B2" w:rsidSect="00DC22B2">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="7E5D0E24" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7E5D0E24" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00BB635A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="181"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8495"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w14:paraId="059AE865" w14:textId="77777777" w:rsidTr="00AC3401">
+      <w:tr w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w14:paraId="059AE865" w14:textId="77777777" w:rsidTr="00BB635A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52F46A32" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
+          <w:p w14:paraId="52F46A32" w14:textId="32B0F991" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00BB635A">
             <w:pPr>
-              <w:keepNext/>
-[...10 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Rubrik1"/>
             </w:pPr>
             <w:r w:rsidRPr="00DC22B2">
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t>Ersättning för patient- eller närståendemedverkan vid utvecklingsarbete</w:t>
+              <w:t>Ersättning för patient- eller närståendemedverkan vid utvecklingsarbet</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB635A">
+              <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22D21135" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="22D21135" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00BB635A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc501440349"/>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Revidering i denna version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="6FEADFAA" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6FEADFAA" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00AB020F">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Inga förändringar vid denna revidering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20936C8E" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="20936C8E" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00AB020F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc501440348"/>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Bakgrund </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B8375C" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="52B8375C" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00AB020F">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Patientmedverkan kan utformas på olika sätt och formerna för hur medverkan sker måste avgöras från fall till fall. Viktigt är att det finns olika former för patientmedverkan i arbetet med patientdriven vård för att fånga patienternas synpunkter, erfarenheter och upplevelser. Det är också viktigt att skilja på vad som är informationsträffar och vad som är medverkan i utvecklingsarbete. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0030B1F9" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0030B1F9" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00AB020F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Sammanfattning/syfte </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67283FFF" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="67283FFF" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00AB020F">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">En patient/närstående ska kunna delta i ett förbättringsarbete utan att hindras av ekonomiska skäl. Verksamheten måste i första hand så långt som möjligt anpassa tider för möten utifrån patienten eller närståendes möjligheter att kunna delta. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2C0FBB" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...15 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0E2C0FBB" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00AB020F"/>
+    <w:p w14:paraId="4B641E9F" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00AB020F">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Det är verksamhetschefen som beslutar om formerna för patientmedverkan, det vill säga när det är aktuellt att patienter ska medverka, hur många som ska vara med samt att ha en plan för hur urvalet av medverkande ska gå till. </w:t>
+        <w:t xml:space="preserve">Det är verksamhetschefen som beslutar om formerna för patientmedverkan, det vill säga när det är aktuellt att patienter ska </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC22B2">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">medverka, hur många som ska vara med samt att ha en plan för hur urvalet av medverkande ska gå till. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF7A19C" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5AF7A19C" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00AB020F">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Åtgärder </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68FFD46E" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="68FFD46E" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00AB020F">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Följande modell används som underlag för verksamheter inom NU-sjukvården vid beslut för ersättningar vid patient/närståendemedverkan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39857C58" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="39857C58" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00074A25">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Nivå 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51000386" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="51000386" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00074A25">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Metoder som bygger på: enkäter, telefonintervjuer eller webb-intervjuer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0894176E" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0894176E" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00074A25">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Ersättning utgår inte. Enhet/verksamhet beslutar själva om former för uppmuntran ska erbjudas, till exempel fika, biobiljett eller blomstercheck. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34539215" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="34539215" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00074A25">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Nivå 2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0517EF2C" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="023F1FAA" w14:textId="5209E542" w:rsidR="00DC22B2" w:rsidRPr="004E0C5A" w:rsidRDefault="00DC22B2" w:rsidP="004E0C5A">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Metoder som bygger på dialog, till exempel fokusgrupper, systemiska möten eller riskanalyser. Syftar till att få in synpunkter och där tidsomfattningen är en till två träffar. Reseersättning bör utgå. Enhet/verksamhet beslutar själva om uppmuntran i form av exempelvis fika, biobiljett eller blomstercheck ska erbjudas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023F1FAA" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4AAE6478" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00F95540">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC22B2">
-        <w:lastRenderedPageBreak/>
-[...21 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nivå 3 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5133C7" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="093C1E28" w14:textId="1C6737E2" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00F95540">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Metoder som bygger på att patienter deltar i olika slags aktiviteter, till exempel fokusgrupper, förbättringsarbete, systemiska möten, riskanalyser eller utbildning. Bygger på minst två eller flera träffar, hel-/ halvdagsmedverkan eller projekt där patienter bidrar aktivt i förbättringsarbetet. Patienten/närstående deltar hela tiden som projektet och förbättringsarbetet pågår. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="093C1E28" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...11 lines deleted...]
-        <w:ind w:left="0" w:right="-284"/>
+    <w:p w14:paraId="625D953C" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00F95540">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Reseersättning bör utgå och ersättning för förlorad arbetsinkomst kan utgå. Enhet/verksamhet beslutar själva om uppmuntran i form av fika, biobiljett eller blomstercheck ska erbjudas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B32FB2F" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3B32FB2F" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00F95540">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Nivå 4 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDB127E" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2DDB127E" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00F95540">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Patienter som deltar aktivt i en föreläsning/föreläsningsserie eller håller i patient- och närståendeutbildning. Reseersättning bör utgå och ersättning förlorad arbetsinkomst kan utgå. Enhet/verksamhet beslutar själva om uppmuntran i form av fika, biobiljett eller blomstercheck ska erbjudas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48612C23" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="48612C23" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00F95540">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Riktlinjer för reseersättning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52E715AD" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="52E715AD" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00CF35D2">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Reseersättning ska föregås av en inbjudan. Hänsyn tas till regionens policy för möten och tjänsteresor. Ansökan sker genom regionens reseblankett </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00DC22B2">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Reseräkning UTAN övernattning</w:t>
+          <w:t>Reseräkning UT</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DC22B2">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>A</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DC22B2">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>N övernattning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06377B52" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="06377B52" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00CF35D2">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Riktlinjer för löneersättning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1982BABB" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1982BABB" w14:textId="0A0CEAA1" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DE59CE">
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">ett underlag för den löneersättning som har förlorats och styrkas av den anställdes arbetsgivare. För att kunna utbetala löneersättning ska regionens blankett </w:t>
+        <w:t xml:space="preserve">Löneersättning ska föregås av en inbjudan. Den deltagande personen måste visa ett underlag för den löneersättning som har förlorats och styrkas av den anställdes arbetsgivare. För att kunna utbetala löneersättning ska regionens blankett </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00DC22B2">
           <w:rPr>
             <w:color w:val="0000FF"/>
-            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Uppdragstagare A-skatt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00DC22B2">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> ”Uppdragstagare A-skatt” användas. Stryk över projektnummer och skriv i stället </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC22B2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Aktivitet 2050.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4742456A" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4742456A" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DE59CE"/>
+    <w:p w14:paraId="546DD729" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00BB635A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="-284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="546DD729" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00DC22B2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="14E43011" w14:textId="77777777" w:rsidR="00DC22B2" w:rsidRPr="00DC22B2" w:rsidRDefault="00DC22B2" w:rsidP="00BB635A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="-284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...8 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00BB635A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00DC22B2">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="130AB761" w14:textId="77777777" w:rsidR="00075BD8" w:rsidRDefault="00075BD8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="64151DAD" w14:textId="77777777" w:rsidR="00075BD8" w:rsidRDefault="00075BD8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="0BEAD315" w14:textId="77777777" w:rsidR="00075BD8" w:rsidRDefault="00075BD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="MS Mincho"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -875,54 +564,54 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -953,76 +642,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="294A2A24" w14:textId="77777777" w:rsidR="00075BD8" w:rsidRDefault="00075BD8"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="265BBEE7" w14:textId="77777777" w:rsidR="00075BD8" w:rsidRDefault="00075BD8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="1D7265ED" w14:textId="77777777" w:rsidR="00075BD8" w:rsidRDefault="00075BD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -1063,88 +752,88 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS/tf0KwIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L+Fr2W1EWNFdUVVC&#10;uytBtWfjOBAp8bi2IaG/vs8OsHTbU9WLGc883njezGR639YVOyjrStIZH/T6nCktKS/1NuPf14tP&#10;d5w5L3QuKtIq40fl+P3s44dpY1I1pB1VubIMJNqljcn4znuTJomTO1UL1yOjNIIF2Vp4XO02ya1o&#10;wF5XybDfnyQN2dxYkso5eB+7IJ9F/qJQ0j8XhVOeVRnH23w8bTw34UxmU5FurTC7Up6eIf7hFbUo&#10;NZJeqB6FF2xvyz+o6lJaclT4nqQ6oaIopYo1oJpB/101q50wKtYCcZy5yOT+H618OrxYVuboHeTR&#10;okaP1qr1do8C4II+jXEpYCsDoG+/UAvs2e/gDGW3ha3DLwpiiIPqeFEXbEzCOZ5Mboc3CEnERsPR&#10;HWzQJ2//Ntb5r4pqFoyMW3QviioOS+c76BkSkmlalFUVO1hp1mR8MgLlbxGQVxo5Qg3dW4Pl2017&#10;KmxD+RF1Weomwxm5KJF8KZx/ERajgPdivP0zjqIiJKGTxdmO7M+/+QMeHUKUswajlXH3Yy+s4qz6&#10;ptG7z4PxGLQ+XsY3t0Nc7HVkcx3R+/qBML0DLJKR0Qx4X53NwlL9ii2Yh6wICS2RO+P+bD74buCx&#10;RVLN5xGE6TPCL/XKyEAdRAvSrttXYc1Jf4/OPdF5CEX6rg0dtpN7vvdUlLFHQeBO1ZPumNzY5dOW&#10;hdW4vkfU27dg9gsAAP//AwBQSwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwkAUhO8m/ofNM/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9&#10;OivOZgidJ4TZNAFhqPa6owbh8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QM&#10;dWucClPfG2Lv6AenIsuhkXpQFy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86&#10;fKSI93fjZgUimjFew/CHz+hQMFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAFL+1/QrAgAAUwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAhQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="6A659BB9" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1186,172 +875,92 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPYP79LgIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8L+Fr2W1EWNFdUVVC&#10;uytBtWfjOBAp8bi2IaG/vs8OsHTbU9WLGXuGNzPvzWR639YVOyjrStIZH/T6nCktKS/1NuPf14tP&#10;d5w5L3QuKtIq40fl+P3s44dpY1I1pB1VubIMINqljcn4znuTJomTO1UL1yOjNJwF2Vp4XO02ya1o&#10;gF5XybDfnyQN2dxYkso5vD52Tj6L+EWhpH8uCqc8qzKO2nw8bTw34UxmU5FurTC7Up7KEP9QRS1K&#10;jaQXqEfhBdvb8g+oupSWHBW+J6lOqChKqWIP6GbQf9fNaieMir2AHGcuNLn/ByufDi+WlXnGJ5xp&#10;UUOitWq93aP+SWCnMS5F0MogzLdfqIXK53eHx9B0W9g6/KIdBj94Pl64BRiTeBxPJrfDG7gkfKPh&#10;6A424JO3fxvr/FdFNQtGxi20i5SKw9L5LvQcEpJpWpRVFfWrNGvQwAiQv3kAXmnkCD10tQbLt5s2&#10;dnzpY0P5Ee1Z6sbDGbkoUcNSOP8iLOYBZWPG/TOOoiLkopPF2Y7sz7+9h3jIBC9nDeYr4+7HXljF&#10;WfVNQ8DPg/E4DGS8jG9uh7jYa8/m2qP39QNhhAfYJiOjGeJ9dTYLS/UrVmEessIltETujPuz+eC7&#10;qccqSTWfxyCMoBF+qVdGBujAXWB43b4Ka04yeAj4ROdJFOk7NbrYjvX53lNRRqkCzx2rJ/oxvlHs&#10;06qF/bi+x6i3D8LsFwAAAP//AwBQSwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj01PwzAMhu9I/IfISNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5Uev&#10;nzdfTa4XJzuGzpOGxVyBsFR701GjYf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDG&#10;OGRShrq1DsPcD5b4dvCjw8jr2Egz4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e&#10;1sPX/uNB69ubaf0EItopXmD402d1KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz2D+/S4CAABYBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAA&#10;AACIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
-[...78 lines deleted...]
-    </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1923,51 +1532,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E104E4E6"/>
+    <w:tmpl w:val="C72ECBA6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2290,55 +1899,55 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DDF0BC38"/>
+    <w:tmpl w:val="5E5C5766"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -2775,51 +2384,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListParagraph"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -3391,110 +3000,116 @@
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1264193385">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="775752734">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1436904138">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1593971255">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="595795654">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="733048168">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="719981322">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2133550782">
     <w:abstractNumId w:val="16"/>
   </w:num>
+  <w:num w:numId="20" w16cid:durableId="765155636">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1906605124">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
-[...1 lines deleted...]
-  <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00074A25"/>
+    <w:rsid w:val="00075BD8"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
@@ -3544,78 +3159,80 @@
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D327B"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E0C5A"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
@@ -3723,204 +3340,211 @@
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
+    <w:rsid w:val="00AB020F"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB7DCE"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BB635A"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF35D2"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC22B2"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
+    <w:rsid w:val="00DE59CE"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F95540"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
+    <w:rsid w:val="00FE07DE"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3953,51 +3577,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4258,206 +3882,234 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB635A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -4535,606 +4187,604 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:link w:val="Rubrik1"/>
+    <w:rsid w:val="00BB635A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00617710"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
       <w:spacing w:after="40"/>
-      <w:ind w:left="357" w:hanging="357"/>
+      <w:ind w:left="720" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F86F47"/>
+    <w:rsid w:val="00BB635A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00BB635A"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...14 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
+    <w:aliases w:val="Rubrik 3 VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00BB635A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00BB635A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="00BB635A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="0062184C"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00BB635A"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
-    <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00BB635A"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -5165,81 +4815,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -5278,53 +4928,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -5398,53 +5048,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -5518,53 +5168,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -5614,53 +5264,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -5710,53 +5360,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -5792,53 +5442,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -5887,51 +5537,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -5975,51 +5625,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -6096,77 +5746,74 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:ind w:left="1712" w:hanging="357"/>
+      <w:ind w:left="1077" w:hanging="360"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -6210,131 +5857,201 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00404948"/>
+    <w:rsid w:val="00BB635A"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB635A"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00BB635A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB635A"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00BB635A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BB635A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6362,59 +6079,55 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/workspace/SpacesStore/0aba51f9-d1cf-47a5-91c3-bdc937b06c04/Uppdragstagare_VGR.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Falfresco-offentlig.vgregion.se%2Falfresco%2Fservice%2Fvgr%2Fstorage%2Fnode%2Fcontent%2Fworkspace%2FSpacesStore%2Fa40173cf-eed2-4261-be1f-e8ba4fa03f82%2FReserakning_utan_overnattning%25202018.xls%3Fa%3Dfalse%26guest%3Dtrue%26native%3Dtrue&amp;wdOrigin=BROWSELINK" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/workspace/SpacesStore/0aba51f9-d1cf-47a5-91c3-bdc937b06c04/Uppdragstagare_VGR.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Falfresco-offentlig.vgregion.se%2Falfresco%2Fservice%2Fvgr%2Fstorage%2Fnode%2Fcontent%2Fworkspace%2FSpacesStore%2Fa40173cf-eed2-4261-be1f-e8ba4fa03f82%2FReserakning_utan_overnattning%25202018.xls%3Fa%3Dfalse%26guest%3Dtrue%26native%3Dtrue&amp;wdOrigin=BROWSELINK" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -6697,92 +6410,76 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>593</Words>
-  <Characters>3149</Characters>
+  <Characters>3143</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3735</CharactersWithSpaces>
+  <CharactersWithSpaces>3729</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Ersättning för patient- eller närståendemedverkan vid utvecklingsarbete</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>TK.SpStyMigProd</lastModifiedBy>
-  <revision>2</revision>
+  <lastModifiedBy>Sara Johansson</lastModifiedBy>
+  <revision>10</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>