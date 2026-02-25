--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,668 +1,591 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="29B15AD7" w14:textId="77777777" w:rsidR="007B1AC7" w:rsidRDefault="007B1AC7" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="007B1AC7" w:rsidSect="007B1AC7">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="479C9BD5" w14:textId="2AB0215A" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="007B1AC7" w:rsidP="206D1DFF">
+    <w:p w14:paraId="30C55A1C" w14:textId="7924641E" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="00FD1102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
       </w:pPr>
+      <w:r w:rsidRPr="00117536">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="73A6F1CB" w14:textId="5FEEC1C8" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="4A50B690" w:rsidP="206D1DFF">
+    <w:p w14:paraId="1E1EB180" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="00117536">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
       </w:pPr>
-      <w:r w:rsidRPr="206D1DFF">
+      <w:r w:rsidRPr="00117536">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8C405D" w14:textId="6CD71F9E" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="00125B4E">
+      <w:pPr>
+        <w:pStyle w:val="Omslagsrubrik"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00117536">
+        <w:t>Resor med NU</w:t>
+      </w:r>
+      <w:r w:rsidR="00125B4E">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117536">
+        <w:t>turen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="118DE07E" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="00117536">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-20" w:right="-20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00117536">
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4580E7CF" w14:textId="29AB2420" w:rsidR="00B363C9" w:rsidRPr="00E64FB4" w:rsidRDefault="009058D0" w:rsidP="00E64FB4">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E64FB4">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="204BDD53" w14:textId="7BB53569" w:rsidR="00B363C9" w:rsidRPr="00B363C9" w:rsidRDefault="009058D0" w:rsidP="00B363C9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Inga</w:t>
+      </w:r>
+      <w:r w:rsidR="00B363C9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...98 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">förändringar. </w:t>
       </w:r>
-    </w:p>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="206D1DFF">
+      <w:r w:rsidR="00B363C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA641E2" w14:textId="62B80AD0" w:rsidR="007B1AC7" w:rsidRPr="00DF7712" w:rsidRDefault="4A50B690" w:rsidP="00DF7712">
+    <w:p w14:paraId="0AE9F7CD" w14:textId="58C62B88" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="00075998">
+      <w:r w:rsidRPr="00075998">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+        </w:rPr>
+        <w:t>Bakgrund </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00075998">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik2Char"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B5067">
+        <w:t>NU-sjukvården har utifrån Regionfullmäktiges resepolicy (2008) och lokalt kollektivavtal för Västra Götalandsregionen om reseersättningar, traktamenten och resetillägg (2004/2010) tagit fram lokala rutiner för resandet i tjänsten. I rutinerna anges bland annat att tjänsteresor mellan NÄL och Uddevalla sjukhus ska ske med Västtrafik linje 673 (NU-turen).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117536">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DAA344" w14:textId="5FE308CE" w:rsidR="0029448E" w:rsidRDefault="00117536" w:rsidP="0012503B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00117536">
+        <w:t>Syfte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117536">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0029448E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Bakgrund</w:t>
+        <w:t>Syftet är att tydliggöra regelverket kring resor med linje 673 (NU</w:t>
       </w:r>
-      <w:r w:rsidR="007B1AC7">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005442EC">
+      <w:r w:rsidR="00B363C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">NU-sjukvården har utifrån Regionfullmäktiges resepolicy (2008) och </w:t>
+        <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00596D16">
+      <w:r w:rsidRPr="0029448E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>l</w:t>
+        <w:t>turen).</w:t>
       </w:r>
-      <w:r w:rsidRPr="005442EC">
-[...16 lines deleted...]
-        <w:t>I rutinerna anges bland annat att tjänsteresor mellan NÄL och Uddevalla sjukhus ska ske med Västtrafik linje 673 (NU-turen).</w:t>
+      <w:r w:rsidRPr="00075998">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="651BD5DF" w14:textId="69FCEDEB" w:rsidR="007B1AC7" w:rsidRPr="00E4539B" w:rsidRDefault="4A50B690" w:rsidP="00E4539B">
-[...18 lines deleted...]
-        <w:t>Syftet är att tydliggöra regelverket kring resor med linje 673 (NU-turen).</w:t>
+    <w:p w14:paraId="4BE415FE" w14:textId="77777777" w:rsidR="001B683C" w:rsidRPr="001B683C" w:rsidRDefault="001B683C" w:rsidP="001B683C"/>
+    <w:p w14:paraId="52FF18B8" w14:textId="12F4EA1E" w:rsidR="001B683C" w:rsidRDefault="00117536" w:rsidP="00B363C9">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00117536">
+        <w:t>Anvisning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ECBAF06" w14:textId="42C70BCE" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="4A50B690" w:rsidP="00596D16">
-[...4 lines deleted...]
-        <w:t>Anvisning</w:t>
+    <w:p w14:paraId="683BACBE" w14:textId="1438681F" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="001B683C">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00117536">
+        <w:t>Tjänsteresa </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AEC5F6C" w14:textId="5C0CE04A" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="4A50B690" w:rsidP="00596D16">
-[...4 lines deleted...]
-        <w:t>Tjänsteresa</w:t>
+    <w:p w14:paraId="545EE27F" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="001B683C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00117536">
+        <w:t>En tjänsteresa är en resa som anställd beordras göra i sitt arbete, det vill säga till ett annat arbetsställe (förrättningsställe) än där man normalt utför sina arbetsuppgifter (tjänsteställe).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C66926F" w14:textId="008FF3DA" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="4A50B690" w:rsidP="00AB5EF4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">En tjänsteresa är en resa som anställd beordras göra i sitt arbete, det vill säga till ett annat arbetsställe (förrättningsställe) än där man normalt utför sina arbetsuppgifter (tjänsteställe). </w:t>
+    <w:p w14:paraId="5723FB13" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="001B683C">
+      <w:r w:rsidRPr="00117536">
+        <w:lastRenderedPageBreak/>
+        <w:t>NU-turen kan användas fritt för resor mellan tjänstestället och förrättningsstället. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07289ECD" w14:textId="033AE639" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="4A50B690" w:rsidP="00AB5EF4">
-[...5 lines deleted...]
-        <w:t>NU-turen kan användas fritt för resor mellan tjänstestället och förrättningsstället.</w:t>
+    <w:p w14:paraId="1A63F90C" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="000612C5">
+      <w:r w:rsidRPr="00117536">
+        <w:t>Exempel: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8A51BE" w14:textId="71B5E21B" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="4A50B690" w:rsidP="009D01F4">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00E4539B">
+    <w:p w14:paraId="0855FF7B" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="000612C5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00117536">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Tjänsteställe NÄL med tjänstgöring även i Uddevalla. </w:t>
+        <w:t>Tjänsteställe NÄL med tjänstgöring även i Uddevalla. </w:t>
       </w:r>
-      <w:r w:rsidR="00C25138">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00117536">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117536">
         <w:br/>
+        <w:t>Resan till Uddevalla sker </w:t>
       </w:r>
-      <w:r w:rsidRPr="206D1DFF">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C25138">
+      <w:r w:rsidRPr="00117536">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>utanför</w:t>
       </w:r>
-      <w:r w:rsidRPr="206D1DFF">
-        <w:t xml:space="preserve"> arbetstid. NU-turen kan användas - tjänsteresa. </w:t>
+      <w:r w:rsidRPr="00117536">
+        <w:t> arbetstid. NU-turen kan användas - tjänsteresa.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B0389B" w14:textId="443F1183" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="4A50B690" w:rsidP="00C25138">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00E4539B">
+    <w:p w14:paraId="6636B50C" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="000612C5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00117536">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Tjänsteställe NÄL med möte under dagen i Uddevalla</w:t>
       </w:r>
-      <w:r w:rsidRPr="206D1DFF">
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00117536">
+        <w:t>.  </w:t>
       </w:r>
-      <w:r w:rsidR="00C25138">
+      <w:r w:rsidRPr="00117536">
         <w:br/>
+        <w:t>Resan sker </w:t>
       </w:r>
-      <w:r w:rsidRPr="206D1DFF">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C25138">
+      <w:r w:rsidRPr="00117536">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">på arbetstid </w:t>
+        <w:t>på arbetstid </w:t>
       </w:r>
-      <w:r w:rsidRPr="206D1DFF">
-        <w:t>om inte mötet är i direkt anslutning till ordinarie arbetstids början eller slut. NU-turen kan användas - tjänsteresa.</w:t>
+      <w:r w:rsidRPr="00117536">
+        <w:t>om inte mötet är i direkt anslutning till ordinarie arbetstids början eller slut. NU-turen kan användas - tjänsteresa. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B637529" w14:textId="5E949B4E" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="4A50B690" w:rsidP="206D1DFF">
+    <w:p w14:paraId="5BCC835F" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="00117536">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
       </w:pPr>
-      <w:r w:rsidRPr="206D1DFF">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00117536">
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C06E013" w14:textId="75056566" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="4A50B690" w:rsidP="00973529">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Resor till och från arbetet</w:t>
+    <w:p w14:paraId="4FD8B092" w14:textId="6DB7C217" w:rsidR="00117536" w:rsidRPr="00FD1102" w:rsidRDefault="00117536" w:rsidP="00FD1102">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD1102">
+        <w:t>Resor till och från arbetet </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC4EB5F" w14:textId="2B631E61" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="4A50B690" w:rsidP="00973529">
-[...5 lines deleted...]
-        <w:t>Resa som arbetstagare gör mellan bostad och där man tjänstgör (tjänsteställe) sker alltid utanför arbetstid och bekostas alltid av den anställde.</w:t>
+    <w:p w14:paraId="46FAC1CE" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="00FD1102">
+      <w:r w:rsidRPr="00117536">
+        <w:t>Resa som arbetstagare gör mellan bostad och där man tjänstgör (tjänsteställe) sker alltid utanför arbetstid och bekostas alltid av den anställde. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE9E3D7" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="00117536">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-20" w:right="-20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00117536">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00117536">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D66713" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="00117536">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-20" w:right="-20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00117536">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633D380A" w14:textId="77777777" w:rsidR="00117536" w:rsidRPr="00117536" w:rsidRDefault="00117536" w:rsidP="00117536">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-20" w:right="-20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00117536">
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED1EB72" w14:textId="5090AE4D" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="4A50B690" w:rsidP="206D1DFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20"/>
       </w:pPr>
       <w:r w:rsidRPr="206D1DFF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E02339" w14:textId="1080D7EB" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="007B1AC7" w:rsidP="206D1DFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-20" w:right="-20" w:firstLine="1304"/>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="08C89956" w14:textId="46785120" w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidRDefault="007B1AC7" w:rsidP="206D1DFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007B1AC7" w:rsidRPr="007B1AC7" w:rsidSect="007B1AC7">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2790EB79" w14:textId="77777777" w:rsidR="007532F2" w:rsidRDefault="007532F2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7063A7E2" w14:textId="77777777" w:rsidR="007532F2" w:rsidRDefault="007532F2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="59CA4503" w14:textId="77777777" w:rsidR="007532F2" w:rsidRDefault="007532F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -691,74 +614,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="393832498" name="Bildobjekt 393832498">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -769,73 +692,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1C59247A" w14:textId="77777777" w:rsidR="007532F2" w:rsidRDefault="007532F2"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7DD8046A" w14:textId="77777777" w:rsidR="007532F2" w:rsidRDefault="007532F2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="023A6775" w14:textId="77777777" w:rsidR="007532F2" w:rsidRDefault="007532F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -913,52 +836,52 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="298E21A8" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
@@ -1031,143 +954,63 @@
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
-[...78 lines deleted...]
-    </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1739,51 +1582,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E104E4E6"/>
+    <w:tmpl w:val="C72ECBA6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2106,51 +1949,51 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DDF0BC38"/>
+    <w:tmpl w:val="5E5C5766"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3264,50 +3107,348 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6048" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6768" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77814F14"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="081434DC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78BD31ED"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="110C6C7C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3376,51 +3517,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3490,51 +3631,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="553540775">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="311443444">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1218857535">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1316642959">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="187376836">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="567763405">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="3174803">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="649597595">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="505947052">
     <w:abstractNumId w:val="1"/>
   </w:num>
@@ -3544,293 +3685,313 @@
   <w:num w:numId="11" w16cid:durableId="319389086">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1289435001">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="216088075">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="375737844">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="546141269">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="730276818">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="236944819">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1644189005">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1651595959">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1148202843">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="27920706">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="87968107">
     <w:abstractNumId w:val="16"/>
   </w:num>
+  <w:num w:numId="23" w16cid:durableId="1825393794">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1750535163">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="774328926">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="708456863">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
-[...1 lines deleted...]
-  <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="000612C5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00075998"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
+    <w:rsid w:val="000B5067"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00117536"/>
+    <w:rsid w:val="0012503B"/>
+    <w:rsid w:val="00125B4E"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001B683C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
+    <w:rsid w:val="0029448E"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="00356006"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C346D"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E69BD"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="005442EC"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00596D16"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
+    <w:rsid w:val="006B123B"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="007532F2"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
@@ -3847,259 +4008,267 @@
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="009058D0"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00973529"/>
+    <w:rsid w:val="009828C0"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D01F4"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
+    <w:rsid w:val="00A0637F"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB5EF4"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B363C9"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C25138"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CD0296"/>
+    <w:rsid w:val="00CD0B3D"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF7712"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E4539B"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E64FB4"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FD1102"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="206D1DFF"/>
     <w:rsid w:val="4A50B690"/>
     <w:rsid w:val="6311B4EA"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4132,51 +4301,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4437,174 +4606,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00117536"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -4767,153 +4964,153 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00117536"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00617710"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="24"/>
       </w:numPr>
       <w:spacing w:after="40"/>
-      <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F86F47"/>
+    <w:rsid w:val="00117536"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
@@ -4927,196 +5124,195 @@
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00117536"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="00117536"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00117536"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="00117536"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="0062184C"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00117536"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
-    <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
@@ -5197,118 +5393,119 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00117536"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -6275,71 +6472,70 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="23"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -6442,158 +6638,2148 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00404948"/>
+    <w:rsid w:val="00117536"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00117536"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="UnderrubrikVGR"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00117536"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00117536"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00117536"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00117536"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="294258046">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="506675426">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1268734932">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1341933153">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="200630891">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="525749224">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2047832149">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="92557198">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="812411645">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1755086211">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="598877806">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1949315460">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="497812495">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="138544349">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1143889199">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1086808930">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="789934817">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1208034052">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="297760098">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1525825735">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1044066040">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="386076260">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2103799013">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="937908905">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="613290310">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="871188068">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="354230194">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="294877346">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2069183216">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="887033603">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1047334004">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1078793739">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1071587361">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="401947067">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1113869178">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="313796267">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="128128901">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1193231035">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="697701747">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="812337110">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2110152597">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1297371733">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="279074230">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="377243632">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="72095459">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="944730295">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1558978554">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="820855851">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1309742837">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="650133792">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1322544660">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="156073464">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="282008281">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="894436720">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="962156194">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="637340834">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="508182280">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1131168915">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1447388178">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="582878476">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="497355562">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1754887246">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="184558071">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="431441489">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="526993748">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1283271847">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="552695779">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1765765704">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1217862287">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="550112140">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="341126274">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="428434534">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1155562603">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1093431502">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="875698923">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1148203119">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1224414090">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1755122286">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="455366502">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1272669568">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="764036022">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1989937814">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="18437990">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1755853061">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="368183936">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1720477681">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="889851304">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="923227980">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="685447380">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="556741156">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="12611349">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="742800315">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="589704460">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="2089687960">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="305554652">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1615558526">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1159615904">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2101635635">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1986348569">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1002006492">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="418525632">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="388774006">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="662317395">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1759406314">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="23600385">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1379860707">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1773738751">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1387609233">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="389425016">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1073310427">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1816098012">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1208301714">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1380785517">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2141263847">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1614824872">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1446273178">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="623389828">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1103038071">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1897233865">
+              <w:marLeft w:val="-75"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="30"/>
+              <w:marBottom w:val="30"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="375082295">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1201164674">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1642809918">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1670403080">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1490487074">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1474055756">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="1444155894">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="590898412">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="2083067212">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="545800620">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="123736806">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="708727117">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                    <w:div w:id="1376923977">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="351076588">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1805734131">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="159734247">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="480926999">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="573904087">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="155192730">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1360468358">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="798765467">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="737434298">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="971864003">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="584802583">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1158033965">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="345833809">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1568145749">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="676689365">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="422184944">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="225992734">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="278033726">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1815759658">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="919562041">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -6881,56 +9067,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>209</Words>
-  <Characters>1112</Characters>
+  <Words>182</Words>
+  <Characters>1199</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Resor med NU-turen</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1319</CharactersWithSpaces>
+  <CharactersWithSpaces>1379</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Resor med NU-turen</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Sara Johansson</lastModifiedBy>
-  <revision>12</revision>
+  <revision>27</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>