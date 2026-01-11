--- v0 (2025-12-13)
+++ v1 (2026-01-11)
@@ -1,67 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="57054502" w14:textId="77777777" w:rsidR="000952C3" w:rsidRDefault="000952C3" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="000952C3" w:rsidSect="000952C3">
-          <w:headerReference w:type="default" r:id="rId7"/>
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="16D7E4E0" w14:textId="77777777" w:rsidR="000952C3" w:rsidRPr="000952C3" w:rsidRDefault="000952C3" w:rsidP="000952C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="181"/>
         <w:tblW w:w="0" w:type="auto"/>
@@ -71,2919 +70,2275 @@
         <w:gridCol w:w="8495"/>
       </w:tblGrid>
       <w:tr w:rsidR="000952C3" w:rsidRPr="000952C3" w14:paraId="4B4E5C2E" w14:textId="77777777" w:rsidTr="00631989">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="73742F7A" w14:textId="77777777" w:rsidR="000952C3" w:rsidRPr="00E62D28" w:rsidRDefault="000952C3" w:rsidP="00E62D28">
             <w:pPr>
               <w:pStyle w:val="Rubrik1"/>
             </w:pPr>
             <w:r w:rsidRPr="00E62D28">
               <w:t>NEWS2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="57A56502" w14:textId="77777777" w:rsidR="00DB78B6" w:rsidRDefault="00DB78B6" w:rsidP="00EA4B8E">
-      <w:pPr>
+    <w:p w14:paraId="5CDB4A2D" w14:textId="6DCA568F" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="707"/>
+        <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0636EECF" w14:textId="6DCA568F" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w14:paraId="6CC90B60" w14:textId="2155752C" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1416"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...8 lines deleted...]
-        <w:t>  </w:t>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Revidering i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ECFA36B" w14:textId="77777777" w:rsidR="002135AE" w:rsidRDefault="00E62D28" w:rsidP="002135AE">
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="7917467B" w14:textId="4C853B5C" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:ind w:right="1416"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Förtydligande om att kontinuerlig övervakning ersätter NEWS2 på enheter som har det.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA3C6B6" w14:textId="7F4B7A20" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1416"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00CB5954">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Revidering i denna version</w:t>
+        <w:t>Bakgrund</w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2177094B" w14:textId="0235277E" w:rsidR="002135AE" w:rsidRPr="00D35907" w:rsidRDefault="002135AE" w:rsidP="00D35907">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> på akutmottagningen. Förtydligande av innehåll i den daganteckning som ska skrivas när patienter försämras på vårdavdelning.</w:t>
+    <w:p w14:paraId="7DE04C7C" w14:textId="56D7267B" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:ind w:right="1416"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Patienter som vårdas inneliggande på sjukhus kan när som helst drabbas av en akut försämring. Tre faktorer har visat sig vara viktiga för att förbättra prognosen i sådana fall:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08EDCD7C" w14:textId="6289C9DD" w:rsidR="00E62D28" w:rsidRPr="002135AE" w:rsidRDefault="00E62D28" w:rsidP="002135AE">
-[...25 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="743E03A1" w14:textId="3901D873" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="993" w:right="1416"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>tidig upptäckt av sviktande vitala funktioner  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F0D382" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...17 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="5A6D8198" w14:textId="724DEC08" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="993" w:right="1416"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>tidigt insatta åtgärder </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EEE451" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...13 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="5A480185" w14:textId="7F78B814" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="993" w:right="1416"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>adekvat klinisk kompetens.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41B9B2D8" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...43 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+    <w:p w14:paraId="6A5D7F90" w14:textId="7D5E4012" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:ind w:right="1416"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">NEWS2 står för </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">ational </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">core version </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och är både ett bedömningsinstrument och ett screeninginstrument. Det kan användas för att bedöma och följa den enskilde patientens tillstånd över tid och för att bedöma risk för allvarlig händelse såsom behov av intensivvård, hjärtstopp eller plötslig oväntad död. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A503F9B" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...9 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+    <w:p w14:paraId="23428B28" w14:textId="5E7DDC57" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:ind w:right="1416"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">För utförlig information hänvisas till Vårdhandboken </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="22CACC07">
           <w:rPr>
-            <w:rStyle w:val="normaltextrun"/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>Översikt - Vårdhandboken (vardhandboken.se)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="22CACC07">
         <w:rPr>
           <w:rStyle w:val="eop"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33A4F367" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...24 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="7839D512" w14:textId="59E3467A" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1416"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB5954">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Syfte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A1A84F1" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...17 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="702C3737" w14:textId="2EDA6217" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:ind w:right="1416"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Att öka patientsäkerheten genom att standardisera bedömningen av patienters vitala parametrar och ge förutsättningar för effektivt akut omhändertagande vid försämring. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466AF92D" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...13 lines deleted...]
-          <w:szCs w:val="40"/>
+    <w:p w14:paraId="461C1392" w14:textId="10697435" w:rsidR="00E62D28" w:rsidRPr="00CB5954" w:rsidRDefault="7ED6AAFC" w:rsidP="00CB5954">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="1416"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB5954">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Bedömning enligt NEWS2 </w:t>
-[...8 lines deleted...]
-        <w:t> </w:t>
+        <w:t>Bedömning enligt NEWS2  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E61535" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...17 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="1009A732" w14:textId="07817A8C" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>NEWS2 ska bedömas på alla patienter från 16 års ålder som vårdas inom akut- och slutenvård. Vid kontroll av NEWS2 poängsätts följande 7 parametrar: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C84E45" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...162 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="26AD0BC4" w14:textId="38141709" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C64B2C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="0"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="1712"/>
-      </w:pPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Andningsfrekvens </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="14EF2F25" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00487C77">
-[...3 lines deleted...]
-        <w:ind w:left="567" w:right="855"/>
+    <w:p w14:paraId="39702E5C" w14:textId="00DF45C7" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C64B2C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Syremättnad 1 (Syremättnad 2 endast på läkarordination) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC4008D" w14:textId="4C2C4876" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C64B2C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Tillförd syrgas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D97BBC9" w14:textId="0D7A7712" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C64B2C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Systoliskt blodtryck </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B031E13" w14:textId="2171D2F7" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C64B2C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pulsfrekvens (Om hjärtfrekvens mäts ska detta användas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>istället</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för pulsfrekvens) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5884F661" w14:textId="5C6D18E7" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C64B2C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Medvetandegrad enligt ACVPU – Alert, Confusion, Verbal, Pain, Unresponsive </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEE70AD" w14:textId="733550E5" w:rsidR="00E62D28" w:rsidRPr="00B1769F" w:rsidRDefault="7ED6AAFC" w:rsidP="00B1769F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Temperatur  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23957FEA" w14:textId="2865E63D" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="wacimagecontainer"/>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1168703C" wp14:editId="5BA1CDA8">
-[...2 lines deleted...]
-            <wp:docPr id="180001065" name="Bildobjekt 3"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A2E228D" wp14:editId="108332CD">
+            <wp:extent cx="5676900" cy="2476500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1918385684" name="drawing"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1918385684" name="Picture 1918385684"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5669915" cy="2472690"/>
+                      <a:ext cx="5676900" cy="2476500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E945E3F" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w14:paraId="32F1D9AD" w14:textId="127177DE" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="990" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CA405DF" w14:textId="37ECDD36" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-      <w:pPr>
+    <w:p w14:paraId="604F3A11" w14:textId="752084D6" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Samtliga NEWS2-parametrar måste bedömas och poängsättas var och en med 0 till 3 poäng beroende på hur mycket värdet avviker från ett normalvärde. Behov av syrgasbehandling ger alltid 2 poäng. De enskilda poängen summeras ihop till ett NEWS2-värde, vilket kan vara mellan 0 och 20 poäng. Den sammanlagda poängen utgör ett mått på risk för kritisk sjukdom. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6526B967" w14:textId="281908AA" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00087730">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Utredning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3694F8EE" w14:textId="0CB0EA28" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:ind w:right="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>NEWS2 ska kontrolleras av, undersköterska, sjuksköterska eller läkare. Samtliga parametrar ska bedömas vid samma tillfälle. Med hjälp av NEWS2-poängen bedöms vilken risk för kritisk sjukdom patienten har samt ger ett stöd för rekommendationer om bedömningsfrekvens, åtgärder samt vilken klinisk kompetensnivå patienten behöver. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C5570F" w14:textId="42649993" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:ind w:right="424"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Patientansvarig läkare bör kontaktas vid allvarlig oro för patienten oavsett NEWS-värde!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:rStyle w:val="eop"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405807F7" w14:textId="77777777" w:rsidR="00EE1A78" w:rsidRDefault="00EE1A78" w:rsidP="00EE1A78">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+    <w:p w14:paraId="171EC1AC" w14:textId="2F447462" w:rsidR="00E62D28" w:rsidRPr="001223DF" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001223DF">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Dokumentation av NEWS2-poäng</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143ED087" w14:textId="5AFBEF3E" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>NEWS2-poäng och ingående NEWS2-mätvärden dokumenteras i patientjournalen i Melior.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0F6430" w14:textId="7AAEF2A7" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4AEB85E7" w14:textId="77777777" w:rsidR="006A4234" w:rsidRDefault="00EE1A78" w:rsidP="00EE1A78">
-[...30 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+    <w:p w14:paraId="720B2AE1" w14:textId="1FD60F9C" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Mätvärdesappen rekommenderas som verktyg för att registrera NEWS2-parametrar. För info se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...112 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="22CACC07">
           <w:rPr>
-            <w:rStyle w:val="normaltextrun"/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
           </w:rPr>
-          <w:t xml:space="preserve">Mobil </w:t>
-[...17 lines deleted...]
-          <w:t xml:space="preserve"> - NU-sjukvården (vgregion.se)</w:t>
+          <w:t>Mobil mätvärdesapp - NU-sjukvården (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EFF6E3" w14:textId="28FFCD67" w:rsidR="00E62D28" w:rsidRPr="001223DF" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001223DF">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>NEWS2-poäng och åtgärdstrappan  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698FE7F6" w14:textId="5000156F" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="705"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="eop"/>
-[...47 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FE58436" wp14:editId="230DFE2F">
-            <wp:extent cx="3927494" cy="4134678"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5072B378" wp14:editId="469366C2">
+            <wp:extent cx="3924300" cy="4133850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1472314914" name="Bildobjekt 2"/>
+            <wp:docPr id="182885671" name="drawing"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="182885671" name="Picture 182885671"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15">
+                    <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3934729" cy="4142294"/>
+                      <a:ext cx="3924300" cy="4133850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="22CACC07">
         <w:rPr>
           <w:rStyle w:val="eop"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="103447CD" w14:textId="77777777" w:rsidR="00EE1A78" w:rsidRDefault="00EE1A78" w:rsidP="00EE1A78">
-[...79 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="0A31CEC1" w14:textId="08706845" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C64B2C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="0"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:ind w:left="1418" w:right="991"/>
-[...5 lines deleted...]
-        <w:t> </w:t>
+        <w:ind w:left="993" w:right="991"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>1 till 4 poäng ska medföra bedömning av sjuksköterska.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26C7873E" w14:textId="77777777" w:rsidR="00EE1A78" w:rsidRDefault="00EE1A78" w:rsidP="00EE1A78">
-[...6 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+    <w:p w14:paraId="22AD5334" w14:textId="0F4D02DB" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C64B2C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:ind w:left="993" w:right="991"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>3 poäng i en enskild parameter ska medföra kontakt med ansvarig läkare samt eventuellt team med kompetens i akut omhändertagande.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A81A24" w14:textId="647079BE" w:rsidR="00E62D28" w:rsidRPr="00666F95" w:rsidRDefault="7ED6AAFC" w:rsidP="00666F95">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:ind w:left="993" w:right="991"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>5 till 6 poäng ska medföra skyndsam bedömning av ansvarig läkare samt eventuellt team med kompetens i akut omhändertagande. Överväg kontakt med MIG.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4005D682" w14:textId="6F361696" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C64B2C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="993" w:right="991"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">7 poäng eller mer indikerar hög risk för kritisk sjukdom. Denna viktiga varningssignal ska tas på största allvar och ansvarig läkare ska omedelbart tillkallas. Ta kontakt med MIG (Mobil </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>IntensivvårdsGrupp</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...10 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>) och överväg kontinuerlig monitorering på enhet där adekvat kompetens finns tillgänglig dygnet runt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F9C1F07" w14:textId="77777777" w:rsidR="00EE1A78" w:rsidRDefault="00EE1A78" w:rsidP="00EE1A78">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w14:paraId="733ACD7C" w14:textId="6ED74453" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="990" w:right="705"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="wacimagecontainer"/>
-          <w:rFonts w:ascii="Segoe UI" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6ADD2092" wp14:editId="40377687">
-[...2 lines deleted...]
-            <wp:docPr id="62228430" name="Bildobjekt 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E647DE2" wp14:editId="1DE657B9">
+            <wp:extent cx="2914650" cy="1543050"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1331411293" name="drawing"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1331411293" name="Picture 1331411293"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16">
+                    <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2905125" cy="1533525"/>
+                      <a:ext cx="2914650" cy="1543050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335F30A7" w14:textId="77777777" w:rsidR="00EE1A78" w:rsidRDefault="00EE1A78" w:rsidP="00EE1A78">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+    <w:p w14:paraId="1DEDA595" w14:textId="79426C2E" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Helhetsbilden av den aktuella situationen får avgöra var patienten fortsättningsvis ska vårdas.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2F0FF4" w14:textId="4F9C31B2" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="006298" w:themeColor="accent1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">För mer information om MIG läs: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidRPr="22CACC07">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+            <w:color w:val="006298" w:themeColor="accent1"/>
+          </w:rPr>
+          <w:t>MIG - Riktlinje för Mobil IntensivvårdsGrupp (vgregion.se)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="006298" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AAA06A" w14:textId="24177697" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="65DA39BA" w14:textId="77777777" w:rsidR="00EE1A78" w:rsidRDefault="00EE1A78" w:rsidP="00EE1A78">
-[...39 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="7D40D47F" w14:textId="3A878DA4" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>När NEWS2 ska kontrolleras </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="729E271D" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00EE1A78">
-[...3 lines deleted...]
-        <w:ind w:right="855"/>
+    <w:p w14:paraId="168D1CB7" w14:textId="1B384559" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00A21673">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>På akutmottagningen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEB7711" w14:textId="60CE84E8" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00995992">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>NEWS2 kontrolleras på alla patienter som del i triageringen.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="62038EB3" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...24 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="5BC44E21" w14:textId="1271A0D4" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00995992">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>NEWS2 0-4p följs enligt algoritmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D865513" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...24 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="09E25FAF" w14:textId="0E4CEDA9" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00995992">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>NEWS2 ≥5p (eller 3p i en parameter) kontrolleras enligt läkarordination under vårdtiden på akutmottagningen. Akutmottagningen har tillgång till kontinuerlig övervakning och läkare på plats dygnet runt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B3EDD1E" w14:textId="44A81DD1" w:rsidR="00472DBA" w:rsidRPr="00D35907" w:rsidRDefault="00472DBA" w:rsidP="00D35907">
-[...10 lines deleted...]
-        <w:t>NEWS2 kontrolleras på alla patienter som del i triageringen.</w:t>
+    <w:p w14:paraId="4C625D89" w14:textId="7DB38F50" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00995992">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Om patienten går hem ska NEWS2 kontrolleras innan hemgång.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E78D1FA" w14:textId="562967D4" w:rsidR="00472DBA" w:rsidRPr="00D35907" w:rsidRDefault="00472DBA" w:rsidP="00D35907">
-[...8 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+    <w:p w14:paraId="450F560C" w14:textId="4B5C9A70" w:rsidR="00E62D28" w:rsidRPr="00995992" w:rsidRDefault="7ED6AAFC" w:rsidP="00995992">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995992">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Vid beslut om inskrivning i slutenvård</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4915A1A2" w14:textId="69603DC2" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00995992">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>NEWS2 0-4p följs enligt algoritmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF90A7D" w14:textId="02AC18F1" w:rsidR="00472DBA" w:rsidRPr="00D35907" w:rsidRDefault="00472DBA" w:rsidP="00D35907">
-[...52 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="0768CDA6" w14:textId="7798B273" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00995992">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>NEWS ≥5p (eller 3p i en parameter) som inte förbättras efter behandling på akutmottagningen bör diskuteras med Narkosjour avseende IVA/IMA-vård.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E32135F" w14:textId="4552DB1C" w:rsidR="00EE4FCD" w:rsidRPr="00D35907" w:rsidRDefault="00EE4FCD" w:rsidP="00D35907">
-[...126 lines deleted...]
-        <w:r w:rsidRPr="00D35907">
+    <w:p w14:paraId="42600A8B" w14:textId="27923DCB" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00995992">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NEWS ≥5p (eller 3p i en parameter) som läggs in på vårdavdelning ska rapporteras muntligt till mottagande läkare enligt </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22">
+        <w:r w:rsidRPr="22CACC07">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>Rapport läkare till läkare vid inläggning.pdf.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00595E56" w:rsidRPr="00D35907">
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
         <w:t>Tydliga fortsatta ordinationer ska framgå av inskrivningsrapporten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF6464A" w14:textId="5E445BB6" w:rsidR="001C347F" w:rsidRPr="00D35907" w:rsidRDefault="001C347F" w:rsidP="00D35907">
-[...25 lines deleted...]
-        <w:r w:rsidRPr="00D35907">
+    <w:p w14:paraId="3E64F6FE" w14:textId="6E0EA2A1" w:rsidR="00E62D28" w:rsidRPr="00B1769F" w:rsidRDefault="7ED6AAFC" w:rsidP="00995992">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ansvarig läkare kan ordinera avsteg i övervakningsfrekvens och åtgärder för en enskild patient om den inte bedöms gagnas av kontrollerna. Det ska dokumenteras i inskrivningsrapporten. Vid ett sådant undantag bör man överväga Behandlingsbegränsningar samt dokumentera det. Se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23">
+        <w:r w:rsidRPr="22CACC07">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>Ställningstagande till behandlingsbegränsning.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6114FA94" w14:textId="6D7EF3EF" w:rsidR="00595E56" w:rsidRDefault="00595E56" w:rsidP="00595E56">
-[...19 lines deleted...]
-    <w:p w14:paraId="5F3D27F4" w14:textId="2EECC1DB" w:rsidR="00595E56" w:rsidRPr="00A70472" w:rsidRDefault="00595E56" w:rsidP="00A70472">
+    <w:p w14:paraId="007DC59E" w14:textId="77777777" w:rsidR="00B1769F" w:rsidRDefault="00B1769F" w:rsidP="00B1769F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:hanging="218"/>
-[...6 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+        <w:ind w:left="717"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B54948C" w14:textId="77777777" w:rsidR="00F404C8" w:rsidRDefault="00F404C8" w:rsidP="00B1769F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="717"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D00042A" w14:textId="58B33D13" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00F404C8">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Inför transport till avdelningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED05AFC" w14:textId="1867FBAC" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="002C225F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">NEWS2 kontrolleras inför transport. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A15769C" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
+    <w:p w14:paraId="1C58F5FD" w14:textId="7086DBA3" w:rsidR="00E62D28" w:rsidRPr="006048B4" w:rsidRDefault="7ED6AAFC" w:rsidP="002C225F">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...18 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006048B4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">På </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006048B4">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>avdelningen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006048B4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14741B36" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...13 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="65A45380" w14:textId="1E29B1FF" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="002C225F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Om patienten kommer från akutmottagning ska initiala kontroller ske enligt den NEWS2-bedömning som gjordes på akutmottagning. Vid misstanke om försämring ska NEWS2 kontrolleras redan vid ankomst.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4544A69B" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...13 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="44D7E57E" w14:textId="4A4B849E" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="002C225F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Om patienten läggs in via annan enhet, eller kommer direkt hemifrån ska NEWS2 kontrolleras vid ankomst. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6161FAA6" w14:textId="77777777" w:rsidR="007F5E57" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Lägsta övervakningsfrekvens är två gånger per dygn. </w:t>
+    <w:p w14:paraId="5F41B00E" w14:textId="12F9C8AD" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="002C225F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NEWS2 kontrolleras kontinuerligt under hela sjukhusvistelsen med övervakningsfrekvens enligt åtgärdstrappan. Lägsta övervakningsfrekvens är två gånger per dygn. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B866CA" w14:textId="2436127F" w:rsidR="00E62D28" w:rsidRPr="00D35907" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...67 lines deleted...]
-        <w:r w:rsidR="00E615A6" w:rsidRPr="00D35907">
+    <w:p w14:paraId="1CAD0887" w14:textId="590FE3D2" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="002C225F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ansvarig läkare kan ordinera avsteg i övervakningsfrekvens och åtgärder för en enskild patient om den inte bedöms gagnas av kontrollerna. Undantag ska dokumenteras i Planering, sökord; NEWS2 undantag. Vid ett sådant undantag bör man överväga Behandlingsbegränsningar samt dokumentera det. Se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24">
+        <w:r w:rsidRPr="22CACC07">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>Ställningstagande till behandlingsbegränsning.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3FCAE322" w14:textId="3BB49B31" w:rsidR="00E615A6" w:rsidRPr="00EC61C2" w:rsidRDefault="00E615A6" w:rsidP="00EC61C2">
+    <w:p w14:paraId="6CCD6330" w14:textId="06284FEB" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="002C225F">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:rPr>
-[...20 lines deleted...]
-        <w:t> </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Patient som försämras på vårdavdelning  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7BF96D" w14:textId="31643DA3" w:rsidR="00E615A6" w:rsidRPr="00D35907" w:rsidRDefault="00E615A6" w:rsidP="00D35907">
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> enligt denna daganteckning.</w:t>
+    <w:p w14:paraId="2C3B04CF" w14:textId="454E3D1A" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="002C225F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Vid NEWS2 ≥5p ska läkare bedöma patienten på plats. Därefter ska en daganteckning skrivas som inkluderar var patienten ska vårdas, vilken behandling som ska ges och hur fortsatta kontroller ska göras. De fortsatta kontrollerna görs därefter enligt denna daganteckning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49683736" w14:textId="547A932E" w:rsidR="00A70472" w:rsidRDefault="001C347F" w:rsidP="00D35907">
-[...52 lines deleted...]
-        <w:t>-undantag i Planering, sökord; NEWS2 undantag.</w:t>
+    <w:p w14:paraId="1B3BE79C" w14:textId="1A772920" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="002C225F">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="993"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Om bedömningen är att NEWS2 inte längre ska följas måste det även dokumenteras som NEWS2-undantag i Planering, sökord; NEWS2 undantag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6D3AD3" w14:textId="77777777" w:rsidR="00A70472" w:rsidRDefault="00A70472">
+    <w:p w14:paraId="1862DDEE" w14:textId="38C90F88" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="22CACC07">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...8 lines deleted...]
-      </w:r>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E4C5575" w14:textId="2DC99C3F" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
+    <w:p w14:paraId="71F631CA" w14:textId="652972CD" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="002C225F">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:rPr>
-[...21 lines deleted...]
-        <w:t> </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Före utskrivning från enhet med kontinuerlig övervakning (exempelvis IVA och UVA) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11774FEF" w14:textId="141531F4" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
+    <w:p w14:paraId="5E19490D" w14:textId="03C251A0" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...34 lines deleted...]
-        <w:t> </w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Kontinuerlig övervakning ersätter NEWS2-kontroller.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294242EA" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...49 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="2569E8B2" w14:textId="0BEE1A7D" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C06AB9">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="0"/>
+          <w:numId w:val="23"/>
         </w:numPr>
-        <w:ind w:left="1712"/>
-      </w:pPr>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C06AB9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia"/>
+        </w:rPr>
+        <w:t>NEWS2 ska kontrolleras och dokumenteras innan patienten lämnar e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>nheten. Patienter med 5 poäng eller mer (eller 3p i en enskild parameter) på enheter med kontinuerlig övervakning ska ha en tydlig ordination om fortsatta NEWS2-bedömningar och åtgärder på mottagande vårdavdelning. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0F580789" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRPr="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
+    <w:p w14:paraId="021C9191" w14:textId="782A60C8" w:rsidR="00E62D28" w:rsidRPr="006048B4" w:rsidRDefault="7ED6AAFC" w:rsidP="006048B4">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006048B4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Inför utskrivning  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12682FEB" w14:textId="127F991E" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C06AB9">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Bedömning ska vara utförd inom 24 timmar före hemgång. Bedömning av vitalparametrar inom 24 timmar före utskrivning har visat sig korrelera till risk för både återinläggning och död inom 30 dagar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E31E8E" w14:textId="2E122163" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:ind w:left="1712" w:hanging="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77932BA0" w14:textId="5ED65106" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C06AB9">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E62D28">
-[...9 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Avsteg från NEWS2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F25D5C1" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...17 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="71C08E25" w14:textId="39C3B0BC" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="22CACC07">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Hos vissa patientgrupper kan NEWS2-bedömningen behöva anpassas: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="298635CA" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRPr="007C4302" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...14 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="091C6521" w14:textId="5929B4EA" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C06AB9">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="851" w:right="-2"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Patienter med låg habituell syremättnad  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCA56B5" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRPr="007C4302" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...6 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+    <w:p w14:paraId="2ED0E304" w14:textId="1ED42DB8" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C06AB9">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="851" w:right="-2"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienter med vissa sjukdomar som till exempel KOL kan i vissa fall ha en låg habituell syremättnad. För dessa patienter kan ansvarig läkare ordinera att den ordinarie parametern </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C4302">
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Syremättnad 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C4302">
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> utgår och ersätts av </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C4302">
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Syremättnad 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C4302">
-[...9 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>. Beslutet ska dokumenteras som anteckning ”NEWS2 undantag” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196D2CCE" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRPr="007C4302" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...14 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="581A43FB" w14:textId="1E74FDA9" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C06AB9">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="851" w:right="-2"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Patienter med epiduralbedövning  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C5CA684" w14:textId="53C203B4" w:rsidR="00E62D28" w:rsidRPr="007C4302" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...6 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+    <w:p w14:paraId="2E5BF1EB" w14:textId="18B85768" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C06AB9">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="851" w:right="-2"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienter med epiduralbedövning (EDA) har ofta ett systoliskt blodtryck som medför 2 till 3 poäng i NEWS2. </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C4302">
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:color w:val="201F1E"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Övervakningsparametrar, övervakningsfrekvens och eventuella åtgärder framgår av rutinen </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C4302">
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>om</w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="007C4302">
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidRPr="22CACC07">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
-          <w:t> </w:t>
+          <w:t> </w:t>
         </w:r>
-        <w:r w:rsidRPr="007C4302">
+        <w:r w:rsidRPr="22CACC07">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>Epiduralanvändning på vårdavdelning</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007C4302">
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C4302">
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           <w:color w:val="201F1E"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C4302">
-[...3 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>Ansvarig anestesiläkare</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C4302">
+      <w:r w:rsidRPr="22CACC07">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C4302">
+      <w:r w:rsidRPr="22CACC07">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>ordinera en</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C4302">
+      <w:r w:rsidRPr="22CACC07">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...132 lines deleted...]
-      <w:r w:rsidRPr="007C4302">
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>gräns för lägsta acceptabla systoliska blodtryck i ordinationen för läkemedelsblandning i EDA i läkemedelsmodulen i Melior.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="22CACC07">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="596CDAF6" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRPr="007C4302" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...14 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="73AA6666" w14:textId="6A493514" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C06AB9">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="851" w:right="-2"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Gravida kvinnor  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4018F45F" w14:textId="1B5704EE" w:rsidR="00E62D28" w:rsidRPr="007C4302" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...6 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+    <w:p w14:paraId="34A3AC86" w14:textId="13969AE0" w:rsidR="00E62D28" w:rsidRDefault="7ED6AAFC" w:rsidP="00C06AB9">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="851" w:right="-2"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve">För gravida kvinnor och t o m 6 v efter förlossningen gäller inte gränser och poäng i NEWS2. Man använder sig </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007C4302">
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t>istället</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007C4302">
-[...1 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> av Obstetrisk NEWS2, v g se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="007C4302">
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidRPr="22CACC07">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
           </w:rPr>
           <w:t>rutinen om NEWS2 på kvinnokliniken. </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1863B4A9" w14:textId="77777777" w:rsidR="00E62D28" w:rsidRPr="007C4302" w:rsidRDefault="00E62D28" w:rsidP="00E62D28">
-[...236 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="109F1CDA" w14:textId="7291CCE1" w:rsidR="008F6966" w:rsidRPr="00C06AB9" w:rsidRDefault="7ED6AAFC" w:rsidP="00C06AB9">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="0"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:ind w:left="1276" w:right="-2"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="851" w:right="-2"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="22CACC07">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Barn under 16 år  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="54D7CA94" w14:textId="77777777" w:rsidR="00915C32" w:rsidRPr="00915C32" w:rsidRDefault="00915C32" w:rsidP="00E62D28">
-[...109 lines deleted...]
-    <w:sectPr w:rsidR="008F6966" w:rsidSect="000952C3">
+    <w:sectPr w:rsidR="008F6966" w:rsidRPr="00C06AB9" w:rsidSect="000952C3">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="311879B2" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05">
+    <w:p w14:paraId="3B7A8589" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BBACC39" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05">
+    <w:p w14:paraId="4B39516C" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="227AFBB9" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05">
+    <w:p w14:paraId="169C8799" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2995,140 +2350,140 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -3157,63 +2512,63 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -3235,87 +2590,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54FAA490" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05"/>
+    <w:p w14:paraId="0F1B77AB" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34261410" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05">
+    <w:p w14:paraId="17375974" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2D06F71A" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05">
+    <w:p w14:paraId="69BBE82E" w14:textId="77777777" w:rsidR="006E1B05" w:rsidRDefault="006E1B05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3345,100 +2700,100 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="02F7F5EA" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3468,113 +2823,226 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="CF72C020"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A47761F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="03CCEC9A"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BF85207"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F9C235F8"/>
     <w:lvl w:ilvl="0" w:tplc="C5560278">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2792" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
@@ -3619,51 +3087,277 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6392" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7832" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="129040DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1908A954"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15A44E4C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="766C8EE6"/>
+    <w:lvl w:ilvl="0" w:tplc="B9429CFC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="151AC4A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BB0EA62A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20D27F00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="97B69F10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A1AA9EA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C1601AD2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5A82C5BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8A848F64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4668543A"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3733,51 +3427,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F6F0B29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="19DC6F02"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3846,51 +3540,503 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32732DE5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A76ADCE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35CB5C57"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A34C234C"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38104B9A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="74184E4A"/>
+    <w:lvl w:ilvl="0" w:tplc="C8D0514A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="05562CE8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3AB49F24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D28CED34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="643A5EB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2AD6AF30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="674A10E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14C892EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFACFEA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="397F7C43"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B14C3C78"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE787D7C"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3960,51 +4106,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47195D00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CCA2F4B2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4073,51 +4219,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E232F8A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E16C940E"/>
+    <w:lvl w:ilvl="0" w:tplc="5B0077B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="471686EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="707E0AB0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6EF4E634">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0E44A482">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A78AE718">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08667E50">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2B888D2A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1DD4C804">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4187,673 +4446,1208 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="637106021">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="546A379C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6E8FCB8"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="614B34E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8FB81E9E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7920093E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ADF288C0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79EE7C91"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6F27FEE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1441300229">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="294070688">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="449205416">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="637106021">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1037855449">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="135924090">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1217399658">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="655232332">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1384597324">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1037855449">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="10" w16cid:durableId="415327070">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="135924090">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="11" w16cid:durableId="1979719017">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1217399658">
+  <w:num w:numId="12" w16cid:durableId="1892955026">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="763037931">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="511577499">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="217129856">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1677880606">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="182980364">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1155880241">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1493450433">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1417903794">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2090036975">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="655232332">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="22" w16cid:durableId="494417522">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1384597324">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="23" w16cid:durableId="785276856">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="415327070">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="24" w16cid:durableId="1522158648">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1979719017">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="25" w16cid:durableId="1238436069">
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000034B5"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00017A54"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="000443E4"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="00087730"/>
     <w:rsid w:val="00087AFB"/>
     <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00092F81"/>
     <w:rsid w:val="000952C3"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000A7411"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C419B"/>
     <w:rsid w:val="000C7FD9"/>
+    <w:rsid w:val="000E018C"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F6880"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00115114"/>
+    <w:rsid w:val="001223DF"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="00137D86"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019226A"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001B545A"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C347F"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001F5AF0"/>
     <w:rsid w:val="00205887"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="002135AE"/>
     <w:rsid w:val="00213A13"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00231052"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00255099"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00260E22"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00286696"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C225F"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="003057A4"/>
     <w:rsid w:val="003059CD"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
+    <w:rsid w:val="003250C3"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
+    <w:rsid w:val="00347A07"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="003633C2"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
+    <w:rsid w:val="00371411"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003F0E55"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446053"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00472DBA"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="00487C77"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B1359"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004C2AE8"/>
     <w:rsid w:val="004D05BC"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="005033D6"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00530D78"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="0056561B"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00595E56"/>
     <w:rsid w:val="00597DDE"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A0A06"/>
     <w:rsid w:val="005A1550"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B79F4"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D5B0F"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="006048B4"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00666F95"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="00674836"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4234"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E0C24"/>
     <w:rsid w:val="006E1B05"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E6A28"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="00781DA9"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B059F"/>
     <w:rsid w:val="007C4302"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E6692"/>
     <w:rsid w:val="007E7A0E"/>
     <w:rsid w:val="007F04C0"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="007F5E57"/>
     <w:rsid w:val="0081017E"/>
     <w:rsid w:val="00821A1B"/>
+    <w:rsid w:val="00824827"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00830DAE"/>
     <w:rsid w:val="00833929"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="00851596"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="008F67D1"/>
     <w:rsid w:val="008F6966"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00915C32"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="00933FBD"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00940B36"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009462D9"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="009570F2"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00993FEE"/>
     <w:rsid w:val="009949DA"/>
+    <w:rsid w:val="00995992"/>
     <w:rsid w:val="009A1B43"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
+    <w:rsid w:val="009E12D3"/>
+    <w:rsid w:val="009E3FF4"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A03C0F"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A21673"/>
     <w:rsid w:val="00A257A2"/>
+    <w:rsid w:val="00A25FDF"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A444F8"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65D43"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A66533"/>
     <w:rsid w:val="00A70472"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A842B4"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA5ADD"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
+    <w:rsid w:val="00AA7BC1"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB70BF"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE0BD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF1BBB"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B0145C"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B1769F"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52CBC"/>
     <w:rsid w:val="00B533A2"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B9394B"/>
+    <w:rsid w:val="00B95451"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE5B1B"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF4E1C"/>
     <w:rsid w:val="00C0636D"/>
+    <w:rsid w:val="00C06AB9"/>
     <w:rsid w:val="00C07201"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C1729E"/>
     <w:rsid w:val="00C21F43"/>
+    <w:rsid w:val="00C37A4D"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C64B2C"/>
     <w:rsid w:val="00C650F3"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
+    <w:rsid w:val="00C7293A"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB5954"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CD7FE8"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D06E78"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D35907"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D41279"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D60459"/>
     <w:rsid w:val="00D63B9D"/>
+    <w:rsid w:val="00D65498"/>
+    <w:rsid w:val="00D729E0"/>
     <w:rsid w:val="00D802A5"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB78B6"/>
     <w:rsid w:val="00DD2976"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00E02126"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E108C5"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E17629"/>
+    <w:rsid w:val="00E21297"/>
     <w:rsid w:val="00E3203A"/>
     <w:rsid w:val="00E35059"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E615A6"/>
     <w:rsid w:val="00E62D28"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E84B55"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E9282B"/>
     <w:rsid w:val="00E96345"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EA4B8E"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC61C2"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE1A78"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE4FCD"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F335DC"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F404C8"/>
     <w:rsid w:val="00F40B14"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC592F"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="22CACC07"/>
+    <w:rsid w:val="25099C75"/>
+    <w:rsid w:val="47A42C23"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="7ED6AAFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5635,51 +6429,51 @@
     <w:qFormat/>
     <w:rsid w:val="00D35907"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00D35907"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="12"/>
       </w:numPr>
       <w:spacing w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00D35907"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
@@ -5787,51 +6581,51 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D35907"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="5"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00D35907"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
@@ -7074,51 +7868,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00D35907"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D35907"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="11"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
@@ -7376,51 +8170,51 @@
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D35907"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8673,51 +9467,51 @@
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="1838037236">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-856941882-25/surrogate/Rapport%20l%c3%a4kare%20till%20l%c3%a4kare%20vid%20inl%c3%a4ggning.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10086-1525759947-192/SURROGATE/Epiduralanv%c3%a4ndning%20p%c3%a5%20v%c3%a5rdavdelning.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/akut-bedomning-och-skattning/bedomning-enligt-news/oversikt/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco-offentlig.vgregion.se/alfresco/service/vgr/storage/node/content/13448/MIG%20-%20Riktlinje%20f%c3%b6r%20Mobil%20Intensivv%c3%a5rdsGrupp.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/akut-bedomning-och-skattning/bedomning-enligt-news" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-66/surrogate/St%c3%a4llningstagande%20till%20behandlingsbegr%c3%a4nsning.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lof.se/filer/NEWS2-broschyr.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10035-986315719-242/surrogate/Swe-PEWS%20Dagjoursmottagning%20%26%20Avdelning%2023.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-66/surrogate/St%c3%a4llningstagande%20till%20behandlingsbegr%c3%a4nsning.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/stod-och-tjanster/system-a-o/melior/matvardesapp/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10091-662869119-174/SURROGATE/Obstetrisk%20NEWS%202.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/stod-och-tjanster/system-a-o/melior/matvardesapp/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10091-662869119-174/SURROGATE/Obstetrisk%20NEWS%202.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco-offentlig.vgregion.se/alfresco/service/vgr/storage/node/content/13448/MIG%20-%20Riktlinje%20f%c3%b6r%20Mobil%20Intensivv%c3%a5rdsGrupp.pdf?a=false&amp;guest=true" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10086-1525759947-192/SURROGATE/Epiduralanv%c3%a4ndning%20p%c3%a5%20v%c3%a5rdavdelning.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/akut-bedomning-och-skattning/bedomning-enligt-news/oversikt/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-66/surrogate/St%c3%a4llningstagande%20till%20behandlingsbegr%c3%a4nsning.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-66/surrogate/St%c3%a4llningstagande%20till%20behandlingsbegr%c3%a4nsning.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-856941882-25/surrogate/Rapport%20l%c3%a4kare%20till%20l%c3%a4kare%20vid%20inl%c3%a4ggning.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -9004,71 +9798,204 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>9485</Characters>
+  <Pages>6</Pages>
+  <Words>1032</Words>
+  <Characters>8071</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11252</CharactersWithSpaces>
+  <CharactersWithSpaces>9085</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="48" baseType="variant">
+      <vt:variant>
+        <vt:i4>3932216</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10091-662869119-174/SURROGATE/Obstetrisk NEWS 2.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4391004</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10086-1525759947-192/SURROGATE/Epiduralanv%c3%a4ndning p%c3%a5 v%c3%a5rdavdelning.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>852042</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-66/surrogate/St%c3%a4llningstagande till behandlingsbegr%c3%a4nsning.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>852042</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-2087047004-66/surrogate/St%c3%a4llningstagande till behandlingsbegr%c3%a4nsning.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966172</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10092-856941882-25/surrogate/Rapport l%c3%a4kare till l%c3%a4kare vid inl%c3%a4ggning.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>458757</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://alfresco-offentlig.vgregion.se/alfresco/service/vgr/storage/node/content/13448/MIG - Riktlinje f%c3%b6r Mobil Intensivv%c3%a5rdsGrupp.pdf?a=false&amp;guest=true</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>196629</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/stod-och-tjanster/system-a-o/melior/matvardesapp/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769477</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.vardhandboken.se/vard-och-behandling/akut-bedomning-och-skattning/bedomning-enligt-news/oversikt/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>NEWS2</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>