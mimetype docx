--- v1 (2026-02-25)
+++ v2 (2026-03-19)
@@ -3,5745 +3,5826 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="43A8F889" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc210292047"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc221278032"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc222910523"/>
       <w:r w:rsidRPr="00EF2CA8">
         <w:t>Gashandbok</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> NU-sjukvården</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="451276900"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="50B24FC0" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
           <w:pPr>
             <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
           </w:pPr>
           <w:r>
             <w:t>Innehåll</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="64E7EE80" w14:textId="1E8F2181" w:rsidR="00063970" w:rsidRDefault="007122E7">
+        <w:p w14:paraId="01157A65" w14:textId="28E8020B" w:rsidR="00D57D30" w:rsidRDefault="007122E7">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText>TOC \o "1-3" \z \u \h</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc221278032" w:history="1">
-            <w:r w:rsidR="00063970" w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910523" w:history="1">
+            <w:r w:rsidR="00D57D30" w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Gashandbok NU-sjukvården</w:t>
             </w:r>
-            <w:r w:rsidR="00063970">
+            <w:r w:rsidR="00D57D30">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00063970">
+            <w:r w:rsidR="00D57D30">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00063970">
-[...12 lines deleted...]
-            <w:r w:rsidR="00063970">
+            <w:r w:rsidR="00D57D30">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910523 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D57D30">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00D57D30">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00063970">
+            <w:r w:rsidR="00D57D30">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00063970">
+            <w:r w:rsidR="00D57D30">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="30B591BF" w14:textId="00DB5E93" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="30052266" w14:textId="79ACE969" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278033" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910524" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Förändringar sedan föregående version</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278033 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910524 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="40A51FC8" w14:textId="5EC083CB" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="50057540" w14:textId="3C749088" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278034" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910525" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1 Bakgrund och syfte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278034 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910525 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="19C11BDE" w14:textId="2A222AB7" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="7C70078D" w14:textId="5C46AFF8" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278035" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910526" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2 Gaskommitté vid NU-sjukvården</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278035 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910526 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2056CFD1" w14:textId="15E54F9F" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="70DEB8EF" w14:textId="1EADC769" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278036" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910527" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3 Ansvar och roller</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278036 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910527 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3D6F594C" w14:textId="51418224" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="2B69ADD3" w14:textId="0929AD9C" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278037" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910528" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.1 Produktägare</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278037 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910528 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="73C18050" w14:textId="4EEECFB6" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="103E3B04" w14:textId="5A94E81D" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278038" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910529" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.2 Anläggningsförvaltare</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278038 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910529 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="616476BF" w14:textId="2A1C2B5D" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="3E6AC73E" w14:textId="27BE5B18" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278039" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910530" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.3 Medicintekniskt ansvarig</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278039 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910530 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="662C56A0" w14:textId="5ABB8006" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="216A779B" w14:textId="0310E39C" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278040" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910531" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.4 Farmaceutiskt ansvarig</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278040 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910531 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4E041EC7" w14:textId="28712161" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="0C7B463C" w14:textId="0DC89073" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278041" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910532" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.5 Verksamhetschef</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278041 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910532 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0F1D8C4A" w14:textId="6A0CEF20" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="704225DD" w14:textId="3C5045BE" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278042" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910533" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.6 Vårdpersonal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278042 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910533 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7B9BBE1C" w14:textId="33691ED5" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="34B386B9" w14:textId="31D8A38A" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278043" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910534" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4 Kvalitetskontroll</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278043 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910534 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="20D9201A" w14:textId="76854035" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="66442F5C" w14:textId="1F4C79FA" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278044" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910535" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.1 Besiktning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278044 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910535 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="44B13686" w14:textId="3B9BB00C" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="60D9D98D" w14:textId="4299427B" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278045" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910536" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.2 Årlig driftkontroll</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278045 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910536 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5D858B8B" w14:textId="273596DC" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="207BDD1A" w14:textId="49F78C6F" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278046" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910537" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5 Skötsel och drift av centralgassystem för medicinska gaser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278046 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910537 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="67473DAB" w14:textId="095E0C42" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="4ADDF0FB" w14:textId="21797772" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278047" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910538" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.1 Medicinska gascentraler</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278047 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910538 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3315B1B9" w14:textId="0BC96B4C" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="3F72B269" w14:textId="21C432A7" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278048" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910539" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.2 Central för komprimerad luft</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278048 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910539 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="624FCF8F" w14:textId="50F3F4F0" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="2E334F32" w14:textId="3F63028E" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278049" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910540" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6 Avbrott i gasförsörjning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278049 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910540 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2ADA9A7C" w14:textId="73CE8492" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="0171FDF8" w14:textId="6477210F" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278050" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910541" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6.1 Oplanerat avbrott i medicinsk gasanläggning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278050 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910541 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F65525A" w14:textId="03F28696" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="0D28CD8B" w14:textId="23520DFC" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278051" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910542" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6.2 Planerade avbrott i samband med åtgärder på centralgasanläggningen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278051 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910542 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0D150F3B" w14:textId="4F73B11A" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="7161F4AF" w14:textId="7F650191" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278052" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910543" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7 Hantering av medicinska gaser i lösa flaskor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278052 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910543 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7BF5F750" w14:textId="487CED82" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="55F4C2D7" w14:textId="768C97CF" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278053" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910544" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.1 Centralt gasförråd medicinska gaser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278053 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910544 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="261DB0B3" w14:textId="3B3BEB2F" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="29E38B7F" w14:textId="09A798C3" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278054" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910545" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.2 Centralt gasförråd övriga gaser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278054 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910545 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5C108796" w14:textId="779B8763" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="196B555D" w14:textId="6821C081" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278055" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910546" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.3 Mottagningskontroll vid gasleverans till sjukhuset</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278055 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910546 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="012E670E" w14:textId="072429C2" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="45B69C8A" w14:textId="2C6A645B" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278056" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910547" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.4 Förvaring av medicinsk gasflaska på vårdenhet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278056 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910547 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6C34243A" w14:textId="0EA76273" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="09A0261D" w14:textId="64A21221" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278057" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910548" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8 Hantering av utrustning kopplad till lös gasflaska för medicinska gaser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278057 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910548 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="275EC25A" w14:textId="19503320" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="5FE2E10D" w14:textId="2EC526E0" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278058" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910549" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8.1 Underhåll och tillsyn</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278058 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910549 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7952D0AE" w14:textId="2C0483B2" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="1DE0AA9C" w14:textId="7ECF4319" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278059" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910550" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8.2 Anslutning av utrustning till gasflaska för medicinska gaser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278059 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910550 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="791CA92E" w14:textId="76851C56" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="4EFDD1F3" w14:textId="7CFF142E" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278060" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910551" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8.3 Befuktning av andningsvägar hos patient</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278060 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910551 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5B934138" w14:textId="013B9333" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="7A6C48B7" w14:textId="45A8BDA3" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278061" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910552" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9 Hantering av medicinteknisk utrustning kopplad till fast gasuttag för medicinska gaser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278061 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910552 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3B39F6C2" w14:textId="174CD559" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="272E94D6" w14:textId="47518475" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278062" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910553" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.1 Underhåll och tillsyn</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278062 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910553 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="39BC3C28" w14:textId="43C453C1" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="41108F10" w14:textId="21693C8A" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278063" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910554" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.2 Anslutning av utrustning till gasuttag</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278063 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910554 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="055C8F8B" w14:textId="40F3D3B5" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="334D30EE" w14:textId="1DF23030" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278064" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910555" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.3 Befuktning av andningsvägar hos patient</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278064 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910555 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4AFB8623" w14:textId="57DF2CFE" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="335AE551" w14:textId="0851CA3B" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278065" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910556" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9.4 Oxygenbehandling och användning av fett, oljor och salvor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278065 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910556 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2E55C0DC" w14:textId="219CF13A" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="411C1983" w14:textId="46E96085" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278066" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910557" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10 Hantering av gaser vid brandfara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278066 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910557 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2AD49117" w14:textId="30F94D1E" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="6E0B7C32" w14:textId="6E0F8975" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278067" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910558" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.1 Handlingsplan vid brand</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278067 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910558 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="37CED8AD" w14:textId="763F66CC" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="49A8808D" w14:textId="154B9281" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278068" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910559" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.2 Lokal avstängning av medicinsk gasanläggning vid brand</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278068 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910559 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="155B3CF7" w14:textId="30A57AB5" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="60587AC3" w14:textId="27A7C9CE" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278069" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910560" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.3 Lösa gasflaskor vid brand</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278069 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910560 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="683E9A95" w14:textId="4AEE5445" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="3D6A6701" w14:textId="6F079833" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278070" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910561" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.4 Risker med gas och brand</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278070 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910561 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="44BD3193" w14:textId="58C33B3F" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="35FE54E0" w14:textId="314E8DC5" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278071" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910562" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>11 Hantering av gaser i ambulansverksamhet</w:t>
+              <w:t>11 Hantering av gaser i ambulansverksamhet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278071 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910562 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2923C060" w14:textId="1A71E21B" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="790AE219" w14:textId="28C89D54" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278072" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910563" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>11.1 Gasförråd för ambulans</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278072 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910563 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5B97F2E6" w14:textId="64F632B8" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="3190D949" w14:textId="7D4216CA" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278073" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910564" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>11.2 Underhåll och tillsyn</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278073 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910564 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6F4E3B17" w14:textId="5314DB35" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="1CEC9745" w14:textId="724C0DE5" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278074" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910565" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>11.3 Byte av gasflaska</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278074 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910565 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="273DE3E2" w14:textId="0C596D35" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="3B73EC10" w14:textId="17179CA6" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278075" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910566" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>11.4 Befuktning av andningsvägar hos patient</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278075 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910566 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0C5C18C4" w14:textId="0C6B03B6" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="6933EBEA" w14:textId="0138B7BC" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278076" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910567" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>12 Hantering av kryogena gaser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278076 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910567 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="442ECB81" w14:textId="691D0362" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="07EE6281" w14:textId="680AEC3D" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278077" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910568" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13 Anvisningar för användande på vårdenhet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278077 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910568 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5241E576" w14:textId="3F4134D6" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="5F4590F4" w14:textId="0D6782D4" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278078" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910569" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.1 Ordination</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278078 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910569 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="450CB24A" w14:textId="3DCA05DD" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="0AD6D349" w14:textId="01A1711B" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278079" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910570" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.2 Förvaring av medicinska gasflaskor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278079 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910570 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1320933B" w14:textId="30F50D08" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="6E74478C" w14:textId="3587893E" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278080" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910571" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.3 Kontroll av flaskor och tryckövervakare på vårdenhet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278080 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910571 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="63BD09CF" w14:textId="127F2866" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="7DE9B041" w14:textId="09653E10" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278081" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910572" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.4 Beställning av medicinsk gasflaska till vårdenhet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278081 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910572 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="662E400F" w14:textId="5B84F665" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="091BAB1F" w14:textId="10A45381" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278082" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910573" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.5 Skötsel av utrustning kopplad till medicinsk gasflaska</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278082 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910573 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="175C74F1" w14:textId="2B777C6A" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="05808155" w14:textId="06446DC4" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278083" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910574" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.6 Byte av gasflaska för medicinska gaser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278083 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910574 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50FEEDD5" w14:textId="129B3DD8" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="2DEE4EC8" w14:textId="78C4611B" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278084" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910575" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.7 Skötsel av medicinteknisk utrustning kopplad till fast gasuttag</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278084 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910575 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5EF6EBA1" w14:textId="68C827A4" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="2A510B46" w14:textId="265AB840" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278085" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910576" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.8 Avbrott av gasförsörjning i medicinsk gasanläggning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278085 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910576 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="41BA64DE" w14:textId="2B72D469" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="022A5440" w14:textId="23890621" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278086" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910577" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.9 Hantering av medicinska gaser vid brandfara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278086 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910577 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="26BC6946" w14:textId="4222CCEF" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="2CEECA3B" w14:textId="19F22EEE" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278087" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910578" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.10 Utbildning av vårdpersonal i hantering av gasflaskor samt medicinsk gasanläggning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278087 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910578 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="251F66FE" w14:textId="08686923" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="5FD10F01" w14:textId="2A86A381" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278088" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910579" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.11 Patient med egen medhavd utrustning för medicinsk gas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278088 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910579 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="40BED978" w14:textId="239F6679" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="72397479" w14:textId="1ECE74B6" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278089" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910580" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.12 Befuktning av andningsvägar hos patient</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278089 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910580 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74A99719" w14:textId="49C5A699" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="2136415E" w14:textId="0F959F4F" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278090" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910581" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.13 Olyckor och tillbud</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278090 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910581 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2916975D" w14:textId="7A520BA9" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="39766CEB" w14:textId="6A70935D" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278091" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910582" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.14 Avlidna patienter och levande ljus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278091 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910582 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="62B9993C" w14:textId="771CE9A8" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="0F3D4EF0" w14:textId="4CFE9500" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278092" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910583" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13.15 Arbetsmiljö – Farliga ämnen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278092 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910583 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="05387375" w14:textId="577F77C9" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="3E09FF51" w14:textId="6898EB4B" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278093" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910584" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>14 Referenser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278093 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910584 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="61B20F1E" w14:textId="74F04968" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="20948DC2" w14:textId="65D78177" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278094" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910585" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Bilaga 2 – Protokoll kontroll av reservgasflaskor Masterwatch6</w:t>
+              <w:t xml:space="preserve">Bilaga 1 - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141354">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Ansvarsbeskrivning gasombud - medicinsk gasanläggning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278094 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910585 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>38</w:t>
+              <w:t>36</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="06FAD3E9" w14:textId="5D080C55" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="7E0F2251" w14:textId="565AB546" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278095" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910586" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Bilaga 3 – Protokoll kontroll av reservgasflaskor Extern larmtablå</w:t>
+              <w:t>Bilaga 2 – Protokoll kontroll av reservgasflaskor Masterwatch6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278095 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910586 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>37</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5FA0353C" w14:textId="3499B854" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="25A46B46" w14:textId="3B320B45" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278096" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910587" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Bilaga 4 – Fakta om medicinska gaser</w:t>
+              <w:t>Bilaga 3 – Protokoll kontroll av reservgasflaskor Extern larmtablå</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278096 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910587 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>42</w:t>
+              <w:t>39</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2027235A" w14:textId="4B61FE27" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="2FB41AFF" w14:textId="060B9E9C" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
+          <w:pPr>
+            <w:pStyle w:val="Innehll2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc222910588" w:history="1">
+            <w:r w:rsidRPr="00141354">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlnk"/>
+                <w:rFonts w:eastAsia="MS Gothic"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Bilaga 4 – Fakta om medicinska gaser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910588 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2B7C75D0" w14:textId="092F7B5B" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278097" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910589" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>OXYGEN (exempelvis CONOXIA)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278097 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910589 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>43</w:t>
+              <w:t>42</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="18840465" w14:textId="42B44B26" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="60C089D9" w14:textId="6736974D" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278098" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910590" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>LUFT (exempelvis AIRAPY)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278098 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910590 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>44</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1BA96239" w14:textId="1F63E548" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="55752924" w14:textId="129B7D08" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278099" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910591" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>LUSTGAS, DIKVÄVEOXID (exempelvis NIONTIX)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278099 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910591 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>46</w:t>
+              <w:t>45</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4C29DBC7" w14:textId="3372C3B8" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="0AB825B8" w14:textId="28B2FF66" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278100" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910592" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Lustgas och oxygen (exempelvis LIVOPAN)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278100 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910592 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>48</w:t>
+              <w:t>47</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7CE14E89" w14:textId="11ABE7E2" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="558BBCF0" w14:textId="78CE6713" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278101" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910593" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>KOLDIOXID</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278101 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910593 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>49</w:t>
+              <w:t>48</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6A8ED787" w14:textId="08841B04" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="6CDC2CC2" w14:textId="5C70B098" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278102" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910594" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>KARBOGEN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278102 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910594 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>49</w:t>
+              <w:t>48</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="04EF3654" w14:textId="46F2143E" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="55AE0C0E" w14:textId="5708E15A" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278103" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910595" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>NITROGEN (KVÄVGAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278103 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910595 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>50</w:t>
+              <w:t>49</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6803F7A6" w14:textId="142E2B24" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="11115F6A" w14:textId="236BF3D3" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278104" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910596" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>HELIUM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278104 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910596 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>51</w:t>
+              <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7B4091EA" w14:textId="2579DAC8" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="62860F51" w14:textId="62D5BB3B" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278105" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910597" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>ARGON</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278105 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910597 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>52</w:t>
+              <w:t>51</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="772AAC73" w14:textId="5C787951" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="4C067DE7" w14:textId="13E9B16F" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278106" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910598" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>KVÄVEMONOXID (exempelvis INOmax)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278106 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910598 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>53</w:t>
+              <w:t>52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3B26AE17" w14:textId="7ECCA808" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="3018DAD7" w14:textId="08276952" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278107" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910599" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Bilaga 5 – Användning av LiV samt LiV IQ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278107 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910599 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>53</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="55F17B00" w14:textId="0861200F" w:rsidR="00063970" w:rsidRDefault="00063970">
+        <w:p w14:paraId="44902E5D" w14:textId="00D3097F" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc221278108" w:history="1">
-            <w:r w:rsidRPr="008676D1">
+          <w:hyperlink w:anchor="_Toc222910600" w:history="1">
+            <w:r w:rsidRPr="00141354">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Bilaga 6 – Byte av gasregulator på flaska</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc221278108 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222910600 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>56</w:t>
+              <w:t>55</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3C69942C" w14:textId="2C089641" w:rsidR="007122E7" w:rsidDel="007C0F58" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+        <w:p w14:paraId="3C69942C" w14:textId="6A4F91D4" w:rsidR="007122E7" w:rsidDel="007C0F58" w:rsidRDefault="007122E7" w:rsidP="001C2710">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8910"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlnk"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="1E03F5AB" w14:textId="7E285E48" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:ind w:right="424"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc221278033"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc222910524"/>
       <w:r w:rsidRPr="00830DC4">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="0003128B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D1FE2">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="001C2710">
         <w:t xml:space="preserve">Omfattande revidering. </w:t>
       </w:r>
       <w:r w:rsidR="009D1FE2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18F45B45" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc221278034"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc210292049"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc210292049"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc222910525"/>
       <w:r w:rsidRPr="007122E7">
         <w:rPr>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>1 Bakgrund och syfte</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="007122E7">
+        <w:rPr>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="007122E7">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="715E17BE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Denna gashandbok för NU-sjukvården är sammanställd av sjukhusets gaskommitté.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41C1BE46" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
@@ -5806,123 +5887,107 @@
       </w:r>
       <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="1A46585A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Regional rutin läkemedelshantering i VGR. </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="50B80957" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:r w:rsidRPr="00633542">
         <w:t>Synpunkter på gashandbokens innehåll lämnas till gaskommittén.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F4B21DA" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00507CCD" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc221278035"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc210292050"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc210292050"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc222910526"/>
       <w:r w:rsidRPr="00EF2CA8">
         <w:t>2 Gaskommitté</w:t>
       </w:r>
       <w:r w:rsidRPr="00095157">
         <w:t xml:space="preserve"> vid NU-sjukvården</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00095157">
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="405E7A78" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Ordinarie ledamöter  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="038D1202" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00095157" w:rsidRDefault="007122E7" w:rsidP="00B13339">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Verksamhetschef </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> NU-sjukvården, Ordförande</w:t>
+        <w:t>Verksamhetschef AnOpIVA NU-sjukvården, Ordförande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55F883FB" w14:textId="0F95319D" w:rsidR="007122E7" w:rsidRPr="00095157" w:rsidRDefault="007122E7" w:rsidP="00B13339">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>Medicinskteknisk ingenjör, medicinsk teknik (MT), NU-sjukvården</w:t>
       </w:r>
       <w:r w:rsidR="00DD0EA6">
         <w:t>, NÄL.</w:t>
       </w:r>
       <w:r>
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39EC294C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00095157" w:rsidRDefault="007122E7" w:rsidP="00B13339">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Medicinskt ledningsansvarig </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> NU-sjukvården   </w:t>
+        <w:t>Medicinskt ledningsansvarig AnOpIVA NU-sjukvården   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F91EC7" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00095157" w:rsidRDefault="007122E7" w:rsidP="00B13339">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00095157">
         <w:t>Farmaceut, Sjukvårdsapotek VGR NU-sjukvården </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="771E8DC8" w14:textId="3306A5D2" w:rsidR="007122E7" w:rsidRPr="00095157" w:rsidRDefault="007122E7" w:rsidP="00B13339">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>Sakkunnig medicinska gaser, Västfastigheter, Fastighet stöd och service  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A323B86" w14:textId="21144022" w:rsidR="007122E7" w:rsidRPr="00095157" w:rsidRDefault="007122E7" w:rsidP="00B13339">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
@@ -6112,1130 +6177,1070 @@
     </w:p>
     <w:p w14:paraId="23B9ACCB" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:r w:rsidRPr="00633542">
         <w:t>Sjukhusets gaskommitté sammanträder normalt två gånger per år samt vid behov. Dess uppgift är att fungera som stöd för användare av medicinska och andra gaser inom sjukhuset samt att revidera gashandboken.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2526B766" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Vid oklarhet kontakta driftchef för fastighet.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59567AC0" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc221278036"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc222910527"/>
       <w:r w:rsidRPr="00FE0C2D">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:t>3 Ansvar</w:t>
       </w:r>
       <w:r w:rsidRPr="5AAEC9D9">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:t xml:space="preserve"> och roller</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-168" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2784"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2297"/>
+        <w:gridCol w:w="2566"/>
+        <w:gridCol w:w="4319"/>
+        <w:gridCol w:w="2202"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007122E7" w:rsidRPr="00A42EF5" w14:paraId="6C07C998" w14:textId="77777777" w:rsidTr="001C1D42">
+      <w:tr w:rsidR="007122E7" w:rsidRPr="00D57D30" w14:paraId="6C07C998" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="65B00884" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="65B00884" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Roll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4397F4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="2D4397F4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">Ansvarsområde </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="152949FA" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="152949FA" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Utsedd person/funktion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007122E7" w:rsidRPr="00A42EF5" w14:paraId="1E6FCB28" w14:textId="77777777" w:rsidTr="001C1D42">
+      <w:tr w:rsidR="007122E7" w:rsidRPr="00D57D30" w14:paraId="1E6FCB28" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:trPr>
           <w:trHeight w:val="310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01CDBAE4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="01CDBAE4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">Produktägare </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C877B3E" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="4C877B3E" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Övergripande ansvar för säkerhet och prestanda samt validering av den egentillverkade centralgasanläggningen, s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>e 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="048FDF22" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="048FDF22" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">Biträdande Sjukhusdirektör </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007122E7" w:rsidRPr="00A42EF5" w14:paraId="558A3CB2" w14:textId="77777777" w:rsidTr="001C1D42">
+      <w:tr w:rsidR="007122E7" w:rsidRPr="00D57D30" w14:paraId="558A3CB2" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:trPr>
           <w:trHeight w:val="917"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="41D19306" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="41D19306" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Ordförande gaskommitté</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="200230B0" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="200230B0" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">Rapporterar till produktägare och är kontaktperson till chefläkare. Leder arbetet med att säkerställa att den egentillverkade centrala gasanläggningen är säker och med rätt prestanda. Bevaka patientsäkerhetsfrågor inom kommitténs arbetsområde </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F128BCF" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="0F128BCF" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
-              <w:t xml:space="preserve">Verksamhetschef </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Verksamhetschef AnOpIVA</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007122E7" w:rsidRPr="00A42EF5" w14:paraId="468E0EE5" w14:textId="77777777" w:rsidTr="001C1D42">
+      <w:tr w:rsidR="007122E7" w:rsidRPr="00D57D30" w14:paraId="468E0EE5" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="334750DB" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="334750DB" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">Anläggningsförvaltare </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51F5B361" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="51F5B361" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Bevaka teknisk drift och service av den centrala gasanläggningen, se 3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59EF7790" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="59EF7790" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">Fastighet Stöd och Service </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:br/>
               <w:t>Driftschef</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52CABBA8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="52CABBA8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Teknisk förvaltare</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:br/>
               <w:t>VVS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007122E7" w:rsidRPr="00A42EF5" w14:paraId="2155A335" w14:textId="77777777" w:rsidTr="001C1D42">
+      <w:tr w:rsidR="007122E7" w:rsidRPr="00D57D30" w14:paraId="2155A335" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:trPr>
           <w:trHeight w:val="220"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52DE527D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="52DE527D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">Medicinteknisk ansvarig </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="360F6372" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="360F6372" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Bevaka medicintekniska frågor inom kommitténs arbetsområde, se 3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0766E4AF" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="0766E4AF" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">Medicinteknisk Chef </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="115FC001" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="115FC001" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve">Medicinteknisk ingenjör </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007122E7" w:rsidRPr="00A42EF5" w14:paraId="530B5117" w14:textId="77777777" w:rsidTr="001C1D42">
+      <w:tr w:rsidR="007122E7" w:rsidRPr="00D57D30" w14:paraId="530B5117" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6D62EE9C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="6D62EE9C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Farmaceutisk ansvarig</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0768C605" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="0768C605" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Bevaka farmaceutiska frågor inom kommitténs arbetsområde, se 3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59815E4B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="59815E4B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Utsedd farmaceut Sjukvårdsapotek NU-sjukvården</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007122E7" w:rsidRPr="00A42EF5" w14:paraId="1995A72F" w14:textId="77777777" w:rsidTr="001C1D42">
+      <w:tr w:rsidR="007122E7" w:rsidRPr="00D57D30" w14:paraId="1995A72F" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:trPr>
           <w:trHeight w:val="89"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7432C422" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="7432C422" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Verksamhetschef</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A9B31F4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="5A9B31F4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Övergripande ansvar för behov, användning och hantering inom verksamheten, se 3.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED8432C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="0ED8432C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Verksamhetschef </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007122E7" w:rsidRPr="00A42EF5" w14:paraId="73306B47" w14:textId="77777777" w:rsidTr="001C1D42">
+      <w:tr w:rsidR="007122E7" w:rsidRPr="00D57D30" w14:paraId="73306B47" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:trPr>
           <w:trHeight w:val="89"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3B7265" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="1D3B7265" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Gasansvarig och gasombud</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA048A3" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="0CA048A3" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Arbeta enligt ansvarsbeskrivning, se 3.6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0F54AD" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="7C0F54AD" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
-              <w:t>Av verksamhetschef utsedd</w:t>
-[...32 lines deleted...]
-              <w:t>(er)</w:t>
+              <w:t>Av verksamhetschef utsedd(a) person(er)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007122E7" w:rsidRPr="00A42EF5" w14:paraId="7EFB1857" w14:textId="77777777" w:rsidTr="001C1D42">
+      <w:tr w:rsidR="007122E7" w:rsidRPr="00D57D30" w14:paraId="7EFB1857" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:trPr>
           <w:trHeight w:val="89"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="23907B81" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="23907B81" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Berörd vårdpersonal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78DECF50" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="78DECF50" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Att arbeta enligt fastställda rutiner. Se 3.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="16C42CE5" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="16C42CE5" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00D57D30" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE0C2D">
+            <w:r w:rsidRPr="00D57D30">
               <w:rPr>
                 <w:rFonts w:eastAsia="Aptos"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Vårdpersonal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2DA705F8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01E1C8EE" w14:textId="7B9CC917" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc221278037"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc222910528"/>
       <w:r>
         <w:t>3.1 Produktägare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="4DE607BC" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:r>
         <w:t>Innehar ett övergripande ansvar för säkerhet och prestanda samt validering av den egentillverkade centralgasanläggningen. Har tillverkaransvar under tillverkning och produktens livslängd, och ansvarar för att:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CC396C3" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="00AA2773">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>personalen som arbetar med egentillverkningsprocessen har den kompetens som behövs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="467B6AB1" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="00AA2773">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
@@ -7326,51 +7331,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5B9A0EB2" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="00AA2773">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>utse deltagare till gaskommittén</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44BAD7E7" w14:textId="77777777" w:rsidR="0003128B" w:rsidRPr="00AA2773" w:rsidRDefault="0003128B" w:rsidP="00AA2773">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>tillse att gaskommittén är aktiv i sin förvaltning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09586420" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc221278038"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc222910529"/>
       <w:r>
         <w:t>3.2 Anläggningsförvaltare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="1F05D0B5" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:r>
         <w:t>Inkluderar ansvar för:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D246242" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="00AA2773">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>drift och service</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37DA41CA" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="00AA2773">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
@@ -7482,56 +7487,56 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3E347E2C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="00AA2773">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>säkerställa årlig kvalitetsanalys för farmaceutisk bedömning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ED933D9" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="00AA2773">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>säkerställa att dokumentation om den egentillverkade anläggningen är komplett och uppdateras vid förändring.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DA7122D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc221278039"/>
-      <w:bookmarkStart w:id="11" w:name="_Toc210292052"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc210292052"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc222910530"/>
       <w:r>
         <w:t>3.3 Medicintekniskt ansvarig</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="3D713C69" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="0018270F" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:r>
         <w:t>Ansvarsområden:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C276FEC" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>vara sakkunniga kring gassäkerhet utifrån uppkopplade MTP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FFD7A2A" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>delta i riskanalyser</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A447765" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="008525F7">
@@ -7551,58 +7556,58 @@
         <w:t xml:space="preserve"> av medicinska rum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FA54B3D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">kontroll och verifiering vid </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t ex</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> nyinstallation av uppkopplade MTP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43442C11" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FF0552" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc221278040"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc222910531"/>
       <w:r>
         <w:t xml:space="preserve">3.4 </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF0552">
         <w:t>Farmaceutiskt ansvar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>ig</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="295B57E7" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Ansvarsområden:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3047F696" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FF0552" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="0018270F">
         <w:t>Bevakar farmaceutiska frågor i gaskommitté. </w:t>
@@ -7616,51 +7621,51 @@
       <w:r w:rsidRPr="0018270F">
         <w:t>Bistår vid behov V</w:t>
       </w:r>
       <w:r>
         <w:t>ästfastigheter</w:t>
       </w:r>
       <w:r w:rsidRPr="0018270F">
         <w:t xml:space="preserve"> med att bedöma resultat av kvalitetstester på medicinska gaser som egentillverkats på sjukhuset (i första hand medicinsk andningsluft). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4596FA4E" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="0018270F">
         <w:t>Fungerar som stöd för vården vid frågor om hantering av lösa gasflaskor.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C0D5D26" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="005A2D0F" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc210292053"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc221278041"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc222910532"/>
       <w:r>
         <w:t xml:space="preserve">3.5 </w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="005A2D0F">
         <w:t>Verksamhetschef</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="37BB5A57" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C62A5C" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:r>
         <w:t>Ansvarar för:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="298585C9" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C62A5C" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hantering av gasflaskor samt användning/hantering av den medicinska gasanläggningen inom verksamheten. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="026A431E" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C62A5C" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
@@ -7741,51 +7746,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="34AA6143" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">godkänna arbetstillåtelse för ingrepp i centralgasanläggning </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07620A08" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">godkänna användartillåtelse efter ingrepp i centralgasanläggning </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57277B58" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc221278042"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc222910533"/>
       <w:r>
         <w:t>3.6 Vårdpersonal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="20B3BFC7" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C62A5C" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:r>
         <w:t>Berörd vårdpersonal ansvarar för:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD102D8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C62A5C" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>Att arbeta enligt fastställda rutiner, vilket inkluderar:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F66F23C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C62A5C" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
@@ -7855,60 +7860,60 @@
     <w:p w14:paraId="3BFD8BB2" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C62A5C" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:r>
         <w:t>På vårdenheter som är anslutna till medicinsk gasanläggning ska det finnas ett gasombud, se Bilaga 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08E5122B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Det kan vara samma person som innehar båda ansvar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F6C1AE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="000A237E" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc221278043"/>
-      <w:bookmarkStart w:id="17" w:name="_Toc210292055"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc210292055"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc222910534"/>
       <w:r w:rsidRPr="000A237E">
         <w:t>4 Kvalitetskontroll</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="000A237E">
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="537103AE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Medicinska gaser ska vid användningen uppfylla i Europeiska Farmakopén angivna krav och inte genom kontamination med ovidkommande ämnen, genom förväxling eller på annat sätt förorsaka skada. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A71163" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">För medicinska gaser som levereras till sjukhusen (lösa gasflaskor, flaskpaket, LIN och LOX) ansvarar upphandlad leverantör för kvalitét. </w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:t>utiner</w:t>
@@ -7953,60 +7958,60 @@
       <w:r w:rsidR="00647B20">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00F44DCF">
         <w:t>ervice</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> för att kontroller, övervakning och skötsel utförs, se 4.2 och 5.2.1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="139CF49F" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:r>
         <w:t>Farmaceutiskt ansvarig kan tillfrågas vid behov av konsultation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07613C06" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc221278044"/>
-      <w:bookmarkStart w:id="19" w:name="_Toc210292056"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc210292056"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc222910535"/>
       <w:r w:rsidRPr="00633542">
         <w:t>4.1 Besiktning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00633542">
+        <w:t> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="00633542">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="384877DD" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>SIS HB 370 utgåva</w:t>
       </w:r>
       <w:r w:rsidRPr="00636C76">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
       <w:r>
         <w:t>, kapitel 12 och Svensk Läkemedelsstandard (SLS).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F2B3047" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
@@ -8066,63 +8071,63 @@
       <w:r w:rsidRPr="00633542">
         <w:t>, drift</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>chef eller av denne delegerad person, berörd verksamhetschef eller av denna delegerade person kallas. Om besiktningsmannen eller beställaren så anser, kan även MT, farmaceutiskt ansvarig och företrädare för vårdenheten kallas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48025385" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:r w:rsidRPr="00633542">
         <w:t>Protokoll ska upprättas, signeras av besiktningsman och arkiveras. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C4AF3CE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc221278045"/>
-      <w:bookmarkStart w:id="21" w:name="_Toc210292057"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc210292057"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc222910536"/>
       <w:r w:rsidRPr="00633542">
         <w:t>4.2 Årlig driftkontroll</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00FE0C2D">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidRPr="00FE0C2D">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="0277DB30" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>SIS HB 370 utgåva</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0C2D">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007651D4">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">4, bilaga C.4 </w:t>
       </w:r>
       <w:r>
@@ -8144,82 +8149,82 @@
         <w:t>ska tas omedelbart efter kompressoranläggningens slutregulator och i ledningsnätets periferi. Driftschef ansvarar för att provtagning utförs. Utrustning som ansluts till medicinsk gasanläggning kontrolleras av MT.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38EE93F5" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Protokoll ska föras och arkiveras.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33AEE63C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc221278046"/>
-      <w:bookmarkStart w:id="23" w:name="_Toc210292058"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc210292058"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc222910537"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>kötsel och drift av centralgassystem för medicinska gaser</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00FE0C2D">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidRPr="00FE0C2D">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="57C36988" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc210292059"/>
-      <w:bookmarkStart w:id="25" w:name="_Toc221278047"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc222910538"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">5.1 </w:t>
       </w:r>
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>edicinska gascentraler</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EB46929" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Drift, tillsyn och skötsel av gascentral utförs av VF. </w:t>
@@ -8371,51 +8376,51 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Utbyte av andningsoxygen och lustgaspaket sker via beställning av V</w:t>
       </w:r>
       <w:r>
         <w:t>ästfastigheter</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> under kontorstid. Detta gäller även för medicinteknisk koldioxid. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9DD735" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc210292060"/>
-      <w:bookmarkStart w:id="27" w:name="_Toc221278048"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc222910539"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">5.2 </w:t>
       </w:r>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>entral för komprimerad luft</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4155D2C3" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
@@ -8483,79 +8488,79 @@
       <w:r>
         <w:t>Västfastigheter</w:t>
       </w:r>
       <w:r w:rsidRPr="2391E113">
         <w:t xml:space="preserve">. Anläggningen underhålls regelbundet enligt fabrikantens anvisningar. Underhållet är en del av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Västfastigheters</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="2391E113">
         <w:t xml:space="preserve"> tillsyn och skötselarbete.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="741C2B5C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00507CCD" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc221278049"/>
-      <w:bookmarkStart w:id="29" w:name="_Toc210292061"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc210292061"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc222910540"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>vbrott i gasförsörjning</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00633542">
+        <w:t> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidRPr="00633542">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="77B858BC" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc210292062"/>
-      <w:bookmarkStart w:id="31" w:name="_Toc221278050"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc222910541"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">6.1 </w:t>
       </w:r>
       <w:r>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>planerat avbrott i medicinsk gasanläggning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76312F49" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
@@ -8864,91 +8869,94 @@
     </w:p>
     <w:p w14:paraId="0C9723F2" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t> 6.1.3.3 Ledningsbrott efter tömningscentralen </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D4AA6C0" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Innebär att flaskorna i tömningscentralen inte går att använda. Trycket sjunker då i hela distributionssystemet och larmsignal aktiveras i samtliga tryckvakter.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EBD131" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="44557299" w14:textId="1D1A2FB3" w:rsidR="00D57D30" w:rsidRDefault="007122E7" w:rsidP="00D57D30">
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Larmet ljuder lokalt med ljud i kallelsesystemet samt i förekommande fall med ljussignal så att personalen på berörda </w:t>
       </w:r>
       <w:r>
         <w:t>vårdenhet</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">er omedelbart kan utföra de rutiner som finns anslagna på respektive </w:t>
       </w:r>
       <w:r>
         <w:t>vårdenhet</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>. Till exempel innebär det inkoppling av reservflaskor eller omkoppling till reservcentral vid tryckvakterna. Därefter inventera gasbehovet och kontakta V</w:t>
       </w:r>
       <w:r>
         <w:t>ästfastigheter</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> vid behov av ytterligare reservflaskor och även att medverka vid skifte av gasflaskor. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00633542">
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:t>ästfastigheters</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> driftpersonal larmas automatiskt genom larmsystemet. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="19229330" w14:textId="5E755E0B" w:rsidR="00D57D30" w:rsidRDefault="00D57D30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A5C262" w14:textId="77777777" w:rsidR="00D57D30" w:rsidRPr="00D57D30" w:rsidRDefault="00D57D30" w:rsidP="00D57D30"/>
     <w:p w14:paraId="18C51C8B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">6.1.4 </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2CA8">
         <w:t>Andningsluft</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CE4CEDF" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
@@ -9260,51 +9268,51 @@
       <w:r w:rsidRPr="00633542">
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:t>ästfastigheters</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>driftpersonal larmas automatiskt genom larmsystemet. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E810DE8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc210292063"/>
-      <w:bookmarkStart w:id="33" w:name="_Toc221278051"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc222910542"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">6.2 </w:t>
       </w:r>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">lanerade avbrott i samband med åtgärder på </w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00633542">
         <w:t>centralgasanläggningen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07FF2778" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -9432,77 +9440,77 @@
     <w:p w14:paraId="19C484A4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Drift</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>chef, eller av denne delegerad person, utfärdar användningstillåtelsen inventeras och utplaceras i samråd med medicinsk ansvarig </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="232141F3" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc221278052"/>
-      <w:bookmarkStart w:id="35" w:name="_Toc210292064"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc210292064"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc222910543"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">7 </w:t>
       </w:r>
       <w:r>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>antering av medicinska gaser i lösa flaskor</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00FE0C2D">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="34"/>
-      <w:r w:rsidRPr="00FE0C2D">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="4DEBCDDC" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc210292065"/>
-      <w:bookmarkStart w:id="37" w:name="_Toc221278053"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc222910544"/>
       <w:r w:rsidRPr="00D868BD">
         <w:t xml:space="preserve">7.1 Centralt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D868BD">
         <w:t>gasförråd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D868BD">
         <w:t xml:space="preserve"> medicinska gaser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidRPr="00D868BD">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A454ECE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -9581,101 +9589,101 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> ska vara märkt med varningsskylt. I gascentralrum med lustgas och koldioxid får temperatur ej understiga +16C och i gascentralrum med enbart andningsoxygen får temperatur ej understiga +10C. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00C1F470" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t> Antalet lösa gasflaskor är begränsat och anpassat till normal gasförbrukning på sjukhuset. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BCB1AB2" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Toc210292066"/>
-      <w:bookmarkStart w:id="39" w:name="_Toc221278054"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc222910545"/>
       <w:r>
         <w:t xml:space="preserve">7.2 Centralt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>gasförråd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE0C2D">
         <w:t xml:space="preserve"> övriga gaser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidRPr="00FE0C2D">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29CBE660" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tekniska och andra gaser förvaras ej i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>gasförråd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> tillsammans med medicinska gaser. Dessa ska förvaras i därför avsedda och märkta utrymmen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E51A956" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Toc210292067"/>
-      <w:bookmarkStart w:id="41" w:name="_Toc221278055"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc222910546"/>
       <w:r w:rsidRPr="00633542">
         <w:t>7.3 Mottagningskontroll vid gasleverans till sjukhuset</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DDA09C4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Vid mottagning av gasflaskor från leverantör kontrolleras följande: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60B58B44" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="008525F7">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
@@ -9758,51 +9766,51 @@
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Flödet av in- och utgående gasflaskor följs upp med hjälp av spårbarhetssystemet ACCURA.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FD29448" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710"/>
     <w:p w14:paraId="51120250" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Toc210292068"/>
-      <w:bookmarkStart w:id="43" w:name="_Toc221278056"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc222910547"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">7.4 Förvaring av medicinsk </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2CA8">
         <w:t>gasflaska</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> på </w:t>
       </w:r>
       <w:r>
         <w:t>vårdenhet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AEF971F" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -9914,79 +9922,79 @@
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Kontakta </w:t>
       </w:r>
       <w:r>
         <w:t>Västfastigheter</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> för mer information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E7231A7" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc221278057"/>
-      <w:bookmarkStart w:id="45" w:name="_Toc210292069"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc210292069"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc222910548"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">8 </w:t>
       </w:r>
       <w:r>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>antering av utrustning kopplad till lös gasflaska för medicinska gaser</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00633542">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="44"/>
-      <w:r w:rsidRPr="00633542">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="7DE7C7CE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Toc210292070"/>
-      <w:bookmarkStart w:id="47" w:name="_Toc221278058"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc222910549"/>
       <w:r w:rsidRPr="00633542">
         <w:t>8.1 Underhåll och tillsyn</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FE918A8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>All utrustning kopplad till gasflaska för medicinska gaser kontrolleras vid behov av medicinteknisk personal. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C63B161" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
@@ -10001,51 +10009,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4798D9F6" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Med tillhörande utrustning menas flödesmätare och sugejektor som är monterad på gasflaska, koger eller vagn. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DEE98CB" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Toc210292071"/>
-      <w:bookmarkStart w:id="49" w:name="_Toc221278059"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc222910550"/>
       <w:r w:rsidRPr="00633542">
         <w:t>8.2 Anslutning av utrustning till gasflaska för medicinska gaser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55688933" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="003E20B7">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:ind w:right="565"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Vid byte av gasflaska med separat tryckregulator hänvisas till leverantörens anvisning som ska finnas på </w:t>
       </w:r>
       <w:r>
         <w:t>vårdenhet</w:t>
       </w:r>
@@ -10656,51 +10664,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00814094">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Andra gaser eller gasblandningar måste kanske beräknas på helt andra sätt beroende på fysikaliska egenskaper </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5552E767" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="_Toc210292072"/>
-      <w:bookmarkStart w:id="51" w:name="_Toc221278060"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc222910551"/>
       <w:r w:rsidRPr="00633542">
         <w:t>8.3 Befuktning av andningsvägar hos patient</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6884323B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:r>
         <w:t>Hänvisning till Vårdhandboken – se avsitt; syrgasbefuktning   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3287FD24" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -10713,89 +10721,92 @@
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Att ge oxygen </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>–</w:t>
         </w:r>
         <w:r w:rsidRPr="00633542">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Vårdhandboken (vardhandboken.se)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="260723A6" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+    <w:p w14:paraId="260723A6" w14:textId="7543CFD8" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc221278061"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">9 </w:t>
+      <w:bookmarkStart w:id="52" w:name="_Toc210292073"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc222910552"/>
+      <w:r w:rsidRPr="00633542">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57D30">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>antering av medicinteknisk utrustning kopplad till fast gasuttag för medicinska gaser</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00633542">
+        <w:t> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="52"/>
-      <w:r w:rsidRPr="00633542">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="7AEF5B69" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="_Toc210292074"/>
-      <w:bookmarkStart w:id="55" w:name="_Toc221278062"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc222910553"/>
       <w:r w:rsidRPr="00633542">
         <w:t>9.1 Underhåll och tillsyn</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B92CF9E" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>All gasmedicinsk utrustning ska vara ansluten till gasuttagen med slang och snabb-koppling. Utrustning av typ gasflödesmätare/-regulatorer och ejektorsugar ska vara monterade på en IVA-skena och försedda med slang och snabbkoppling. Direkt infästning av gasmedicinsk utrustning i snabbkopplingsuttagen utan slang förstör dessa och ska undvikas.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A33BFA2" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
@@ -10830,51 +10841,51 @@
     </w:p>
     <w:p w14:paraId="014197E6" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Vid osäkerhet om vad som gäller just er utrustning, kontakta MT. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C6D1564" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="_Toc210292075"/>
-      <w:bookmarkStart w:id="57" w:name="_Toc221278063"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc222910554"/>
       <w:r w:rsidRPr="00633542">
         <w:t>9.2 Anslutning av utrustning till gasuttag</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDA7812" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A46585A">
         <w:t>Riktlinjer: Utrustning som för tillfället inte används för behandling av patient ska inte vara ansluten till gasuttag. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B3D0834" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
@@ -10913,51 +10924,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="42A7ED54" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Om ett gasuttag pyser utan att någon utrustning sitter i måste detta omedelbart anmälas till VF. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F489605" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="58" w:name="_Toc210292076"/>
-      <w:bookmarkStart w:id="59" w:name="_Toc221278064"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc222910555"/>
       <w:r w:rsidRPr="00633542">
         <w:t>9.3 Befuktning av andningsvägar hos patient</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB003DF" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Hänvisning till Vårdhandboken – se avsitt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0C2D">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
@@ -10992,51 +11003,51 @@
           <w:t>–</w:t>
         </w:r>
         <w:r w:rsidRPr="00633542">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Vårdhandboken (vardhandboken.se)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21917BD9" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="_Toc210292077"/>
-      <w:bookmarkStart w:id="61" w:name="_Toc221278065"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc222910556"/>
       <w:r w:rsidRPr="00633542">
         <w:t>9.4 Oxygenbehandling och användning av fett, oljor och salvor</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6548F4A5" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Fett i kombination med högt tryck (som i gasflaskor) eller hög temperatur kan antändas och brinna explosionsartat. Håll därför apparatur och verktyg som används vid oxygenbehandling fria från smörjolja, handkräm eller andra ämnen som kan tränga in i ventiler och gängor.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADE3C5A" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
@@ -11076,89 +11087,92 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Patienter med torr hud kan använda vilken salva eller kräm som helst om den används i måttliga mängder. Även glidslem kan fungera som fuktbevarande medel både på läppar och i näsborrar.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A7C3C3C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00814094" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00814094">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Observera att ingen salva eller kräm får komma på själva oxygenutrustningen! </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B1FAF07" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+    <w:p w14:paraId="3B1FAF07" w14:textId="11496BCA" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="62" w:name="_Toc221278066"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">10 </w:t>
+      <w:bookmarkStart w:id="62" w:name="_Toc210292078"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc222910557"/>
+      <w:r w:rsidRPr="00633542">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57D30">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>antering av gaser vid brandfara</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00633542">
+        <w:t> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="62"/>
-      <w:r w:rsidRPr="00633542">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="63"/>
     </w:p>
     <w:p w14:paraId="498A623B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="64" w:name="_Toc210292079"/>
-      <w:bookmarkStart w:id="65" w:name="_Toc221278067"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc222910558"/>
       <w:r w:rsidRPr="00633542">
         <w:t>10.1 Handlingsplan vid brand</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CE73E3C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Om det börjar brinna på din arbetsplats, är det fyra viktiga saker som ska göras. I vilken ordning de ska utföras får du själv bedöma utifrån den aktuella situationen.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4B649B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
@@ -11421,51 +11435,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="22480936" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Du är skyldig att hjälpa till. Vid brand är all personal enligt lag skyldig att ingripa för att rädda liv, larma och släcka eller begränsa elden. Men du är inte skyldig att ingripa om du själv utsätts för fara. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40962AE1" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="66" w:name="_Toc210292080"/>
-      <w:bookmarkStart w:id="67" w:name="_Toc221278068"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc222910559"/>
       <w:r w:rsidRPr="00633542">
         <w:t>10.2 Lokal avstängning av medicinsk gasanläggning vid brand</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r w:rsidRPr="00633542">
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BF7DC28" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Stäng av gasen med hjälp av nödavstängningsventiler i korridor. Dessa betjänar i de flesta fall flera rum och uttag, se till att patient med behov av gas inte blir utan.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC5C797" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
@@ -11487,102 +11501,102 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00814094">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Observera att: Vårdpersonal ska veta var nödavstängningsventiler sitter och hur de   används på arbetsplatsen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CAA7C4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="68" w:name="_Toc210292081"/>
-      <w:bookmarkStart w:id="69" w:name="_Toc221278069"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc222910560"/>
       <w:r w:rsidRPr="00633542">
         <w:t>10.3 Lösa gasflaskor vid brand</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D92C22D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="00A27CB4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>För gasflaskor i säkerhet </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42300620" w14:textId="583D2A1E" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="00A27CB4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Säkerställ att all personal vet var alla gasflaskor på </w:t>
       </w:r>
       <w:r>
         <w:t>vårdenhet</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidR="00A27CB4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>finns för tillfället </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4767C1EE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="70" w:name="_Toc210292082"/>
-      <w:bookmarkStart w:id="71" w:name="_Toc221278070"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc222910561"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">10.4 Risker med </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2CA8">
         <w:t>gas</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> och brand</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7287AC29" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
@@ -11718,83 +11732,89 @@
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Låt alkoholen av desinfektion avdunsta en bit från sängens huvudände (vid desinfektion av utrustning eller händer). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="173466F8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="0015091E" w:rsidRDefault="007122E7" w:rsidP="002A128E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Begränsa mängden elektrisk utrustning i vårdrummen så mycket som möjligt, speciellt i anslutning till sängens huvudände. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="505F045F" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="0015091E" w:rsidRDefault="007122E7" w:rsidP="002A128E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Begränsa mängden brännbart material (papper, förpackningar, textilier mm) inom vårdrummet, speciellt vid sängens huvudände. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="683786E7" w14:textId="6E787FBF" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+    <w:p w14:paraId="683786E7" w14:textId="71ADCA99" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="_Toc221278071"/>
-      <w:bookmarkStart w:id="73" w:name="_Toc210292083"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc210292083"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc222910562"/>
       <w:r>
-        <w:t>11 Hantering av gaser i ambulansverksamhet</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="72"/>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57D30">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Hantering av gaser i ambulansverksamhet</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="353F3651" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="74" w:name="_Toc210292084"/>
-      <w:bookmarkStart w:id="75" w:name="_Toc221278072"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc222910563"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">11.1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00633542">
         <w:t>Gasförråd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> för ambulans</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55139891" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -11856,83 +11876,83 @@
       <w:r w:rsidRPr="00633542">
         <w:t>Beställning av medicinsk gas eller byte av medicinsk gasflaska görs genom att kontakta VF.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> OBS. Det är viktigt att tomma flaskor från ambulansen återlämnas till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>gasförrådet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> för att få korrekt spårbarhet i gasleverantörens system. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45AFC533" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="76" w:name="_Toc221278073"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc222910564"/>
       <w:r>
         <w:t>11.2 Underhåll och tillsyn</w:t>
       </w:r>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="032D1CB5" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Medicinteknisk utrustning i ambulansen kontrolleras årligen av MT enligt uppdrag från verksamhetschefen för ambulansverksamheten. Kontrollen görs enligt protokoll och upptäckta defekter åtgärdas omedelbart. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74B303CC" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="77" w:name="_Toc210292086"/>
-      <w:bookmarkStart w:id="78" w:name="_Toc221278074"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc222910565"/>
       <w:r>
         <w:t>11.3 Byte av gasflaska</w:t>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12A5A439" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="79" w:name="_Toc210292087"/>
       <w:r>
         <w:t>11.3.1 När ska gasflaska bytas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:t> </w:t>
@@ -11966,51 +11986,51 @@
     </w:p>
     <w:p w14:paraId="4ACBB8CF" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Se avsnitt 8.2.2. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047DB22C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="81" w:name="_Toc210292089"/>
-      <w:bookmarkStart w:id="82" w:name="_Toc221278075"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc222910566"/>
       <w:r>
         <w:t>11.4 Befuktning av andningsvägar hos patient</w:t>
       </w:r>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6528F4B5" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hänvisning till Vårdhandboken – se avsitt; </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="1A46585A">
         <w:t>s</w:t>
       </w:r>
@@ -12029,66 +12049,66 @@
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="1A46585A">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Att ge oxygen – Vårdhandboken (vardhandboken.se)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F40C2D4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="_Toc221278076"/>
-      <w:bookmarkStart w:id="84" w:name="_Toc210292090"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc210292090"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc222910567"/>
       <w:r w:rsidRPr="00633542">
         <w:t>12 </w:t>
       </w:r>
       <w:r>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>antering av kryogena gaser</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="00633542">
+        <w:t> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="83"/>
-      <w:r w:rsidRPr="00633542">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="84"/>
     </w:p>
     <w:p w14:paraId="227F419E" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Kryogena gaser är förvätskade, det vill säga flytande och förvaras vid låga temperaturer. De låga temperaturerna orsakar lätt frostskador på vävnader. Material som kommer i kontakt med kryogena gaser, till exempel stål och plast blir hårda och därmed sköra.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="070514F5" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Det stora expansionsförhållandet, 700–800 gånger, det vill säga när vätskan övergår till gasform, kan orsaka enorma tryckförhöjningar i mer eller mindre slutna rum.  </w:t>
@@ -12268,167 +12288,167 @@
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Manipulera aldrig själv med en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00633542">
         <w:t>kryoinstallation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> eller en teknisk anordning kopplad till en sådan utan att veta hur den fungerar. Ta kontakt med VF eller MT </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="056240BB" w14:textId="1FC9B900" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="_Toc221278077"/>
-      <w:bookmarkStart w:id="86" w:name="_Toc210292091"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc210292091"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc222910568"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">13 </w:t>
       </w:r>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>nvisningar för användande på vård</w:t>
       </w:r>
       <w:r>
         <w:t>enhet</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="00633542">
+        <w:t> </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="85"/>
-      <w:r w:rsidRPr="00633542">
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="2559F404" w14:textId="219C8961" w:rsidR="007122E7" w:rsidRPr="00FE0C2D" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="87" w:name="_Toc221278078"/>
-      <w:bookmarkStart w:id="88" w:name="_Toc210292092"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc210292092"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc222910569"/>
       <w:r>
         <w:t>13.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Ordination</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06F30C22" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Behandling ska ordineras av läkare med dos (liter/minut) och behandlingstid. Förutom via gasanläggning kan medicinska gaser tillföras med hjälp av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00633542">
         <w:t>oxygenkoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> eller som gas från flaskor.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35251D30" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="008310C9" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:r w:rsidRPr="00633542">
         <w:t>Doseringsanordningen på apparaturen måste vara sådan att gasflödet i liter per minut kan avläsas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BDD940D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc221278079"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc222910570"/>
       <w:r w:rsidRPr="00633542">
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Förvaring av medicinska gasflaskor</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8599DB" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Se avsnitt 7.4. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="566C2606" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="90" w:name="_Toc210292093"/>
-      <w:bookmarkStart w:id="91" w:name="_Toc221278080"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc222910571"/>
       <w:r>
         <w:t xml:space="preserve">13.3 </w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Kontroll av flaskor och tryckövervakare på </w:t>
       </w:r>
       <w:r>
         <w:t>vårdenhet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
     </w:p>
     <w:p w14:paraId="0DFB8841" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Gasansvarig utför kontroller</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> på medicinska gasflaskor enligt mall 18 på </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
@@ -12440,51 +12460,51 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05A6D173" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:r>
         <w:t>Gasombud utför kontroller på reservgasflaskor och tryckövervakare/tryckvakt enligt Bilaga 1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BBDE637" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="92" w:name="_Toc210292094"/>
-      <w:bookmarkStart w:id="93" w:name="_Toc221278081"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc222910572"/>
       <w:r>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>eställning av medicinsk gasflaska</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> till vårdenhet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
@@ -12590,91 +12610,91 @@
         </w:rPr>
         <w:t>Västfastigheter</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF44EE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> snarast</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF44EE">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A6C74AE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="94" w:name="_Toc210292095"/>
-      <w:bookmarkStart w:id="95" w:name="_Toc221278082"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc222910573"/>
       <w:r w:rsidRPr="00633542">
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Skötsel av utrustning kopplad till medicinsk gasflaska</w:t>
       </w:r>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DC4F5B3" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Se avsnitt 8. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1812C09A" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="96" w:name="_Toc210292096"/>
-      <w:bookmarkStart w:id="97" w:name="_Toc221278083"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc222910574"/>
       <w:r w:rsidRPr="00633542">
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Byte av gasflaska för medicinska gaser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22738EFE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
@@ -12719,91 +12739,91 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3F5AE530" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Se avsnitt 8.2.2 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D174A24" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="98" w:name="_Toc210292097"/>
-      <w:bookmarkStart w:id="99" w:name="_Toc221278084"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc222910575"/>
       <w:r w:rsidRPr="00633542">
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Skötsel av medicinteknisk utrustning kopplad till fast gasuttag</w:t>
       </w:r>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2184098B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Se avsnitt 9. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="616ED164" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="100" w:name="_Toc210292098"/>
-      <w:bookmarkStart w:id="101" w:name="_Toc221278085"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc222910576"/>
       <w:r w:rsidRPr="00633542">
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Avbrott av gasförsörjning i medicinsk gasanläggning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7363D67F" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
@@ -12923,51 +12943,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Minimera gasförbrukning omedelbart! </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3364AF4C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="002A128E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Stäng av allt som inte är absolut nödvändigt! </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A5BB2B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="102" w:name="_Toc210292099"/>
-      <w:bookmarkStart w:id="103" w:name="_Toc221278086"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc222910577"/>
       <w:r w:rsidRPr="00633542">
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Hantering av medicinska gaser vid brandfara</w:t>
       </w:r>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490A422D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00790A84" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Vårdenheten ska</w:t>
@@ -13053,152 +13073,144 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">även </w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>avsnitt 10.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C02D4CA" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C06917" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="104" w:name="_Toc210292100"/>
-      <w:bookmarkStart w:id="105" w:name="_Toc221278087"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc222910578"/>
       <w:r>
         <w:t>13.10 Utbildning av vårdpersonal i hantering av gasflaskor samt medicinsk gasanläggning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
     </w:p>
     <w:p w14:paraId="23AA2A0B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C06917" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Vårdpersonal ska veta hur man byter gasflaska samt vilka risker som finns förknippade med gasanvändning. Anvisningar ska finnas på vårdenheten för den utrustning som används.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="521BA79C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C06917" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Utbildning i handhavande av medicinteknisk apparatur eller utrustning kopplad till gas kan erhållas från MT vid behov. Kontakta MT. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F9EDAF" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C06917" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Upphandlad leverantör Linde tillhandahåller utbildning på plats en gång per år på NÄL och Uddevalla sjukhus med fokus på gasers egenskaper och hantering av gasflaskor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="541FF62A" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00882B55">
-        <w:t xml:space="preserve">I </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> finns en utbildning ”</w:t>
+        <w:t>I Lärportalen finns en utbildning ”</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6C8A">
         <w:t>Säker hantering av medicinska gaser</w:t>
       </w:r>
       <w:r w:rsidRPr="00882B55">
         <w:t xml:space="preserve">”. Utbildningen innehåller både information kring gasflaskor och medicinsk gasanläggning. Diplom erhålls efter avslutad utbildning. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69338DCF" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00C06917" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
         <w:t>Västfastigheter</w:t>
       </w:r>
       <w:r w:rsidRPr="00882B55">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan bistå med utbildning och övning, exempelvis genomgång av hur man agerar vid gasbortfallslarm samt den medicinska gasanläggningens uppbyggnad (med fokus på egna vårdenheten). Kontakta: 010–4413500 eller </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00882B55">
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic"/>
           </w:rPr>
           <w:t>vastfastigheter.kundtjanst@vgregion.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="79D43542" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="106" w:name="_Toc210292101"/>
-      <w:bookmarkStart w:id="107" w:name="_Toc221278088"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc222910579"/>
       <w:r w:rsidRPr="00633542">
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Patient med egen medhavd utrustning för medicinsk gas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D0C16DE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
@@ -13222,51 +13234,51 @@
       </w:r>
       <w:r>
         <w:t>Västfastigheter</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">. Kontakta </w:t>
       </w:r>
       <w:r>
         <w:t>Västfastigheter</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33D62016" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="108" w:name="_Toc210292102"/>
-      <w:bookmarkStart w:id="109" w:name="_Toc221278089"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc222910580"/>
       <w:r w:rsidRPr="00633542">
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Befuktning av andningsvägar hos patient</w:t>
       </w:r>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3899B2E0" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -13274,51 +13286,51 @@
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="1A46585A">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Att ge oxygen - Vårdhandboken (vardhandboken.se)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B700EC4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="110" w:name="_Toc210292103"/>
-      <w:bookmarkStart w:id="111" w:name="_Toc221278090"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc222910581"/>
       <w:r w:rsidRPr="00633542">
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Olyckor och tillbud</w:t>
       </w:r>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:r w:rsidRPr="00633542">
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14F37BC7" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A46585A">
@@ -13366,51 +13378,51 @@
     </w:p>
     <w:p w14:paraId="44A2AC3D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Observera att en tillbudsanmälan inte är till för att peka ut en gärningsman, utan ska ligga till grund för att förbättra säkerheten vid gasanvändning, till nytta både för patient och för personal!  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FB667DE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="112" w:name="_Toc210292104"/>
-      <w:bookmarkStart w:id="113" w:name="_Toc221278091"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc222910582"/>
       <w:r w:rsidRPr="00633542">
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Avlidna patienter och levande ljus</w:t>
       </w:r>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BB82F9" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
@@ -13472,51 +13484,51 @@
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>I vissa rum/</w:t>
       </w:r>
       <w:r>
         <w:t>vårdenhete</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>r är sprinkler respektive brandlarmsdetektorer installerade, stor hänsyn till detta ska tas </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48EC4359" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="114" w:name="_Toc210292105"/>
-      <w:bookmarkStart w:id="115" w:name="_Toc221278092"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc222910583"/>
       <w:r w:rsidRPr="00633542">
         <w:t>13.1</w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> Arbetsmiljö – Farliga ämnen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AE09BA1" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -13549,51 +13561,51 @@
         <w:t xml:space="preserve">Varuinformationsblad för medicinska och andra gaser som används på </w:t>
       </w:r>
       <w:r>
         <w:t>vårdenhet</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> kan beställas från</w:t>
       </w:r>
       <w:r w:rsidR="003B0E05">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Västfastigheter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12D51693" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="116" w:name="_Toc221278093"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc222910584"/>
       <w:r>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Referenser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="116"/>
       <w:r w:rsidRPr="00633542">
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13CFC6D1" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="002A128E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Läkemedelslag SFS 2015:315 </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="009369AE">
           <w:t>www.notisum.se</w:t>
@@ -13755,132 +13767,98 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="716EC2F6" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="002744A4" w:rsidRDefault="007122E7" w:rsidP="002A128E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:hyperlink r:id="rId39">
         <w:r w:rsidRPr="002744A4">
           <w:t>Regional rutin läkemedelshantering i VGR (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002744A4">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="413A5D44" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="002744A4" w:rsidRDefault="007122E7" w:rsidP="002A128E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="002744A4">
         <w:t xml:space="preserve">Vägledning - Kvalitetsledningssystem gällande central gasanläggning - Ansvarsfördelning (riktlinje VGR) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7718C3F4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="009369AE">
-[...9 lines deleted...]
-          <w:szCs w:val="32"/>
+    <w:p w14:paraId="7718C3F4" w14:textId="54BAF86C" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00327D56">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="_Toc210292106"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc222910585"/>
+      <w:r w:rsidRPr="751F549D">
+        <w:t>Bilaga 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00327D56">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="751F549D">
+        <w:rPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ansvarsbeskrivning gasombud </w:t>
+      </w:r>
       <w:r>
-        <w:br w:type="page"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="117" w:name="_Toc210292106"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
       <w:r w:rsidRPr="751F549D">
         <w:rPr>
-          <w:sz w:val="32"/>
-[...7 lines deleted...]
-          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ansvarsbeskrivning gasombud </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>medicinsk gasanläggning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="117"/>
-    </w:p>
-    <w:p w14:paraId="0C226812" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+      <w:bookmarkEnd w:id="118"/>
+    </w:p>
+    <w:p w14:paraId="0C226812" w14:textId="4E076CC9" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="992"/>
         <w:rPr>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00882B55">
         <w:t>Gäller de enheter som använder medicinsk gasanläggning</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="40838AE2" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2718"/>
         <w:gridCol w:w="2882"/>
         <w:gridCol w:w="3221"/>
       </w:tblGrid>
       <w:tr w:rsidR="007122E7" w:rsidRPr="00882B55" w14:paraId="64D1729D" w14:textId="77777777" w:rsidTr="001C1D42">
@@ -14193,495 +14171,450 @@
             <w:tcW w:w="3367" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B310CBF" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00882B55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>…………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2224FEA5" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
-[...11 lines deleted...]
-    <w:p w14:paraId="0049C029" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+    <w:p w14:paraId="0049C029" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:spacing w:before="40" w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Ansvarsbeskrivning:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285D8B8F" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="285D8B8F" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Månadskontroll av reservgasflaskor (20L)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BFBC4D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="27BFBC4D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontroll av flasktryck. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A7A58D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="01A7A58D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontroll av regulators drifttryck. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1786C1F4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="1786C1F4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Flaskans utgångsdatum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27CB7C2B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="27CB7C2B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>Kontroll av gaslarm</w:t>
-[...13 lines deleted...]
-        <w:spacing w:after="160"/>
+        <w:t xml:space="preserve">Kontroll av gaslarm </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44674A63" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>(För förslag på mall för dokumentation, se bilaga 2 eller 3)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="499D821B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="499D821B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Ansvarig för att personalen har god kunskap och kännedom.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A952891" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="3A952891" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Att koppla in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>reservgas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> på tryckvakt/tryckövervakare vid driftstörning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07420597" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="07420597" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontroll hur/om man kan stänga av gasen för enskilda rum genom NAV-lådor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ADD2D34" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="0ADD2D34" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Kunna kontrollera hur länge flaskorna räcker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621BD1F8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="621BD1F8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1A46585A">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Ansvarig för gassortimentet på vårdenheten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60530C21" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="60530C21" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Ansvarig för returflaskor är placerat och förvaras rätt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D05438C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00F144FB">
+    <w:p w14:paraId="7A3961DE" w14:textId="5CA4D559" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
+      <w:r w:rsidRPr="00327D56">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Ansvarig för att felanmälningar om gasuttagen läcker eller pyser. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DFD51D5" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
-[...23 lines deleted...]
-    <w:p w14:paraId="066C8DD8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+    <w:p w14:paraId="066C8DD8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D8A4541" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00882B55">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
@@ -15111,79 +15044,65 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3070" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5892093D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="47B8CC6C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+    <w:p w14:paraId="3102D53B" w14:textId="77777777" w:rsidR="00327D56" w:rsidRDefault="00327D56" w:rsidP="001C2710">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1787291F" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
-[...13 lines deleted...]
-    <w:p w14:paraId="37415497" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+    <w:p w14:paraId="37415497" w14:textId="52A8CE65" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00882B55">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>----------------------------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="605705E3" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
@@ -15473,214 +15392,123 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4481" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5DC67DF6" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B0AC774" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+    <w:p w14:paraId="77927D50" w14:textId="3DD43B88" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00882B55">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="00882B55">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49DE4D8A" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00882B55">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Original förvaras på enheten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70517B20" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="2F5D61E8" w14:textId="7973DCEE" w:rsidR="007122E7" w:rsidRPr="00327D56" w:rsidRDefault="007122E7" w:rsidP="00327D56">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B55">
-[...33 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="_Toc210292107"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc222910586"/>
+      <w:r w:rsidRPr="751F549D">
+        <w:t>Bilaga 2 – Protokoll kontroll av reservgasflaskor</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...24 lines deleted...]
-      <w:bookmarkStart w:id="119" w:name="_Toc221278094"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="751F549D">
-        <w:rPr>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>Masterwatch6</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkEnd w:id="120"/>
     </w:p>
     <w:p w14:paraId="2C81D8A6" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00882B55">
         <w:t>Sjukhus:…</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00882B55">
         <w:t xml:space="preserve">………    </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00882B55">
         <w:t>Byggnad:…</w:t>
       </w:r>
@@ -18231,336 +18059,305 @@
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007122E7" w:rsidRPr="00882B55" w14:paraId="7DA10A78" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58DB4746" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="58DB4746" w14:textId="09A5D182" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00882B55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Funktionskontroll</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00D57D30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00882B55">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F4A3393" w14:textId="02F01F15" w:rsidR="00D57D30" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00882B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Reservgasflaskor och gaslarm vid tryckvakt</w:t>
+            </w:r>
+            <w:r w:rsidR="00D57D30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CA984DE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="0CA984DE" w14:textId="3BAF871B" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="00D57D30" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00882B55">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="719CD013" wp14:editId="27E7613D">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="728A3035" wp14:editId="02F7A36F">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>-50165</wp:posOffset>
+                    <wp:posOffset>-8807</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>238125</wp:posOffset>
-[...96 lines deleted...]
-                    <wp:posOffset>226695</wp:posOffset>
+                    <wp:posOffset>3251891</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1553845" cy="876300"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="0"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="0" y="0"/>
                       <wp:lineTo x="0" y="21130"/>
                       <wp:lineTo x="21450" y="21130"/>
                       <wp:lineTo x="21450" y="0"/>
                       <wp:lineTo x="0" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
                   <wp:docPr id="1215325516" name="Bildobjekt 1215325516"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 3"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId41">
+                          <a:blip r:embed="rId40">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1553845" cy="876300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00882B55">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-          <w:p w14:paraId="261BAC09" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="719CD013" wp14:editId="02DF9980">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-46990</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>94615</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="1596390" cy="2777490"/>
+                  <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
+                  <wp:wrapTight wrapText="bothSides">
+                    <wp:wrapPolygon edited="0">
+                      <wp:start x="0" y="0"/>
+                      <wp:lineTo x="0" y="21481"/>
+                      <wp:lineTo x="21394" y="21481"/>
+                      <wp:lineTo x="21394" y="0"/>
+                      <wp:lineTo x="0" y="0"/>
+                    </wp:wrapPolygon>
+                  </wp:wrapTight>
+                  <wp:docPr id="3" name="Bildobjekt 3"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 6"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId41">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1596390" cy="2777490"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E5AF2DE" w14:textId="71298BEB" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-          <w:p w14:paraId="0EA3944A" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="62240DA8" w14:textId="38129373" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C2CCC29" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007122E7" w:rsidRPr="00882B55" w14:paraId="0184116D" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
@@ -18668,69 +18465,78 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007122E7" w:rsidRPr="00882B55" w14:paraId="7513A9D7" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="778F4F5C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="778F4F5C" w14:textId="39630E97" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00882B55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kontroll av reservgasflaskor</w:t>
+            </w:r>
+            <w:r w:rsidR="00D57D30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FE48278" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00882B55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kontrollera innehållsmängd (flasktryck) och drifttryck för samtliga gasflaskor, en i taget och enligt vidstående protokoll:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
@@ -18967,51 +18773,51 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00882B55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>•</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6027" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="7521ABA9" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="7521ABA9" w14:textId="5134F108" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00882B55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Läs av </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00882B55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>gassorten</w:t>
@@ -19617,51 +19423,75 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="111CA5F3" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="13171BCB" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+          <w:p w14:paraId="2001F3A0" w14:textId="77777777" w:rsidR="00D57D30" w:rsidRDefault="00D57D30" w:rsidP="001C2710">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48726559" w14:textId="77777777" w:rsidR="00D57D30" w:rsidRDefault="00D57D30" w:rsidP="001C2710">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13171BCB" w14:textId="05EBF714" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00882B55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kontroll av gaslarm:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7891FD47" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
@@ -19745,154 +19575,112 @@
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66BC342B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="003916A9" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BA15788" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="003916A9" w:rsidRDefault="007122E7" w:rsidP="001C2710">
-[...20 lines deleted...]
-      <w:bookmarkStart w:id="121" w:name="_Toc221278095"/>
+    <w:p w14:paraId="46BD61B3" w14:textId="77777777" w:rsidR="00D57D30" w:rsidRDefault="007122E7" w:rsidP="00D57D30">
+      <w:bookmarkStart w:id="121" w:name="_Toc210292108"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc222910587"/>
       <w:r w:rsidRPr="751F549D">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Bilaga 3 – Protokoll kontroll av reservgasflaskor Extern larmtablå</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
-      <w:r w:rsidRPr="00882B55">
-[...1 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="122"/>
+    </w:p>
+    <w:p w14:paraId="6623E33F" w14:textId="6B6B7DBF" w:rsidR="007122E7" w:rsidRPr="00882B55" w:rsidRDefault="007122E7" w:rsidP="00D57D30">
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00882B55">
         <w:t>Sjukhus:…</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00882B55">
         <w:t xml:space="preserve">………    </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00882B55">
         <w:t>Byggnad:…</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00882B55">
         <w:t xml:space="preserve">………..      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00882B55">
         <w:t>Plan:…</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00882B55">
         <w:t xml:space="preserve">………….   </w:t>
       </w:r>
       <w:r w:rsidRPr="00882B55">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00882B55">
         <w:t>Vårdenhet:…</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00882B55">
         <w:t>………</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00D57D30">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00882B55">
-        <w:t xml:space="preserve">Tryckvakt </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Tryckvakt nr:……………</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57D30">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00882B55">
-        <w:t>nr:…</w:t>
-[...21 lines deleted...]
-      </w:pPr>
+        <w:t>År:………….</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="210"/>
         <w:gridCol w:w="1207"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="992"/>
@@ -22462,51 +22250,51 @@
                   <wp:extent cx="1524252" cy="2651760"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="0" y="0"/>
                       <wp:lineTo x="0" y="21414"/>
                       <wp:lineTo x="21330" y="21414"/>
                       <wp:lineTo x="21330" y="0"/>
                       <wp:lineTo x="0" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
                   <wp:docPr id="7" name="Bildobjekt 7"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 6"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId40">
+                          <a:blip r:embed="rId41">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1524252" cy="2651760"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -23703,51 +23491,51 @@
                               <a:fillRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="tx1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="315F6F99" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                    <v:shapetype w14:anchorId="469C4F2C" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                       <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                       <o:lock v:ext="edit" shapetype="t"/>
                     </v:shapetype>
                     <v:shape id="Rak pilkoppling 18" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:37.1pt;margin-top:21.5pt;width:51.9pt;height:30.3pt;flip:x;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkP2Ji+AEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuGyEQfa/Uf0D7Xu/aSSzX8joPTtM+&#10;9BK16QcQdvAiAYNg4svfd2DtTdpUrVR1HxAMnDNnDsOurg/Oih3EZNC31XTSVAK8ws74bVt9v799&#10;s6hEIuk7adFDWx0hVdfr169W+7CEGfZoO4iCSXxa7kNb9URhWddJ9eBkmmAAz5sao5PEy7ituyj3&#10;zO5sPWuaeb3H2IWIClLi6M2wWa0Lv9ag6IvWCUjYtmJtVMZYxoc81uuVXG6jDL1RJxnyH1Q4aTwn&#10;HaluJEnxGM0LKmdUxISaJgpdjVobBaUGrmba/FLNt14GKLWwOSmMNqX/R6s+7zb+LrIN+5CWKdzF&#10;XMVBRye0NeED32mpi5WKQ7HtONoGBxKKg/Ort9MLNlfx1sXicjEtttYDTaYLMdF7QCfypK0SRWm2&#10;PW3Qe74gjEMKufuYiIUw8AzIYOvzmNCa7tZYWxa5O2Bjo9hJvlepFHi6Kjrto/uE3RCfN/wNN8xh&#10;7oMhfHkOc6LSZ5mppP0pCUlj3/lO0DFw31I00m8tZDrGZVH1k2NlRkcLg+CvoIXp2JlZ0TQmeS53&#10;OjLx6QzTXNwIbP4OPJ3PUCiNPoIHO/+YdUSUzOhpBDvjMf4uOx3OkvVw/uzAUHe24AG7Y+mlYg13&#10;bPHq9Lryk3i+LvCnf8D6BwAAAP//AwBQSwMEFAAGAAgAAAAhAD44yQrdAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FrwkAQhe+F/odlhN7qxkRU0mxECr0IPagBr2t2mgSzs2F3jWl/fcdTe3vD&#10;e7z5XrGdbC9G9KFzpGAxT0Ag1c501CioTh+vGxAhajK6d4QKvjHAtnx+KnRu3J0OOB5jI7iEQq4V&#10;tDEOuZShbtHqMHcDEntfzlsd+fSNNF7fudz2Mk2SlbS6I/7Q6gHfW6yvx5tVgIfdIo3xJz3L037/&#10;WYVzNfpMqZfZtHsDEXGKf2F44DM6lMx0cTcyQfQK1suUkwqWGU96+OsNiwuLJFuBLAv5f0H5CwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOQ/YmL4AQAASwQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAD44yQrdAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;UgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABcBQAAAAA=&#10;" strokecolor="#dd6174 [1944]" strokeweight="2pt">
                       <v:stroke endarrow="block"/>
                       <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="007122E7" w:rsidRPr="00882B55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23D863BE" wp14:editId="1FC6D370">
                   <wp:extent cx="942975" cy="1019175"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="15" name="Bildobjekt 15" descr="En bild som visar elektronik, meter&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -23886,108 +23674,93 @@
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04D6BA7A" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="006D0587" w:rsidRDefault="007122E7" w:rsidP="001C2710">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="720757D5" w14:textId="77777777" w:rsidR="00155565" w:rsidRDefault="00155565" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="122" w:name="_Toc210292109"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc210292109"/>
     </w:p>
     <w:p w14:paraId="7E60D5CF" w14:textId="77777777" w:rsidR="00155565" w:rsidRDefault="00155565">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FD63C4" w14:textId="1EC172E1" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+    <w:p w14:paraId="3EE927F3" w14:textId="1C95DA16" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="00D57D30">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="123" w:name="_Toc221278096"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc222910588"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Bilaga </w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> – Fakta om medicinska gaser</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r w:rsidRPr="00633542">
+        <w:t>       </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="123"/>
-      <w:r w:rsidRPr="00633542">
-[...17 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8988" w:type="dxa"/>
         <w:tblInd w:w="-75" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2999"/>
         <w:gridCol w:w="2069"/>
         <w:gridCol w:w="3920"/>
       </w:tblGrid>
       <w:tr w:rsidR="007122E7" w:rsidRPr="001B0A28" w14:paraId="120E18D4" w14:textId="77777777" w:rsidTr="001C1D42">
         <w:trPr>
           <w:trHeight w:val="420"/>
@@ -27943,57 +27716,57 @@
     <w:p w14:paraId="7A22DDB3" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A0029B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="124" w:name="_Toc210292110"/>
-      <w:bookmarkStart w:id="125" w:name="_Toc221278097"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc210292110"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc222910589"/>
       <w:r w:rsidRPr="00633542">
         <w:t>OXYGEN (exempelvis CONOXIA)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
+      <w:bookmarkEnd w:id="126"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6390C168" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Kemisk formel: O2  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4358AF76" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00633542">
         <w:t>Medicinsk oxygen</w:t>
       </w:r>
@@ -28253,57 +28026,57 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6FA08F6E" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Flytande oxygen bör behandlas med försiktighet då det även finns risk för köldskador.    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DAB5D8D" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="126" w:name="_Toc210292111"/>
-      <w:bookmarkStart w:id="127" w:name="_Toc221278098"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc210292111"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc222910590"/>
       <w:r w:rsidRPr="00633542">
         <w:t>LUFT (exempelvis AIRAPY)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
+      <w:bookmarkEnd w:id="128"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3230EE53" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Luft är en färglös och luktfri gasblandning som är nödvändig för flertalet livsformer på denna planet.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A33A29F" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -28573,57 +28346,57 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="42ED5BA0" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Tvätta händerna innan du byter en gasflaska för luft.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E0F480" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="128" w:name="_Toc210292112"/>
-      <w:bookmarkStart w:id="129" w:name="_Toc221278099"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc210292112"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc222910591"/>
       <w:r w:rsidRPr="00633542">
         <w:t>LUSTGAS, DIKVÄVEOXID (exempelvis NIONTIX)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkEnd w:id="130"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F109124" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Kemisk formel: N2O    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="599CE639" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -28855,57 +28628,57 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="028F59B9" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Tvätta händerna innan du byter en gasflaska för lustgas.    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5071C9C6" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="130" w:name="_Toc210292113"/>
-      <w:bookmarkStart w:id="131" w:name="_Toc221278100"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc210292113"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc222910592"/>
       <w:r w:rsidRPr="00633542">
         <w:t>Lustgas och oxygen (exempelvis LIVOPAN)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
+      <w:bookmarkEnd w:id="132"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38569A48" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Kemisk formel: N2O + O2 (lustgas &amp; syrgasblandning)</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>  </w:t>
       </w:r>
@@ -29019,57 +28792,57 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="68A21EA8" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Tvätta händerna innan du byter gasflaska.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E7F09A5" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="132" w:name="_Toc210292114"/>
-      <w:bookmarkStart w:id="133" w:name="_Toc221278101"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc210292114"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc222910593"/>
       <w:r w:rsidRPr="00633542">
         <w:t>KOLDIOXID</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
+      <w:bookmarkEnd w:id="134"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA1C705" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Kemisk formel: CO2    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B5D00FB" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -29201,57 +28974,57 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Vanlig koldioxid har samma flaskgänga som oxygen och olycksfall på grund av att förväxling har inträffat. </w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E01A66A" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="134" w:name="_Toc210292115"/>
-      <w:bookmarkStart w:id="135" w:name="_Toc221278102"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc210292115"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc222910594"/>
       <w:r w:rsidRPr="00633542">
         <w:t>KARBOGEN</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
+      <w:bookmarkEnd w:id="136"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7059F810" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Kemisk formel O2 + CO2   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="468E698F" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -29340,57 +29113,57 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3C297C0B" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Använd absolut inte fett eller oljor för smörjning av delar eller utrustning. Tvätta händerna innan du byter en gasflaska för karbogen.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E889222" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="136" w:name="_Toc210292116"/>
-      <w:bookmarkStart w:id="137" w:name="_Toc221278103"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc210292116"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc222910595"/>
       <w:r w:rsidRPr="00633542">
         <w:t>NITROGEN (KVÄVGAS)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
+      <w:bookmarkEnd w:id="138"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="785AD78C" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Kemisk formel: N2    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="500C14B6" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -29534,57 +29307,57 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF24975" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Använd skyddsutrustning (se avsnitt 12 i gashandboken)!   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FF8CE78" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="138" w:name="_Toc210292117"/>
-      <w:bookmarkStart w:id="139" w:name="_Toc221278104"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc210292117"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc222910596"/>
       <w:r w:rsidRPr="00633542">
         <w:t>HELIUM</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
+      <w:bookmarkEnd w:id="140"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27159794" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Kemisk formel: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00633542">
         <w:t>He</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00633542">
         <w:t>    </w:t>
       </w:r>
     </w:p>
@@ -29753,57 +29526,57 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7DA343FB" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Använd skyddsutrustning (se avsnitt 12 i gashandboken!)    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B73F8CE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="140" w:name="_Toc210292118"/>
-      <w:bookmarkStart w:id="141" w:name="_Toc221278105"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc210292118"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc222910597"/>
       <w:r w:rsidRPr="00633542">
         <w:t>ARGON</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
+      <w:bookmarkEnd w:id="142"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B1CE428" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Kemisk formel: Ar    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E69ACF9" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -29914,65 +29687,65 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Argon räknas som </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00633542">
         <w:t>kvävningsgas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> (se till att lokalen är väl ventilerad). Flytande argon kan ge mycket svåra frysskador på hud och ögon, om vätskan kommer i kontakt med föremål som har högre temperatur än vätskan, erhålls kraftig kokning och stänkning.  Använd skyddsutrustning (se avsnitt 12 i gashandboken)!   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A330EC3" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="142" w:name="_Toc210292119"/>
-      <w:bookmarkStart w:id="143" w:name="_Toc221278106"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc210292119"/>
+      <w:bookmarkStart w:id="144" w:name="_Toc222910598"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">KVÄVEMONOXID (exempelvis </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00633542">
         <w:t>INOmax</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00633542">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
+      <w:bookmarkEnd w:id="144"/>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63CA0995" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Kemisk formel: NO  </w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
@@ -30075,98 +29848,96 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE3CFCA" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t>Kvävemonoxid är ett licenspreparat.      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA74B07" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75F632CB" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710"/>
     <w:p w14:paraId="01077B21" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710"/>
     <w:p w14:paraId="170B4B53" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710"/>
     <w:p w14:paraId="27557AAF" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710"/>
-    <w:p w14:paraId="15504E27" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="319F9141" w14:textId="77777777" w:rsidR="0015091E" w:rsidRDefault="0015091E" w:rsidP="001C2710">
+    <w:p w14:paraId="0DA40941" w14:textId="77777777" w:rsidR="00D57D30" w:rsidRDefault="00D57D30" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="144" w:name="_Toc210292121"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="27F0F81A" w14:textId="306519E7" w:rsidR="007122E7" w:rsidRPr="00C91581" w:rsidRDefault="007122E7" w:rsidP="001C2710">
+      <w:bookmarkStart w:id="145" w:name="_Toc210292121"/>
+    </w:p>
+    <w:p w14:paraId="27F0F81A" w14:textId="3BDC4DDE" w:rsidR="007122E7" w:rsidRPr="00C91581" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="145" w:name="_Toc221278107"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc222910599"/>
       <w:r w:rsidRPr="00C91581">
         <w:t xml:space="preserve">Bilaga </w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91581">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91581">
         <w:t xml:space="preserve">nvändning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C91581">
         <w:t>LiV</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C91581">
         <w:t xml:space="preserve"> samt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C91581">
         <w:t>LiV</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C91581">
         <w:t xml:space="preserve"> IQ</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
+      <w:bookmarkEnd w:id="146"/>
       <w:r w:rsidRPr="00C91581">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="626ABEA2" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="342027BE" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
@@ -30437,69 +30208,69 @@
       </w:r>
       <w:hyperlink r:id="rId55" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00633542">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Bruksanvisningar | Linde Healthcare (linde-healthcare.se)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00633542">
         <w:t>.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="787E2A5F" w14:textId="77777777" w:rsidR="007122E7" w:rsidRDefault="007122E7" w:rsidP="001C2710"/>
     <w:p w14:paraId="15BDFBF4" w14:textId="77777777" w:rsidR="007122E7" w:rsidRPr="00633542" w:rsidRDefault="007122E7" w:rsidP="001C2710">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="146" w:name="_Toc210292122"/>
-      <w:bookmarkStart w:id="147" w:name="_Toc221278108"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc210292122"/>
+      <w:bookmarkStart w:id="148" w:name="_Toc222910600"/>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve">Bilaga </w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00633542">
         <w:t>yte av gasregulator på flaska</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
+      <w:bookmarkEnd w:id="148"/>
       <w:r w:rsidRPr="00633542">
         <w:t>  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3574C163" w14:textId="04F85774" w:rsidR="0022734C" w:rsidRDefault="00D74D0E" w:rsidP="00D74D0E">
       <w:pPr>
         <w:pStyle w:val="Normalefterlista"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00633542">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="423812BF" wp14:editId="3352968E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>130175</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>595630</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5756656" cy="7518062"/>
             <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:wrapTight wrapText="bothSides">
@@ -30792,65 +30563,65 @@
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11010C13" w14:textId="07F370CF" w:rsidR="00747066" w:rsidRPr="007122E7" w:rsidRDefault="00747066" w:rsidP="001C2710"/>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="007122E7" w:rsidSect="00330F6A">
       <w:headerReference w:type="default" r:id="rId59"/>
       <w:footerReference w:type="even" r:id="rId60"/>
       <w:footerReference w:type="default" r:id="rId61"/>
       <w:headerReference w:type="first" r:id="rId62"/>
       <w:footerReference w:type="first" r:id="rId63"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A49FF70" w14:textId="77777777" w:rsidR="003B060B" w:rsidRDefault="003B060B">
+    <w:p w14:paraId="54990B03" w14:textId="77777777" w:rsidR="00067C66" w:rsidRDefault="00067C66">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45BF6A94" w14:textId="77777777" w:rsidR="003B060B" w:rsidRDefault="003B060B">
+    <w:p w14:paraId="07A9AEB9" w14:textId="77777777" w:rsidR="00067C66" w:rsidRDefault="00067C66">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5254896C" w14:textId="77777777" w:rsidR="003B060B" w:rsidRDefault="003B060B">
+    <w:p w14:paraId="12B0BAB8" w14:textId="77777777" w:rsidR="00067C66" w:rsidRDefault="00067C66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -30906,51 +30677,50 @@
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Emoji">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="08000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -30976,51 +30746,51 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00971C35" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
@@ -31198,61 +30968,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16A298B1" w14:textId="77777777" w:rsidR="003B060B" w:rsidRDefault="003B060B"/>
+    <w:p w14:paraId="3147888F" w14:textId="77777777" w:rsidR="00067C66" w:rsidRDefault="00067C66"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03CFE4D0" w14:textId="77777777" w:rsidR="003B060B" w:rsidRDefault="003B060B">
+    <w:p w14:paraId="05BAAA0F" w14:textId="77777777" w:rsidR="00067C66" w:rsidRDefault="00067C66">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="12055F8D" w14:textId="77777777" w:rsidR="003B060B" w:rsidRDefault="003B060B">
+    <w:p w14:paraId="4C8A7A8C" w14:textId="77777777" w:rsidR="00067C66" w:rsidRDefault="00067C66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -32652,107 +32422,111 @@
   </w:num>
   <w:num w:numId="6" w16cid:durableId="22751845">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2089231472">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="336348349">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1006520427">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2016564745">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1490705832">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00000FCC"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="0003128B"/>
     <w:rsid w:val="000313BB"/>
+    <w:rsid w:val="0003209B"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="000357A3"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="000555FE"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00063970"/>
     <w:rsid w:val="000655CC"/>
+    <w:rsid w:val="00067C66"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00084F7F"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="000926AB"/>
     <w:rsid w:val="00094F27"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="00134541"/>
     <w:rsid w:val="0013580F"/>
@@ -32810,50 +32584,51 @@
     <w:rsid w:val="002A3CBA"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C0D27"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002C651D"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F5142"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F62A7"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="00327D56"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="003354AE"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360952"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00370F6C"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B060B"/>
     <w:rsid w:val="003B0E05"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B429A"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
@@ -33150,50 +32925,51 @@
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91BCB"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC30E2"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD18BE"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D11ABE"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D57D30"/>
     <w:rsid w:val="00D73999"/>
     <w:rsid w:val="00D74D0E"/>
     <w:rsid w:val="00D75A57"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD0EA6"/>
     <w:rsid w:val="00DD23A6"/>
     <w:rsid w:val="00DD3DEC"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E34C4C"/>
     <w:rsid w:val="00E41562"/>
     <w:rsid w:val="00E46432"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
@@ -36037,51 +35813,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-479/surrogate/Mall%2013%20Ansvarsbeskrivning%20gasansvarig%20(medicinsk%20gas%20p%c3%a5%20flaska).pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/lakemedelsbehandling/oxygenbehandling/att-ge-oxygen/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/halsa-och-sakerhet/kemiska-risker/risker-for-vissa-amnen-produkter-och-verksamheter/gaser/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-645/native/Regional%20rutin%20l%C3%A4kemedelshantering%20i%20VGR.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vastfastigheter.kundtjanst@vgregion.se" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sos.se/" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linde-healthcare.se/sv/documents/instructions_for_use/index.html" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/lakemedelsbehandling/oxygenbehandling/att-ge-oxygen/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:0104413500" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.notisum.se/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-645/native/Regional%20rutin%20l%C3%A4kemedelshantering%20i%20VGR.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/lakemedelsbehandling/oxygenbehandling/att-ge-oxygen/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/medicinteknik/tillverka/regelverk" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lakemedelsverket.se/" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/om-lakemedelsverket/rapporter-och-publikationer/svensk-lakemedelsstandard" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vastfastigheter.kundtjanst@vgregion.se" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.notisum.se/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sos.se/" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linde-healthcare.se/sv/medical_gases/index.html" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering/14.-mallar-och-blanketter/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mpa.se/" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs9924-923386695-385/surrogate/Regional%20rutin%20f%C3%B6r%20l%C3%A4kemedelshantering%20i%20V%C3%A4stra%20G%C3%B6talandsregionen.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/stod-och-tjanster/sakerhet-och-krisberedskap/brandskydd/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.notisum.se/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.notisum.se/" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sos.se/" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/vard/lakemedel/medicinska-gaser/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/lakemedelsbehandling/oxygenbehandling/att-ge-oxygen/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medcontrol.vgregion.se/siteminderagent/forms/VGR_loginval.1.2.sfcc?TYPE=33554433&amp;REALMOID=06-6bd126c9-fa3d-411f-877d-007416042f54&amp;GUID=&amp;SMAUTHREASON=0&amp;METHOD=GET&amp;SMAGENTNAME=-SM-MedControl%20PRO:p:w:x&amp;TARGET=-SM-https:%2f%2fmedcontrol.vgregion.se%2f" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sos.se/" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId59" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-479/surrogate/Mall%2013%20Ansvarsbeskrivning%20gasansvarig%20(medicinsk%20gas%20p%c3%a5%20flaska).pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/lakemedelsbehandling/oxygenbehandling/att-ge-oxygen/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/halsa-och-sakerhet/kemiska-risker/risker-for-vissa-amnen-produkter-och-verksamheter/gaser/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-645/native/Regional%20rutin%20l%C3%A4kemedelshantering%20i%20VGR.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vastfastigheter.kundtjanst@vgregion.se" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sos.se/" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linde-healthcare.se/sv/documents/instructions_for_use/index.html" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/lakemedelsbehandling/oxygenbehandling/att-ge-oxygen/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:0104413500" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.notisum.se/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-645/native/Regional%20rutin%20l%C3%A4kemedelshantering%20i%20VGR.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/lakemedelsbehandling/oxygenbehandling/att-ge-oxygen/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/medicinteknik/tillverka/regelverk" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lakemedelsverket.se/" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/om-lakemedelsverket/rapporter-och-publikationer/svensk-lakemedelsstandard" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vastfastigheter.kundtjanst@vgregion.se" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.notisum.se/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sos.se/" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linde-healthcare.se/sv/medical_gases/index.html" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering/14.-mallar-och-blanketter/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mpa.se/" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs9924-923386695-385/surrogate/Regional%20rutin%20f%C3%B6r%20l%C3%A4kemedelshantering%20i%20V%C3%A4stra%20G%C3%B6talandsregionen.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/stod-och-tjanster/sakerhet-och-krisberedskap/brandskydd/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.notisum.se/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.notisum.se/" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sos.se/" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/nu-sjukvarden/vard/lakemedel/medicinska-gaser/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/vard-och-behandling/lakemedelsbehandling/oxygenbehandling/att-ge-oxygen/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medcontrol.vgregion.se/siteminderagent/forms/VGR_loginval.1.2.sfcc?TYPE=33554433&amp;REALMOID=06-6bd126c9-fa3d-411f-877d-007416042f54&amp;GUID=&amp;SMAUTHREASON=0&amp;METHOD=GET&amp;SMAGENTNAME=-SM-MedControl%20PRO:p:w:x&amp;TARGET=-SM-https:%2f%2fmedcontrol.vgregion.se%2f" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sos.se/" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.av.se/arbetsmiljoarbete-och-inspektioner/publikationer/foreskrifter/" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId59" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -36368,71 +36144,71 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>57</Pages>
-[...1 lines deleted...]
-  <Characters>60463</Characters>
+  <Pages>56</Pages>
+  <Words>11450</Words>
+  <Characters>60687</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>503</Lines>
+  <Lines>505</Lines>
   <Paragraphs>143</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Gashandbok NU-sjukvården</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>71728</CharactersWithSpaces>
+  <CharactersWithSpaces>71994</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Gashandbok NU-sjukvården</dc:title>
   <dc:subject/>
   <dc:creator>Carina Isbrand Fransson</dc:creator>
   <keywords/>
-  <lastModifiedBy>Lisa Starlander</lastModifiedBy>
-  <revision>2</revision>
+  <lastModifiedBy>Sara Johansson</lastModifiedBy>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>