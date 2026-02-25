--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -289,147 +289,148 @@
         <w:t>Hjärtlarm spädbarn &lt;1 år</w:t>
       </w:r>
       <w:r w:rsidRPr="00792473">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidRPr="00792473">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hjärtlarm barn &gt;1 år. </w:t>
       </w:r>
       <w:r w:rsidRPr="00792473">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Larmrutinerna har förenklats i och med att den som larmar endast anger typ av larm och lokalisation och växeln har då en rutin för vilka som ska larmas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67691E0D" w14:textId="77777777" w:rsidR="004A63FF" w:rsidRPr="00792473" w:rsidRDefault="004A63FF" w:rsidP="004A63FF">
+    <w:p w14:paraId="67691E0D" w14:textId="266825F9" w:rsidR="004A63FF" w:rsidRPr="00792473" w:rsidRDefault="004A63FF" w:rsidP="004A63FF">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00792473">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Var god se </w:t>
       </w:r>
       <w:r w:rsidRPr="00792473">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">”Larmrutiner Barnkliniken” </w:t>
+        <w:t>”</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="003E7B41">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:b/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Larmrutiner Barnkliniken</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00792473">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidRPr="00792473">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>för utförlig info om alla larmrutiner inklusive</w:t>
       </w:r>
       <w:r w:rsidRPr="00792473">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00792473">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hjärtlarm spädbarn &lt;1 år</w:t>
       </w:r>
       <w:r w:rsidRPr="00792473">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidRPr="00792473">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hjärtlarm barn &gt;1 år</w:t>
       </w:r>
       <w:r w:rsidRPr="00792473">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B2B7BB" w14:textId="77777777" w:rsidR="004A63FF" w:rsidRPr="00E639DB" w:rsidRDefault="004A63FF" w:rsidP="004A63FF">
+    <w:p w14:paraId="46B2B7BB" w14:textId="474C86D3" w:rsidR="004A63FF" w:rsidRPr="00E639DB" w:rsidRDefault="004A63FF" w:rsidP="004A63FF">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="513F670F" w14:textId="7862AD53" w:rsidR="004A63FF" w:rsidRPr="00E639DB" w:rsidRDefault="004A63FF" w:rsidP="004A63FF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="16" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="16" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="16" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="16" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1092" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0ED2329A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -468,51 +469,76 @@
         <w:t xml:space="preserve"> lokalisation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08619A65" w14:textId="77777777" w:rsidR="004A63FF" w:rsidRPr="00E639DB" w:rsidRDefault="004A63FF" w:rsidP="004A63FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="987" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0ED2329A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Detta larm gäller vid alla akut dåliga barn på BB eller förlossning.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D5D0CDC" w14:textId="77777777" w:rsidR="004A63FF" w:rsidRDefault="004A63FF" w:rsidP="004A63FF">
+    <w:p w14:paraId="08DDF8A8" w14:textId="77777777" w:rsidR="00865EC0" w:rsidRDefault="00865EC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5D0CDC" w14:textId="5DDD2B96" w:rsidR="004A63FF" w:rsidRDefault="004A63FF" w:rsidP="004A63FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="987" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0ED2329A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Man ringer växeln på larmnummer 2222 och anger;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C342F6" w14:textId="77777777" w:rsidR="004A63FF" w:rsidRDefault="004A63FF" w:rsidP="004A63FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4751,50 +4777,51 @@
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00331556"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="00342A27"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E6B03"/>
+    <w:rsid w:val="003E7B41"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004A63FF"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
@@ -4852,73 +4879,75 @@
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="0075690E"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
+    <w:rsid w:val="0076338C"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="00792473"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007B01D0"/>
     <w:rsid w:val="007D167E"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00842259"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
+    <w:rsid w:val="00865EC0"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892C40"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B6CA1"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E4252"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F207E"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
@@ -4972,76 +5001,78 @@
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B02E7D"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
+    <w:rsid w:val="00BC0BA7"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA7023"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB4ECA"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D75296"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
@@ -7601,51 +7632,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alfresco.vgregion.se/alfresco/service/vgr/storage/node/content/34560/Larmrutin%20Barnkliniken%20(N%c3%a4l).pdf?a=false&amp;guest=true" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10035-986315719-20/surrogate/Larmrutin%20Barnkliniken%20(N%c3%a4l).pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
@@ -7949,71 +7980,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>439</Words>
-  <Characters>2332</Characters>
+  <Words>372</Words>
+  <Characters>2299</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2766</CharactersWithSpaces>
+  <CharactersWithSpaces>2666</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Larmrutiner BB, Förlossning</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ewelyn Persson</lastModifiedBy>
-  <revision>20</revision>
+  <revision>23</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>