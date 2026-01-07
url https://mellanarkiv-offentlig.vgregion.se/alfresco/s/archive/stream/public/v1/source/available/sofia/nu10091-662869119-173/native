--- v0 (2025-12-13)
+++ v1 (2026-01-07)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="45E23A10" w14:textId="77777777" w:rsidR="0058249C" w:rsidRDefault="0058249C" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="0058249C" w:rsidSect="0058249C">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="10609669" w14:textId="77777777" w:rsidR="0058249C" w:rsidRPr="0058249C" w:rsidRDefault="0058249C" w:rsidP="0058249C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -160,61 +160,59 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>28316</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
@@ -252,114 +250,119 @@
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>28316</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2AB3F1" w14:textId="77777777" w:rsidR="0058249C" w:rsidRPr="0058249C" w:rsidRDefault="0058249C" w:rsidP="00582C9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_1314629194"/>
       <w:bookmarkStart w:id="2" w:name="Rubrik"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="0058249C">
         <w:t>Revidering i denna version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A45E3F1" w14:textId="326EA0C0" w:rsidR="0058249C" w:rsidRPr="0058249C" w:rsidRDefault="00E955E5" w:rsidP="00582C9F">
+    <w:p w14:paraId="3A45E3F1" w14:textId="2E9E6AF6" w:rsidR="0058249C" w:rsidRPr="0058249C" w:rsidRDefault="00E955E5" w:rsidP="00582C9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Inga</w:t>
       </w:r>
       <w:r w:rsidR="0058249C" w:rsidRPr="0058249C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ändringar vid denna revidering.</w:t>
+        <w:t xml:space="preserve"> ändringar </w:t>
+      </w:r>
+      <w:r w:rsidR="00300B2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i denna version. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="264661A7" w14:textId="77777777" w:rsidR="0058249C" w:rsidRPr="0058249C" w:rsidRDefault="0058249C" w:rsidP="00582C9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="0058249C">
         <w:t>Åtgärd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="751D19FC" w14:textId="77777777" w:rsidR="0058249C" w:rsidRPr="0058249C" w:rsidRDefault="0058249C" w:rsidP="00582C9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0058249C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Nitroglycerin har en kraftigt relaxerande effekt på glatt muskulatur med snabb effekt inom 40 - 80 sekunder. Duration cirka 1 minut. Inga negativa fetala effekter har observerats.</w:t>
       </w:r>
@@ -944,118 +947,118 @@
         </w:rPr>
         <w:t>Kontroll av blodtryck och puls upp till 5 minuter efter sista dos.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00582C9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="0058249C">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69C40CDA" w14:textId="77777777" w:rsidR="005F0845" w:rsidRDefault="005F0845">
+    <w:p w14:paraId="5C737200" w14:textId="77777777" w:rsidR="00B5100B" w:rsidRDefault="00B5100B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="798357E7" w14:textId="77777777" w:rsidR="005F0845" w:rsidRDefault="005F0845">
+    <w:p w14:paraId="366C45D2" w14:textId="77777777" w:rsidR="00B5100B" w:rsidRDefault="00B5100B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="534381FE" w14:textId="77777777" w:rsidR="005F0845" w:rsidRDefault="005F0845">
+    <w:p w14:paraId="34504EE4" w14:textId="77777777" w:rsidR="00B5100B" w:rsidRDefault="00B5100B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -1063,89 +1066,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -1174,51 +1177,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="21" name="Bildobjekt 21">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -1252,73 +1255,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73F9DE16" w14:textId="77777777" w:rsidR="005F0845" w:rsidRDefault="005F0845"/>
+    <w:p w14:paraId="2FE0C4AC" w14:textId="77777777" w:rsidR="00B5100B" w:rsidRDefault="00B5100B"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02BC982D" w14:textId="77777777" w:rsidR="005F0845" w:rsidRDefault="005F0845">
+    <w:p w14:paraId="745210E3" w14:textId="77777777" w:rsidR="00B5100B" w:rsidRDefault="00B5100B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="20112106" w14:textId="77777777" w:rsidR="005F0845" w:rsidRDefault="005F0845">
+    <w:p w14:paraId="4EAFE5B3" w14:textId="77777777" w:rsidR="00B5100B" w:rsidRDefault="00B5100B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1396,51 +1399,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1606,51 +1609,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3926,98 +3929,99 @@
   <w:num w:numId="15" w16cid:durableId="1360424891">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="868765826">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1409425482">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1651517713">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1022633279">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2009864162">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2084523915">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="83"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
+    <w:rsid w:val="00027784"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
@@ -4051,50 +4055,51 @@
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00300B2E"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
@@ -4275,66 +4280,68 @@
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B5100B"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
+    <w:rsid w:val="00BC478E"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
@@ -4414,51 +4421,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6828,51 +6835,51 @@
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7241,70 +7248,70 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>235</Words>
-  <Characters>1251</Characters>
+  <Characters>1247</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1484</CharactersWithSpaces>
+  <CharactersWithSpaces>1480</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Nitroglycerin som uterusrelaxans</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ewelyn Persson</lastModifiedBy>
-  <revision>7</revision>
+  <revision>8</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>