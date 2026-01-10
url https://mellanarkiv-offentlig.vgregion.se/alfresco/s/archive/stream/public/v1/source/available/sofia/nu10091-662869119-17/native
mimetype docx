--- v0 (2025-12-13)
+++ v1 (2026-01-10)
@@ -6,51 +6,51 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7809DAA4" w14:textId="77777777" w:rsidR="002D774A" w:rsidRDefault="002D774A" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="002D774A" w:rsidSect="002D774A">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="2D15BC57" w14:textId="3CC8FD88" w:rsidR="002D774A" w:rsidRPr="002D774A" w:rsidRDefault="008A113A" w:rsidP="008A113A">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
@@ -94,832 +94,838 @@
             <w:t>Innehåll</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="557DC720" w14:textId="6C151F00" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00252638">
           <w:pPr>
             <w:pStyle w:val="Innehll1"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="554CFF73" w14:textId="04E7C1C0" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00000000">
+        <w:p w14:paraId="554CFF73" w14:textId="04E7C1C0" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00D83310">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9913"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc161651685" w:history="1">
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Revidering i denna version</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc161651685 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="05F0BD0A" w14:textId="2E44EC09" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00000000">
+        <w:p w14:paraId="05F0BD0A" w14:textId="2E44EC09" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00D83310">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9913"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc161651686" w:history="1">
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Bakgrund</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc161651686 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7F90EF70" w14:textId="407EA0EF" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00000000">
+        <w:p w14:paraId="7F90EF70" w14:textId="407EA0EF" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00D83310">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9913"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc161651687" w:history="1">
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Inte infektiösa orsaker till feber</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc161651687 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="763E8E7A" w14:textId="576530B1" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00000000">
+        <w:p w14:paraId="763E8E7A" w14:textId="576530B1" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00D83310">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9913"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc161651688" w:history="1">
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Infektiösa orsaker till feber</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc161651688 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="58ECC2A6" w14:textId="577D43D0" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00000000">
+        <w:p w14:paraId="58ECC2A6" w14:textId="577D43D0" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00D83310">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9913"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc161651689" w:history="1">
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Åtgärd</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc161651689 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0DF43C8A" w14:textId="0A879938" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00000000">
+        <w:p w14:paraId="0DF43C8A" w14:textId="0A879938" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00D83310">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9913"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc161651690" w:history="1">
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Feber utan infektionsmisstanke</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc161651690 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6DC332A0" w14:textId="3B41CFED" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00000000">
+        <w:p w14:paraId="6DC332A0" w14:textId="3B41CFED" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00D83310">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9913"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc161651691" w:history="1">
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Feber med infektionsmisstanke</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc161651691 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="747A22AD" w14:textId="5384DD1E" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00000000">
+        <w:p w14:paraId="747A22AD" w14:textId="5384DD1E" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00D83310">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9913"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc161651692" w:history="1">
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Efter förlossning</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc161651692 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0C913F1C" w14:textId="18B8294D" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00000000">
+        <w:p w14:paraId="0C913F1C" w14:textId="18B8294D" w:rsidR="00D83310" w:rsidRPr="00412F22" w:rsidRDefault="00D83310">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9913"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc161651693" w:history="1">
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Bilaga 1 - Flödesschema</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc161651693 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00D83310" w:rsidRPr="00412F22">
+            <w:r w:rsidRPr="00412F22">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="75082791" w14:textId="3B2EDD2E" w:rsidR="00252638" w:rsidRDefault="00252638">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="44074978" w14:textId="77777777" w:rsidR="00252638" w:rsidRDefault="00252638">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CAD48D9" w14:textId="6678D16E" w:rsidR="002D774A" w:rsidRPr="002D774A" w:rsidRDefault="002D774A" w:rsidP="008A113A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc161651685"/>
       <w:r w:rsidRPr="002D774A">
         <w:lastRenderedPageBreak/>
         <w:t>Revidering i denna version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="4ED08EB0" w14:textId="2F2E7CE0" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="00332666" w:rsidP="00332666">
+    <w:p w14:paraId="4ED08EB0" w14:textId="293373FE" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="00F86E80" w:rsidP="00332666">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Justering av bakgrund och tillägg av handläggning efter förlossning. </w:t>
+        <w:t>Inga ändringar i denna version.</w:t>
+      </w:r>
+      <w:r w:rsidR="00332666">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31FEE3DC" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc161651686"/>
       <w:bookmarkStart w:id="5" w:name="_Toc501440348"/>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -970,73 +976,71 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rektaltemperatur mäts vid misstanke om infektion. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="651E496A" w14:textId="5AA0A069" w:rsidR="00505FC6" w:rsidRDefault="00505FC6" w:rsidP="000052A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Öront</w:t>
       </w:r>
       <w:r w:rsidR="00536EA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00187D51">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>mperatur</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00536EA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan </w:t>
       </w:r>
       <w:r w:rsidR="00141C27">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>användas</w:t>
       </w:r>
       <w:r w:rsidR="00536EA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vid screening för temperaturförhöjning, alltså när det inte föreligger specifik misstanke om infektion. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60D3A13C" w14:textId="4049C2AE" w:rsidR="00536EA4" w:rsidRDefault="00536EA4" w:rsidP="000052A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1071,85 +1075,57 @@
         <w:t xml:space="preserve">Feber under förlossning är i sig inte sällan förknippat med ökad skada men kan i tillägg till andra riskfaktorer öka risken för till exempel fosterskador. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21B206DE" w14:textId="48EEFDFC" w:rsidR="00CB1892" w:rsidRDefault="00037C1F" w:rsidP="00037C1F">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk117596170"/>
       <w:r>
         <w:t xml:space="preserve">Temperatur </w:t>
       </w:r>
       <w:r w:rsidR="00D0361B">
         <w:t>– definitioner</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EABE841" w14:textId="6CF69303" w:rsidR="00D0361B" w:rsidRDefault="00D0361B" w:rsidP="00D0361B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Normal </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Normal maternell temperatur; ≤</w:t>
+      </w:r>
+      <w:r w:rsidR="006B26FA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>maternell</w:t>
-[...26 lines deleted...]
-        <w:t>-feber; 37,5 – 37,9</w:t>
+        <w:t>37,4°C. Sub-feber; 37,5 – 37,9</w:t>
       </w:r>
       <w:r w:rsidR="00C02140">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>°C.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D7304F" w14:textId="7F3F09EE" w:rsidR="00C02140" w:rsidRPr="00D0361B" w:rsidRDefault="00C02140" w:rsidP="00D0361B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Feber; ≥</w:t>
       </w:r>
       <w:r w:rsidR="00F80FEE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">38°C. Rektal mätning föredras/rekommenderas starkt. </w:t>
@@ -1231,61 +1207,52 @@
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vid screening utan specifik infektionsmisstanke (O-NEWS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="528CA991" w14:textId="77777777" w:rsidR="00CB1892" w:rsidRPr="000454F7" w:rsidRDefault="00CB1892" w:rsidP="00CB1892">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000454F7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kontrollera </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Kontrollera örontemp</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7951F4A4" w14:textId="77777777" w:rsidR="00CB1892" w:rsidRPr="000B050C" w:rsidRDefault="00CB1892" w:rsidP="00CB1892">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="000B050C">
         <w:t>Intrapartalt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58233708" w14:textId="77777777" w:rsidR="00CB1892" w:rsidRPr="000454F7" w:rsidRDefault="00CB1892" w:rsidP="00CB1892">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -1351,358 +1318,207 @@
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid screening utan specifik infektionsmisstanke (O-NEWS) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3994DA5F" w14:textId="77777777" w:rsidR="00CB1892" w:rsidRPr="000454F7" w:rsidRDefault="00CB1892" w:rsidP="00CB1892">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000454F7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kontrollera </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Kontrollera örontemp</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="5134A899" w14:textId="77777777" w:rsidR="00CB1892" w:rsidRDefault="00CB1892" w:rsidP="000052A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15EF266C" w14:textId="77777777" w:rsidR="00CB1892" w:rsidRDefault="00CB1892" w:rsidP="00CB1892">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ofta reagerar barnet innan mamman; vi ser en </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">. Förhöjd basalfrekvens &gt;30 minuter ska alltid föranleda tempkontroll. </w:t>
+        <w:t xml:space="preserve">Ofta reagerar barnet innan mamman; vi ser en tachycardi på CTG. Barnet har högre kroppstemperatur än mamman, intrauterint. Förhöjd basalfrekvens &gt;30 minuter ska alltid föranleda tempkontroll. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7560FB8E" w14:textId="77777777" w:rsidR="00FE2DE7" w:rsidRDefault="00735C4D" w:rsidP="00204FB0">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc161651687"/>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00204FB0">
         <w:t xml:space="preserve">nte </w:t>
       </w:r>
       <w:r>
         <w:t>infektiösa orsaker till feber</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="60D31404" w14:textId="77777777" w:rsidR="001E624F" w:rsidRDefault="00FE2DE7" w:rsidP="00CD1E0A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">EDA, </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>EDA, dehydrering, varmt bad/dusch, hög rumstemperatur, misoprostol</w:t>
+      </w:r>
+      <w:r w:rsidR="001E624F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>dehydrering</w:t>
-[...48 lines deleted...]
-        <w:t>).</w:t>
+        <w:t xml:space="preserve"> (Cytotec/Angusta).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6853D41F" w14:textId="17B3A17E" w:rsidR="00536EA4" w:rsidRDefault="001E624F" w:rsidP="00CD1E0A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Hur EDA orsakar feber är ofullständigt känt men effekten tros uppstå via en (inte infektiös) inflammatorisk reaktion. Risken för feber ökar med durationen av EDA; &lt;6 timmar 7 % utvecklar feber; &gt;18 timmar</w:t>
       </w:r>
       <w:r w:rsidR="00CD1E0A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 34 %. Även </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> utan infektiös orsak är kopplat till försämrat barnutfall. </w:t>
+        <w:t xml:space="preserve"> 34 %. Även hypertermi utan infektiös orsak är kopplat till försämrat barnutfall. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FAA9A44" w14:textId="053B1068" w:rsidR="00CD1E0A" w:rsidRDefault="00CD1E0A" w:rsidP="00CD1E0A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc161651688"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Infektiösa orsaker till feber</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="4640E303" w14:textId="77777777" w:rsidR="009A36E6" w:rsidRDefault="009A36E6" w:rsidP="009A36E6">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Chorioamnionit</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4251C9EC" w14:textId="77777777" w:rsidR="009A36E6" w:rsidRDefault="009A36E6" w:rsidP="009A36E6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Chorioamnionit</w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> gör fostret mer känsligt för syrebrist och ökar risken för hjärnskada. </w:t>
+        <w:t xml:space="preserve">Chorioamnionit debuterar vanligen efter vattenavgång. Viktigaste riskfaktorerna är långvarig vattenavgång, långdragen förlossning och många vaginalundersökningar (&gt;5 – 6). Chorioamnionit kan även föregå och/eller vara orsak till vattenavgång eller värkar. Förekomsten uppskattas till 1 – 2 % av förlossningar i fullgången tid och 5 – 10 % av prematurförlossningar. Chorioamnionit gör fostret mer känsligt för syrebrist och ökar risken för hjärnskada. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56BC48C9" w14:textId="77777777" w:rsidR="009A36E6" w:rsidRDefault="009A36E6" w:rsidP="009A36E6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F60A86">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Klinisk definition</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>: Temperatur ≥38° C och minst två av följande</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10412FFF" w14:textId="77777777" w:rsidR="009A36E6" w:rsidRDefault="009A36E6" w:rsidP="009A36E6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Maternell</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> takykardi &gt;100 slag per minut</w:t>
+        <w:t>Maternell takykardi &gt;100 slag per minut</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FDB0F79" w14:textId="77777777" w:rsidR="009A36E6" w:rsidRDefault="009A36E6" w:rsidP="009A36E6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Fetal takykardi &gt;160 slag per minut</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01ED5387" w14:textId="77777777" w:rsidR="009A36E6" w:rsidRDefault="009A36E6" w:rsidP="009A36E6">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
@@ -1752,113 +1568,56 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Illaluktande fostervatten/flytning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1001D2C6" w14:textId="77777777" w:rsidR="009A36E6" w:rsidRDefault="009A36E6" w:rsidP="009A36E6">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t>Annan fokal eller systemisk infektion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30FFB94B" w14:textId="77777777" w:rsidR="009A36E6" w:rsidRPr="00F411FA" w:rsidRDefault="009A36E6" w:rsidP="009A36E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F411FA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Pyelonefrit</w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> e</w:t>
+        <w:t>Pyelonefrit, pneumoni, influensa, appendicit e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">tc. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB6780D" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc161651689"/>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Åtgärd</w:t>
@@ -1935,181 +1694,145 @@
         </w:rPr>
         <w:t>, sätt PVK</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="269DA4A4" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Ge </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Paracetamol</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 1 g intravenöst</w:t>
+        <w:t>Paracetamol 1 g intravenöst</w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. Undvik alltid per oral febernedsättning intrapartalt. Upptaget från ventrikeln är försämrat under pågående förlossning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08C1E792" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Sätt även </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Ringeracetat</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Ringeracetat </w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>för volym och nedkylning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11DD842A" w14:textId="77777777" w:rsidR="002D774A" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Sänk temperaturen i rummet, om möjligt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="484B28EA" w14:textId="7A690D0D" w:rsidR="000C6B06" w:rsidRPr="003F59E6" w:rsidRDefault="000C6B06" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Blodprov Hb, LPK, CRP (</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> mall KK infektion)</w:t>
+        <w:t>Blodprov Hb, LPK, CRP (Melior mall KK infektion)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A23F49B" w14:textId="77777777" w:rsidR="002D774A" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontrollera om tempen </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2C3F">
         <w:rPr>
@@ -2188,65 +1911,56 @@
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Åtgärder</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A232B47" w14:textId="7C5D0D93" w:rsidR="0053535C" w:rsidRDefault="00FF2565" w:rsidP="004E5F32">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Paracetamol</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 1 g intravenöst</w:t>
+        <w:t>Paracetamol 1 g intravenöst</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="321488B6" w14:textId="186EBCDA" w:rsidR="00FF2565" w:rsidRDefault="00FF2565" w:rsidP="004E5F32">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Parenteral vätsketillförsel – Ringer-Acetat</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2DFBD6" w14:textId="21B2A16F" w:rsidR="00FF2565" w:rsidRDefault="00FF2565" w:rsidP="004E5F32">
       <w:pPr>
@@ -2310,236 +2024,150 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Vid fortsatt feber utan specifik infektionsmisstanke</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="506BC4BC" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Om fortsatt &gt;38 grader </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> patienten och </w:t>
+        <w:t xml:space="preserve">Om fortsatt &gt;38 grader blododlas patienten och </w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">infusion </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">infusion Cefuroxim </w:t>
+      </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Cefuroxim</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t>1,5 g x 3</w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kopplas. Vid PC-allergi ges infusion </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 900 mg x 3.</w:t>
+        <w:t xml:space="preserve"> kopplas. Vid PC-allergi ges infusion Dalacin 900 mg x 3.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="516745D3" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Paracetamol</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 1 g upprepas var 6 - 8 timme</w:t>
+        <w:t>Paracetamol 1 g upprepas var 6 - 8 timme</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01EE8E37" w14:textId="77777777" w:rsidR="002D774A" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Kontinuerlig CTG med skalpelektrod (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> vid behov, ger dessutom information om fostervattnets färg och lukt)</w:t>
+        <w:t>Kontinuerlig CTG med skalpelektrod (amniotomi vid behov, ger dessutom information om fostervattnets färg och lukt)</w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, skalpprov på vida indikationer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA9FE9F" w14:textId="7F7C5465" w:rsidR="00E1205B" w:rsidRDefault="00E1205B" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Planera för vaginal förlossning om CTG är normalt eller avvikande och progressen är god. Använd </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Planera för vaginal förlossning om CTG är normalt eller avvikande och progressen är god. Använd Oxytocin</w:t>
+      </w:r>
       <w:r w:rsidR="00F17792">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> med försiktighet och efter noggrant övervägande. Kejsarsnitt på liberal indikation vid inte </w:t>
       </w:r>
       <w:r w:rsidR="0061101C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">normalt CTG eller tveksam progress. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F5AAC1A" w14:textId="7435BFDB" w:rsidR="008C693A" w:rsidRDefault="008C693A" w:rsidP="008C693A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc161651691"/>
       <w:r>
         <w:rPr>
@@ -2549,169 +2177,124 @@
       </w:r>
       <w:r w:rsidR="00845BB5">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>infektionsmisstanke</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="2735B3BC" w14:textId="0CFA5460" w:rsidR="00AE625D" w:rsidRDefault="00AE625D" w:rsidP="00AE625D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">När kriterier för </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> är uppfyllda</w:t>
+        <w:t>När kriterier för chorioamnionit är uppfyllda</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="649BC34C" w14:textId="5E4312A8" w:rsidR="00E56A74" w:rsidRDefault="00E56A74" w:rsidP="00AE625D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Indikation för snar (men inte omedelbar) förlossning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="148A4D85" w14:textId="1A6A479B" w:rsidR="00E56A74" w:rsidRDefault="00E56A74" w:rsidP="00E56A74">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Åtgärder vid misstanke om </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Åtgärder vid misstanke om chorioamnionit</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3E75E7F5" w14:textId="2738CA80" w:rsidR="003E2840" w:rsidRDefault="003E2840" w:rsidP="005368D1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Odlingar – blod, vaginalsekret/fostervatten</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="257FFEF6" w14:textId="5064A441" w:rsidR="003E2840" w:rsidRDefault="005C0C20" w:rsidP="005368D1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Blodprov för sepsis (</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> mall KK sepsisinfektion)</w:t>
+        <w:t>Blodprov för sepsis (Melior mall KK sepsisinfektion)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C4BF1A" w14:textId="16539BAE" w:rsidR="005C0C20" w:rsidRDefault="005C0C20" w:rsidP="005368D1">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Grov PVK, helst </w:t>
       </w:r>
       <w:r w:rsidR="005368D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2738,243 +2321,157 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Antibiotikabehandling påbörjas omgående efter odling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742F5B36" w14:textId="77777777" w:rsidR="00DF4056" w:rsidRPr="003F59E6" w:rsidRDefault="00DF4056" w:rsidP="00DF4056">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Om fortsatt &gt;38 grader </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> patienten och </w:t>
+        <w:t xml:space="preserve">Om fortsatt &gt;38 grader blododlas patienten och </w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">infusion </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">infusion Cefuroxim </w:t>
+      </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Cefuroxim</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t>1,5 g x 3</w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> kopplas. Vid PC-allergi ges infusion </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 900 mg x 3.</w:t>
+        <w:t xml:space="preserve"> kopplas. Vid PC-allergi ges infusion Dalacin 900 mg x 3.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A2D5408" w14:textId="77777777" w:rsidR="002854FA" w:rsidRPr="002854FA" w:rsidRDefault="00DF4056" w:rsidP="002854FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Paracetamol</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 1 g upprepas var 6 - 8 timme</w:t>
+        <w:t>Paracetamol 1 g upprepas var 6 - 8 timme</w:t>
       </w:r>
       <w:r w:rsidR="002854FA" w:rsidRPr="002854FA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FB22BA2" w14:textId="70568829" w:rsidR="00DF4056" w:rsidRDefault="002854FA" w:rsidP="00CD5350">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002854FA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Kontinuerlig CTG med skalpelektrod (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> vid behov, ger dessutom information om fostervattnets färg och lukt)</w:t>
+        <w:t>Kontinuerlig CTG med skalpelektrod (amniotomi vid behov, ger dessutom information om fostervattnets färg och lukt)</w:t>
       </w:r>
       <w:r w:rsidRPr="002854FA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, skalpprov på vida indikationer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B459B4" w14:textId="7583CF7A" w:rsidR="005711CC" w:rsidRDefault="005711CC" w:rsidP="00CD5350">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Paracetamol</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 1 g intravenöst</w:t>
+        <w:t>Paracetamol 1 g intravenöst</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B48A5DA" w14:textId="5C2A7E06" w:rsidR="005711CC" w:rsidRDefault="005711CC" w:rsidP="00CD5350">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Parenteral vätsketillförsel – Ringer-Acetat</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2C3854" w14:textId="2419D71D" w:rsidR="008106AA" w:rsidRPr="006152DF" w:rsidRDefault="008106AA" w:rsidP="00CD5350">
@@ -3028,111 +2525,86 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>nfektionsmisstanke</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29D8ADC8" w14:textId="049D0676" w:rsidR="006152DF" w:rsidRDefault="00AD3621" w:rsidP="0013569E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Planera för vaginal förlossning om CTG är normalt eller avvikande och progressen är god. Använd </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Planera för vaginal förlossning om CTG är normalt eller avvikande och progressen är god. Använd Oxytocin</w:t>
+      </w:r>
       <w:r w:rsidR="00833BBC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> med stor försiktighet och noggrann övervägning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C8A271B" w14:textId="205F7838" w:rsidR="00833BBC" w:rsidRDefault="00833BBC" w:rsidP="0013569E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Om </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Om Oxytocin</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC65AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Oxytocin</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> pågår ska patienten med misstänkt infektiös feber klassas som högriskpatient.</w:t>
+        <w:t>stimulering pågår ska patienten med misstänkt infektiös feber klassas som högriskpatient.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A3EA6C" w14:textId="377EF4AE" w:rsidR="00F60795" w:rsidRDefault="00F60795" w:rsidP="0013569E">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Observera att skalpblodprov inte ger information om graden av infektion hos fostret. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A531F79" w14:textId="5C726310" w:rsidR="0013569E" w:rsidRPr="006152DF" w:rsidRDefault="0013569E" w:rsidP="0013569E">
       <w:pPr>
@@ -3140,122 +2612,101 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Kejsarsnitt på liberal indikation vid inte normal CTG eller tveksam progress. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112BB91D" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
-        <w:t xml:space="preserve">Vid akut </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Vid akut sectio</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="55693A31" w14:textId="2979513D" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
       <w:r w:rsidR="007D2850">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">det </w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>bedöm</w:t>
       </w:r>
       <w:r w:rsidR="007D2850">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> att </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> är lämpligaste förlossningssätt för mor och barn ska detta utföras</w:t>
+        <w:t xml:space="preserve"> att sectio är lämpligaste förlossningssätt för mor och barn ska detta utföras</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40EA4D88" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Kontinuerlig CTG under anläggning av spinal/toppning av EDA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77AD2B2D" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
@@ -3277,632 +2728,399 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Informera barnläkare om misstänkt infektion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="495E5635" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Överväg att skicka placenta för PAD vid misstanke om </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Överväg att skicka placenta för PAD vid misstanke om chorioamnionit</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="431E08A5" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ta odling från </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Ta odling från uteruscaviteten vid misstanke om chorioamnionit</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="723E702A" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Doktacillin</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ska </w:t>
+        <w:t xml:space="preserve">Doktacillin ska </w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>inte ges</w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> efter avnavling, men tillägg av </w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Infusion </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Infusion Metronidazol 1 g x 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F59E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> övervägs. Fortsätt med ytterligare minst en dos </w:t>
+      </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Metronidazol</w:t>
-[...44 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Cefuroxim postpartum</w:t>
+      </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6061ED5F" w14:textId="575E711D" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bekräftas </w:t>
-[...33 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Bekräftas chorioamnionitmisstanken peroperativt: fortsätt med </w:t>
+      </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Cefuroxim</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> 1 g x 1.</w:t>
+        <w:t>Cefuroxim 1,5 g x 3 samt infusion Metronidazol 1 g x 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kontrollera CRP/LPK och </w:t>
       </w:r>
       <w:r w:rsidR="00BA3297">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>O-NEWS</w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> på BB och byt till peroral behandling efter odlingssvar, när CRP vänt. Sammanlagd behandlingstid minst 10 dagar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27DC47EE" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
-        <w:t xml:space="preserve">Om patienten tidigare fått </w:t>
-[...7 lines deleted...]
-        <w:t>-PC under förlossningen (på grund av någon indikation enligt rutin GBS)</w:t>
+        <w:t>Om patienten tidigare fått Bensyl-PC under förlossningen (på grund av någon indikation enligt rutin GBS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48C036F3" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Följ algoritmen Vid temp&gt;38 grader, ovan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1108D8AE" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Patienten ska </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> enligt samma direktiv</w:t>
+        <w:t>Patienten ska blododlas enligt samma direktiv</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B6D3ADE" w14:textId="161339E4" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienten ges </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Cefuroxim</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, enligt ovan, oavsett när h</w:t>
       </w:r>
       <w:r w:rsidR="004C3B36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fått </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> fått BensylPC</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="48781E34" w14:textId="77777777" w:rsidR="002D774A" w:rsidRPr="003F59E6" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>BensylPC</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> upprepas inte i dessa fall</w:t>
+        <w:t>BensylPC upprepas inte i dessa fall</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="432B9CA3" w14:textId="77777777" w:rsidR="002D774A" w:rsidRDefault="002D774A" w:rsidP="000052A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F59E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vid </w:t>
-[...15 lines deleted...]
-        <w:t>, samma approach som ovan.</w:t>
+        <w:t>Vid sectio, samma approach som ovan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57BE04CB" w14:textId="3A8A382C" w:rsidR="0001057C" w:rsidRDefault="0001057C" w:rsidP="0001057C">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc161651692"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Efter förlossning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="1EF1890A" w14:textId="6D57C195" w:rsidR="0001057C" w:rsidRDefault="00121340" w:rsidP="00C83C4F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inför flytt till BB skriver läkare plan för fortsatt handläggning. Om ingen infektionsmisstanke föreligger avslutas antibiotika i </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Inför flytt till BB skriver läkare plan för fortsatt handläggning. Om ingen infektionsmisstanke föreligger avslutas antibiotika i Melior.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A30B7A" w14:textId="26155F97" w:rsidR="00121340" w:rsidRDefault="009C5411" w:rsidP="00C83C4F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vid eventuell misstanke om </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> informeras barnläkare för uppföljning av barnet</w:t>
+        <w:t>Vid eventuell misstanke om chorioamnionit informeras barnläkare för uppföljning av barnet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47488769" w14:textId="65077197" w:rsidR="009C5411" w:rsidRPr="0001057C" w:rsidRDefault="009C5411" w:rsidP="00C83C4F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Eventuellt odling från </w:t>
       </w:r>
       <w:r w:rsidR="00C83C4F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -4053,89 +3271,51 @@
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>Temp ≥38°C</w:t>
                             </w:r>
                             <w:r w:rsidRPr="008C7ED0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:br/>
-                              <w:t xml:space="preserve">Ge </w:t>
-[...37 lines deleted...]
-                              <w:t xml:space="preserve"> 1 g intravenöst</w:t>
+                              <w:t>Ge Paracetamol 1 g intravenöst</w:t>
                             </w:r>
                             <w:r w:rsidRPr="008C7ED0">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:br/>
                               <w:t>Sätt Ringer-Acetat och svalka patienten ta LPK, Hb, CRP</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="4C1E0D54" w14:textId="77777777" w:rsidR="008C7ED0" w:rsidRDefault="008C7ED0" w:rsidP="008C7ED0">
                             <w:pPr>
                               <w:ind w:left="0"/>
                               <w:jc w:val="center"/>
@@ -4601,85 +3781,66 @@
                           </w:p>
                           <w:p w14:paraId="03021CE3" w14:textId="77777777" w:rsidR="00EB5589" w:rsidRPr="00EB5589" w:rsidRDefault="00EB5589" w:rsidP="009A58EE">
                             <w:pPr>
                               <w:pStyle w:val="Liststycke"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="31"/>
                               </w:numPr>
                               <w:spacing w:after="10" w:line="240" w:lineRule="auto"/>
                               <w:ind w:right="-38"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00EB5589">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t>Paracetamol</w:t>
-[...17 lines deleted...]
-                              <w:t xml:space="preserve"> 1 g intravenöst</w:t>
+                              <w:t>Paracetamol 1 g intravenöst</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="031AECC9" w14:textId="77777777" w:rsidR="00EB5589" w:rsidRPr="00EB5589" w:rsidRDefault="00EB5589" w:rsidP="009A58EE">
                             <w:pPr>
                               <w:pStyle w:val="Liststycke"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="31"/>
                               </w:numPr>
                               <w:spacing w:after="10" w:line="240" w:lineRule="auto"/>
                               <w:ind w:right="-38"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
@@ -4788,85 +3949,66 @@
                           </w:p>
                           <w:p w14:paraId="1C0A3987" w14:textId="77777777" w:rsidR="00EB5589" w:rsidRPr="00EB5589" w:rsidRDefault="00EB5589" w:rsidP="009A58EE">
                             <w:pPr>
                               <w:pStyle w:val="Liststycke"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="31"/>
                               </w:numPr>
                               <w:spacing w:after="10" w:line="240" w:lineRule="auto"/>
                               <w:ind w:right="-38"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00EB5589">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t>Cefuroxim</w:t>
-[...17 lines deleted...]
-                              <w:t xml:space="preserve"> 1,5 g intravenöst</w:t>
+                              <w:t>Cefuroxim 1,5 g intravenöst</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5592D414" w14:textId="77777777" w:rsidR="00EB5589" w:rsidRPr="00EB5589" w:rsidRDefault="00EB5589" w:rsidP="00EB5589">
                             <w:pPr>
                               <w:ind w:left="0" w:right="-38"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
@@ -5469,85 +4611,66 @@
                           </w:p>
                           <w:p w14:paraId="2310D8B4" w14:textId="77777777" w:rsidR="00EB5589" w:rsidRPr="00EB5589" w:rsidRDefault="00EB5589" w:rsidP="001667A5">
                             <w:pPr>
                               <w:pStyle w:val="Liststycke"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="30"/>
                               </w:numPr>
                               <w:spacing w:after="10" w:line="240" w:lineRule="auto"/>
                               <w:ind w:right="28"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00EB5589">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t>Maternell</w:t>
-[...17 lines deleted...]
-                              <w:t xml:space="preserve"> takykardi &gt;100 slag per minut</w:t>
+                              <w:t>Maternell takykardi &gt;100 slag per minut</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="58563D4B" w14:textId="77777777" w:rsidR="00EB5589" w:rsidRPr="00EB5589" w:rsidRDefault="00EB5589" w:rsidP="001667A5">
                             <w:pPr>
                               <w:pStyle w:val="Liststycke"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="30"/>
                               </w:numPr>
                               <w:spacing w:after="10" w:line="240" w:lineRule="auto"/>
                               <w:ind w:right="28"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
@@ -6136,71 +5259,52 @@
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB5589">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t xml:space="preserve">Feber med misstanke om </w:t>
+                              <w:t>Feber med misstanke om chorioamnionit</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                           <w:p w14:paraId="716DFB6B" w14:textId="77777777" w:rsidR="00EB5589" w:rsidRPr="00EB5589" w:rsidRDefault="00EB5589" w:rsidP="001667A5">
                             <w:pPr>
                               <w:pStyle w:val="Liststycke"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="32"/>
                               </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:ind w:right="-32"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
@@ -6281,149 +5385,111 @@
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB5589">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t xml:space="preserve">Antibiotikabehandling, förstahandsval </w:t>
-[...35 lines deleted...]
-                              <w:t xml:space="preserve"> 1,5 mg</w:t>
+                              <w:t>Antibiotikabehandling, förstahandsval Cefuroxim 1,5 mg</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6B267608" w14:textId="16E88186" w:rsidR="00EB5589" w:rsidRPr="00EB5589" w:rsidRDefault="00EB5589" w:rsidP="001667A5">
                             <w:pPr>
                               <w:pStyle w:val="Liststycke"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="32"/>
                               </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:ind w:right="-32"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00EB5589">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>Paracetamo</w:t>
                             </w:r>
                             <w:r w:rsidR="00960367">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>l</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00EB5589">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t xml:space="preserve"> 1 g intravenöst</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3D8B00C6" w14:textId="77777777" w:rsidR="00EB5589" w:rsidRPr="00EB5589" w:rsidRDefault="00EB5589" w:rsidP="001667A5">
                             <w:pPr>
                               <w:pStyle w:val="Liststycke"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="32"/>
                               </w:numPr>
@@ -8589,87 +7655,51 @@
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00EB5589">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
-                              <w:t xml:space="preserve">Planera för vaginal förlossning om CTG är normalt eller avvikande och progressen är god. Kejsarsnitt på liberal indikation. Högriskpatient om </w:t>
-[...35 lines deleted...]
-                              <w:t xml:space="preserve"> pågår</w:t>
+                              <w:t>Planera för vaginal förlossning om CTG är normalt eller avvikande och progressen är god. Kejsarsnitt på liberal indikation. Högriskpatient om Oxytocin pågår</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="64BC5DC1" w14:textId="77777777" w:rsidR="00EB5589" w:rsidRPr="00EB5589" w:rsidRDefault="00EB5589" w:rsidP="00EB5589">
                             <w:pPr>
                               <w:ind w:left="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
@@ -9330,118 +8360,118 @@
                         <w:jc w:val="center"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00102981" w:rsidRPr="00536A5A" w:rsidSect="0039522F">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="985" w:bottom="567" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2488E7AB" w14:textId="77777777" w:rsidR="00C42B29" w:rsidRDefault="00C42B29">
+    <w:p w14:paraId="218F3BCE" w14:textId="77777777" w:rsidR="00B851E6" w:rsidRDefault="00B851E6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44D19517" w14:textId="77777777" w:rsidR="00C42B29" w:rsidRDefault="00C42B29">
+    <w:p w14:paraId="0EEAC83F" w14:textId="77777777" w:rsidR="00B851E6" w:rsidRDefault="00B851E6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="475025EF" w14:textId="77777777" w:rsidR="00C42B29" w:rsidRDefault="00C42B29">
+    <w:p w14:paraId="7FFE37A2" w14:textId="77777777" w:rsidR="00B851E6" w:rsidRDefault="00B851E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -9449,89 +8479,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -9560,51 +8590,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="25" name="Bildobjekt 25">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -9638,73 +8668,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03B1A8E9" w14:textId="77777777" w:rsidR="00C42B29" w:rsidRDefault="00C42B29"/>
+    <w:p w14:paraId="332A2538" w14:textId="77777777" w:rsidR="00B851E6" w:rsidRDefault="00B851E6"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74CF7F80" w14:textId="77777777" w:rsidR="00C42B29" w:rsidRDefault="00C42B29">
+    <w:p w14:paraId="7DFFC8E3" w14:textId="77777777" w:rsidR="00B851E6" w:rsidRDefault="00B851E6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6257DACC" w14:textId="77777777" w:rsidR="00C42B29" w:rsidRDefault="00C42B29">
+    <w:p w14:paraId="7403DA35" w14:textId="77777777" w:rsidR="00B851E6" w:rsidRDefault="00B851E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -9782,51 +8812,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -9992,51 +9022,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13587,54 +12617,53 @@
   <w:num w:numId="26" w16cid:durableId="972714329">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1248923909">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1177157725">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="263736193">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="2021202894">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="829516403">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1922444817">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -14049,55 +13078,57 @@
     <w:rsid w:val="00AB62D3"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD3621"/>
     <w:rsid w:val="00AD4476"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE625D"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF630C"/>
     <w:rsid w:val="00AF7160"/>
     <w:rsid w:val="00B00E30"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B15D56"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
+    <w:rsid w:val="00B755BE"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
+    <w:rsid w:val="00B851E6"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA0D60"/>
     <w:rsid w:val="00BA3297"/>
     <w:rsid w:val="00BB33A0"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC65AE"/>
     <w:rsid w:val="00BD62D3"/>
     <w:rsid w:val="00BE0106"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C02140"/>
     <w:rsid w:val="00C07AFC"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C15295"/>
     <w:rsid w:val="00C15381"/>
     <w:rsid w:val="00C22699"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C42B29"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
@@ -14179,55 +13210,57 @@
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB5589"/>
     <w:rsid w:val="00EB5657"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF255F"/>
     <w:rsid w:val="00F03888"/>
     <w:rsid w:val="00F17792"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F307D1"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F411FA"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F54B7C"/>
     <w:rsid w:val="00F60795"/>
     <w:rsid w:val="00F60A86"/>
     <w:rsid w:val="00F641BA"/>
     <w:rsid w:val="00F80FEE"/>
     <w:rsid w:val="00F84B3D"/>
+    <w:rsid w:val="00F86E80"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F9750E"/>
     <w:rsid w:val="00FA40BD"/>
     <w:rsid w:val="00FA7CBB"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FB71D0"/>
     <w:rsid w:val="00FC6F00"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE2C3F"/>
     <w:rsid w:val="00FE2DE7"/>
     <w:rsid w:val="00FF2565"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -14243,51 +13276,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16681,51 +15714,51 @@
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00252638"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs w:val="0"/>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17093,71 +16126,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1166</Words>
-  <Characters>6181</Characters>
+  <Words>1160</Words>
+  <Characters>6150</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feber antepartalt/intrapartalt</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7333</CharactersWithSpaces>
+  <CharactersWithSpaces>7296</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Feber antepartalt/intrapartalt</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ewelyn Persson</lastModifiedBy>
-  <revision>170</revision>
+  <revision>171</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>