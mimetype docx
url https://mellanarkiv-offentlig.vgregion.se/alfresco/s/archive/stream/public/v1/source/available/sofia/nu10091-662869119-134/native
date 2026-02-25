--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,5535 +1,5750 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2AB90A25" w14:textId="686967FA" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00F35B05">
+    <w:p w14:paraId="72C2B0C9" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="00F23E36" w:rsidSect="00F23E36">
+        <w:sectPr w:rsidR="00CF2BA4" w:rsidSect="00CF2BA4">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="5227E9F9" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00F23E36">
+    <w:p w14:paraId="32051584" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00F23E36" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56D86BA1" w14:textId="77777777" w:rsidR="0044145D" w:rsidRDefault="0044145D" w:rsidP="00C133AF">
+    <w:p w14:paraId="08174498" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D57317A" w14:textId="65F268A4" w:rsidR="00F23E36" w:rsidRPr="00F23E36" w:rsidRDefault="00C133AF" w:rsidP="0044145D">
+    <w:p w14:paraId="7FAF3450" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00F23E36" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Infertilitetsutredning</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_1314629194"/>
       <w:bookmarkStart w:id="2" w:name="Rubrik"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="61179EB6" w14:textId="77777777" w:rsidR="00C81764" w:rsidRDefault="00F23E36" w:rsidP="00C81764">
+    <w:p w14:paraId="7F76CAA2" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc501440349"/>
       <w:r w:rsidRPr="00C81764">
         <w:t xml:space="preserve">Revidering i denna version </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F10472F" w14:textId="700F5B20" w:rsidR="00F23E36" w:rsidRPr="00F23E36" w:rsidRDefault="00BC0D68" w:rsidP="00FA18BD">
+    <w:p w14:paraId="0B48A683" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00F23E36" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="32"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="00FA18BD">
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Förtydligande av vilka patienter som kommer ifråga för infertilitetsutredning.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F23E36" w:rsidRPr="00C81764">
+      <w:r w:rsidRPr="00C81764">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00F23E36" w:rsidRPr="00C81764">
+      <w:r w:rsidRPr="00C81764">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:t>Definitioner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E87C99D" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00CA7DA3">
+    <w:p w14:paraId="7D28943A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00F23E36">
         <w:t>Primär infertilitet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="073E1DCE" w14:textId="49C6815C" w:rsidR="00311DBA" w:rsidRDefault="00311DBA" w:rsidP="00D20C50">
+    <w:p w14:paraId="18CB6E75" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2600" w:hanging="1608"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Kvinnan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...19 lines deleted...]
-    <w:p w14:paraId="206D6342" w14:textId="07847F09" w:rsidR="00727CB4" w:rsidRPr="00311DBA" w:rsidRDefault="00727CB4" w:rsidP="00D20C50">
+        <w:t>Aldrig varit gravid trots aktiva försök under minst ett års tid. Observera att även missfall räknas som graviditet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F593BDF" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00311DBA" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2600" w:hanging="1608"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Mannen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Aldrig givit upphov till graviditet trots aktiva försök under minst ett års tid. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DECC480" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="2D5AAAC9" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Sekundär infertilitet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2690F799" w14:textId="4A2D4009" w:rsidR="00111147" w:rsidRDefault="00111147" w:rsidP="00D20C50">
+    <w:p w14:paraId="0A56B385" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Kvinnan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t>Tidigare helt eller delvis genomfört graviditet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76958A68" w14:textId="4D1127EC" w:rsidR="005C0315" w:rsidRPr="00111147" w:rsidRDefault="005C0315" w:rsidP="00D20C50">
+    <w:p w14:paraId="3B31A845" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00111147" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Mannen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t>Tidigare givit upphov till graviditet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2D50E3" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00686205">
+    <w:p w14:paraId="7B112652" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
-        <w:t>Vilka patienter kommer ifråga för infertilitetsutredning?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="71850288" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00686205" w:rsidRDefault="00F23E36" w:rsidP="00686205">
+        <w:t xml:space="preserve">Vilka patienter kommer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:t>ifråga</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:t xml:space="preserve"> för infertilitetsutredning?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF80E06" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00686205" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00686205">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
-        <w:t>Aktivt försökt att uppnå graviditet under minst ett års tid med regelbundet samliv. Både primär och sekundär infertilitet utredes. Par med sekundär infertilitet som tidigare är utredda ska ha en telefontid till läkare.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="16BF152B" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00686205" w:rsidRDefault="00F23E36" w:rsidP="00686205">
+        <w:t xml:space="preserve">Aktivt försökt att uppnå graviditet under minst ett års tid med regelbundet samliv. Både primär och sekundär infertilitet utredes. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Tidigare Letrozolbehandlade ska få en telefontid till läkare vid önskan om syskon. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563EEE4B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00686205" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00686205">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Båda parter ska ha ett svenskt personnummer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B9BCC8B" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00686205">
+    <w:p w14:paraId="4748A596" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00686205">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Kvinnans BMI får inte överstiga 35 för att utredning ska påbörjas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E099D31" w14:textId="59916B78" w:rsidR="004F1050" w:rsidRPr="00686205" w:rsidRDefault="004F1050" w:rsidP="00686205">
+    <w:p w14:paraId="49054C60" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00686205" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
-        <w:t>Paret ska inte ha gemensamma barn</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="6302B3A1" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="007008B4">
+        <w:t xml:space="preserve">Paret ska inte ha gemensamma barn. De par som har gemensamma barn får hänvisas till privat aktör. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4FD364" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
+        <w:lastRenderedPageBreak/>
         <w:t>Socialt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B21E19" w14:textId="08D46060" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="706D9F55" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Paret </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> ha haft en stabil, bra relation under minst ett års tid och leva under socialt välordnade förhållanden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41399387" w14:textId="5E00E2AD" w:rsidR="00F23E36" w:rsidRPr="007008B4" w:rsidRDefault="0008628A" w:rsidP="0008628A">
+    <w:p w14:paraId="38867165" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="007008B4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Alkohol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
         <w:t>Inget missbruk under senaste året.</w:t>
       </w:r>
-      <w:r w:rsidR="00F23E36" w:rsidRPr="007008B4">
+      <w:r w:rsidRPr="007008B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58DD71FE" w14:textId="11861237" w:rsidR="00F23E36" w:rsidRPr="007008B4" w:rsidRDefault="00F23E36" w:rsidP="007008B4">
+    <w:p w14:paraId="18B910BA" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="007008B4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007008B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Droger</w:t>
       </w:r>
       <w:r w:rsidRPr="007008B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Inget missbruk under senaste fem åren. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426AEFD8" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="003C5798">
+    <w:p w14:paraId="0EC36BAB" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Ålder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8011C1" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="7A062628" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Nedre gräns för både kvinna och man: 19 år. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B35DC40" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="58F2BEB9" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Övre gräns för kvinnan vad gäller utredning/op/stimulering är 40 år. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4F537F" w14:textId="5D3E8A09" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="738B9226" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="003C5798">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>BS</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>. Vid remiss för assisterad befruktning ska kvinnan inte ha fyllt 39 år när remiss skickas. Påskynda därför utredning om hon närmar sig 39 års ålder.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A431D96" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="4C72BEEE" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Primär utredning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD2AD14" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="69138581" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Frågeformulär till patient och partner. Svaret betraktas som egenremiss och bedöms av läkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C46AAD6" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="2CF585EC" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Initial provtagning: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E14B406" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="621F8354" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B4B33C1" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00C31362">
+    <w:p w14:paraId="6DFE0A20" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Kvinnan</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F0D4A67" w14:textId="03B314E6" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="45D75AF2" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Hb, Urinsticka, Rubella-AK (om </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccinerad eller </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> genomgått infektion)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BEC42B6" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="71C8D05A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>BT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71C80C2B" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="3FEDEFC0" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>S-Klamydia-AK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2287B579" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="261377B0" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>TSH, fritt T4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B49B381" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="53E353BB" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Prolaktin – tas endast vid anovulation och ordineras av läkare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65783FD1" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="531020FF" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>LH-stickor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51351A9A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="2CCEBE57" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>S-Progesteron cykeldag 21–23 tas endast om LH-stickor inte ger positivt utslag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D4A7270" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="1268D212" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>AMH (provsvaret ska dikteras i Melior)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C15337E" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="5A4FB46F" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>HIV, HbsAg, anti-HCV, HTLV-1, HTLV-2, syfilis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4465258A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="3EC9F37F" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1352" w:right="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="775E04E2" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00C31362">
+    <w:p w14:paraId="648F1B90" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Mannen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEE4590" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="612147A4" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1352" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Spermaprov, HIV, HbsAg, anti-HCV, HTLV-1, HTLV-2, syfilis, urinprov för PCR klamydia/gonokocker</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BEFA212" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="000C21FB">
+    <w:p w14:paraId="54C640BC" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Läkarbesök</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032950A7" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="54AE4430" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Genomgång och summering av frågeformulär. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6307CE6A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="3C7AC1C0" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Information om relevant anatomi, fysiologi/patofysiologi, rökning, alkohol. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8697BF" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="4C67B432" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Cytologprov, om detta inte är taget inom GCK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F783FB1" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="4178CD03" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Genomgång av provsvar. Om avvikande thyreoideaprov, det vill säga TSH &gt; 4,0, ta om TSH, T4 och kontrollera TPO-AK (”anti-TPO”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73306A2D" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="525DC6AD" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Amenorré: tillhör kvinnan WHO-grupp I eller II. Vid misstanke om WHO grupp I görs progesterontest. Om bortfallsblödning uteblir tillhör kvinnan med största sannolikhet WHO grupp I, dessa patienter är inte aktuella för Letrozolbehandling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23662A60" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="729BCBD6" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Vid PCOS bör Metformin övervägas, åtminstone vid övervikt/obesitas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21745941" w14:textId="073BBD33" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="5DE7CDA5" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Gynekologisk undersökning inkluderande ultraljud. </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Ovarier med antralfollikelräkning (AFC). </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">&lt; 5 per ovarie = oligofollikulära. </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">5-9 per ovarie = normal. </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">&gt; 10 per ovarie = multifollikulära. </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">≥ 12 = polycystiska. </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Endometriom eller annan cysta? Slemhinnetjocklek? Hydrosalpinx? Myom? Normal uteruskavitet? Cervixpatologi? (Om regelbundet genomförda kontroller gjorts behöver </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> cytologprov tas.) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0790C4D2" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="20C92B5A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Betona nyttan av viktreduktion vid BMI &gt; 35, eventuellt remiss till dietist. Kvinnor med BMI &gt;29 och anovulation ska informeras om att viktnedgång sannolikt ökar chans till konception. Deltagande i träningsprogram med dietråd ger större graviditetschans än enbart råd om viktnedgång. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57DB543A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="6090F190" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Om tydlig manlig faktor krävs inte tubarundersökning och hydrosonografi kan då göras för kavitetsundersökning vid första läkarbesöket.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="143B07CB" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00853885">
+    <w:p w14:paraId="3390014C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00794D3C">
-[...3 lines deleted...]
-    <w:p w14:paraId="37A6BE9A" w14:textId="425E901F" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:t>HyCoSy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:t>Hysterosalpingo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:t>Contrast</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:t>Sonography</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="368E8E3C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Tubarpassageundersökning med ultraljud varvid även uteruskaviteten kan visualiseras. Görs vid misstanke på tubarhinder (exempelvis positiv S-Klamydia-AK, anamnes på bukoperation, endometrios). </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Även vid i övrigt oförklarad infertilitet samt vid remiss för assisterad befruktning (om </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> tydlig manlig faktor).</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12EAFB35" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="15F37488" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Om unilateralt passagehinder: Ingen operativ åtgärd. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB3CAE3" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="37CA4BFD" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Om bilateralt passagehinder: Indikation för laparoskopi (såvida inte positiv </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7B4DDE" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="66D206CB" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">S-Klamydia-AK, då man kan anta att passagehindret sitter inne i tuban). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64670A99" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="225B8A71" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Undersökning utförs enligt speciell metodbeskrivning, se denna. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="600E7E53" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00853885">
+    <w:p w14:paraId="2CDACBB9" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Behandling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271121D3" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="60C6344C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Laparoskopi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574B762A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="2ED13B60" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Adherenslösning kring adnex. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05011349" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="2BDF9DB4" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Åtgärd av hydro/pyosalpinx samt stationära ovarialcystor &gt; 4 cm om de kvarstår efter tre månader.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E518226" w14:textId="77777777" w:rsidR="00853885" w:rsidRPr="00794D3C" w:rsidRDefault="00853885" w:rsidP="00853885">
+    <w:p w14:paraId="3CB1D556" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="154D8BD3" w14:textId="458BF9E9" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="0D522102" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Hysteroskopi</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5AF9C8E2" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="22C8F842" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Resektion av intrakavitära polyper som upptäcks med ultraljud/hydrosonografi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B9C7EE3" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="12E8CE1A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Myom som buktar in i kaviteten ska avlägsnas. Myom &gt; 4 cm kan kräva förbehandling för att krympa myomet och kan ev behöva tas i omgångar (individuell handläggning)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DBC9CCF" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="083771EC" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Delning av septa/synekier.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E8AADB" w14:textId="77777777" w:rsidR="00B72DCC" w:rsidRPr="00794D3C" w:rsidRDefault="00B72DCC" w:rsidP="00B72DCC">
+    <w:p w14:paraId="521A203B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1352" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47D8A2F1" w14:textId="6D8DD94E" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="4F536BCC" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00794D3C">
-        <w:lastRenderedPageBreak/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794D3C">
         <w:t>Laparotomi</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5CEFC733" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4E5B4E52" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Borttagande av intramurala myom &gt; 4 cm, framförallt om anamnes på tidigare missfall.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="545E170C" w14:textId="77777777" w:rsidR="00B72DCC" w:rsidRPr="00794D3C" w:rsidRDefault="00B72DCC" w:rsidP="00B72DCC">
+    <w:p w14:paraId="1FD87822" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1352" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75B9CC96" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="4E8569BF" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Ovulationsstimulering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73EA8742" w14:textId="654AF053" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="6F36A378" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Kvinnan </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> vara &gt; 40 år. BMI bör inte understiga 18 eller överstiga 35.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0753D70E" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="1E2A1FB1" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Om amenorré/oligomenorré &gt; 35 dagar: Provocera mens (Provera eller Primolut-Nor). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="366DF31A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="510E8EC2" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Ge tablett Letrozol 2,5 mg x 1 cykeldag 3 till och med 7. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3313FD12" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="368790ED" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Kontrollera om ovulation med S-Progesteron cykeldag 21–23 i någon av de första behandlingscyklerna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E0601A" w14:textId="7A19AE2E" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="09CFB5E2" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Om mens uteblir och patienten inte blivit gravid (negativt gravtest) omkring cykeldag 40, ges vid nästa behandlingscykel dubbeldos Letrozol</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Nytt S-progesteron cykeldag 21-23. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD380A3" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="00815428" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Vid dubbel dos kan ultraljud göras någon gång mellan cykeldag </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t>10-14 för att se behandlingseffekt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EFADA15" w14:textId="08C09684" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="7C8626B8" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Om tre eller fler preovulatoriska folliklar </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> samlag avrådas (folliklar </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t>&gt; 14 mm).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788D54E8" w14:textId="20138D61" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="418856C8" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Om patienten ovulerar på någon av doserna Letrozol så kan de upprepas. </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Inte</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> mer än tre ovulatoriska cykler utan kontroll av tubarpassage. En cykels vila efter tre stimulerade cykler. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60FF3D18" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B75A7E">
+    <w:p w14:paraId="2676184A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1352" w:right="-141" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">OBS! Något ökad risk för överstimulering av PCO-patienter. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD7A274" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="1B8E9C5C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Kuratorskontakt vid behov.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8002B8" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00B72DCC">
+    <w:p w14:paraId="49114838" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Hantering av provsvar</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32F55118" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="370C5B2B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Thyreoideaprover</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0834D020" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="70125DC1" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Vid klinisk hypo/hyperthyreos: Remiss till Medicinkliniken. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D211D42" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="0BA3ACDA" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Preventivmedel tills euthyreoid. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6C71AD" w14:textId="3DBE5E0D" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="212AE4DD" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Målsvärde för TSH vid infertilitet och graviditet är &lt; 2,5. Om TSH &gt; 2,5 </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> man ta om TSH och T4 samt ta TPO-ak. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D51C7B3" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="004C41EA">
+    <w:p w14:paraId="059AB892" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Vid TSH &gt; 4,0 i upprepad provtagning: initiera behandling med Levaxin 50 µg x 1, nytt TSH efter 4 veckor, vid behov höjs dosen ytterligare med 25 µg åt gången, nytt TSH 4 veckor efter dosjustering tills TSH &lt; 4,0. Om positiv TPO-ak finns anledning för patienten att kvarstå på substitution även efter avslutad utredning eller eventuell graviditet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6F5444" w14:textId="77777777" w:rsidR="004C41EA" w:rsidRPr="00794D3C" w:rsidRDefault="004C41EA" w:rsidP="004C41EA">
+    <w:p w14:paraId="1BA77B0E" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66A0B958" w14:textId="77777777" w:rsidR="00D20C50" w:rsidRDefault="00D20C50">
+    <w:p w14:paraId="03287C8A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6566ED4D" w14:textId="167020A3" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="433E734E" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:lastRenderedPageBreak/>
         <w:t>S-Prolaktin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38AA838E" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="004C41EA">
+    <w:p w14:paraId="4DDA4184" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-568"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Normalvärde: &lt;400 mIE/L</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0085BD99" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="004C41EA">
+    <w:p w14:paraId="49104F0D" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2024"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>300-400 mIE/L: Gränsvärde, lämnas utan åtgärd om besvärsfrihet, regelbunden mens och ovulation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C75659" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="004C41EA">
+    <w:p w14:paraId="11B5875B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2024"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">400-1000 mIE/L: Kontrollera prov i tidig sekretionsfas, på förmiddagen efter ½ vila. Behandla om anovulation/galaktorré/sänkt libido/normala thyreoideaprover. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B485DE9" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="004C41EA">
+    <w:p w14:paraId="7C167B88" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2024"/>
           <w:tab w:val="center" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">&gt;1000 mIE/L: Utredning med MR – sella turcica + synfältsundersökning. Vid adenom remiss till endokrinologen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21E70369" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="004C41EA">
+    <w:p w14:paraId="058E0992" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Uteslut hypothyreos, graviditet eller läkemedelsorsak, initiera därefter behandling. </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Förstahandspreparat är Norprolac® som trappas upp enligt FASS. Behandling i andra hand med Pravidel®, upptrappning enligt FASS. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367A947C" w14:textId="48499FC3" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="004C41EA">
+    <w:p w14:paraId="3511CE94" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Hyperprolaktinemi vid hypothyreos </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">  behandlas med med Levaxin® i första hand.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9690FD" w14:textId="77777777" w:rsidR="00630B54" w:rsidRPr="00794D3C" w:rsidRDefault="00630B54" w:rsidP="004C41EA">
+    <w:p w14:paraId="072EC183" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="179F1B83" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="27C2657B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>S-Progesteron</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEF287C" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="67BBDD93" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Cykeldag 21–23. Värden över 30 indikerar ovulation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5F5006" w14:textId="77777777" w:rsidR="00630B54" w:rsidRPr="00794D3C" w:rsidRDefault="00630B54" w:rsidP="00630B54">
+    <w:p w14:paraId="2D302B97" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AF10A37" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="2C051BDE" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>AMH</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C21D2C5" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="5B0AEF96" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Likställs med AFC. Normalintervall 0,7 – 2,3 µg/l.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A79F40E" w14:textId="77777777" w:rsidR="00630B54" w:rsidRPr="00794D3C" w:rsidRDefault="00630B54" w:rsidP="00630B54">
+    <w:p w14:paraId="4D962276" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="789FB3E4" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="13B4E1F6" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Rubella</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="21C53A5A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1D4D4CB9" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kvinnor som inte är immuna mot rubella ska remitteras till vårdcentral för vaccination. De bör inte bli gravida inom en månad efter vaccination. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5A7EFB0A" w14:textId="77777777" w:rsidR="00630B54" w:rsidRPr="00794D3C" w:rsidRDefault="00630B54" w:rsidP="00630B54">
+        <w:t xml:space="preserve">Kvinnor som inte är immuna mot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rubella</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska remitteras till vårdcentral för vaccination. De bör inte bli gravida inom en månad efter vaccination. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39850B15" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="265C4060" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="4006EF1C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Spermaprov</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1E66C3" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="650FCDC7" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Framför allt antalet som man tittar på. Om &lt; 2,5 miljoner spermier/ml ejakulat, kontrollera igen efter tre månader. Om gravt avvikande spermieprov kontroll redan efter 1 – 2 veckor. Om spermieantalet då är &lt; 5 miljoner spermier/ml ejakulat, kontrolleras FSH, LH, testosteron.Kromosomanalys kontrolleras om &lt;10 miljoner spermier/ejakulat. Vanligaste diagnosen bland infertila män är Klinefeldters syndrom (ökat FSH). Kontrollera om testiklarna är nedvandrade. Vid prostatitanamnes och/eller astenospermi (nedsatt rörlighet) och kraftig leukocyt-/agglutinat-tillblandning indikation för 3-4 veckors behandling med Tetracyklin. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7559100B" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="2A562582" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Vid aspermi (inget ejakulat) eller azoospermi (frånvaro av spermier) i två prov remiss till andrologmottagning på Reproduktionsenheten, KKSU. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C96197" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="45E9BA60" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Vid kromosomavvikelse remiss för genetisk rådgivning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CB1D7C3" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="329FE006" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Vid bråck/hydrocele/testikelretention remiss till urolog. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47861AC8" w14:textId="75D63FAC" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="3A621647" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Omprov </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> göras om spermieantalet är &lt; 20 miljoner/ml. Omprover bör inte göras förrän minst tre månader efter föregående prov. </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Om spermieantalet fortsatt är &lt;20 miljoner/ml ska remiss för ställningstagande till ICSI skickas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724C554B" w14:textId="77777777" w:rsidR="00630B54" w:rsidRPr="00794D3C" w:rsidRDefault="00630B54" w:rsidP="00630B54">
+    <w:p w14:paraId="5FFD824D" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EBE42B2" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="1B7C9C04" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1304"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Remiss för assisterad befruktning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641190E9" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="167A0957" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vid behov av hjälp med assisterad befruktning skrivs remiss till Reproduktionsmedicin KKSU enligt remissmall. För att komma ifråga för assisterad befruktning gäller följande. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0EF304F5" w14:textId="6B6461CE" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+        <w:t xml:space="preserve">Vid behov av hjälp med assisterad befruktning skrivs remiss till Reproduktionsmedicin KKSU enligt remissmall. För att komma </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ifråga</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för assisterad befruktning gäller följande. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C517CF" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2024"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Paret </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> inte ha några gemensamma barn (varken biologiska eller adopterade). </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C11F64F" w14:textId="461E847E" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+        <w:t xml:space="preserve"> inte ha några gemensamma barn (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>varken biologiska eller</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adopterade). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E2F4BCC" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2024"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kvinnan </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> inte ha fyllt 39 år då paret sätts upp på väntelista. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7822FD3A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="377BA4A8" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2024"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ingen behandling görs efter att kvinnan har fyllt 40 år alternativt mannen fyllt 55 år. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715993AD" w14:textId="3A2DAA5C" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="1D6888D1" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2024"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Paret </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ha varit gifta/sammanboende under minst två års tid och ha en stabil, bra relation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14834C8F" w14:textId="1F25119D" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="4E556DDA" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2024"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kvinnans BMI </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> inte understiga 18 eller överstiga 35. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1CD568" w14:textId="5AC8E486" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="3E641950" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2024"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tubarpassageundersökning </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B75A7E">
+        <w:t>Tubarpassageundersökning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vara gjord om inte tydlig manlig faktor då det räcker med kavitetskartläggning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4933A6E3" w14:textId="1100D162" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="212BF917" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2024"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Oförklarad infertilitet </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ha förelegat under minst 2 års tid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D961D77" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="2EFFB7D4" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="2024"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Använd ”Standardremiss – Utredning och behandling av infertilitet”. Dikteringsmall finns på mottagningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F5579D" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="233C1D01" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2024" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="423787F2" w14:textId="77777777" w:rsidR="00630B54" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+    <w:p w14:paraId="543172CC" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1304" w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Behandling med Letrozol till kvinnor som ovulerar rekommenderas inte.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1BFD00FA" w14:textId="4EAC4749" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00630B54">
+        <w:t xml:space="preserve">Behandling med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Letrozol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till kvinnor som </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ovulerar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rekommenderas inte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080DE83C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Varia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="541B4977" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="1892FD65" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Äggdonation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DE417C" w14:textId="65B4C6C1" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="5A0FDCFD" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>Exempelvis vid prematur menopaus, Turners syndrom, dålig äggkvalitet (noterat under IVF), Turner. Donatorn kan vara antingen anonym eller ”bekant”. Mottagaren ”</w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> inte ha kommit i den ålder då kvinnans fertilitet anses vara i starkt avtagande”. Ökad risk för graviditetskomplikationer, </w:t>
       </w:r>
-      <w:r w:rsidR="00B75A7E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t>ska</w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> följas på SMVC. </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Remiss ska skickas innan kvinnan fyllt 38 år eller partner 54 år. </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:br/>
         <w:t>För behandling med donerade spermier ska remissen skickas innan kvinnan fyllt 36 år och eventuell partner 52 år.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53699B73" w14:textId="77777777" w:rsidR="00630B54" w:rsidRPr="00794D3C" w:rsidRDefault="00630B54" w:rsidP="00794D3C">
+    <w:p w14:paraId="2D9DB2D3" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A82F110" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="15E2051F" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Lesbiska par</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C66C36F" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="1AEB4025" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Vid insemination av lesbiska kvinnor är partnerregistrering sedan två år ett krav. Ålder för mottagare är max 38 år. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D646440" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="4E0882AA" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Endast en kvinna i varje parrelation behandlas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F66A684" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="37898894" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Tubarpassageutredning ska göras innan remiss till Sahlgrenska eller om paret önskar utredning inför privat inseminiering i till exempel Danmark. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000F09CC" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="324960EB" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Numera tillåtet med samtidig donation av oocyter och spermier. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF43CE3" w14:textId="77777777" w:rsidR="00A60B14" w:rsidRPr="00794D3C" w:rsidRDefault="00A60B14" w:rsidP="00794D3C">
+    <w:p w14:paraId="4417F854" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1304"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BF7838A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="669E8A00" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Ensamstående</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417E3A53" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="6B2119E2" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ensamstående kvinnor har rätt till assisterad befruktning, i första hand insemination. Kravet är att man fyllt 25 år och inte har några barn tidigare. Utredning sker inte på NÄL utan egenremiss kan skickas direkt till Reproduktionsmedicin på SU. Eventuell remiss från SU till NÄL för HyCoSy innan </w:t>
+        <w:t xml:space="preserve">Ensamstående kvinnor har rätt till assisterad befruktning, i första hand insemination. Kravet är att man fyllt 25 år och inte har några barn tidigare. Utredning sker inte på NÄL utan egenremiss kan skickas direkt till Reproduktionsmedicin på SU. Eventuell remiss från SU till NÄL för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>HyCoSy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00794D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> innan </w:t>
       </w:r>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">behandling. Patienten har rätt att söka hjälp med egenremiss på annan klinik än SU, detta på grund av långa väntetider. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22904690" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="6FEAE4EA" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13EFD5EF" w14:textId="15624AAF" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00D20C50">
+    <w:p w14:paraId="215CE1EA" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Handläggning av IVF-patienter som inte påbörjat sin utredning inom VG-region</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72EF0092" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="0353A00F" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienter som kontaktar ett sjukhus för att be om kontroller/uppföljningar hänvisas till SU, som har det regionala uppdraget för patientgruppen. Gäller både inom Sverige och utomlands. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F5DD92" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="3A300EF4" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5441FFAE" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="60BA86A0" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02FAA7A8" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="6ECB8CC0" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64FE8BA8" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="11E39FC8" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14408BA5" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="64758336" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B39FABB" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="0B379A5E" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A549DD7" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="6F29C344" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B382D01" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="3034ED9B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2523486C" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="798C2E58" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="559E0E88" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="11DADA69" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BA05332" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="13F9AC1D" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40A46C32" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="6C4C9053" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ED79B7E" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="5049BE68" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30752F1B" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="381A782B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A9CDBE1" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="6A80E209" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="506874CF" w14:textId="77777777" w:rsidR="00A60B14" w:rsidRDefault="00A60B14">
+    <w:p w14:paraId="6D6C59FE" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EABFBA4" w14:textId="76D7D08C" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00A60B14">
+    <w:p w14:paraId="70C56699" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:lastRenderedPageBreak/>
         <w:t>Diagnoser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E17F31" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00A60B14">
+    <w:p w14:paraId="5FFDE933" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Infertilitet, kvinnlig</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7934" w:type="dxa"/>
         <w:tblInd w:w="992" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6658"/>
         <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="54B7B29C" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="51DBE621" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="43D978FB" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="2AE83FD7" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Anovulation</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="09030A88" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="2AE5EDAE" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N97.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="1CEC8275" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="6FED0B8C" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="264BF526" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="7C18697C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B086A8D" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="4F93B0A8" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="6A26BB82" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="22C57DBD" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3855972C" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="73E0F6FD" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Cervixfaktor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="46955690" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="18702EF0" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N97.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="7BAE4A13" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="5B547D98" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF46B53" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="0D757941" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3DC64E15" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="6EB971ED" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="0FF8C7DE" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="2B68D4C7" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="685CC1EC" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="53630AA8" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>I samband med endometrios</w:t>
+              <w:t xml:space="preserve">I samband med </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF47A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>endometrios</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="498860DD" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="199CB217" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N97.8D</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="65927839" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="33D36038" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5618515C" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="6FB7A783" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7DF61BB9" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="73A248E5" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="4D09ABBE" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="7481A855" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1B11D3" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="4F1F14E4" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Immunologiska orsaker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C87B3CE" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="767152C8" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N97.8A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="1F68CC0C" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="47084BE1" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="070E83ED" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="2D23B174" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52E7BDCA" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="4D5B6A42" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="2AD4A70E" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="23733354" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="12689DC9" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="2453D1C7" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Manlig faktor som orsak till kvinnlig infertilitet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5279EF0D" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="3EA38D5E" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N97.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="567C2DB0" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="6B1CEC85" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B199C0D" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="1584F1BD" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="60848200" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="283A996F" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="5626ACE7" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="74030E23" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74F1A428" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="4FAAA92B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Oförklarad infertilitet (efter utredning)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="75338FF5" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="6128C464" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N97.8C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="6498A7D3" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="0E6E8110" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="24C40059" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="34423E71" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4E156D" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="6C6233EA" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="40BEFFE3" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="633269C8" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4F6B3074" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="4059E967" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Sociala faktorer med möjlig inverkan på fertiliteten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2EB412" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="545BDCCC" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N97.8B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="1C5B8F78" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="0D1A5B9C" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6B9023" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="2010F82C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B858568" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="460D73A5" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="55F3B1C4" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="05BCB3BE" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F9BBA45" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="47391AE8" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Tubarfaktor (bäckenadherenser efter infektioner/operationer, missbildningar, stenos, ocklusion)</w:t>
+              <w:t>Tubarfaktor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF47A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF47A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>bäckenadherenser</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF47A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> efter infektioner/operationer, missbildningar, stenos, ocklusion)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1445D471" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="74CA08B3" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N97.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="6204F2A7" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="1F3B115E" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="00F78752" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="3348251D" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="330F0378" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="71C4A000" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="5D7180C0" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="7F99DE5B" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72DDD0C3" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="3816163F" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Uterusanomalier (adherenser, missbildningar, myom, polyper)</w:t>
+              <w:t>Uterusanomalier (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF47A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>adherenser</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF47A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>, missbildningar, myom, polyper)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="429EB423" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="42603339" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N97.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="5C6F25BA" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="0426D165" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="66651E03" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="4CF4424B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="503D583E" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="51A00D30" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="4B6B9AC3" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="0FF65C79" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F073D4B" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="603BB2D5" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Annan specificerad orsak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="43C72F3A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="6D48767C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N97.8W</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="6B2B30B5" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="316EA840" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="72"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A1D0ABF" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="7946574F" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47322E68" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="1A906B3C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w14:paraId="019A4D89" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w14:paraId="7F22FDED" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72F8834A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="7D3975B7" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Ospecificerad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="42D1B1AF" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00CF47A6" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="2065DED9" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00CF47A6" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF47A6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N97.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="179D34C6" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="7C7457CB" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28A0C243" w14:textId="77777777" w:rsidR="00D20C50" w:rsidRDefault="00D20C50" w:rsidP="00F04E37">
+    <w:p w14:paraId="1658F9C4" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04FE45A9" w14:textId="58C214B1" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00F04E37">
+    <w:p w14:paraId="6E7280C8" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00794D3C">
         <w:t>Infertilitet, manlig</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7934" w:type="dxa"/>
         <w:tblInd w:w="992" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6658"/>
         <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="04AFB0EF" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="456CBF16" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="29C30614" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="39C37BC8" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Azoospermi</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="39CCE666" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="1B707CB4" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N46.9A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="43108B3B" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="7A7248C3" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="632382C2" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="77EB8395" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="645C46AF" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="2123EE1B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="5D059D3B" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="24BB827D" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CBA203C" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="0D5E6192" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Andra störningar i sädeskvaliteten än azoospermi</w:t>
+              <w:t xml:space="preserve">Andra störningar i sädeskvaliteten än </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E73831">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>azoospermi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B739AC7" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="78D1D3E9" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N46.9B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="51461FD5" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="3214370E" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B6DD193" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="4889BE2A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F0DD8E1" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="67513968" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="4C8C17B6" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="5B903C96" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A3FFE08" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="4C90D99E" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Beroende på faktorer hos partner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="54012F9A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="6BF971D0" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N46.9C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="38692593" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="4AA4458D" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3576891E" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="4771226E" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F77223C" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="5A42AAEE" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="195D1B24" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="0ECAA114" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34D340B6" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="1B0D0AF1" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Sociala faktorer med möjlig inverkan på fertiliteten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="27664476" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="5E69756C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N46.9D</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="6C0F784B" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="022DF43A" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="23E6F75E" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="0E9244E0" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6EAC88F8" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="1C68F93A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="48FCA098" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="278B7A86" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2886CC29" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="37FEF37E" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Oförklarad efter utredning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5652FE8F" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="4ACFF8E0" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N46.9E</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="23327371" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="562A6C27" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA9CF99" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="2CE835A8" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="738DD507" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="635F32BD" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="3D41D1A2" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="1D3B76B4" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6183804E" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="3483F8CC" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Annan specificerad orsak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0CDE0A67" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="45EC81C7" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N46.9W</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="1FB53E8C" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="5F2A6762" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="211400E1" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="0D458ED7" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17728717" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="40859177" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="19F9ECDF" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="76C86691" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="072D3563" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="78CCFCAE" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Ospecificerad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C65D71A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="6B06967F" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N46.9X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="00F6A335" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="16A54717" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2400D432" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="0113C031" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED949F2" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="6DC0C07C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="4F021E16" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="1CC662B1" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10DFD703" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="5DA50DE7" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Hydrocele testis</w:t>
+              <w:t>Hydrocele</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E73831">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E73831">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>testis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="76484EC0" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="20133AE0" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N43.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="564C8A17" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="30AEBDE6" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F491DAB" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="01C4E670" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5303DD45" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="79C90AC2" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="678488ED" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="1C8AA244" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="515A6F05" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="3AB7F00E" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Impotens, icke organisk orsak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1561E46B" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="3D811836" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>F52.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="4B619144" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="2416DF6C" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6285E4CE" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="0D7FCB98" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="45A7A494" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="7AB2453B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="4E4421B8" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="3D0D95D8" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="790EACD3" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="1C85F6CC" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Impotens, organisk orsak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="430913A9" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="5A59AB4D" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N48.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="5C6CE545" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="6CCADD2A" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="26CE7C31" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="4D3A5663" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7F304D" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="5210E26A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="7EACDDE7" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="711755A8" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="58A4661A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="3D937A3C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Kronisk prostatit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35EDCBB6" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="5DC531E0" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N41.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="6F7F9B8B" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="290B4C3C" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="48C9F07C" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="273E14D4" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="061BB1C6" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="13B1DA2A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="56053BE1" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="16D309B1" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7F208E" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="31785E82" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Spermatocele</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6110A134" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="71CE6A5B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>N43.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="16CB5305" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="48356D2E" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="21D70779" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="39277CAE" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5146738A" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="3AE6ED96" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F23E36" w:rsidRPr="00E73831" w14:paraId="132C396A" w14:textId="77777777" w:rsidTr="00D20C50">
+      <w:tr w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w14:paraId="0F1925DC" w14:textId="77777777" w:rsidTr="00A101C5">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6658" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="113CB126" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="44AA67CF" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Varikocele</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6064B979" w14:textId="77777777" w:rsidR="00F23E36" w:rsidRPr="00E73831" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+          <w:p w14:paraId="585D51D4" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00E73831" w:rsidRDefault="00CF2BA4" w:rsidP="00A101C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E73831">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>I86.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22A364E9" w14:textId="44D33153" w:rsidR="00F23E36" w:rsidRPr="00794D3C" w:rsidRDefault="00F23E36" w:rsidP="00794D3C">
+    <w:p w14:paraId="52CE155B" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-141"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00794D3C" w:rsidRDefault="00536A5A" w:rsidP="00794D3C">
+    <w:p w14:paraId="471612E2" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00794D3C" w:rsidRDefault="00CF2BA4" w:rsidP="00CF2BA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00794D3C" w:rsidSect="00F23E36">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00EC1C9A" w:rsidRDefault="00536A5A" w:rsidP="00EC1C9A"/>
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00EC1C9A" w:rsidSect="00F23E36">
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42228F48" w14:textId="77777777" w:rsidR="006061B5" w:rsidRDefault="006061B5">
+    <w:p w14:paraId="37A262B5" w14:textId="77777777" w:rsidR="00330F40" w:rsidRDefault="00330F40">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15D33045" w14:textId="77777777" w:rsidR="006061B5" w:rsidRDefault="006061B5">
+    <w:p w14:paraId="16C59C67" w14:textId="77777777" w:rsidR="00330F40" w:rsidRDefault="00330F40">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3CBB46F8" w14:textId="77777777" w:rsidR="006061B5" w:rsidRDefault="006061B5">
+    <w:p w14:paraId="4B4B32EA" w14:textId="77777777" w:rsidR="00330F40" w:rsidRDefault="00330F40">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -5538,87 +5753,276 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4175D538" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="60819B8C" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1774119135"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="18DB9C04" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00EC0A68" w:rsidRDefault="00CF2BA4" w:rsidP="00EC0A68">
+        <w:pPr>
+          <w:pStyle w:val="Sidfot"/>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="64017DCC" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00FB2F0F">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:left="6237" w:hanging="141"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69E205AA" wp14:editId="1F0033BC">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4388307</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-27355</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1897920" cy="384860"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="628417176" name="Bildobjekt 628417176">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1953671" cy="396165"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
@@ -5647,51 +6051,51 @@
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="15" name="Bildobjekt 15">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5728,70 +6132,402 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22F1344C" w14:textId="77777777" w:rsidR="006061B5" w:rsidRDefault="006061B5"/>
+    <w:p w14:paraId="478843BA" w14:textId="77777777" w:rsidR="00330F40" w:rsidRDefault="00330F40"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59F113C2" w14:textId="77777777" w:rsidR="006061B5" w:rsidRDefault="006061B5">
+    <w:p w14:paraId="42B7D600" w14:textId="77777777" w:rsidR="00330F40" w:rsidRDefault="00330F40">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7CD22C3E" w14:textId="77777777" w:rsidR="006061B5" w:rsidRDefault="006061B5">
+    <w:p w14:paraId="1CD2FFBC" w14:textId="77777777" w:rsidR="00330F40" w:rsidRDefault="00330F40">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3446AB48" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRPr="00DA65C4" w:rsidRDefault="00CF2BA4" w:rsidP="00DA65C4">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E24D640" wp14:editId="763C2C77">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-635</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2050259693" name="Textruta 2050259693"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="08B7734A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00DA65C4">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="4E24D640" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 2050259693" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251677697;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="08B7734A" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00DA65C4">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="76C087C5" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4" w:rsidP="00413A60">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+      <w:ind w:left="0" w:right="567"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D82BB8D" wp14:editId="1B6206D6">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-172720</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-65405</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1324588089" name="Textruta 1324588089"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1068FF90" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="7D82BB8D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 1324588089" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251676673;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="1068FF90" w14:textId="77777777" w:rsidR="00CF2BA4" w:rsidRDefault="00CF2BA4">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AAD07E7" wp14:editId="7B14D952">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>17744</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>198873</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7559040" cy="216408"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1941880586" name="Bild 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Bild 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7559040" cy="216408"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -5830,90 +6566,90 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -5953,60 +6689,60 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -9644,50 +10380,51 @@
   <w:num w:numId="26" w16cid:durableId="367608334">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1558710819">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="617686508">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="991179627">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="2006585860">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="719593857">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -9784,50 +10521,51 @@
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00287762"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C5CEB"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00311DBA"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="00330F40"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00374EFD"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003C5798"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
@@ -9883,50 +10621,51 @@
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C0315"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="006061B5"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="00630B54"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="0067367A"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00686205"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A2C3B"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C1E5C"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C5788"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007008B4"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
@@ -10075,90 +10814,93 @@
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C81764"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA7DA3"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF2BA4"/>
     <w:rsid w:val="00CF47A6"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D033B9"/>
     <w:rsid w:val="00D061CA"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D15AF7"/>
     <w:rsid w:val="00D20C50"/>
     <w:rsid w:val="00D250B4"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DE0B0A"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E41CD1"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E73831"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC1C9A"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F04E37"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F23E36"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA18BD"/>
     <w:rsid w:val="00FA5B5D"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
@@ -12670,58 +13412,66 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
+<file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+</file>
+
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
@@ -13010,56 +13760,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1888</Words>
-  <Characters>10012</Characters>
+  <Words>1895</Words>
+  <Characters>10049</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>83</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11877</CharactersWithSpaces>
+  <CharactersWithSpaces>11921</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Infertilitetsutredning</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ewelyn Persson</lastModifiedBy>
-  <revision>58</revision>
+  <revision>60</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>