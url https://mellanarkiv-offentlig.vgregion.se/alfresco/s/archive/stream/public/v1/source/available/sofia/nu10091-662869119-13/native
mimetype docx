--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,1570 +1,1604 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="66FF3984" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="00F35B05">
+    <w:p w14:paraId="53DFD56D" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="00BE1E2C" w:rsidSect="00BE1E2C">
+        <w:sectPr w:rsidR="00394765" w:rsidSect="00394765">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="627082AB" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="00BE1E2C">
+    <w:p w14:paraId="4D0B996D" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1151CE30" w14:textId="7553E44C" w:rsidR="00BE1E2C" w:rsidRDefault="007C13D0" w:rsidP="007C13D0">
+    <w:p w14:paraId="5109DAD7" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc158794508"/>
       <w:bookmarkStart w:id="2" w:name="_Toc158795045"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc221710969"/>
       <w:r>
         <w:t>Eftervård mor och barn på BB</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="465530F9" w14:textId="0C6A3BF1" w:rsidR="00FE0C02" w:rsidRPr="00FE0C02" w:rsidRDefault="00FE0C02">
+    <w:p w14:paraId="021D47B2" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0C02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00FE0C02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> TOC \o "1-4" \t "Mellanrubrik VGR;4" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00FE0C02">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3854261F" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Revidering i denna version</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710970 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F473E6C" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Sammanfattning/syfte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710971 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B326078" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Åtgärder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710972 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16ABAE05" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Observationer av mamman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710973 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533FA1CC" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Avslag (blödning/flytning från livmodern)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710974 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2F00DA" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Urinering</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710975 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65407AB1" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Blodtyp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710976 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75AFCDC9" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Smärtor  Behandling: smärtstillande tabletter - se generella direktiv.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710977 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74769107" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Psykiska förändringar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710978 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03A6A0E0" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Observationer av partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710979 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A765112" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Observationer av det nyfödda barnet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710980 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1810F303" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Andningen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710981 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D477AE7" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Cirkulationen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710982 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A42CE55" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Hud</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710983 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF24143" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Motorik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710984 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBE6B86" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Huvudet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710985 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332FD8C2" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Kroppstemperatur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710986 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9B6597" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Blödning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710987 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9526E6" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Urinering</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710988 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E02259D" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Avföring</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710989 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7369CCA0" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="008136C5" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Innehll4"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Ögon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Toc221710990 \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008136C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62BBC167" w14:textId="6FA9C8B8" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
       <w:r w:rsidRPr="00FE0C02">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...81 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...1360 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc221710970"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="220B0869" wp14:editId="42AABB90">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C0E4F6F" wp14:editId="5C0A38E7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1244600" cy="222885"/>
                 <wp:effectExtent l="0" t="2540" r="0" b="3175"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1244600" cy="222885"/>
                         </a:xfrm>
@@ -1575,51 +1609,51 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1C4E5F31" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="003D37FD" w:rsidRDefault="00BE1E2C" w:rsidP="00BE1E2C">
+                          <w:p w14:paraId="4705896C" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="003D37FD" w:rsidRDefault="00394765" w:rsidP="00394765">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Dok.ID: </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003D37FD">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
@@ -1660,58 +1694,58 @@
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="220B0869" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="4C0E4F6F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:513.25pt;margin-top:6.2pt;width:98pt;height:17.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTky5C3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMt8uMOEXXIsOA&#10;bh3Q7QNkWbaF2aJGKbGzrx8lJ2m23opdBFGkH997pNc309CzvUKnwZR8uUg5U0ZCrU1b8h/ft+9W&#10;nDkvTC16MKrkB+X4zebtm/VoC5VBB32tkBGIccVoS955b4skcbJTg3ALsMpQsgEchKcQ26RGMRL6&#10;0CdZml4nI2BtEaRyjl7v5yTfRPymUdI/No1TnvUlJ24+nhjPKpzJZi2KFoXttDzSEK9gMQhtqOkZ&#10;6l54wXaoX0ANWiI4aPxCwpBA02ipogZSs0z/UfPUCauiFjLH2bNN7v/Byq/7J/sNmZ8+wkQDjCKc&#10;fQD50zEDd50wrbpFhLFToqbGy2BZMlpXHD8NVrvCBZBq/AI1DVnsPESgqcEhuEI6GaHTAA5n09Xk&#10;mQwtszy/TiklKZdl2Wp1FVuI4vS1Rec/KRhYuJQcaagRXewfnA9sRHEqCc0MbHXfx8H25q8HKgwv&#10;kX0gPFP3UzVRdVBRQX0gHQjzntBe06UD/M3ZSDtScvdrJ1Bx1n825MWHZZ6HpYpBfvU+owAvM9Vl&#10;RhhJUCX3nM3XOz8v4s6ibjvqdHL/lvzb6ijtmdWRN+1BVHzc2bBol3Gsev6zNn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC+u9/z3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4&#10;URurDxTiVBVqyxEoEWc3XpKI+CHbTcO/Z3uit53d0ew35XqyAxsxpt47BY8zAQxd403vWgX15+7h&#10;CVjK2hk9eIcKfjHBurq9KXVh/Nl94HjILaMQlwqtoMs5FJynpkOr08wHdHT79tHqTDK23ER9pnA7&#10;cCnEklvdO/rQ6YAvHTY/h5NVEHLYr17j2/tmuxtF/bWvZd9ulbq/mzbPwDJO+d8MF3xCh4qYjv7k&#10;TGIDaSGXC/LSJOfALg4pJW2OCuarBfCq5Ncdqj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA05MuQt4BAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAvrvf894AAAALAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAEMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="1C4E5F31" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="003D37FD" w:rsidRDefault="00BE1E2C" w:rsidP="00BE1E2C">
+                    <w:p w14:paraId="4705896C" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="003D37FD" w:rsidRDefault="00394765" w:rsidP="00394765">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dok.ID: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
@@ -1740,277 +1774,223 @@
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>27483</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_1314629194"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="5" w:name="_1314629194"/>
+      <w:bookmarkStart w:id="6" w:name="Rubrik"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Revidering i denna version</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="0C323155" w14:textId="18258031" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00960485" w:rsidP="007C13D0">
+    <w:p w14:paraId="57F766C8" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ändring av innehåll under rubriker </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Förtydliganden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C9B45AB" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="492EE2BE" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc158795047"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc221710971"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Sammanfattning/syfte</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="4E44C143" w14:textId="02C343AE" w:rsidR="00960485" w:rsidRPr="00960485" w:rsidRDefault="00960485" w:rsidP="00960485">
+    <w:p w14:paraId="26BD75EE" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00960485" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00960485">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Att ge ny personal på BB-enheten vägledning i observationer av moderns och barnets tillstånd. Det är också viktigt att personal bekantar sig med patientbroschyr ”Livet kan börja”.</w:t>
+        <w:t>Att ge ny personal på BB-enheten vägledning i observationer av moderns och barnets tillstånd. Det är också viktigt att personal bekantar sig med patientbroschyr ”Livet kan börja”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> samt ”Handboken BB”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA7AEB5" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="4D61FC4F" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc158795048"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc221710972"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Åtgärder</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...8 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="45096EEC" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="43193C2A" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc221710973"/>
+      <w:r w:rsidRPr="007C13D0">
+        <w:t>Observationer av mamman</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="3A25EC74" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc158795050"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc221710974"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Avslag (blödning/flytning från livmodern)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="15F13F7C" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="5BECE5C5" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Riklig blödning</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> - beror ofta på att uterus inte drar ihop sig ordentligt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="631D332A" w14:textId="60E53B8B" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="2A37A949" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Behandling: Uterus</w:t>
-[...31 lines deleted...]
-      <w:r w:rsidR="00440529" w:rsidRPr="007C13D0">
+        <w:t>Behandling: Uterus massage, larma för att hämta blödningsvagn och extra barnmorska/sjuksköterska. Vid fortsatt riklig blödning (om det inte hjälper med massage) görs aortakompression.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Kontrollera; puls, blodtryck och blödningsmängd, sätt en PVK. Har patienten kissat? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7240B828" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="34660C85" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kontakta Förlossningsjour vid behov.  </w:t>
+        <w:t xml:space="preserve">Kontakta </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">örlossningsjour </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>för bedömning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E5D7EF" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="49FB0A3B" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ihållande, sipprande blödning </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
@@ -2025,82 +2005,82 @@
         </w:rPr>
         <w:t>labia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller cervix. Behandling: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>gynundersökning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> av läkare för inspektion av cervix och eventuell suturering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0799B9FA" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="3EC450F3" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Koagelavgång </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>- samma orsaker som ovan. Behandling: observera mängden koagel + eventuella placentabitar eller hinnrester. Massage av uterus och om det inte hjälper kontaktas förlossningsjour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F80709B" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="0C625A1D" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Hematom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2145,252 +2125,419 @@
         </w:rPr>
         <w:t>hematom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">: läkarbedömning och eventuellt tömning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>hematomet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6CBA68" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="3427CA3A" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Kraftig blödning</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> efter hemkomst kan bero på atoni (=uterus drar inte ihop sig) eller placenta rester.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>efter hemkomst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kan bero på atoni (=uterus drar inte ihop sig) eller placenta rester.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F380849" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="7585D5AE" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0" w:firstLine="720"/>
+        <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Ta kontakt med läkare och snabbt till sjukhus.</w:t>
+        <w:t xml:space="preserve">Ta kontakt med läkare och </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>hänvisa patienten att omgående ta sig till sjukhus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23A2D6ED" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="001102C9">
+    <w:p w14:paraId="2A636069" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc221710975"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Urinering</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="391C060F" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="41765AB6" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Svårt att kissa det första dygnet</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - kan orsakas av nedsatt muskel- och reflexaktivitet på grund av svullnad efter förlossningen eller efter bedövning (till exempel EDA) i samband med förlossningen. Behandling: uteruspalpation, </w:t>
+        <w:t xml:space="preserve"> - kan orsakas av nedsatt muskel- och reflexaktivitet på grund av svullnad efter förlossningen eller efter bedövning (till exempel EDA) i samband med förlossningen. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Behandling: uteruspalpation, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>bladderscan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och eventuellt tappning (se rutin) och smärtstillande.</w:t>
+        <w:t xml:space="preserve"> och eventuellt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">urintappning </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="007E7691">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Urinretention </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007E7691">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>postpartum</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>och smärtstillande</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>läkemedel.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083169F">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D51CC14" w14:textId="73D14937" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="00E34265">
+    <w:p w14:paraId="7482C54A" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Ökad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>diures</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - orsakas av att ödem går tillbaka.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>orsakas av att ödem går tillbaka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller höga mängder intravenös vätsketillförsel och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>oxytocindropp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under förlossningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760F1CE3" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="57D7AB88" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Sveda </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">– på grund av irritation från bristningar och klipp. Urinvägsinfektion? </w:t>
+        <w:t xml:space="preserve">– på grund av irritation från bristningar och klipp. </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Behandling: spola av underlivet och byta binda ofta. Spola med duschen vid urinering för att minska svedan. Ta eventuellt urinodling. Smärtstillande tabletter enligt generella direktiv samt eventuell lokalbedövning med </w:t>
+        <w:t xml:space="preserve">Behandling: spola av underlivet och byta binda ofta. Spola med duschen vid urinering för att minska svedan. Smärtstillande tabletter enligt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">generella direktiv samt eventuell lokalbedövning med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Xylocain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> gel 2 %.</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Urinvägsinfektion? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ta en urinsticka och kontakta förlossningsjour för eventuell urinodling och behandling.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3CD439F5" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="07DC5FCB" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc158795051"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc221710976"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Blodtyp</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="4E046346" w14:textId="552DF15E" w:rsidR="00440529" w:rsidRPr="007C13D0" w:rsidRDefault="00440529" w:rsidP="007C13D0">
+    <w:p w14:paraId="2C53AAFD" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Om mamman är </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Rh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -2403,232 +2550,212 @@
         </w:rPr>
         <w:t>Rh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">-positivt ges </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Rh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>-profylax, så kallad anti-D, till mamman efter förlossningen. Detta ges helst inom 48 timmar, senast inom 72 timmar. Ges vanligen direkt på förlossningsavdelningen och kan ges i PVK (eller intramuskulärt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51102C73" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="20D38740" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc158795052"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc221710977"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t xml:space="preserve">Smärtor </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE1E2C">
         <w:br/>
         <w:t>Behandling: smärtstillande tabletter - se generella direktiv.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="748609F9" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="6DF865D5" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Ont i klipp och bristningar</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> är normalt att ha de första dagarna. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55397943" w14:textId="4144F8E3" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="6D67966F" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="0083169F" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C13D0">
-[...9 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Inspektion erbjuds av barnmorska. Vid onormala fynd kontaktas läkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18EDD715" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="3A031C7B" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Det kan strama i stygnen i cirka 3 - 5 dagar. Därefter bör det successivt förbättras. Knutar från stygn kan släppa efter cirka 2 - 4 veckor, vilket är normalt. Behandling: smärtstillande tabletter, eventuellt akupunktur, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77610F00" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="246873C6" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1502" w:right="0" w:firstLine="210"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Xylocain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> salva/gel 2 %, eventuellt kylbehandling med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>isbinda</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6189730D" w14:textId="47C8E509" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="562E4BA5" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Eftervärkar</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> orsakas av livmoderns sammandragningar och är fullt normalt men kan, speciellt hos omföderskor, göra mycket ont. Detta inträffar ofta i samband med amning då hormonet </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>oxytocin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ökar i blodet och drar ihop uterus extra mycket. Behandling: smärtstillande</w:t>
-[...20 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> ökar i blodet och drar ihop uterus extra mycket. Behandling: smärtstillande </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>och/eller värmedyna.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="710FA3E5" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="4918D52E" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Hemorrojder</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
@@ -2671,350 +2798,488 @@
         </w:rPr>
         <w:t>isbinda</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. Motverka förstoppning med flytande Paraffin eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Lactulos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000F70CC" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="58B71030" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Brösten</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan bli mycket ömma och spända i samband med att mjölken rinner till. Ömma bröstvårtor är också vanligt förekommande de första dagarna, särskilt om barnet suger felaktigt och/eller mycket ofta. Behandling: kontrollera att barnet har ett bra tag vid amning, smörj vårtorna med några droppar av den egna mjölken före och efter amning + eventuellt med ullfettsalva, till exempel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Purelan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>. Se även övriga amningsråd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B66E519" w14:textId="39B6ADD6" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="01F4F069" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Smärtlindring efter hemgång</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - 2 styck </w:t>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007C13D0">
-[...3 lines deleted...]
-        <w:t>paracetamol</w:t>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>stk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007C13D0">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 500 mg var </w:t>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Paracetamol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">500 mg var </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="656FE99D" w14:textId="66665AD5" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="2CB79FFF" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6:e timma, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ibuprofen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">400 mg var 8:e timma. Vid svår smärta kan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>buprofen ökas till var 6:e timma under 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>3 dagar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B81C7CB" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1712" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C13D0">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="11622B7E" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="5CDA6C2B" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc158795053"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc221710978"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Psykiska förändringar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="7E2B331F" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="42749B04" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Orsakas till viss del av den hormonella omställningen i kroppen. Graviditet, förlossning och tiden närmast efter ställer stora krav både fysiskt och psykiskt. Sömnbrist är också vanligt. Mammorna är mer öppna och mottagliga för intryck än vanligt, men klarar inte alltid av mycket information åt gången. De blir mer labila och kan ha svårt att förstå och förklara hur de känner. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A552EDC" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="0E6BC9CA" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Mamman svänger ofta i humöret, kan vara glad ena stunden och gråta i nästa. Behandling: prata med mamman för att få en uppfattning om vilket behov hon har, upprepad information vid behov, gärna tillsammans med partnern. </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0083169F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Kuratorkontakt kan erbjudas.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6D216DAD" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="5828FBFC" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc158795054"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc221710979"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Observationer av partner</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="3679824E" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="3757D5D4" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hur verkar partnern </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">? Om hen känner sig sedd och trygg blir det ett bättre stöd för hela familjen. Fråga till exempel ” Hur mår du efter förlossningen?” och ”Har du några frågor/funderingar?”. Bjud in partnern aktivt när du ger information och rikta informationen till bägge föräldrar vid amningshjälp, barnskötsel med mera. </w:t>
+        <w:t xml:space="preserve">Hur verkar partnern må? Om hen känner sig sedd och trygg blir det ett bättre stöd för hela familjen. Fråga till exempel ” Hur mår du efter förlossningen?” och ”Har du några frågor/funderingar?”. Bjud in partnern aktivt när du ger information och rikta informationen till bägge föräldrar vid amningshjälp, barnskötsel med mera. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E88B8EF" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="3FB2F358" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc158795055"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc221710980"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Observationer av det nyfödda barnet</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="0E2B976C" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="4F2E3BD4" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompletterande information kan läsas i barnklinikens dokument, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395CC19B" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="3BBA0B15" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="007B3E94">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Fynd på BB-rond och riktlinjer för handhavande</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Fynd på BB-rond.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367C3A11" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="6B480103" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc158795056"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc221710981"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Andningen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56CC6116" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="445BCEDE" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Andningsfrekvensen </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>(”</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>resp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>”) är normalt upp till 60 andetag/min.</w:t>
+        <w:t xml:space="preserve">”) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>är normal mellan 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>60 andetag/min</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ut</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B56AB2" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="111C0161" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Räknas när barnet sover/vilar, genom att titta eller känna på bröstkorgen under 1 minut.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FCB2979" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="7A6D9AD6" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Andningsstörning </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">kan vara antingen snabb andning och/eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -3066,460 +3331,529 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">(stånkig andning med indragningar) är en förvärrad form av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>gnyig</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> andning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7002D5B4" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="59D9F136" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Normalt med oregelbunden andning. Definition </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
         </w:rPr>
         <w:t>apné = andningsuppehåll</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">20 sek. </w:t>
+        <w:t>20 sek</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37CD56EC" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="19078CFF" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Orsaker till andningsstörning kan vara infektion, pneumothorax, adaptationsstörning (vätska kvar i lungan, sugs upp av sig själv, vanligt hos bland annat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>sectioförlösta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> barn), smärta, hypoglykemi, abstinens med mera. Vissa mediciner till mor (till exempel morfinpreparat och SSRI) kan påverka barnets andning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B8C7160" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="51B8C716" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Inspiratorisk </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>stridor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> på nyfödda (pip på inandning) är vanligt. Barnet ska i dessa fall inte ha ansträngd andning men kan låta mycket. Beror på mjukt brosk i luftvägarna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E66151" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="38BA7687" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62303A6A" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="6461E338" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C13D0">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Barnläkare ska bedöma alla barn med andningsstörning. På förlossningen har dock många nyfödda snabbt övergående lindrig andningsstörning. Det börjar i normalfallet direkt efter födelsen och ska successivt gå tillbaka (inom cirka 2 timmar). </w:t>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Barnläkare ska bedöma alla barn med andningsstörning.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">På förlossningen har dock många nyfödda snabbt övergående lindrig andningsstörning. Det börjar i normalfallet direkt efter födelsen och ska successivt gå tillbaka (inom cirka 2 timmar). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3DD41D" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="1A56D4CE" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Om barnet läggs hud-mot-hud underlättas absorption av vätska i lungorna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31FF540C" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="102EA72C" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc158795057"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc221710982"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Cirkulationen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="2B481F69" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="68D00FA2" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Hudfärg – normalt ljusröd/rosig.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E9CAD3" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="10F4B317" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Cyanos </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">- Perifer cyanos normalt hos nyfödda (händer, fötter, armar och ben får vara blåfärgade, liksom läppar och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>perioralt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">). Beror på att barnet föds med högt Hb och blodet passerar därför långsammare i periferin, har inte med syresättningen att göra). Huvudet kan dessutom vara blått (och ibland ha </w:t>
+        <w:t xml:space="preserve">). Beror på att barnet föds med högt Hb och blodet passerar därför långsammare i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>periferin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">har </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">inte med syresättningen att göra). Huvudet kan dessutom vara blått (och ibland ha </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>petekier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>) på grund av stas i samband med förlossningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA02232" w14:textId="026B1D51" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="00EC0134">
+    <w:p w14:paraId="168728CA" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Central cyanos</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> är däremot patologiskt och kan stå för dålig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>saturation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>. Ansiktet tillsammans med bålen mörkfärgat, kontrollera POX på hand och fot och tillkalla barnläkare omgående</w:t>
       </w:r>
-      <w:r w:rsidR="007C13D0">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564CD7B1" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="5A348008" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Blekhet</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan bero på lågt Hb, illamående, smärta, stress, dålig cirkulation. Vid behov kontaktas barnläkare. Kapilläråterfyllnad är ett bra mått på cirkulationen. Tryck med eget finger på huden över barnets bröstben. Huden ska då bli blek, men rosa färg snabbt komma tillbaka när man släpper, normalt inom 3 sekunder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CFB8122" w14:textId="3F9686BE" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="2B20AB05" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Högröd färg</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> = högt Hb. Nyfödda har normalt Hb mellan 130</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> = högt Hb. Nyfödda har normalt Hb mellan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>cirka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:t>130</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00960485">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">220 cirka. Tänk på att barn med högt Hb oftare får gulsot (= </w:t>
+        <w:t xml:space="preserve">220. Tänk på att barn med högt Hb oftare får gulsot (= </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ikterus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">). Detta kan vara svårare att se om barnet är högrött, var frikostig med kontroll av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Tc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/s-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>bilirubin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. Jämför värdet med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>bilirubinkurvan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och kontakta barnläkare vid höga värden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3795DB68" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="1F4D98D0" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc158795058"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc221710983"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Hud</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="0B0EE765" w14:textId="20CF2433" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="7EEC2DAA" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Ikterus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
@@ -3546,77 +3880,96 @@
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Bilirubin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> är en restprodukt av röda blodkroppar (som fysiologiskt faller samman post </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>partum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">). Alla barn blir lite gula. Vid höga värden (se </w:t>
+        <w:t>). Alla barn blir lite gula</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, men vid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">höga värden (se </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>bilirubinkurva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>) kan barnet få ljusbehandling vilket ofta kan ske på BB (</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">med ljusbehandlingsmadrass). Vid ljusbehandling omvandlas </w:t>
+        <w:t xml:space="preserve">) kan barnet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>behöva</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ljusbehandling vilket ofta kan ske på BB (oftast med ljusbehandlingsmadrass). Vid ljusbehandling omvandlas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>bilirubinet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> i huden från fettlösligt (bryts ned i levern) till vattenlösligt som barnet kan kissa ut (viktigt att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>tillmata</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
@@ -3630,52 +3983,76 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ljusbehandlas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Bilirubin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> är neurotoxiskt vid höga nivåer (över 600 hos fullgångna). Orsaken till höga nivåer kan vara immunisering (till exempel ABO-immunisering), infektion, bland annat.</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B3E94">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>Bilirubin</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B3E94">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> hos nyfödda på BB, BB-mottagningen.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="55CFD386" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="45A0C540" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Hormonplitor </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3689,90 +4066,90 @@
         </w:rPr>
         <w:t>erytema</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>toxicum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>): Rodnad med en liten vit/gul prick i mitten (små talgcystor). Utslagen kommer och går. Normalt. Går över spontant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F2A09C" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="43BBF0B5" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Milier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">– synliga talgkörtlar. Små vita prickar som sitter tätt ihop. Vanligast på näsan. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17084DDA" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="1C0E1C09" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Pemphigus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
@@ -3804,127 +4181,127 @@
         </w:rPr>
         <w:t xml:space="preserve">– (stafylokockinfektion). Vätskefyllda (gula) blåsor som bör </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>spritavtorkas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. Visa barnläkare. Ibland behövs antibiotika. </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>OBS! Smittorisken. Kan vara farligt om de sprider sig snabbt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349F5B1E" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="6456354C" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Petekier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">- punktformiga, minimala blödningar under huden. Går inte att trycka bort. Vanligen sekundärt till stas under förlossningen i ansikte eller säte. Om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>petekier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> på resten av kroppen – meddela barnläkare. Kan bero på lågt TPK. Håll koll på om de sprider sig.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60776D35" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="5A478F02" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Storkbett </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>– ytlig kärlmissbildning som ger hudrodnad på nacken och/eller i pannan. Bleknar med åren, men kan ibland fortsatt ses i vuxen ålder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A565E4" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="064616DF" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Dysmaturitet </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3938,106 +4315,107 @@
         </w:rPr>
         <w:t>Inotyol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Purelan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4442BB49" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="49E82601" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Naveln</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> – observera tecken på infektion eller blödning. Navelstumpen brukar bli kladdig och eventuellt lite blodig runt om och tvättas med tops och ljummet vatten. Torka torrt efteråt. Stumpen faller vanligen av efter cirka 5 – 12 dagar. Om hudrodnad i huden kring naveln, kontakta barnläkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F17C918" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="6A06C8A8" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc158795059"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc221710984"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Motorik</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="5E8A74EF" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="214CBC23" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Lättast att se och känna när barnen ligger på skötbordet och/eller vid lyft. Rör sig barnet lika mycket med båda armarna och benen?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E184FB" w14:textId="0CBBF447" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="00C438D4">
+    <w:p w14:paraId="17DA3BCC" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Partiellt nedsatt rörlighet</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -4048,676 +4426,732 @@
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>plexusskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>) eller (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>klavikel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">)fraktur i samband med förlossningen. </w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fraktur i samband med förlossningen. </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
-        <w:t>OBS Smärtsamt om det är en fraktur – ge Alvedon vid misstanke om detta! Visa på BB-rond nästa dag</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007C13D0">
+        <w:t xml:space="preserve">OBS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>märtsamt om det är en fraktur – ge Alvedon vid misstanke om detta! Visa på BB-rond nästa dag</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B7524D" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="2A34B39D" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Muskeltonus </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>– slapp eller spänd? Diskutera med barnläkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EDD0CFE" w14:textId="219705B0" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="42DB51D8" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Sprittighet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>/skakighet i armar och ben</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – vanligt. Om snabbt övergående kan orsaker vara aktiverad Mororeflex eller ”sömnryckningar”. Båda dessa är liksidiga. Till skillnad från kramp försvinner dessa när handen läggs på den ryckande extremiteten. Kramp kan vara ensidig. Om det är mer ihållande skakighet kan det bero på hypoglykemi. Vid misstanke om lågt blodsocker kontrolleras blodprov. Vid värden &lt;2,6 se PM. Andra orsaker kan vara abstinens (röker mor eller tar mediciner, till exempel SSRI), </w:t>
+        <w:t xml:space="preserve"> – vanligt. Om snabbt övergående kan orsaker vara aktiverad Mororeflex eller ”sömnryckningar”. Båda dessa är liksidiga. Till skillnad från kramp försvinner dessa när handen läggs på den ryckande extremiteten. Kramp kan vara ensidig. Om det är mer ihållande skakighet kan det bero på hypoglykemi. Vid misstanke om lågt blodsocker kontrolleras blodprov. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid värden &lt;2,6mmol, se rutin: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00E460C8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Hypoglykemi och </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00E460C8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>tillmatning</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00E460C8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> av nyfödda</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Andra orsaker kan vara abstinens (röker mor eller tar mediciner, till exempel SSRI), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>hypokalcemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, infektion hos barnet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41484EE1" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
-[...39 lines deleted...]
-    <w:p w14:paraId="3B24E9E4" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="72DFB411" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc158795060"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc221710985"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Huvudet</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="122DA58D" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="0B0BDFE6" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Fontanellen</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Stora (främre) fontanellen kan vara olika stor hos barn. Ta inte blodprover där! (Lilla fontanellen på bakhuvudet kan vara svår att känna.) Fontanellerna växer ihop under första levnadsåret.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C34BDE7" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="6199276F" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Kefalhematom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> – blödning under yttre benhinnan. Ofarligt. Försvinner spontant efter några veckor/månader.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E664327" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="4B8AC5F5" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Fostersvulst </w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">– svullnad, ödem och eventuell cyanos av den, under förlossningen, föreliggande delen av huvudet. Försvinner spontant. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042AE8F1" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="25D932C7" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Sår/märke efter VE (sugklocka)</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – kan göra ont. Ge smärtlindring enligt rutin och håll torrt och rent.</w:t>
+        <w:t xml:space="preserve"> – kan göra ont. Ge smärtlindring enligt rutin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>håll torrt och rent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D371ABF" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="187DCFEA" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1712"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Omformning av skallbenen</w:t>
       </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> – i samband med förlossning kan huvudet bli avlångt och benplattorna på huvudet kan till och med ligga något omlott. Detta är ofarligt och går tillbaka spontant inom de närmaste dagarna efter förlossningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="460A103E" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="2D9E12C2" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc158795061"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc221710986"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Kroppstemperatur</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="0B1DE1EF" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="244272A5" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Normalt 36,5 – 37,5. Var särskilt observant de första dygnen på grund av att temperaturcentrum i hjärnan inte riktigt hunnit anpassa sig till yttervärlden. Helst bör barnet ligga hud-mot-hud med mamma så mycket som möjligt. Tempen kan då bli lätt förhöjd. Om de ligger själva ska de ha ordentligt med täcke på sig. Om fortsatt hypotermi trots att barnet ligger hud-mot-hud kan det ibland stå för hypoglykemi eller infektion. Kontakta barnläkare om tempen inte normaliseras.</w:t>
+        <w:t xml:space="preserve">Normalt 36,5 – 37,5. Var särskilt observant de första dygnen på grund av att temperaturcentrum i hjärnan inte riktigt hunnit anpassa sig till yttervärlden. Helst bör barnet ligga hud-mot-hud så mycket som möjligt. Tempen kan då bli lätt förhöjd. Om de ligger själva ska de ha ordentligt med täcke på sig. Om </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>fortsatt hypotermi trots att barnet ligger hud-mot-hud kan det ibland stå för hypoglykemi eller infektion. Kontakta barnläkare om tempen inte normaliseras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14714546" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="2434F970" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc158795062"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc221710987"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Blödning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="587B51CA" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="1F51FAD5" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Slemblandad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> blödning från slidan på flickor kan förekomma. Beror på kvinnligt könshormon (östrogen) som överförts från mamman. Ofarligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DFD978A" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="27107940" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc158795063"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc221710988"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Urinering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="54AB44DA" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="3E0844BF" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Sparsamt de första dagarna, lite beroende på hur mycket de äter. Observera första gången barnet kissar, vilket bör ske inom de första 2 dygnen. Salter i urinen kan förekomma, syns som tegelfärgade/rödaktiga fläckar i blöjan. Ofarligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="497D301E" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="5E422B93" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc158795064"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc221710989"/>
       <w:r w:rsidRPr="00BE1E2C">
-        <w:lastRenderedPageBreak/>
         <w:t>Avföring</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="62ABCF54" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="2B8E9E97" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Mekonium</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (observera första gången) är svart och klistrigt och skiftar oftast i färg inom 1 - 2 dagar.  När barnet får bröstmjölk eller ersättning ändras färgen på bajset och blir gult/grönt/brunaktigt. Barn som ges enbart modersmjölk blir inte förstoppade utan får oftast lös, senapsgul avföring efter några dagar, när mjölken kommit </w:t>
+        <w:t xml:space="preserve"> (observera första gången) är svart och klistrigt och skiftar oftast i färg inom 1 - 2 dagar.  När barnet får bröstmjölk eller ersättning ändras färgen på bajset och blir gult/grönt/brunaktigt. Barn som ges enbart modersmjölk blir inte förstoppade utan får oftast lös, senapsgul avföring efter några dagar, när </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>bröst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C13D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mjölken kommit </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>igång</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ordentligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743DC0F3" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="1966C7D2" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc158795065"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc221710990"/>
       <w:r w:rsidRPr="00BE1E2C">
         <w:t>Ögon</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w14:paraId="002018A7" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="170C8946" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ofta svullna de första dagarna. Ibland gulaktigt ”var”. Tvättas ur med mjuk kompress och ljummet vatten en till flera gånger per dag. Om det inte blivit bättre efter 3 dagar visas barnet vid </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Ofta svullna de första dagarna. Ibland gulaktigt ”var”. Tvättas ur med mjuk kompress och ljummet vatten</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A005F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>utifrån och in en till flera gånger per dag. Om det inte blivit bättre efter 3 dagar görs bedömning av barnläkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5E6135" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="56FB0EEE" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41C42458" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="7878ABC1" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CB31006" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="007C13D0" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="48620F83" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="007C13D0" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vid någon tveksamhet när det gäller mor eller barn – diskutera om möjligt med erfaren personal och vid behov tas kontakt med </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Vid någon tveksamhet när det gäller mor eller barn – diskutera om möjligt med erfaren personal och vid behov tas kontakt med gyn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:r w:rsidRPr="007C13D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller barnläkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7A77AB" w14:textId="77777777" w:rsidR="00BE1E2C" w:rsidRPr="00BE1E2C" w:rsidRDefault="00BE1E2C" w:rsidP="007C13D0">
+    <w:p w14:paraId="74F9ECED" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00BE1E2C" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="007C13D0">
+    <w:p w14:paraId="33034638" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00536A5A" w:rsidRDefault="00394765" w:rsidP="00394765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00BE1E2C">
+    <w:p w14:paraId="1FA9B194" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00536A5A" w:rsidRDefault="00394765" w:rsidP="00394765">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="006B4DDA" w:rsidRDefault="00536A5A" w:rsidP="006B4DDA"/>
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="006B4DDA" w:rsidSect="00BE1E2C">
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="even" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:headerReference w:type="first" r:id="rId24"/>
+      <w:footerReference w:type="first" r:id="rId25"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="1929077D" w14:textId="77777777" w:rsidR="00E839B3" w:rsidRDefault="00E839B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="640A4E3D" w14:textId="77777777" w:rsidR="00E839B3" w:rsidRDefault="00E839B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="12ACF02C" w14:textId="77777777" w:rsidR="00E839B3" w:rsidRDefault="00E839B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OCR B">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -4725,89 +5159,278 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="21042210" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="369B93BC" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="510345594"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="754ECEA1" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00EC0A68" w:rsidRDefault="00394765" w:rsidP="00EC0A68">
+        <w:pPr>
+          <w:pStyle w:val="Sidfot"/>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4881B730" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765" w:rsidP="00FB2F0F">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:left="6237" w:hanging="141"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7770C354" wp14:editId="3C0261E2">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4388307</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-27355</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1897920" cy="384860"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1683335100" name="Bildobjekt 1683335100">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1953671" cy="396165"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -4835,52 +5458,52 @@
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bildobjekt 3">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -4914,73 +5537,405 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="3E4BE98F" w14:textId="77777777" w:rsidR="00E839B3" w:rsidRDefault="00E839B3"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="57F8DC5D" w14:textId="77777777" w:rsidR="00E839B3" w:rsidRDefault="00E839B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="62AE2869" w14:textId="77777777" w:rsidR="00E839B3" w:rsidRDefault="00E839B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7849D1DA" w14:textId="77777777" w:rsidR="00394765" w:rsidRPr="00DA65C4" w:rsidRDefault="00394765" w:rsidP="00DA65C4">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2722F5E3" wp14:editId="033FD425">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-635</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="569462522" name="Textruta 569462522"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1B97B1C8" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765" w:rsidP="00DA65C4">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2722F5E3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 569462522" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251677697;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="1B97B1C8" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765" w:rsidP="00DA65C4">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="74EC7AF6" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765" w:rsidP="00413A60">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+      <w:ind w:left="0" w:right="567"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42BA3847" wp14:editId="7D0DD568">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-172720</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-65405</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="44440162" name="Textruta 44440162"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="09E670BA" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="42BA3847" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 44440162" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251676673;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="09E670BA" w14:textId="77777777" w:rsidR="00394765" w:rsidRDefault="00394765">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16C0F0EB" wp14:editId="02E71DD9">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>17744</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>198873</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7559040" cy="216408"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1900197933" name="Bildobjekt 1900197933">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Bild 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7559040" cy="216408"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -5024,85 +5979,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -5147,51 +6102,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -5268,51 +6223,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8275,68 +9230,68 @@
   <w:num w:numId="22" w16cid:durableId="851263693">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1077941024">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2020430222">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="99184983">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1756592409">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="47536331">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="522717108">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
@@ -8420,50 +9375,51 @@
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
+    <w:rsid w:val="00394765"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00440529"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
@@ -8474,98 +9430,101 @@
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
+    <w:rsid w:val="005A3050"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006B4DDA"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00750E55"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007C13D0"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
@@ -8690,50 +9649,51 @@
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E839B3"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
@@ -8743,70 +9703,70 @@
     <w:rsid w:val="00FE0C02"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11246,51 +12206,51 @@
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="00FE0C02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11318,58 +12278,66 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10035-986315719-93/surrogate/Fynd%20p%c3%a5%20BB-rond%20och%20riktlinjer%20f%c3%b6r%20handhavande.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10091-662869119-234/surrogate/Urinretention%20postpartum.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10035-1983749542-323/surrogate/Hypoglykemi%20och%20tillmatning%20av%20nyf%c3%b6dda.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10035-1983749542-356/surrogate/Bilirubin%20hos%20nyf%c3%b6dda%20p%c3%a5%20BB%2c%20BB-mottagningen.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
+<file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+</file>
+
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
@@ -11658,71 +12626,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2031</Words>
-  <Characters>12299</Characters>
+  <Words>2460</Words>
+  <Characters>13041</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>108</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Eftervård mor och barn på BB</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14302</CharactersWithSpaces>
+  <CharactersWithSpaces>15471</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Eftervård mor och barn på BB</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ewelyn Persson</lastModifiedBy>
-  <revision>2</revision>
+  <revision>4</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>