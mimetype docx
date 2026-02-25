--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -1,1628 +1,1634 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0903A17A" w14:textId="77777777" w:rsidR="003A0FA3" w:rsidRDefault="003A0FA3" w:rsidP="00F35B05">
+    <w:p w14:paraId="7DBE0C30" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="003A0FA3" w:rsidSect="003A0FA3">
+        <w:sectPr w:rsidR="00833E05" w:rsidSect="00833E05">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="6B5686F5" w14:textId="372BEDC0" w:rsidR="003A0FA3" w:rsidRDefault="00BF3BE9" w:rsidP="00BF3BE9">
+    <w:p w14:paraId="7EE696C7" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc189217422"/>
       <w:r>
-        <w:t>Diabetes typ 1 och typ 2, under graviditet</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> – Kvinnokliniken NÄL</w:t>
+        <w:t>Diabetes typ 1 och typ 2, under graviditet – Kvinno</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-    </w:p>
-    <w:p w14:paraId="095634A9" w14:textId="77777777" w:rsidR="009D52A7" w:rsidRPr="009D52A7" w:rsidRDefault="009D52A7" w:rsidP="009D52A7">
+      <w:r>
+        <w:t>sjukvård NU-sjukvården</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F334E8B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="009D52A7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D52A7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Regional rutin ”Diabetes typ 1 och Typ 2 under graviditet” – förkortad version för NÄL</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B2EF79C" w14:textId="77777777" w:rsidR="009D52A7" w:rsidRPr="009D52A7" w:rsidRDefault="009D52A7" w:rsidP="009D52A7">
+        <w:t xml:space="preserve">Regional rutin ”Diabetes typ 1 och Typ 2 under graviditet” – förkortad version för </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NU-sjukvården</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E592D40" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="009D52A7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D52A7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Länkar till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D52A7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SU´s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D52A7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> rutin </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DDE8B2" w14:textId="77777777" w:rsidR="009D52A7" w:rsidRPr="009D52A7" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+    <w:p w14:paraId="5E29A260" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="009D52A7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="009D52A7" w:rsidRPr="009D52A7">
+        <w:r w:rsidRPr="009D52A7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>Diabetes typ 1 under graviditet (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5334EA60" w14:textId="77777777" w:rsidR="009D52A7" w:rsidRPr="009D52A7" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+    <w:p w14:paraId="7E472A91" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="009D52A7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="009D52A7" w:rsidRPr="009D52A7">
+        <w:r w:rsidRPr="009D52A7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>Diabetes typ 2 under graviditet samt läkemedelsbehandlad graviditetsdiabetes (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="30104C6D" w14:textId="77777777" w:rsidR="009D52A7" w:rsidRPr="009D52A7" w:rsidRDefault="009D52A7" w:rsidP="009D52A7">
+    <w:p w14:paraId="0B38F9E2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="009D52A7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc189217423"/>
       <w:r w:rsidRPr="009D52A7">
         <w:t>Revidering i denna version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="009D52A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C50CC7B" w14:textId="77777777" w:rsidR="009D52A7" w:rsidRPr="009D52A7" w:rsidRDefault="009D52A7" w:rsidP="009D52A7">
+    <w:p w14:paraId="23D71AA9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="009D52A7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D52A7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ändringar i kontaktöversikten och förtydliganden om hänvisningar till dokument i SU:s rutin </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="08DC9926" w14:textId="77777777" w:rsidR="003A0FA3" w:rsidRPr="003A0FA3" w:rsidRDefault="003A0FA3" w:rsidP="003A0FA3">
+        <w:t xml:space="preserve">Ändringar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i texten under rubrik ”Vård av mor och barn under BB-tiden”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E268AC8" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="003A0FA3" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc501440349"/>
       <w:bookmarkStart w:id="4" w:name="_Toc43884556"/>
       <w:bookmarkStart w:id="5" w:name="_Toc43884757"/>
       <w:bookmarkStart w:id="6" w:name="_Toc43884822"/>
       <w:bookmarkStart w:id="7" w:name="_Toc43890137"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-1308781014"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="5D1EC77F" w14:textId="53BF9084" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="002011EA" w:rsidP="00C27BC1">
+        <w:p w14:paraId="77A6D5C6" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehllsfrteckningsrubrik"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:t>Innehåll</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="00D84615" w14:textId="21D41287" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="5663F2D5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217423" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Revidering i denna version</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217423 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0405392C" w14:textId="284EDEA0" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="5367B06A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217424" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Syfte med en regional rutin</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217424 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="576F0089" w14:textId="0446B209" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="4BE7C6F2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217425" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Definition och klassifikation av typ 1 diabetes</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217425 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="58746BE8" w14:textId="5BA4E28C" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="15C81619" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217426" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Definition och klassifikation av typ 2 diabetes</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217426 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="055C7F99" w14:textId="79D3BDEC" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="38046AF0" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217427" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Betydelse och mål med perinatal vård</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217427 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4897BBAA" w14:textId="23E3C9CD" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="1C875953" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217428" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Prekonceptionell rådgivning och behandling</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217428 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0007539C" w14:textId="381BD681" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="0F7A7A5B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217429" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vård under graviditet</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217429 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="341F3BE6" w14:textId="2408CA7E" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="68B4A72F" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217430" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vård under förlossning</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217430 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2D49B130" w14:textId="0B4BE5FE" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="757EA3C4" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217431" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vård av mor och barn under BB-tiden</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217431 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7F1F3C40" w14:textId="461BBFD4" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="165D9369" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217432" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Uppföljning efter hemgång</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217432 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6C575DD5" w14:textId="73B2F873" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="1EECEAB4" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217433" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Kvalitetsparametrar och registerdata</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217433 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6EB79482" w14:textId="105430F5" w:rsidR="002011EA" w:rsidRPr="00C27BC1" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="01F4C0C7" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C27BC1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217434" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Referenser</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217434 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="13C9413B" w14:textId="66394B0B" w:rsidR="002011EA" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+        <w:p w14:paraId="25944D6A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:pPr>
             <w:pStyle w:val="Innehll2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc189217435" w:history="1">
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Bilagor</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc189217435 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidR="002011EA" w:rsidRPr="00C27BC1">
+            <w:r w:rsidRPr="00C27BC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2FC53564" w14:textId="2B19C413" w:rsidR="002011EA" w:rsidRDefault="002011EA">
+        <w:p w14:paraId="456A9B0D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="4A0A4DD6" w14:textId="77777777" w:rsidR="003A0FA3" w:rsidRPr="003A0FA3" w:rsidRDefault="003A0FA3" w:rsidP="003A0FA3">
+    <w:p w14:paraId="25CB0D67" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="003A0FA3" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75915327" w14:textId="1E0DE158" w:rsidR="006F3E6E" w:rsidRPr="006F3E6E" w:rsidRDefault="006F3E6E" w:rsidP="006B494F">
+    <w:p w14:paraId="79CDED6C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006F3E6E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc1325413993"/>
       <w:bookmarkStart w:id="9" w:name="_Toc189217424"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Syfte med en </w:t>
       </w:r>
       <w:r w:rsidRPr="006B494F">
         <w:t>regional</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:t xml:space="preserve"> rutin</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632FFED8" w14:textId="77777777" w:rsidR="006F3E6E" w:rsidRPr="006F3E6E" w:rsidRDefault="006F3E6E" w:rsidP="008F30B2">
+    <w:p w14:paraId="6C1A5399" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006F3E6E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Syftet med en regional rutin är att ha ett gemensamt omhändertagande och handläggande samt kvalitetsuppföljning av dessa.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43509217" w14:textId="235206CD" w:rsidR="006F3E6E" w:rsidRPr="006F3E6E" w:rsidRDefault="006F3E6E" w:rsidP="006B494F">
+    <w:p w14:paraId="49060F17" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006F3E6E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-2"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc1103032615"/>
       <w:bookmarkStart w:id="11" w:name="_Toc189217425"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:t>Definition och klassifikation av typ 1 diabetes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05014C3C" w14:textId="577053AC" w:rsidR="006F3E6E" w:rsidRPr="006F3E6E" w:rsidRDefault="00344C6B" w:rsidP="002D0161">
+    <w:p w14:paraId="087DBE99" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006F3E6E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Personer</w:t>
       </w:r>
-      <w:r w:rsidR="006F3E6E" w:rsidRPr="006F3E6E">
+      <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med typ 1-diabetes utgör cirka 0,5 % av alla som föder barn årligen i Sverige.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD63F0A" w14:textId="77777777" w:rsidR="006F3E6E" w:rsidRPr="006F3E6E" w:rsidRDefault="006F3E6E" w:rsidP="002D0161">
+    <w:p w14:paraId="5B05B3DF" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006F3E6E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Risk klassificering av typ 1-diabetes under graviditet sker enligt Whiteskalan och ska dokumenteras i journal vid inskrivning: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3D20AC" w14:textId="7B92361A" w:rsidR="006F3E6E" w:rsidRPr="002D0161" w:rsidRDefault="006F3E6E" w:rsidP="00D77B22">
+    <w:p w14:paraId="04D24603" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002D0161" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>White B: Debutålder ≥20 år, sjukdomsduration &lt;10 år, inga komplikationer utöver ev</w:t>
       </w:r>
-      <w:r w:rsidR="00344C6B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>entuell</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> hypertoni/mild eller måttlig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>retinopati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. Diagnoskod O24.0B </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271B4F9C" w14:textId="2BFA7723" w:rsidR="006F3E6E" w:rsidRPr="002D0161" w:rsidRDefault="006F3E6E" w:rsidP="00D77B22">
+    <w:p w14:paraId="11D485F5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002D0161" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>White C: Debutålder ≥10</w:t>
       </w:r>
-      <w:r w:rsidR="004043E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="004043E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>19 år, sjukdomsduration 10</w:t>
       </w:r>
-      <w:r w:rsidR="004043E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="004043E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>19 år, inga komplikationer utöver ev</w:t>
       </w:r>
-      <w:r w:rsidR="004043E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>entuell</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> hypertoni/mild eller måttlig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>retinopati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. Diagnoskod O24.0C </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC9E771" w14:textId="2CCBE9CA" w:rsidR="006F3E6E" w:rsidRPr="002D0161" w:rsidRDefault="006F3E6E" w:rsidP="00D77B22">
+    <w:p w14:paraId="2123C992" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002D0161" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>White D: Debutålder &lt;10 år, sjukdomsduration ≥20 år, inga komplikationer utöver ev</w:t>
       </w:r>
-      <w:r w:rsidR="004043E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>entuell</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> hypertoni/mild eller måttlig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>retinopati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>. Diagnoskod O24.0D</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C0B6BD" w14:textId="52F976E0" w:rsidR="006F3E6E" w:rsidRPr="002D0161" w:rsidRDefault="006F3E6E" w:rsidP="00D77B22">
+    <w:p w14:paraId="74F8970A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002D0161" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">White F: Allvarlig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -1663,220 +1669,221 @@
         </w:rPr>
         <w:t>. Njurpåverkan utöver hypertoni (Njurtransplanterad tilläggskod Z94.0). Diagnoskod O24.0F</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0161">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2F3E95" w14:textId="22615A99" w:rsidR="006F3E6E" w:rsidRPr="006F3E6E" w:rsidRDefault="006F3E6E" w:rsidP="00D224BC">
+    <w:p w14:paraId="7FC752E4" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006F3E6E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-2"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc1341438459"/>
       <w:bookmarkStart w:id="13" w:name="_Toc189217426"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:t>Definition och klassifikation av typ 2 diabetes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="4880D6BC" w14:textId="06EC8B19" w:rsidR="006F3E6E" w:rsidRPr="006F3E6E" w:rsidRDefault="006F3E6E" w:rsidP="00D224BC">
+    <w:p w14:paraId="1CC3E333" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006F3E6E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid typ </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>2–diabetes</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> föreligger nedsatt perifer känslighet för insulin, med eller utan defekt insulinkomplikation och/eller frisättning. Riskfaktorer är ålder, övervikt och hereditet. Övriga faktorer är bukfetma, hypertoni, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>hyperlipidemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och/eller mikroalbuminuri. Tidigare graviditetsdiabetes är en stark riskfaktor.</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456ABFBB" w14:textId="163F8BA6" w:rsidR="006F3E6E" w:rsidRPr="006F3E6E" w:rsidRDefault="006F3E6E" w:rsidP="00F72A54">
+    <w:p w14:paraId="21EFE46F" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006F3E6E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="004043E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>irka</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 120 </w:t>
       </w:r>
-      <w:r w:rsidR="00AC624A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>personer</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med typ 2-diabetes är gravida/år, men p</w:t>
       </w:r>
-      <w:r w:rsidR="00AC624A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>å grund av</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> fler överviktiga och äldre gravida samt invandrare</w:t>
       </w:r>
-      <w:r w:rsidR="00AC624A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">med annan riskprofil blir även typ </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>2–diabetes</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> allt vanligare bland gravida.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4A476B" w14:textId="5C19B3F9" w:rsidR="006F3E6E" w:rsidRPr="006F3E6E" w:rsidRDefault="006F3E6E" w:rsidP="00D224BC">
+    <w:p w14:paraId="0B1B460D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006F3E6E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc1120303963"/>
       <w:bookmarkStart w:id="15" w:name="_Toc189217427"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:t>Betydelse och mål med perinatal vård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA2AF95" w14:textId="1A27C5A4" w:rsidR="006F3E6E" w:rsidRPr="006F3E6E" w:rsidRDefault="006F3E6E" w:rsidP="00D224BC">
+    <w:p w14:paraId="305B1E64" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006F3E6E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabetes i samband med graviditet innebär ökade medicinska risker för såväl den blivande mamman som barnet. För </w:t>
       </w:r>
-      <w:r w:rsidR="00AC624A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>den gravida</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> är risken påtagligt ökad för hypertoni, preeklampsi och kejsarsnitt. Vid redan förekommande allvarlig ögonbottenförändring och/eller njurpåverkan finns risk för försämring. För barnet är risken ökad för missbildningar, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>diabetesfetopati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -1921,183 +1928,184 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> age), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>fosterasfyxi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, att bli för tidigt född, förlossningskomplikationer och neonatal hypoglykemi.  Vården av den gravida sköts av ett diabetesteam.</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B36CD8F" w14:textId="712B7A7E" w:rsidR="006F3E6E" w:rsidRPr="006F3E6E" w:rsidRDefault="006F3E6E" w:rsidP="00D224BC">
+    <w:p w14:paraId="32A9A89D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006F3E6E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:t xml:space="preserve">Målet med vården i samband med graviditet, förlossning och första tiden därefter, är att </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>den gravida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F3E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och barnet har optimal hälsa. Att </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>den gravida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F3E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> får en positiv upplevelse av graviditeten, förlossningen och eftervård med trygghet, stöd och delaktighet. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Patientens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F3E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vårdplan bör formuleras av ett </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F3E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Målet med vården i samband med graviditet, förlossning och första tiden därefter, är att </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> gravida</w:t>
+        <w:t xml:space="preserve">multiprofessionellt team i samråd med </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och barnet har optimal hälsa. Att </w:t>
-[...5 lines deleted...]
-        <w:t>den gravida</w:t>
+        <w:t xml:space="preserve"> samt dokumenteras i journalen på ett strukturerat sätt.</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> får en positiv upplevelse av graviditeten, förlossningen och eftervård med trygghet, stöd och delaktighet. </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5078A60A" w14:textId="0F0CDB09" w:rsidR="006F3E6E" w:rsidRDefault="006F3E6E" w:rsidP="00F72A54">
+    <w:p w14:paraId="31B6510C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Diabetesteam</w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>Enligt nationella riktlinjer för diabetesvård bör gravida</w:t>
       </w:r>
-      <w:r w:rsidR="00543E1B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F3E6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>med diabetes skötas av ett diabetesteam. Centrala professioner inom diabetesteamet består av barnmorska med diabetskompetens, diabetessjuksköterska, dietist, diabetesläkare och obstetriker med diabetesinriktning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5C17A5" w14:textId="77777777" w:rsidR="00694A12" w:rsidRDefault="00694A12" w:rsidP="00694A12">
+    <w:p w14:paraId="3A50142C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc1206592786"/>
       <w:bookmarkStart w:id="17" w:name="_Toc189217428"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prekonceptionell</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> rådgivning och behandling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B0402EF" w14:textId="77777777" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="0040186F">
+    <w:p w14:paraId="2D22BB85" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="969" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">För att minska risken för missbildningar bör den metabola kontrollen vara så bra som möjligt, helst redan flera månader före konceptionen. Målvärde är </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>HbAlc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -2110,827 +2118,827 @@
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">/mol men utan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>hypoglykemier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F17D8B" w14:textId="2124E3ED" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="2880A77F" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Inledande </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>prekonceptionell</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> rådgivning görs av </w:t>
       </w:r>
-      <w:r w:rsidR="00B46EB4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patientens</w:t>
       </w:r>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ordinarie diabetesteam inkl</w:t>
       </w:r>
-      <w:r w:rsidR="00B46EB4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">usive </w:t>
       </w:r>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">gynekolog/obstetriker. Även </w:t>
       </w:r>
-      <w:r w:rsidR="00B46EB4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">patientens </w:t>
       </w:r>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">partner bör inbjudas till dessa besök. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3269F492" w14:textId="623D692D" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00686EDC" w:rsidP="00D77B22">
+    <w:p w14:paraId="6AA6863B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienter </w:t>
       </w:r>
-      <w:r w:rsidR="00694A12" w:rsidRPr="00694A12">
+      <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">med typ 1-diabetes som planerar graviditet bör ha kontinuerlig glukosmätare (CGM). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D84BEC" w14:textId="7A2AE635" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="11787022" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Typ 2: överväg om patienten ska ha kontinuerlig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>glucosmätare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>isCGM</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (intermittent scanning CGM) är ett viktigt hjälpmedel, framför allt hos </w:t>
       </w:r>
-      <w:r w:rsidR="00686EDC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>personer</w:t>
       </w:r>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> som genomgått </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>gastric</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> bypass.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E57020" w14:textId="3E985475" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="54729501" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Typ 2: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan ges till gravida, men bör informeras om att säkra data ang</w:t>
       </w:r>
-      <w:r w:rsidR="00686EDC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ående</w:t>
       </w:r>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> långtidseffekter hos barnen saknas, flertal randomiserade studier pågår.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E0B8231" w14:textId="558A44B7" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="4ACB1A3C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
-      <w:r w:rsidR="00686EDC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">patienten </w:t>
       </w:r>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>behandlas med de nyaste insulinsorterna, bör inform</w:t>
       </w:r>
-      <w:r w:rsidR="003D0AE1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ation ges</w:t>
       </w:r>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> om att det finns begränsad kunskap om denna behandling under graviditet. Eftersom insulinmolekylen inte passerar placenta bedöms eventuella risker med de nya insulinsorterna som små. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8E9AB3" w14:textId="77777777" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="6CBA4596" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Ett högt HbA1c bör sänkas långsamt; cirka 20 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">/mol på 3 månader. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD1731B" w14:textId="77777777" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="410C8ADF" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">En aktiv </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>retinopati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska behandlas före konception. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D39C7D8" w14:textId="77777777" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="19385EC3" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Folsyraprofylax 400 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">/dag bör ges helst tre månader före konception och rekommenderas under graviditetens första </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>trimestern</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (12 veckor). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB49F2F" w14:textId="77777777" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="229818D6" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Övrig komplikationsstatus bedöms och aktuell medicinering ses över.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="084B8F44" w14:textId="6D212A9D" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="3FFD93D9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Tyreoideaprover ska vara tagna senaste året. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55C3D83A" w14:textId="09A1BBC5" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="7E1DB7F5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
-      <w:r w:rsidR="003D0AE1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> har pågående behandling med statiner ska dessa sättas ut om inte stark indikation finns. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="554B0F92" w14:textId="790DDF1F" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="552720D2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
-      <w:r w:rsidR="003D0AE1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">patienten </w:t>
       </w:r>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>har ACE hämmare/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>angiotensinreceptorblockerare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska dessa bytas mot annan behandling.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA14076" w14:textId="77777777" w:rsidR="00694A12" w:rsidRPr="00694A12" w:rsidRDefault="00694A12" w:rsidP="00D77B22">
+    <w:p w14:paraId="59230B01" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00694A12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Iohexolclearance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> görs vid njurkomplikationer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3432C257" w14:textId="488DEE2C" w:rsidR="00694A12" w:rsidRDefault="003D0AE1" w:rsidP="00D77B22">
+    <w:p w14:paraId="306A02BA" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1695" w:right="-2" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patienten</w:t>
       </w:r>
-      <w:r w:rsidR="00694A12" w:rsidRPr="00694A12">
+      <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> informeras om ASA-profylax, se preeklampsi-PM.  Påbörjas ve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>cka</w:t>
       </w:r>
-      <w:r w:rsidR="00694A12" w:rsidRPr="00694A12">
+      <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12, fram till ve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>cka</w:t>
       </w:r>
-      <w:r w:rsidR="00694A12" w:rsidRPr="00694A12">
+      <w:r w:rsidRPr="00694A12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 36.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB70F1E" w14:textId="77777777" w:rsidR="00534E01" w:rsidRDefault="00534E01" w:rsidP="00E42F6E">
+    <w:p w14:paraId="6DF7597B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc2090690017"/>
       <w:bookmarkStart w:id="19" w:name="_Toc189217429"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Vård under graviditet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCBEC68" w14:textId="77777777" w:rsidR="00534E01" w:rsidRDefault="00534E01" w:rsidP="00E42F6E">
+    <w:p w14:paraId="4530C190" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Glukoskontroller under graviditet </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D392B05" w14:textId="1F8AA6C3" w:rsidR="00534E01" w:rsidRPr="005A76E7" w:rsidRDefault="00534E01" w:rsidP="005A76E7">
+    <w:p w14:paraId="7A7E9124" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="005A76E7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Normoglykemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eftersträvas. Vid kapillärt p-glukos ska detta kontrolleras regelbundet före och 1</w:t>
       </w:r>
-      <w:r w:rsidR="00651019">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00651019">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">1,5 timme efter varje måltid, vid sänggående och vid behov även nattetid.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75344577" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="005A76E7" w:rsidRDefault="00534E01" w:rsidP="005A76E7">
+    <w:p w14:paraId="64931E7E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="005A76E7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Typ 1: Målvärde HbA1c &lt;42–48 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">/mol. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7159E096" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="005A76E7" w:rsidRDefault="00534E01" w:rsidP="005A76E7">
+    <w:p w14:paraId="7B05B0E5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="005A76E7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Typ 2: Målvärde HbA1c &lt;42 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/mol</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2009CC29" w14:textId="30DF37E5" w:rsidR="00534E01" w:rsidRPr="005A76E7" w:rsidRDefault="00534E01" w:rsidP="005A76E7">
+    <w:p w14:paraId="24603B54" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="005A76E7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">P-glukos/ vävnadsglukos bör vara &lt;5,3 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">/L fastande, före övriga måltider &lt;6,0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/L och 1</w:t>
       </w:r>
-      <w:r w:rsidR="00651019">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00651019">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">1,5 timme efter måltid &lt;8,0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/L (1). Målet är små svängningar av p-glukos med en standarddeviation (SD) &lt;2.</w:t>
       </w:r>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32EA0980" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="005A76E7" w:rsidRDefault="00534E01" w:rsidP="005A76E7">
+    <w:p w14:paraId="1AD0BBFE" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="005A76E7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>IsCGM</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller CGM (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2951,143 +2959,143 @@
         </w:rPr>
         <w:t>Glucose</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Monitoring</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">) registrerar vävnadsglukos via en subkutan sensor. Vid avvikande höga och låga glukosvärden samt vid snabba förändringar vid CGM mäts kapillärt p-glukos, eftersom det kan vara  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="577B4DB6" w14:textId="784D4517" w:rsidR="00534E01" w:rsidRPr="005A76E7" w:rsidRDefault="00534E01" w:rsidP="005A76E7">
+    <w:p w14:paraId="54C8B4C5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="005A76E7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00651019">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00651019">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>15 min</w:t>
       </w:r>
-      <w:r w:rsidR="00651019">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>uters</w:t>
       </w:r>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> fördröjning av ändring i vävnadsglukos jämfört med p-glukos.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306133A2" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="005A76E7" w:rsidRDefault="00534E01" w:rsidP="005A76E7">
+    <w:p w14:paraId="32CBDDEE" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="005A76E7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="997" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0692A3" w14:textId="5A119463" w:rsidR="00534E01" w:rsidRPr="005A76E7" w:rsidRDefault="00534E01" w:rsidP="005A76E7">
+    <w:p w14:paraId="520DD0AC" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="005A76E7" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>HbA1c har stark korrelation till medelglukosvärdet de senaste 6</w:t>
       </w:r>
-      <w:r w:rsidR="00651019">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00651019">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">8 veckorna. HbA1c säger dock inget om hur glukosvärdet har varierat. Falskt lågt HbA1c kan ses vid blödning, blodtransfusion, substitution med järn eller B12, anemi, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>hemolys</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och vid </w:t>
       </w:r>
@@ -3098,3514 +3106,3502 @@
         </w:rPr>
         <w:t>hemoglobinopatier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> såsom </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>thalassemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005A76E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. Behandlingen baseras i dessa fall på p-glukos i stället. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43344750" w14:textId="77777777" w:rsidR="00534E01" w:rsidRDefault="00534E01" w:rsidP="008D1BB4">
+    <w:p w14:paraId="770B2ED2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Graviditetskontroller  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A0A892" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="008D1BB4" w:rsidRDefault="00534E01" w:rsidP="008D1BB4">
+    <w:p w14:paraId="0310346A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="008D1BB4" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="712"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D1BB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patienter med typ 1- och typ 2 - diabetes följs som övriga gravida med medicinskt, psykologiskt och socialt basprogram. Utöver basprogrammet utförs undersökningar enligt nedanstående.</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1BB4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796FC114" w14:textId="77777777" w:rsidR="00534E01" w:rsidRDefault="00534E01" w:rsidP="00534E01">
+    <w:p w14:paraId="1FB77F61" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="232"/>
         <w:ind w:left="237" w:right="712"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EA5D9E5" w14:textId="6AA26CAC" w:rsidR="00A259B8" w:rsidRPr="00A259B8" w:rsidRDefault="00534E01" w:rsidP="00F142C7">
+    <w:p w14:paraId="5D9E80E8" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A259B8" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t>Kontaktöversikt</w:t>
       </w:r>
       <w:r w:rsidRPr="341904B6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="10945" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2861"/>
         <w:gridCol w:w="734"/>
         <w:gridCol w:w="735"/>
         <w:gridCol w:w="735"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="588"/>
         <w:gridCol w:w="588"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F142C7" w:rsidRPr="0005791C" w14:paraId="63B37BA6" w14:textId="77777777" w:rsidTr="00CB79AE">
+      <w:tr w:rsidR="00833E05" w:rsidRPr="0005791C" w14:paraId="279B0F51" w14:textId="77777777" w:rsidTr="00607083">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2761" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25B9BF4F" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="0005791C">
+          <w:p w14:paraId="24C43EDE" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="366"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Graviditetsvecka/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61ED0CDE" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="0005791C">
+          <w:p w14:paraId="17AC846C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="366"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Händelse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E139250" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="5060D86F" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-174" w:right="-112"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7–8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FE0F5F5" w14:textId="5B457154" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="2E5BF2D1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-104" w:right="-58"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13–</w:t>
             </w:r>
-            <w:r w:rsidR="00FE7C76">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64488B3F" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="187F0343" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-59"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19–20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E12E885" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="5BACD1D1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="466F2117" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="0FFA2CC6" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="305542FA" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="0B946659" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-45"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51F73F92" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="57272392" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-187"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="154E9A36" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="138C7D92" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="037EB8C0" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="0FBA023D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-39"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F825AE5" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="6DF49A7A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-42"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36E5BF0F" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="5BD71CA0" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-45"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26DF814F" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="66720BF3" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67708BE3" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="404163B6" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE7C76" w:rsidRPr="0005791C" w14:paraId="1D55427F" w14:textId="77777777" w:rsidTr="00CB79AE">
+      <w:tr w:rsidR="00833E05" w:rsidRPr="0005791C" w14:paraId="1F9B9D28" w14:textId="77777777" w:rsidTr="00607083">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2761" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="779B76A1" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="0005791C">
+          <w:p w14:paraId="02A753DF" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="366"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Besök Obstetriker- </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2222EAD6" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="0005791C">
+          <w:p w14:paraId="68494363" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="366"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>PAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3097E065" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="5DAB21B4" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-174" w:right="-141"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D885590" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="0938E716" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-104" w:right="-58"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02474B1C" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="6705F1A9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-59"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="041923D4" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="6A14C2D9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53802767" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="3983F299" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76746B67" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="15FEA36A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-45"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B494CE5" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="64CFC617" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-187"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7617DE68" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="11EF3D1F" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CBC274F" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="22087CCB" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-39"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="293CA7FD" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="3AA849DE" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-42"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="170567C9" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="6526A67C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-45"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="456B3973" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="16CDBEE9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D87C9CB" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="6E21BEA4" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE7C76" w:rsidRPr="0005791C" w14:paraId="568C7433" w14:textId="77777777" w:rsidTr="00CB79AE">
+      <w:tr w:rsidR="00833E05" w:rsidRPr="0005791C" w14:paraId="4C2B70A0" w14:textId="77777777" w:rsidTr="00607083">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2761" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AE4BC21" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="0005791C">
+          <w:p w14:paraId="2FE8B982" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="366"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Besök Barnmorska - PAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64122E74" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="0E218FFD" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-174" w:right="-141"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="288D0AB5" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="389D95A2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-104" w:right="-58"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45E0912E" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="10822E96" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-59"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="532E59DE" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="6D41F5F3" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="343A706B" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="168553BB" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40F77962" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="13E9E881" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-45"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70F88D80" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="0F895FDA" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-187"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A594CBB" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="242EF082" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EE164B2" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="37CD7B8D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-39"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47E0D46F" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="61099F45" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-42"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17428303" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="49300C1B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-45"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DA8D803" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="534D532E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0173E7B3" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="587CF0B7" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE7C76" w:rsidRPr="0005791C" w14:paraId="4842C38A" w14:textId="77777777" w:rsidTr="00CB79AE">
+      <w:tr w:rsidR="00833E05" w:rsidRPr="0005791C" w14:paraId="32B0BA6B" w14:textId="77777777" w:rsidTr="00607083">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2761" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6552AEE1" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="0005791C">
+          <w:p w14:paraId="398C834A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="366"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ultraljudsundersökning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="300BD7B0" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="5E958D91" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-174" w:right="-141"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="515E4EA2" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="2A64CBCB" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-104" w:right="-58"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29FB7292" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="77EAF599" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-59"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E671D16" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="0BDCDA08" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-79"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44D3AADC" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="32A52AAA" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="074E99E9" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="056299B9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-45"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D7326E8" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="32AFF924" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-187"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75A87303" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="23F5B6FE" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-48"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A51271C" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="2479EABE" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-39"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76564219" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="742F44E6" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-42"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6632AC9F" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="54732F81" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-45"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41152D33" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="61F23CC1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6473C468" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="0005791C" w:rsidRDefault="00534E01" w:rsidP="00CB79AE">
+          <w:p w14:paraId="2511B09A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0005791C" w:rsidRDefault="00833E05" w:rsidP="00607083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005791C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44546557" w14:textId="77777777" w:rsidR="00534E01" w:rsidRDefault="00534E01" w:rsidP="00534E01">
+    <w:p w14:paraId="40EC76BC" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="712"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EC6BAF0" w14:textId="77777777" w:rsidR="009675F1" w:rsidRDefault="00534E01" w:rsidP="009675F1">
+    <w:p w14:paraId="4A93D84C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="712" w:firstLine="1294"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1464">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Patientansvariga läkare, obstetriker (PAL), patientansvarig barnmorska </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60554A4B" w14:textId="77777777" w:rsidR="009675F1" w:rsidRDefault="00534E01" w:rsidP="009675F1">
+    <w:p w14:paraId="24DDB8D2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="712" w:firstLine="1294"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1464">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>PAB) samt patientansvarig diabetessjuksköterska/diabetsläkare på</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C09D22" w14:textId="43100C31" w:rsidR="00534E01" w:rsidRPr="005E1464" w:rsidRDefault="00534E01" w:rsidP="009675F1">
+    <w:p w14:paraId="690828A1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="005E1464" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="712" w:firstLine="1294"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005E1464">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Diabetes.mott</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005E1464">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> bör utses till patienten.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C591C16" w14:textId="77777777" w:rsidR="00534E01" w:rsidRDefault="00534E01" w:rsidP="00534E01">
+    <w:p w14:paraId="790B883E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="237" w:right="712"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21973FDA" w14:textId="77777777" w:rsidR="00534E01" w:rsidRDefault="00534E01" w:rsidP="006E34E5">
+    <w:p w14:paraId="4A76B7F8" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">När patienten tar kontakt med mödrahälsovården </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42794917" w14:textId="77767FC0" w:rsidR="00534E01" w:rsidRPr="006E34E5" w:rsidRDefault="00534E01" w:rsidP="006E34E5">
+    <w:p w14:paraId="477C9244" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006E34E5" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienter ringer vanligen till SMVC vid positivt graviditetstest. Om patienten inte redan varit på eller kontaktat diabetesmottagningen gör </w:t>
       </w:r>
-      <w:r w:rsidR="00DF412A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Specialistmödravården</w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> det. Kallelsebrev och patientinformation skickas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F5C85A" w14:textId="2F9BA9C7" w:rsidR="00534E01" w:rsidRPr="006E34E5" w:rsidRDefault="00534E01" w:rsidP="006E34E5">
+    <w:p w14:paraId="11040722" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006E34E5" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Information som diabetesmottagning lämna</w:t>
       </w:r>
-      <w:r w:rsidR="00DF412A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.  ” Till dig som är gravid och har typ 1 diabetes”, “Diabetes typ2-och graviditet”, ”Bra mat för dig som är gravid och har insulinbehandlad diabetes” v</w:t>
       </w:r>
-      <w:r w:rsidR="00DF412A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ar god</w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> se SU Rutin)</w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D140C1A" w14:textId="31731F76" w:rsidR="00534E01" w:rsidRPr="006E34E5" w:rsidRDefault="00534E01" w:rsidP="006E34E5">
+    <w:p w14:paraId="62926151" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006E34E5" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>PAB- och PAL-besök bokas graviditetsvecka 7</w:t>
       </w:r>
-      <w:r w:rsidR="00DF412A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00DF412A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>8, första besöket, följt av inskrivningsbesök till PAB samt TUL bokas graviditetsvecka 13</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">14. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5520E808" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="006E34E5" w:rsidRDefault="00534E01" w:rsidP="006E34E5">
+    <w:p w14:paraId="24AC4295" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006E34E5" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A7269A6" w14:textId="41571110" w:rsidR="00534E01" w:rsidRPr="006E34E5" w:rsidRDefault="00534E01" w:rsidP="006E34E5">
+    <w:p w14:paraId="7F832604" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006E34E5" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Basprogrammet enl</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>igt</w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mödrahälsovården, följs vad det gäller rekommenderade prover under grav</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>iditeten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="223683E8" w14:textId="2FA1E26A" w:rsidR="00534E01" w:rsidRPr="006E34E5" w:rsidRDefault="00534E01" w:rsidP="006E34E5">
+    <w:p w14:paraId="65566A20" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006E34E5" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Från graviditetsvecka 13</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">14, och följande kontroller hos PAB, kontrolleras blodtryck, vikt och urinsticka vid varje besök. Från </w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>graviditets</w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ve</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>cka</w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30 kontroller varannan vecka och efter graviditetsvecka 36</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kontroller </w:t>
       </w:r>
       <w:r w:rsidRPr="006E34E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">varje vecka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206F0FA9" w14:textId="77777777" w:rsidR="00534E01" w:rsidRDefault="00534E01" w:rsidP="00363DA5">
+    <w:p w14:paraId="3F324570" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="95" w:line="250" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="-2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FB87898" w14:textId="3C75F366" w:rsidR="00534E01" w:rsidRPr="00686B82" w:rsidRDefault="00534E01" w:rsidP="00363DA5">
+    <w:p w14:paraId="069E9E2D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00686B82" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="95" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00686B82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vecka 7</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00686B82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00686B82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">8: PAB och PAL-besök S-MVC.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F753E2" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="00686B82" w:rsidRDefault="00534E01" w:rsidP="00D77B22">
+    <w:p w14:paraId="0E26D893" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00686B82" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="13" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1702" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00686B82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Ultraljud </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00686B82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>viabilitetskontroll</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2559D7D3" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="00686B82" w:rsidRDefault="00534E01" w:rsidP="00D77B22">
+    <w:p w14:paraId="034F4A09" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00686B82" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="13" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1702" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00686B82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Vårdplan upprättas och informeras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B98183" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="00686B82" w:rsidRDefault="00534E01" w:rsidP="00D77B22">
+    <w:p w14:paraId="13D7EB74" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00686B82" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1702" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00686B82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ordination av ASA 75 mg om ingen kontraindikation föreligger.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21AA397C" w14:textId="77777777" w:rsidR="00534E01" w:rsidRDefault="00534E01" w:rsidP="00D77B22">
+    <w:p w14:paraId="5D706CC0" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1702" w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="00686B82">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ABCD hos barnmorska, information fosterdiagnostik</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A6C1B0D" w14:textId="79B5DC09" w:rsidR="00534E01" w:rsidRPr="001E0915" w:rsidRDefault="00534E01" w:rsidP="00363DA5">
+    <w:p w14:paraId="3D08E7A7" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="001E0915" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="250" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0915">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vecka 13</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0915">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0915">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">14: TUL, fortsatt inskrivning hos PAB </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40567367" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="00C956C1" w:rsidRDefault="00534E01" w:rsidP="00D77B22">
+    <w:p w14:paraId="19ABCCB5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C956C1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="250" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C956C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Tidigt ultraljud hos ultraljudbarnmorska -BM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F95FA4D" w14:textId="52C2EA48" w:rsidR="00534E01" w:rsidRPr="00C956C1" w:rsidRDefault="00534E01" w:rsidP="00D77B22">
+    <w:p w14:paraId="6ED909D4" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C956C1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="226" w:line="250" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C956C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Screeningprover, blodtryck, urinprov, u-odling, vikt och längd samt blodgruppering/Fetalt RHD tas i samband med detta besök. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C956C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">id behov </w:t>
       </w:r>
       <w:r w:rsidRPr="00C956C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">riktade prover. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C956C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>Information ang</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ående</w:t>
       </w:r>
       <w:r w:rsidRPr="00C956C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vårdtiden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B04B8A" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="00C956C1" w:rsidRDefault="00534E01" w:rsidP="00D77B22">
+    <w:p w14:paraId="175AEE33" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C956C1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="226" w:line="250" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C956C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Tid för RUL bokas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="514ED8BB" w14:textId="6E7BE5A6" w:rsidR="00534E01" w:rsidRPr="00B4486C" w:rsidRDefault="00534E01" w:rsidP="00363DA5">
+    <w:p w14:paraId="1670C876" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00B4486C" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="997" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4486C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vecka 19</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B4486C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B4486C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>20: RUL samt PAB besök</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58DD517A" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="00B4486C" w:rsidRDefault="00534E01" w:rsidP="00D77B22">
+    <w:p w14:paraId="7FC7179A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00B4486C" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4486C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Rutin ultraljud utfört av ultraljudsbarnmorska</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8BA377" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="00B4486C" w:rsidRDefault="00534E01" w:rsidP="00D77B22">
+    <w:p w14:paraId="13E16CC1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00B4486C" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4486C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Information, blodtryck, urinprov.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="310AE685" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="00B4486C" w:rsidRDefault="00534E01" w:rsidP="00B4486C">
+    <w:p w14:paraId="4A15DAB1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00B4486C" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="997" w:right="2270"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4486C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vecka 24, 28, 30, 32, 34, 36:  PAB besök</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A3A5170" w14:textId="28F10028" w:rsidR="00534E01" w:rsidRPr="00B4486C" w:rsidRDefault="00534E01" w:rsidP="00D77B22">
+    <w:p w14:paraId="43738314" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00B4486C" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4486C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Information, blodtryck, urinprov, avlyssna fosterljud. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B4486C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>Prover enl</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>igt</w:t>
       </w:r>
       <w:r w:rsidRPr="00B4486C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> basprogrammet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A52F659" w14:textId="77777777" w:rsidR="00534E01" w:rsidRPr="00B4486C" w:rsidRDefault="00534E01" w:rsidP="00D77B22">
+    <w:p w14:paraId="41787ABF" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00B4486C" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="242" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4486C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Förberedande samtal/information inför födandet och föräldraskapet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7034DBEE" w14:textId="5DBE6304" w:rsidR="00F6076A" w:rsidRPr="00F6076A" w:rsidRDefault="00F6076A" w:rsidP="00E52239">
+    <w:p w14:paraId="4609BB1E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00F6076A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2270"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Hlk189213004"/>
       <w:r w:rsidRPr="00F6076A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vecka 28: PAB och PAL-besök</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6076A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F6076A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E61AB8" w14:textId="4C73A642" w:rsidR="00F6076A" w:rsidRPr="00F6076A" w:rsidRDefault="00F6076A" w:rsidP="00363DA5">
+    <w:p w14:paraId="7E5C3D8B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00F6076A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F6076A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ultraljud med viktskattning och biofysisk profil. Doppler är endast indicerat vid ögon-</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F6076A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>eller njurkomplikationer, hypertoni/preeklampsi eller tillväxthämning, se separata PM. Vid accelererande fostertillväxt/skattad fostervikt ≥+22</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F6076A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">% nytt tillväxtultraljud om 2 veckor och ställningstagande till intensifierad övervakning med CTG.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349BD5FE" w14:textId="188286B9" w:rsidR="00F6076A" w:rsidRPr="00F6076A" w:rsidRDefault="00F6076A" w:rsidP="00363DA5">
+    <w:p w14:paraId="33B200EC" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00F6076A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F6076A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Sectioplanering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F6076A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> om det är indicerat. CTG/system 8000 två gånger per vecka ska göras hos </w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gravid </w:t>
       </w:r>
       <w:r w:rsidRPr="00F6076A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">med njurkomplikationer eller makrovaskulära komplikationer (DWF). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="596D403F" w14:textId="77777777" w:rsidR="00F6076A" w:rsidRDefault="00F6076A" w:rsidP="00363DA5">
+    <w:p w14:paraId="4EDA284A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="248" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F6076A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontroll av blodtryck och urinsticka minst en gång per vecka vid svårare ögon- och/eller njurkomplikationer (DWF). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13806995" w14:textId="77777777" w:rsidR="009C2F12" w:rsidRPr="009C2F12" w:rsidRDefault="009C2F12" w:rsidP="009C2F12">
+    <w:p w14:paraId="22486E75" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="009C2F12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2270"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C2F12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vecka 32:  PAB och PAL besök</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405F29E8" w14:textId="731388B8" w:rsidR="009C2F12" w:rsidRPr="009C2F12" w:rsidRDefault="009C2F12" w:rsidP="00363DA5">
+    <w:p w14:paraId="4FC25499" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="009C2F12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C2F12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ultraljud med viktskattning och biofysisk profil. Doppler är endast indicerat vid ögon-</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009C2F12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>eller njurkomplikationer, hypertoni/preeklampsi eller tillväxthämning, se separata PM. Vid accelererande fostertillväxt/skattad fostervikt ≥+22</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009C2F12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">% nytt tillväxtultraljud om 2 veckor och ställningstagande till intensifierad övervakning med CTG.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD78CA3" w14:textId="627729BE" w:rsidR="009C2F12" w:rsidRPr="009C2F12" w:rsidRDefault="009C2F12" w:rsidP="00363DA5">
+    <w:p w14:paraId="6D34401B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="009C2F12" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C2F12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Sectioplanering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009C2F12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> om det är indicerat. CTG/system 8000 två gånger per vecka ska</w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009C2F12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">göras hos </w:t>
       </w:r>
-      <w:r w:rsidR="00D52B18">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">gravid </w:t>
       </w:r>
       <w:r w:rsidRPr="009C2F12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">med njurkomplikationer eller makrovaskulära komplikationer (DWF). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713B1D82" w14:textId="77777777" w:rsidR="009C2F12" w:rsidRDefault="009C2F12" w:rsidP="00363DA5">
+    <w:p w14:paraId="088C3370" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="242" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C2F12">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Kontroll av blodtryck och urinsticka minst en gång per vecka vid svårare ögon- och/eller njurkomplikationer (DWF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49111287" w14:textId="77777777" w:rsidR="00D130BB" w:rsidRPr="00D130BB" w:rsidRDefault="00D130BB" w:rsidP="00D130BB">
+    <w:p w14:paraId="059E0B42" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00D130BB" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vecka 36: PAB- och PAL-besök</w:t>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F009E36" w14:textId="10894341" w:rsidR="00D130BB" w:rsidRPr="00D130BB" w:rsidRDefault="00D130BB" w:rsidP="00D130BB">
+    <w:p w14:paraId="1B22A5F7" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00D130BB" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ultraljud med viktskattning och biofysisk profil. Vid accelererande fostertillväxt/skattad fostervikt ≥+22</w:t>
       </w:r>
-      <w:r w:rsidR="00E108E2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">% nytt tillväxtultraljud om 2 veckor och ställningstagande till intensifierad övervakning med CTG och/eller planering för förlossning.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C236F0" w14:textId="77777777" w:rsidR="00D130BB" w:rsidRPr="00D130BB" w:rsidRDefault="00D130BB" w:rsidP="00D130BB">
+    <w:p w14:paraId="1B45B70B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00D130BB" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="755" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46C26D4E" w14:textId="108D96F4" w:rsidR="00D130BB" w:rsidRPr="00D130BB" w:rsidRDefault="00D130BB" w:rsidP="00D130BB">
+    <w:p w14:paraId="5C8BF151" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00D130BB" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="248" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1702" w:right="-2" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">PAB </w:t>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">I samråd med patient skrivs en ”sammanfattning av graviditeten” och planering inför förlossning och amning i journalen. Informera om handmjölkning. </w:t>
       </w:r>
-      <w:r w:rsidR="00E108E2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> undervisas om hur bröstmjölsproduktionen</w:t>
       </w:r>
-      <w:r w:rsidR="00E108E2" w:rsidRPr="00E108E2">
+      <w:r w:rsidRPr="00E108E2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E108E2" w:rsidRPr="00D130BB">
+      <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>kan stimulera</w:t>
       </w:r>
-      <w:r w:rsidR="00E108E2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Patientinformation “Diabetes, amning och det nyfödda barnet,”)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE81431" w14:textId="3CC73E6B" w:rsidR="00D130BB" w:rsidRDefault="00D130BB" w:rsidP="00D130BB">
+    <w:p w14:paraId="7FB5A5D6" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="248" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1702" w:right="-2" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">PAL </w:t>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">I samråd med patienten upprättas en förlossningsplan, båda från </w:t>
       </w:r>
-      <w:r w:rsidR="00272DEE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Specialistmödravården </w:t>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>och</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>D</w:t>
+        <w:t xml:space="preserve"> D</w:t>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>iabetesmottagningen, v</w:t>
       </w:r>
-      <w:r w:rsidR="00835E84">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ar god</w:t>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> se </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00835E84">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>elior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> SPECME. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D130BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB002A5" w14:textId="77777777" w:rsidR="00957999" w:rsidRPr="004A62C3" w:rsidRDefault="00957999" w:rsidP="004A62C3">
+    <w:p w14:paraId="76A7F4C8" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="004A62C3" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="981" w:right="714"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vecka 37: PAB-besök</w:t>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A622757" w14:textId="4D7CC5C6" w:rsidR="00957999" w:rsidRPr="004A62C3" w:rsidRDefault="00957999" w:rsidP="00D77B22">
+    <w:p w14:paraId="2466882E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="004A62C3" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="712"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Typ 1: CTG (system 8000)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>bokas</w:t>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>två gånger/ve</w:t>
       </w:r>
-      <w:r w:rsidR="00272DEE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>cka</w:t>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> från vecka 37+0.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="228C25AD" w14:textId="2A09995C" w:rsidR="00957999" w:rsidRPr="004A62C3" w:rsidRDefault="00957999" w:rsidP="00D77B22">
+    <w:p w14:paraId="0C83195E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="004A62C3" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="230" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="712"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Typ 2: CTG (system 8000) en gång/ve</w:t>
       </w:r>
-      <w:r w:rsidR="00272DEE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>cka</w:t>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> vid okomplicerad sjukdom. </w:t>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
-      <w:r w:rsidR="00272DEE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="004A62C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> har andra komplicerande riskfaktorer till exempel hypertoni, stort barn, accelererande tillväxt eller andra riskfaktorer i huvudsak, är det motiverat med ytterligare CTG kontroll, som motiveras av PAL och journalförs.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p w14:paraId="4DA9C3F6" w14:textId="77777777" w:rsidR="00FE3458" w:rsidRPr="007D603F" w:rsidRDefault="00FE3458" w:rsidP="0041430E">
+    <w:p w14:paraId="1C70D7A9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007D603F" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D603F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Vecka 38: PAB- och PAL-besök </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04CF9301" w14:textId="77777777" w:rsidR="00FE3458" w:rsidRPr="007D603F" w:rsidRDefault="00FE3458" w:rsidP="0041430E">
+    <w:p w14:paraId="300E1DD3" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007D603F" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D603F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Planering av förlossningstidpunkt och förlossningssätt  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4750A7" w14:textId="77777777" w:rsidR="00FE3458" w:rsidRPr="00FE3458" w:rsidRDefault="00FE3458" w:rsidP="0041430E">
+    <w:p w14:paraId="289B00AB" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00FE3458" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Förlossning planeras senast vecka 40+0 vid normal graviditetsutveckling.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CEDCE7E" w14:textId="77777777" w:rsidR="00FE3458" w:rsidRPr="00FE3458" w:rsidRDefault="00FE3458" w:rsidP="0041430E">
+    <w:p w14:paraId="5D7571DE" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00FE3458" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Riskfaktorer som kan indicera tidigareläggande av förlossning kan till exempel vara accelererande fostertillväxt, nytillkommen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>polyhydramnios</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, hypertoni, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ökande </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>proteinuri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> även utan samtidig hypertoni, tillväxthämning, dålig metabol kontroll. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A17779D" w14:textId="14628E1A" w:rsidR="00FE3458" w:rsidRPr="00FE3458" w:rsidRDefault="00FE3458" w:rsidP="0041430E">
+    <w:p w14:paraId="7D9E3201" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00FE3458" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaginal förlossning eftersträvas men risken för kejsarsnitt är ökad hos </w:t>
       </w:r>
-      <w:r w:rsidR="00943F2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>gravida</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med diabetes.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11549296" w14:textId="71F91A6F" w:rsidR="00FE3458" w:rsidRPr="00FE3458" w:rsidRDefault="00FE3458" w:rsidP="0041430E">
+    <w:p w14:paraId="38F140D5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00FE3458" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">För </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>elektivt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kejsarsnitt talar den ökade risken för komplikationer relaterade till stort barn såsom </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>skulderdystoci</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, bäckenbottenskador, stora blödningar m</w:t>
       </w:r>
-      <w:r w:rsidR="00943F2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ed mera</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E9421B" w14:textId="035771B0" w:rsidR="00534E01" w:rsidRDefault="00FE3458" w:rsidP="0041430E">
+    <w:p w14:paraId="1A50F795" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Komplikationsriskerna i samband med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>sectio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> är större för </w:t>
       </w:r>
-      <w:r w:rsidR="00943F2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>gravida</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med diabetes än för friska</w:t>
       </w:r>
-      <w:r w:rsidR="00943F2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> gravida</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3458">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, speciellt om kärlkomplikationer föreligger.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7901851B" w14:textId="77777777" w:rsidR="00DD7F02" w:rsidRPr="000D1361" w:rsidRDefault="00DD7F02" w:rsidP="0041430E">
+    <w:p w14:paraId="2F36DE8E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="000D1361" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4CC8D21F">
         <w:t>Behandling under graviditet</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000D1361">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Levnadsvanor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A5C5AFD" w14:textId="200F4011" w:rsidR="00DD7F02" w:rsidRPr="000D1361" w:rsidRDefault="00DD7F02" w:rsidP="0041430E">
+    <w:p w14:paraId="6704B5BD" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="000D1361" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1361">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Även</w:t>
       </w:r>
-      <w:r w:rsidR="00943F2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> om</w:t>
       </w:r>
       <w:r w:rsidRPr="000D1361">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> de flesta </w:t>
       </w:r>
-      <w:r w:rsidR="00943F2D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>personer</w:t>
       </w:r>
       <w:r w:rsidRPr="000D1361">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> vid typ 1 och 2 förväntas ha ett behov av medicinsk behandling under sin graviditet så utgör fortfarande kost och motion en stor del av behandlingen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F3A47B" w14:textId="145DFC9D" w:rsidR="00534E01" w:rsidRDefault="00DD7F02" w:rsidP="00BE5AB4">
+    <w:p w14:paraId="3ABD10CB" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1361">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Dietistkontakt bör ombesörjas redan i tidig graviditet (via Diabetesmottagning) och sedan fortlöpande under hela graviditeten då det är mycket viktigt att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000D1361">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>normoglykemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000D1361">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> uppnås.</w:t>
       </w:r>
       <w:r w:rsidRPr="000D1361">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000D1361">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="000D1361">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Det finns stark evidens för att fysisk aktivitet förbättrar HbA1C för </w:t>
       </w:r>
-      <w:r w:rsidR="00EC198E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>gravida</w:t>
       </w:r>
       <w:r w:rsidRPr="000D1361">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med typ 1 och typ 2. Ett enda träningspass innebär en ökad insulinkänslighet på helkroppsnivå och effekten kvarstår i mer är 16 timmar men avklingar efter 48 tim. Därför bör det vara max 2 dygn mellan träningstillfällena för att kunna bibehålla effekten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F9D0FD" w14:textId="77777777" w:rsidR="00534E01" w:rsidRDefault="00534E01" w:rsidP="00BE5AB4">
+    <w:p w14:paraId="0239FC43" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="02ED145D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>Läkemedelsbehandling under graviditeten</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B8980D" w14:textId="77777777" w:rsidR="0036283F" w:rsidRPr="00767E98" w:rsidRDefault="0036283F" w:rsidP="00D77B22">
+    <w:p w14:paraId="058F58E1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00767E98" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00767E98">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Blodtrycksbehandling under graviditet </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BADF68D" w14:textId="77777777" w:rsidR="0036283F" w:rsidRPr="0089014C" w:rsidRDefault="0036283F" w:rsidP="00767E98">
+    <w:p w14:paraId="67516E9A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0089014C" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089014C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Målblodtryck är ≤130/80 mm Hg. Hänsyn behöver tas till risk för dålig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0089014C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>placentaperfusion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0089014C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, men högre blodtryck än 140/90 bör ej accepteras. Vid njurpåverkan är denna målsättning extra viktig.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BD8522A" w14:textId="5AC093E1" w:rsidR="0036283F" w:rsidRPr="00B81F0F" w:rsidRDefault="0036283F" w:rsidP="00767E98">
+    <w:p w14:paraId="3A0D09FD" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00B81F0F" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2084" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C1A2C31" w14:textId="77777777" w:rsidR="008B6AD5" w:rsidRDefault="0036283F" w:rsidP="008B6AD5">
+    <w:p w14:paraId="214509BA" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0089014C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Många </w:t>
       </w:r>
-      <w:r w:rsidR="008B6AD5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienter</w:t>
       </w:r>
       <w:r w:rsidRPr="0089014C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med diabetes behandlas med ACE-hämmare eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0089014C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>angiotensin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0089014C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">-receptorblockerare mot hypertoni eller albuminuri. Denna behandling ska sättas ut vid planerad/konstaterad graviditet. </w:t>
       </w:r>
@@ -6658,343 +6654,343 @@
         </w:rPr>
         <w:t>trimestern</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0089014C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pågående </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0089014C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>metoprololmedicinering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0089014C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan fortsätta. Vid njurpåverkan och svårinställd hypertoni bör njurmedicinerare konsulteras.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E153CA5" w14:textId="1CB2A2BF" w:rsidR="0036283F" w:rsidRDefault="0036283F" w:rsidP="008B6AD5">
+    <w:p w14:paraId="7092DDBD" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC46600" w14:textId="10649109" w:rsidR="0036283F" w:rsidRPr="00767E98" w:rsidRDefault="0036283F" w:rsidP="00D77B22">
+    <w:p w14:paraId="4D518C34" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00767E98" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00767E98">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Statinbehandling (med flera blodfettsänkande läkemedel) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00CC7D93" w14:textId="27D4852C" w:rsidR="0036283F" w:rsidRDefault="0036283F" w:rsidP="000931C2">
+    <w:p w14:paraId="4C7C7A23" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="00767E98">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Blodfettsänkande terapi sätts ut inför/under graviditet om inte stark indikation finns. Amning avråds i fall av statinbehandling.</w:t>
       </w:r>
       <w:r w:rsidRPr="00767E98">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFA2F44" w14:textId="5214C1E4" w:rsidR="0036283F" w:rsidRPr="000931C2" w:rsidRDefault="0036283F" w:rsidP="00D77B22">
+    <w:p w14:paraId="5E6662FC" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="000931C2" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000931C2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Insulinbehandling  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF42CC0" w14:textId="77777777" w:rsidR="0036283F" w:rsidRPr="000931C2" w:rsidRDefault="0036283F" w:rsidP="000931C2">
+    <w:p w14:paraId="18F04853" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="000931C2" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000931C2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">När graviditet konstateras ska den aktuella behandlingsregimen alltid värderas och vid behov justeras. Risken för bildning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000931C2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ketoner</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000931C2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidRPr="000931C2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">utveckling av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000931C2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ketoacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000931C2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska beaktas redan vid måttligt förhöjt blodsocker. Behandling med insulinpump kan fortsätta under graviditet och förlossning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6165C061" w14:textId="080EB4A9" w:rsidR="0036283F" w:rsidRPr="00943504" w:rsidRDefault="0036283F" w:rsidP="00D77B22">
+    <w:p w14:paraId="55134568" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00943504" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Antidiabetika</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>, Typ 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1792222E" w14:textId="0856AD15" w:rsidR="0036283F" w:rsidRPr="00943504" w:rsidRDefault="0036283F" w:rsidP="00943504">
+    <w:p w14:paraId="5F5A9BE5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00943504" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Endast </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och insulin ska användas under graviditeten.</w:t>
       </w:r>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
-      <w:r w:rsidR="008B6AD5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> behandlas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> innan graviditeten kan denna behandling fortsätta, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>maxdos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 g/dygn. Ger inte hypoglykemi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C36097D" w14:textId="01F87251" w:rsidR="0036283F" w:rsidRPr="00943504" w:rsidRDefault="0036283F" w:rsidP="00943504">
+    <w:p w14:paraId="321B765C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00943504" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan påverka upptaget av vitamin B12 från tarmen. Därför ska</w:t>
       </w:r>
-      <w:r w:rsidR="008B6AD5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>holotranskobolamin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (transportprotein från blodbanan till cellerna) och därmed markör för aktivt B12(24), mätas om </w:t>
       </w:r>
-      <w:r w:rsidR="008B6AD5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> står på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>. Om S-</w:t>
       </w:r>
@@ -7059,73 +7055,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">provtagning på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>diab.mott</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2016E4E4" w14:textId="7956A89D" w:rsidR="0036283F" w:rsidRPr="00943504" w:rsidRDefault="0036283F" w:rsidP="00943504">
+    <w:p w14:paraId="62987CEA" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00943504" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan ha negativa effekter om en </w:t>
       </w:r>
-      <w:r w:rsidR="008B6AD5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patient</w:t>
       </w:r>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> har en njurfunktionsnedsättning. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och GFR kontrolleras. </w:t>
       </w:r>
@@ -7164,114 +7160,102 @@
         </w:rPr>
         <w:t>45-60</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ml/min. Handläggs av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>diabetolog</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2957C88F" w14:textId="34B106EA" w:rsidR="0036283F" w:rsidRPr="00943504" w:rsidRDefault="0036283F" w:rsidP="00943504">
+    <w:p w14:paraId="0EFD0084" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00943504" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> passerar placenta men är enligt Janus inte fosterskadande. Däremot finns studier som visar att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> var associerat till högre kroppsvikt hos barnet efter 9 års ålder. Det saknas dock bevis att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> själv är orsaken till då andra miljöfaktorer </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="27B5E59A" w14:textId="1984B5EA" w:rsidR="0036283F" w:rsidRPr="00943504" w:rsidRDefault="0036283F" w:rsidP="00943504">
+        <w:t xml:space="preserve"> själv är orsaken till då andra miljöfaktorer till exempel dålig kost och låg fysisk aktivitet kan vara kopplade.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0983D3" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00943504" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> utsätts vid svår </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -7305,273 +7289,273 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>intrautherin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> tillväxthämning eller allvarlig infektion samt tillfälligt vid kontraströntgen. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> är kontraindicerat vid måttlig</w:t>
       </w:r>
-      <w:r w:rsidR="00F36A2B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00F36A2B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">svår njurfunktionsnedsättning, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ketoacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>dehydrering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0835FBA6" w14:textId="70874A39" w:rsidR="0036283F" w:rsidRPr="00943504" w:rsidRDefault="0036283F" w:rsidP="00943504">
+    <w:p w14:paraId="5712EE26" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00943504" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan i sällsynta fall ge </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>laktacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och största risk vid insättandet. Symtom på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>laktacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> är: ospecifika buksmärtor och/eller svaghet, muskelsmärta, andningssvårigheter och somnolens. </w:t>
       </w:r>
-      <w:r w:rsidR="00F36A2B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patienter</w:t>
       </w:r>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med dess</w:t>
       </w:r>
-      <w:r w:rsidR="00F36A2B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> symtom och samtidigt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>metforminbehandling</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> bör skyndsamt utredas med arteriell </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>blodgas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00943504">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> samt kontakt med medicinjour. I svåra fall krävs dialys.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069434B7" w14:textId="6C8673BE" w:rsidR="00534E01" w:rsidRDefault="00534E01" w:rsidP="00FA74BA">
+    <w:p w14:paraId="0C470000" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="02ED145D">
         <w:t xml:space="preserve">Handläggning vid specifika komplikationer  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DFAE05" w14:textId="37C16B18" w:rsidR="00FA74BA" w:rsidRPr="00102CD5" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="1AD7AB76" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00102CD5" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Graviditetsillamående och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>hyperemesis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5549D88E" w14:textId="0FD67F90" w:rsidR="00FA74BA" w:rsidRPr="00102CD5" w:rsidRDefault="00FA74BA" w:rsidP="00102CD5">
+    <w:p w14:paraId="5ED98ED4" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00102CD5" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid problem med graviditetsillamående ges information enligt patientinformation. Erbjud gärna extra dietistkontakt och om </w:t>
       </w:r>
-      <w:r w:rsidR="00F36A2B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> står på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska detta </w:t>
       </w:r>
@@ -7631,161 +7615,161 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> .)</w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00F36A2B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">ar god </w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>se SU Rutin</w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC6FA9A" w14:textId="0C4C265E" w:rsidR="00FA74BA" w:rsidRDefault="00FA74BA" w:rsidP="003502E6">
+    <w:p w14:paraId="5B49475C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Om den gravida inte kan försörja sig per os bör </w:t>
       </w:r>
-      <w:r w:rsidR="00F36A2B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>vi</w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> vara frikostig</w:t>
       </w:r>
-      <w:r w:rsidR="00F36A2B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med att kontrollera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>blodketoner</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och vara uppmärksam</w:t>
       </w:r>
-      <w:r w:rsidR="00F36A2B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ma</w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> på risken för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>normoglykemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ketoacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00F36A2B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienten </w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">kan behöva inneliggande vård för att </w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>få hjälp med intravenös tillförsel av vätska, energi och insulin samt behandling mot illamåendet.</w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
@@ -7804,408 +7788,408 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Hyperemesis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> hos gravid med diabetes.”) </w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="008535AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ar god</w:t>
       </w:r>
       <w:r w:rsidRPr="00102CD5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> se SU Rutin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2288A483" w14:textId="462015D0" w:rsidR="00FA74BA" w:rsidRPr="003502E6" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="2543874A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="003502E6" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003502E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Hotande förtidsbörd </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A2F67E" w14:textId="03E31791" w:rsidR="00FA74BA" w:rsidRPr="006D4AEF" w:rsidRDefault="00FA74BA" w:rsidP="003502E6">
+    <w:p w14:paraId="2AA9E6D2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006D4AEF" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
-      <w:r w:rsidR="008535AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kommer in med hotande förtidsbörd och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Betapred</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>® behöver ges.</w:t>
       </w:r>
-      <w:r w:rsidR="006067E6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>(”</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Riktlinjer för höjning av insulindos vid samtidig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Betapredbehandling</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="008535AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ar god</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> se SU.</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2013665B" w14:textId="6837677D" w:rsidR="00FA74BA" w:rsidRDefault="00FA74BA" w:rsidP="006067E6">
+    <w:p w14:paraId="5308BDF6" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Rutin</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>PAS/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>diabetolog</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller medicinjour kontaktas </w:t>
       </w:r>
-      <w:r w:rsidR="008535AE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>vid behov</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> för korrigering av insulindoser. Kortison är </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">kraftigt </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">blodsockerhöjande vilket ökar risken för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ketoacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> hos </w:t>
       </w:r>
-      <w:r w:rsidR="0029282A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> om inte samtidig justering av insulindoserna görs. Observera att både </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Bricanyl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">® och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Tractosil</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D4AEF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">® kan ha en blodsockerhöjande effekt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="234A6609" w14:textId="4F520A24" w:rsidR="00FA74BA" w:rsidRPr="006067E6" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="116C5EA3" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006067E6" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ketoacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78392ADA" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="006067E6" w:rsidRDefault="00FA74BA" w:rsidP="00DD2914">
+    <w:p w14:paraId="057745A5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006067E6" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Ketoacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> under graviditet är en allvarlig komplikation för både mor och barn. Vid alltför snabb korrigering av tillståndet föreligger hög risk för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>fosterasfyxi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. Samråd alltid med medicinjour. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="442DE741" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="006067E6" w:rsidRDefault="00FA74BA" w:rsidP="00DD2914">
+    <w:p w14:paraId="4BB787C8" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006067E6" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="300D7E68" w14:textId="308A19CD" w:rsidR="00FA74BA" w:rsidRPr="006067E6" w:rsidRDefault="00FA74BA" w:rsidP="00DD2914">
+    <w:p w14:paraId="5AE0F060" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006067E6" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Från Svensk Förening för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Diabetologi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -8225,168 +8209,168 @@
         </w:rPr>
         <w:t xml:space="preserve"> för att utesluta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ketoacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> under graviditet vid</w:t>
       </w:r>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B734CD" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="00DD2914" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="02728239" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00DD2914" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">illamående, kräkningar, oklara buksmärtor eller infektion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7147DB" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="00DD2914" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="7DFA7508" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00DD2914" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">höga p-glukosvärden (&gt;14 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">/L) på morgonen eller före sänggående </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17DE7CEB" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="00DD2914" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="0C68BA2F" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00DD2914" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">höga p-glukosvärden under dagen (p-glukos &gt;9 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">/L) som inte minskat vid kontroll några timmar efter en extrados insulin. Observera att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ketoacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> också kan förekomma vid normala p-glukosvärden, speciellt under graviditet.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D6B0D7A" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="006067E6" w:rsidRDefault="00FA74BA" w:rsidP="00DD2914">
+    <w:p w14:paraId="28BB5473" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006067E6" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF0CD73" w14:textId="0016C277" w:rsidR="00FA74BA" w:rsidRPr="006067E6" w:rsidRDefault="00FA74BA" w:rsidP="00DD2914">
+    <w:p w14:paraId="35A37C2C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="006067E6" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid ökad mängd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>blodketoner</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
@@ -8418,896 +8402,896 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ketoner</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> i blodet.”) </w:t>
       </w:r>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="0029282A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ar god</w:t>
       </w:r>
       <w:r w:rsidRPr="006067E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> se SU Rutin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17067D3C" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRDefault="00FA74BA" w:rsidP="00102CD5">
+    <w:p w14:paraId="5BDF66E5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFF3312" w14:textId="047EF2F4" w:rsidR="00FA74BA" w:rsidRPr="00DD2914" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="247B40E6" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00DD2914" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Njurfunktion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F57364B" w14:textId="66A72AAF" w:rsidR="00FA74BA" w:rsidRPr="00DD2914" w:rsidRDefault="00FA74BA" w:rsidP="00DD2914">
+    <w:p w14:paraId="27758C00" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00DD2914" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Urinodling görs på samtliga </w:t>
       </w:r>
-      <w:r w:rsidR="0029282A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienter</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med typ 1 och Typ 2-diabetes vid första besöket. Vid njurpåverkan med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>proteinuri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller mikroalbuminuri upprepas urinodling var 6</w:t>
       </w:r>
-      <w:r w:rsidR="0029282A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="0029282A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">8 vecka. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FCAC5B8" w14:textId="7664D732" w:rsidR="00FA74BA" w:rsidRPr="00DD2914" w:rsidRDefault="00FA74BA" w:rsidP="00DD2914">
+    <w:p w14:paraId="6388AAAC" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00DD2914" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Merparten av </w:t>
       </w:r>
-      <w:r w:rsidR="00D00D54">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienter</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med diabetisk njursjukdom drabbas under graviditeten av ökande albuminuri. Ibland utvecklas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>nefrotiskt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> syndrom och tilltagande hypertoni. Tillståndet kan vara svårt att skilja från preeklampsi. I de allra flesta fall går dessa förändringar i regress efter förlossningen.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011001F5" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="00DD2914" w:rsidRDefault="00FA74BA" w:rsidP="00DD2914">
+    <w:p w14:paraId="0D087E0D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00DD2914" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>S-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>kreatinin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och u-albumin/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>kreatininkvot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kontrolleras vid sedan tidigare känd njurpåverkan minst 1 gång/månad. Vid snabba förändringar med ökad protein- eller albumin-utsöndring i urin bör i första hand en uppseglande preeklampsi misstänkas.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37EB820C" w14:textId="12B4A6D6" w:rsidR="00FA74BA" w:rsidRDefault="00FA74BA" w:rsidP="003F1E7D">
+    <w:p w14:paraId="19D86BFA" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Lohexolclearence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> görs för bestämning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>glomerulär</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> filtrationshastighet i tidig graviditet på alla </w:t>
       </w:r>
-      <w:r w:rsidR="005A5EE8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>gravida</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> som har kärlkomplikationer, ytterligare undersökningar görs efter individuell bedömning.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bedömning görs tillsammans med Diab</w:t>
       </w:r>
-      <w:r w:rsidR="005A5EE8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>etesmo</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>tt</w:t>
       </w:r>
-      <w:r w:rsidR="005A5EE8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>agning</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60E8CF0A" w14:textId="294807D7" w:rsidR="00FA74BA" w:rsidRPr="009A0F71" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="1EB31297" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="009A0F71" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A0F71">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Diabetisk ögonsjukdom </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4282F4" w14:textId="0AD25C4D" w:rsidR="00FA74BA" w:rsidRDefault="00FA74BA" w:rsidP="003F1E7D">
+    <w:p w14:paraId="56DCEA3E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
       </w:pPr>
       <w:r w:rsidRPr="009A0F71">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Ögonbottenkontroller sköts via Ögonkliniken. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A0F71">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Progredierande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A0F71">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A0F71">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>retinopati</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A0F71">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan vara indikation för att tidigarelägga förlossningen. Remiss till Ögonkliniken skrivs från </w:t>
       </w:r>
-      <w:r w:rsidR="005A5EE8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="009A0F71">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">iabetesmottagningen. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A6B629" w14:textId="179828E8" w:rsidR="00FA74BA" w:rsidRPr="00277CB1" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="74133FFC" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00277CB1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00277CB1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Etablerad makrovaskulär kärlsjukdom </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA735E8" w14:textId="49D05804" w:rsidR="00FA74BA" w:rsidRPr="00277CB1" w:rsidRDefault="00FA74BA" w:rsidP="00277CB1">
+    <w:p w14:paraId="218AA33B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00277CB1" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1712" w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00277CB1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Om en </w:t>
       </w:r>
-      <w:r w:rsidR="005A5EE8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patient</w:t>
       </w:r>
       <w:r w:rsidRPr="00277CB1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med diabetes och sedan tidigare känd kärlsjukdom blir gravid, måste en noggrann bedömning av kardiovaskulärt status och en riskbedömning göras. Samarbete mellan obstetriker och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00277CB1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>diabetolog</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00277CB1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, eventuellt också kardiolog, kan bli nödvändig.</w:t>
       </w:r>
       <w:r w:rsidRPr="00277CB1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BCBFE84" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRDefault="00FA74BA" w:rsidP="003F1E7D">
+    <w:p w14:paraId="5EA4CB80" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sjukskrivning  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BEFE3BF" w14:textId="7AD0D10A" w:rsidR="00FA74BA" w:rsidRPr="003F1E7D" w:rsidRDefault="00FA74BA" w:rsidP="003F1E7D">
+    <w:p w14:paraId="731FC8C3" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="003F1E7D" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1E7D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">En </w:t>
       </w:r>
-      <w:r w:rsidR="009C547A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>person</w:t>
       </w:r>
       <w:r w:rsidRPr="003F1E7D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med diabetes behöver inte rutinmässigt vara sjukskriven under graviditeten. Socialstyrelsens aktuella rekommendationer tar bland annat upp att graviditet medför ökad belastning, högre krav på tätare provtagning vilket i alla fall delvis sätter ner arbetsförmågan under delar av graviditeten.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D00EF67" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRDefault="00FA74BA" w:rsidP="003F1E7D">
+    <w:p w14:paraId="2565C3D2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Slutenvård vid graviditetskomplikationer  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37ED142A" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="003F1E7D" w:rsidRDefault="00FA74BA" w:rsidP="003F1E7D">
+    <w:p w14:paraId="4C16272E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="003F1E7D" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1E7D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Samarbete krävs ofta mellan verksamheterna Medicin, Gynekologi, Obstetrik och Infektion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2B6F9E" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="00515B49" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="08E9EC07" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00515B49" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00515B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid obstetrisk graviditetskomplikation som kräver slutenvård till exempel missfall och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00515B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>hyperemesis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00515B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2665CA81" w14:textId="37F0560F" w:rsidR="00FA74BA" w:rsidRPr="00515B49" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="111073A1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00515B49" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00515B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Före graviditetsvecka 21+6:</w:t>
       </w:r>
       <w:r w:rsidRPr="00515B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> inläggning på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00515B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Gynavdelning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00515B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A1682FE" w14:textId="2C5F359F" w:rsidR="00FA74BA" w:rsidRPr="00515B49" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="3F30ABF9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00515B49" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00515B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Från graviditetsvecka 22+0:</w:t>
       </w:r>
       <w:r w:rsidRPr="00515B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> inläggning på Förlossning/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00515B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Antenatal</w:t>
       </w:r>
-      <w:r w:rsidR="009C547A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>avdelning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00515B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Avsteg görs utifrån situation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CAC12BB" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="00776ECD" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="49424A0C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00776ECD" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ketoacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller andra medicinska tillstånd som kräver slutenvård</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30575C36" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="00776ECD" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="0F1F78FE" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00776ECD" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Före graviditetsvecka 21+6:</w:t>
       </w:r>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> inläggning på Medicinkliniken. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22795A03" w14:textId="10B68D48" w:rsidR="00FA74BA" w:rsidRPr="00776ECD" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="45715874" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00776ECD" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Från graviditetsvecka 22+0:</w:t>
       </w:r>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> inläggning på </w:t>
       </w:r>
-      <w:r w:rsidR="009C547A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">örlossning </w:t>
       </w:r>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">(om det medicinska tillståndet tillåter detta).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="247EE920" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRPr="00776ECD" w:rsidRDefault="00FA74BA" w:rsidP="00D77B22">
+    <w:p w14:paraId="285B2C1D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00776ECD" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">IVA-vård vid svår </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ketoacidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00776ECD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> oavsett graviditetslängd.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C247C5" w14:textId="77777777" w:rsidR="00FA74BA" w:rsidRDefault="00FA74BA" w:rsidP="00102CD5">
+    <w:p w14:paraId="4CB8236F" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7433">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Obs!</w:t>
       </w:r>
       <w:r w:rsidRPr="000B7433">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000B7433">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>gastroenterit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000B7433">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kontaktas Infektionskliniken. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064C1C8A" w14:textId="77777777" w:rsidR="00F45D8E" w:rsidRDefault="00F45D8E" w:rsidP="00F45D8E">
+    <w:p w14:paraId="4F343D6E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc189217430"/>
       <w:r>
         <w:t>Vård under förlossning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30EF8345" w14:textId="77777777" w:rsidR="00F45D8E" w:rsidRDefault="00F45D8E" w:rsidP="00F45D8E">
+    <w:p w14:paraId="22257237" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid vaginal förlossning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8BBD30" w14:textId="77777777" w:rsidR="00F45D8E" w:rsidRPr="00D07B81" w:rsidRDefault="00F45D8E" w:rsidP="00FC47B4">
+    <w:p w14:paraId="119B65E0" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00D07B81" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D07B81">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Vårdplan </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE5D372" w14:textId="77777777" w:rsidR="00F45D8E" w:rsidRPr="00E92893" w:rsidRDefault="00F45D8E" w:rsidP="00D77B22">
+    <w:p w14:paraId="119FF734" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00E92893" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Förlossningsjour informeras alltid när en diabetespatient kommer till förlossningsavdelningen. Läkaren läser vårdsammanfattning av PAB och PAL samt VÅRDPLAN-Förlossning Typ 1, VÅRDPLAN Förlossning -Typ 2, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">VÅRDPLAN-Amning Typ 1, i </w:t>
       </w:r>
@@ -9325,85 +9309,85 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Diab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>. Mott (SPEC-ME)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Hälsar på patienten och bekräftar att vårdplan följs och dokumenterar i journal. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31EDA3BE" w14:textId="77777777" w:rsidR="00F45D8E" w:rsidRPr="00E92893" w:rsidRDefault="00F45D8E" w:rsidP="00D77B22">
+    <w:p w14:paraId="40DB3B8A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00E92893" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Fri </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>venväg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AF7603" w14:textId="77777777" w:rsidR="00F45D8E" w:rsidRPr="00E92893" w:rsidRDefault="00F45D8E" w:rsidP="00D77B22">
+    <w:p w14:paraId="3587F912" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00E92893" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Under aktiv förlossning dokumenterar barnmorska på avsedd blankett avseende nutrition, glukosnivåer (partner/anhörig kan vara behjälplig med detta), insulindos, eventuella kräkningar och feber minst en gång/timme. Se dokumentationsmall.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">(SU Rutin </w:t>
       </w:r>
@@ -9412,377 +9396,377 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">”Dokumentation glukosstatus under </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>förlossning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> och energilista”)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A4EF73A" w14:textId="7633763F" w:rsidR="00F45D8E" w:rsidRDefault="00F45D8E" w:rsidP="00D77B22">
+    <w:p w14:paraId="3C6AFC82" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Typ 2: </w:t>
       </w:r>
-      <w:r w:rsidR="009C547A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patienter</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> som står på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92893">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, ska göra uppehåll under pågående förlossning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="483F93E1" w14:textId="77777777" w:rsidR="00D30BD8" w:rsidRPr="00D30BD8" w:rsidRDefault="00D30BD8" w:rsidP="00FC47B4">
+    <w:p w14:paraId="6F65E050" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00D30BD8" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30BD8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Nutrition/ Energitillförsel </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A18FF65" w14:textId="63BCEB92" w:rsidR="00D30BD8" w:rsidRPr="00D30BD8" w:rsidRDefault="00D30BD8" w:rsidP="00D30BD8">
+    <w:p w14:paraId="325B5C24" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00D30BD8" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30BD8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Energiförbrukning under en förlossning kan jämställas med det som krävs vid ett tungt fysiskt arbete. Glukosbehovet ökar </w:t>
       </w:r>
-      <w:r w:rsidR="009C547A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>åtta</w:t>
       </w:r>
       <w:r w:rsidRPr="00D30BD8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">faldigt under förlossningens aktiva fas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0068A122" w14:textId="2AF28EE8" w:rsidR="00D30BD8" w:rsidRPr="00D30BD8" w:rsidRDefault="009C547A" w:rsidP="00D30BD8">
+    <w:p w14:paraId="75EAAD50" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00D30BD8" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Personer</w:t>
       </w:r>
-      <w:r w:rsidR="00D30BD8" w:rsidRPr="00D30BD8">
+      <w:r w:rsidRPr="00D30BD8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med typ 1-diabetes har därför ökad risk att drabbas av hypoglykemi om de inte får i sig tillräckligt med energi under förlossningen.  Under förlossningens aktiva fas klarar levern inte av att tillföra all extra glukos som är nödvändig. Det kan också finnas omständigheter då man håller </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienten</w:t>
       </w:r>
-      <w:r w:rsidR="00D30BD8" w:rsidRPr="00D30BD8">
+      <w:r w:rsidRPr="00D30BD8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> fastande under denna fas t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ill exempel på grund av</w:t>
       </w:r>
-      <w:r w:rsidR="00D30BD8" w:rsidRPr="00D30BD8">
+      <w:r w:rsidRPr="00D30BD8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> hotande kejsarsnitt vilket omöjliggör adekvat kaloritillförsel peroralt.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48FA38F1" w14:textId="1DE07541" w:rsidR="00D30BD8" w:rsidRPr="00384A96" w:rsidRDefault="009C547A" w:rsidP="00D77B22">
+    <w:p w14:paraId="4707C6E8" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00384A96" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patienten</w:t>
       </w:r>
-      <w:r w:rsidR="00D30BD8" w:rsidRPr="00384A96">
+      <w:r w:rsidRPr="00384A96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> uppmuntras att äta och dricka under förlossningen. Det är viktigt att tillföra energi varje timme i form av till exempel kräm/mjölk, nypon-/blåbärssoppa, glass eller näringsdryck. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42675A1B" w14:textId="03CE200F" w:rsidR="00D30BD8" w:rsidRPr="00B553BE" w:rsidRDefault="00D30BD8" w:rsidP="00D77B22">
+    <w:p w14:paraId="10667B0A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00B553BE" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00384A96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Infusion glukos 100 mg/ml (</w:t>
       </w:r>
-      <w:r w:rsidR="009C547A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00384A96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>yp 1) Infusion 50mg/ ml (Typ 2)</w:t>
       </w:r>
       <w:r w:rsidRPr="00384A96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att ge energi, startas när patienten kommit in i aktivt förlossningsarbete. Droppet ska gå med en infusionshastighet 100–200 ml/timme, men justeras utifrån p-glukos. Insulindoser enl</w:t>
       </w:r>
-      <w:r w:rsidR="009C547A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>igt</w:t>
       </w:r>
       <w:r w:rsidRPr="00384A96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> PAL (diabetes läk) vårdplan följs.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A4DDDD1" w14:textId="77777777" w:rsidR="00B553BE" w:rsidRPr="00B553BE" w:rsidRDefault="00B553BE" w:rsidP="00FC47B4">
+    <w:p w14:paraId="468AF06B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00B553BE" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B553BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Glukoskontroll </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="784374FD" w14:textId="4C2D7594" w:rsidR="00B553BE" w:rsidRPr="003D209F" w:rsidRDefault="00B553BE" w:rsidP="00D77B22">
+    <w:p w14:paraId="5B362524" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="003D209F" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Eftersträva </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>normoglykemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>: p-glukos 4</w:t>
       </w:r>
-      <w:r w:rsidR="00AC747D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00AC747D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">7 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">/l </w:t>
       </w:r>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">men inte på bekostnad av otillräcklig energitillförsel. </w:t>
       </w:r>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Högt p-glukos intrapartalt ökar risken för neonatal hypoglykemi. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EEBF47D" w14:textId="070479D9" w:rsidR="00B553BE" w:rsidRPr="003D209F" w:rsidRDefault="00B553BE" w:rsidP="00D77B22">
+    <w:p w14:paraId="473BC1FA" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="003D209F" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Kontroll av kapillärt p-glukos 2 gånger/timme. Obs: kontrollera kapillärt p-glukos vid avvikande </w:t>
@@ -9854,465 +9838,465 @@
         <w:t>/l - ta kapillärt p-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>glucos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>. Glukosprover tas i motsatt hand mot glukosinfusionen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D0F2C83" w14:textId="77777777" w:rsidR="00B553BE" w:rsidRPr="003D209F" w:rsidRDefault="00B553BE" w:rsidP="00D77B22">
+    <w:p w14:paraId="5A8D5CE0" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="003D209F" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid p-glukos&gt; 7,0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">/l ordineras små doser direktverkande insulin, se patientens vårdplan för doser och insulin. Om vårdplan ej hunnit upprättas är ett riktvärde att ge hälften av patientens måltidsbolus. Utvärdera patientens energibehov. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A2B73E8" w14:textId="47B3C11D" w:rsidR="00B553BE" w:rsidRPr="003D209F" w:rsidRDefault="00B553BE" w:rsidP="00D77B22">
+    <w:p w14:paraId="7C30DB08" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="003D209F" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Behandling med insulinpump kan fortsätta under förlossningsarbetet. Insulindoser i pumpen inför förlossning bör vara förberedda enl. vårdplan. Även reservbehandling med penna, vid eventuellt pumphaveri, ska vara planerad.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500A6EB6" w14:textId="560446AE" w:rsidR="00B553BE" w:rsidRPr="003D209F" w:rsidRDefault="00B553BE" w:rsidP="00D77B22">
+    <w:p w14:paraId="794FC40E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="003D209F" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Kontakt med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>diabetolog</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller diabetessköterska vid behov. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B461761" w14:textId="30EA0524" w:rsidR="00B553BE" w:rsidRPr="003D209F" w:rsidRDefault="00B553BE" w:rsidP="00D77B22">
+    <w:p w14:paraId="04213A8F" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="003D209F" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Tänk på att feber och infektion ökar insulinbehovet. Som tumregel 1 grads feber ökar insulinbehovet med c</w:t>
       </w:r>
-      <w:r w:rsidR="00AC747D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>irk</w:t>
       </w:r>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>a 25</w:t>
       </w:r>
-      <w:r w:rsidR="00AC747D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">%. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AFBC739" w14:textId="1BD91C34" w:rsidR="00B553BE" w:rsidRDefault="00B553BE" w:rsidP="00D77B22">
+    <w:p w14:paraId="09D041F7" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
-      <w:r w:rsidR="00AC747D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> har låga p-glukosvärden &lt;3,5 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">/l, ska dropphastigheten på glukosdroppet ökas. Om </w:t>
       </w:r>
-      <w:r w:rsidR="00AC747D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="003D209F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> får höga p-glukosvärden kan bolus ges antingen via penna eller pump. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D42113E" w14:textId="77777777" w:rsidR="00456F7E" w:rsidRPr="00456F7E" w:rsidRDefault="00456F7E" w:rsidP="00456F7E">
+    <w:p w14:paraId="157F552F" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00456F7E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Fosterövervakning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9C715C" w14:textId="3DB5C5CF" w:rsidR="00456F7E" w:rsidRPr="00456F7E" w:rsidRDefault="00456F7E" w:rsidP="00D77B22">
+    <w:p w14:paraId="50F3A53E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00456F7E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00AC747D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">å grund av </w:t>
       </w:r>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">hög risk för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>asfyxi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> övervakas förlossningen kontinuerligt med CTG vid aktivt skede.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB59762" w14:textId="77777777" w:rsidR="00456F7E" w:rsidRPr="00456F7E" w:rsidRDefault="00456F7E" w:rsidP="00D77B22">
+    <w:p w14:paraId="2E172C11" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00456F7E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Observera att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>makrosoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> foster är extra </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>asfyxikänsliga</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177D76F3" w14:textId="77777777" w:rsidR="00456F7E" w:rsidRPr="00456F7E" w:rsidRDefault="00456F7E" w:rsidP="00D77B22">
+    <w:p w14:paraId="4A025B45" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00456F7E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Observera att tillkomst av feber ytterligare ökar risken för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>asfyxi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00456F7E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBFF3E4" w14:textId="77777777" w:rsidR="00655755" w:rsidRPr="00655755" w:rsidRDefault="00655755" w:rsidP="00843B09">
+    <w:p w14:paraId="577450C3" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00655755" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>sectio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AFC6165" w14:textId="5E5C200C" w:rsidR="00655755" w:rsidRPr="00655755" w:rsidRDefault="00655755" w:rsidP="00843B09">
+    <w:p w14:paraId="244B3BDB" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00655755" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Insulinpumpen placeras vid </w:t>
       </w:r>
-      <w:r w:rsidR="00AC747D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patientens</w:t>
       </w:r>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> huvudända så att den är lättillgänglig. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F314B4A" w14:textId="77777777" w:rsidR="00655755" w:rsidRPr="00655755" w:rsidRDefault="00655755" w:rsidP="00843B09">
+    <w:p w14:paraId="7544136D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00655755" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6122296D" w14:textId="77777777" w:rsidR="00655755" w:rsidRDefault="00655755" w:rsidP="00843B09">
+    <w:p w14:paraId="4FAA38C1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008612E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Typ 1 och Typ 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10335,240 +10319,240 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>: En vårdplan ska finnas upprättad av PAL (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>diab.läk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">)  för individuell insulindosering antingen via penna eller pump. Vårdplanen ska också innehålla information om energitillförsel via glukosdropp.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCABE8C" w14:textId="77777777" w:rsidR="00843B09" w:rsidRPr="00655755" w:rsidRDefault="00843B09" w:rsidP="00843B09">
+    <w:p w14:paraId="50501D34" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00655755" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F082832" w14:textId="77777777" w:rsidR="008612E8" w:rsidRPr="008612E8" w:rsidRDefault="00655755" w:rsidP="00843B09">
+    <w:p w14:paraId="2C7D2C9B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="008612E8" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008612E8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Typ 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73773ADE" w14:textId="17A8DDA3" w:rsidR="00C6133B" w:rsidRDefault="00655755" w:rsidP="00843B09">
+    <w:p w14:paraId="5925128B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> utsätts på operationsdagen när </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>elektivt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>sectio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00655755">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> är planerat. Ställningstagande till återinsättning postoperativt, när patienten åter kan äta och dricka igen</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7A9946" w14:textId="77777777" w:rsidR="00C6133B" w:rsidRPr="00C6133B" w:rsidRDefault="00C6133B" w:rsidP="00C6133B">
+    <w:p w14:paraId="7E454F56" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C6133B" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C6133B">
         <w:t xml:space="preserve">Energitillförsel </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6956F8B4" w14:textId="1FD5516C" w:rsidR="00C6133B" w:rsidRPr="00C6133B" w:rsidRDefault="00C6133B" w:rsidP="00C6133B">
+    <w:p w14:paraId="44018536" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C6133B" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Om </w:t>
       </w:r>
-      <w:r w:rsidR="00AC747D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> behöver vara fastande inför ett </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>sectio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller av helt annan anledning behöver vara fastande utan att vårdplan hunnit upprättas är en bra tumregel att behål</w:t>
       </w:r>
-      <w:r w:rsidR="00AC747D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> patientens långtidsverkande insulin med penna eller basaldosen i pumpen. Glukosdropp 100 mg/ml ska kopplas med initial infusionshastighet 100–200 ml/timme. Snabbverkande insulin ges i små doser. Det är viktigt att tänka på att </w:t>
       </w:r>
-      <w:r w:rsidR="002573D3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">vi </w:t>
       </w:r>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">bör låta glukosdroppet fortgå efter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>sectio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> tills att patienten klarar av att försörja sig per os. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48900F45" w14:textId="3FC0BEBD" w:rsidR="00C6133B" w:rsidRPr="00C6133B" w:rsidRDefault="00C6133B" w:rsidP="00C6133B">
+    <w:p w14:paraId="096042E9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00C6133B" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Typ 2:  En vårdplan ska finnas upprättad en</w:t>
       </w:r>
-      <w:r w:rsidR="002573D3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ligt</w:t>
       </w:r>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> PAL –</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>diab.läk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. (se </w:t>
       </w:r>
@@ -10580,87 +10564,87 @@
         <w:t>Melior</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>diab.mott</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>; SPEC-ME) för individuell läkemedelsbehandling. Vårdplanen innehåller också information om energitillförsel via glukosdropp v</w:t>
       </w:r>
-      <w:r w:rsidR="002573D3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>id behov</w:t>
       </w:r>
       <w:r w:rsidRPr="00C6133B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3573977A" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="0061778A" w:rsidRDefault="0061778A" w:rsidP="0061778A">
+    <w:p w14:paraId="4CF39366" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0061778A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="0061778A">
         <w:t xml:space="preserve">Övervakning av barnet direkt efter förlossning och på BB  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E86FB96" w14:textId="60623C3D" w:rsidR="0061778A" w:rsidRPr="0061778A" w:rsidRDefault="0061778A" w:rsidP="0061778A">
+    <w:p w14:paraId="376A9715" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0061778A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Nyfödda barn till mödrar med typ</w:t>
       </w:r>
-      <w:r w:rsidR="002573D3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">1 och typ 2 diabetes tillhör en riskgrupp och behöver extra näring första tiden efter förlossningen, se rutin </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="0061778A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t xml:space="preserve">Hypoglykemi och </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="0061778A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
@@ -10703,986 +10687,1025 @@
         <w:r w:rsidRPr="0061778A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>Diabetes - Amning och det nyfödda barnet (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Insulin passerar ej placenta till skillnad från blodsocker, vilket leder till att barnets egen insulinproduktion ofta är hög när barnet föds. Ofta tar det flera dagar innan barnets höga insulinnivå normaliseras och barnet riskerar därför att få allvarlig hypoglykemi efter förlossningen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6E8249" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="0061778A" w:rsidRDefault="0061778A" w:rsidP="0061778A">
+    <w:p w14:paraId="0F32D11B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0061778A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Om barnet inte är sugvilligt uppmanas mamman att handmjölka. Mammans egen bröstmjölk ges alltid i första hand, i andra hand ges bröstmjölksersättning. Personalen ombesörjer muntlig och skriftlig information om handmjölkning.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2988E75D" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="0061778A" w:rsidRDefault="0061778A" w:rsidP="0061778A">
+    <w:p w14:paraId="2B8CAF6F" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0061778A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0420A126" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="0061778A" w:rsidRDefault="0061778A" w:rsidP="0061778A">
+    <w:p w14:paraId="4F32F8C2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0061778A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Det är välbelagt att hud mot hudkontakt, efter såväl vaginal förlossning som </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>sectio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> har flertalet positiva effekter på amning, fysiologi samt beteende.  Att låta friska barn ligga på mammans bröst minst två timmar direkt efter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>partus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, har flera fördelar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D2D16B" w14:textId="0B6424AB" w:rsidR="0061778A" w:rsidRPr="00084644" w:rsidRDefault="0061778A" w:rsidP="00D77B22">
+    <w:p w14:paraId="717E1698" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00084644" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084644">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Barnets blodsockernivå 75</w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00084644">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00084644">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>90 minuter efter födelsen är signifikant högr</w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00084644">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> än ho</w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00084644">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> barn som inte haft tidigt hudkontakt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB8F2EE" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="00084644" w:rsidRDefault="0061778A" w:rsidP="00D77B22">
+    <w:p w14:paraId="0D35C98C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00084644" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084644">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Barnet håller kroppstemperaturen bättre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4C4E14" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="00084644" w:rsidRDefault="0061778A" w:rsidP="00D77B22">
+    <w:p w14:paraId="6381AAF1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00084644" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084644">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Att mammor ammar i högre utsträckning en till fyra månader efter förlossningen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505C4941" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="00084644" w:rsidRDefault="0061778A" w:rsidP="00D77B22">
+    <w:p w14:paraId="0087CA67" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00084644" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084644">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>En positiv effekt på amningsperiodens längd</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F732358" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="00084644" w:rsidRDefault="0061778A" w:rsidP="00D77B22">
+    <w:p w14:paraId="746C85A4" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00084644" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084644">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Barnet interagerar tidigt med sin mamma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1FD3E9" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="00084644" w:rsidRDefault="0061778A" w:rsidP="00D77B22">
+    <w:p w14:paraId="024FD593" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00084644" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084644">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Barnet skriker mindre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0311960C" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="0061778A" w:rsidRDefault="0061778A" w:rsidP="0061778A">
+    <w:p w14:paraId="4BC1241F" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0061778A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54B5FC56" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="0061778A" w:rsidRDefault="0061778A" w:rsidP="0061778A">
+    <w:p w14:paraId="4B938A30" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0061778A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Då nyfödda barn till mödrar med diabetes har stor risk för neonatal hypoglykemi är det extra viktigt att låta barnet ligga kvar på mammans bröst vid p-glukostagning på barnet.  Dokumentation sker i Obstetrix under sökordet Amning och/eller i Obslistan i FV2. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="649E4F00" w14:textId="77777777" w:rsidR="0061778A" w:rsidRPr="0061778A" w:rsidRDefault="0061778A" w:rsidP="0061778A">
+        <w:t xml:space="preserve">Då nyfödda barn till mödrar med diabetes har stor risk för neonatal hypoglykemi är det extra viktigt att låta barnet ligga kvar på mammans bröst vid p-glukostagning på barnet.  Dokumentation sker i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0061778A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Obstetrix</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0061778A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under sökordet Amning och/eller i Obslistan i FV2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76292482" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0061778A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2849A917" w14:textId="77777777" w:rsidR="0061778A" w:rsidRDefault="0061778A" w:rsidP="0061778A">
+    <w:p w14:paraId="236A7D99" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Neonatolog</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> tar ställning till om barnet behöver observeras på neonatalavdelning eller kan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>eftervårdas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0061778A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> tillsammans med mamman på BB. Samvård av mamma och barn på neonatalavdelning eftersträvas.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D93A65" w14:textId="184054B0" w:rsidR="00843453" w:rsidRPr="00843453" w:rsidRDefault="00843453" w:rsidP="00843453">
+    <w:p w14:paraId="47611F7D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00843453" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc1132067687"/>
       <w:bookmarkStart w:id="23" w:name="_Toc189217431"/>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:t>Vård av mor och barn under BB-</w:t>
       </w:r>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>tiden</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A1D7AF" w14:textId="77777777" w:rsidR="00843453" w:rsidRPr="00843453" w:rsidRDefault="00843453" w:rsidP="002E4E41">
+    <w:p w14:paraId="7401CE22" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00843453" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Insulindoser minskas enligt vårdplanen.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19DC27BF" w14:textId="701D70AC" w:rsidR="00843453" w:rsidRPr="00843453" w:rsidRDefault="00843453" w:rsidP="002E4E41">
+    <w:p w14:paraId="044DD263" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00843453" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Typ 2: </w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patienter</w:t>
       </w:r>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> som står på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Metformin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan amma. Hypoglykemi kan förekomma, dock ovanligt, om behandling med insulin fortsätter efter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>partus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DED95B1" w14:textId="77777777" w:rsidR="00843453" w:rsidRPr="00843453" w:rsidRDefault="00843453" w:rsidP="002E4E41">
+    <w:p w14:paraId="388CBFF6" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00843453" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D0EFA2" w14:textId="4EF89F66" w:rsidR="007C7E2A" w:rsidRDefault="00843453" w:rsidP="002E4E41">
+    <w:p w14:paraId="0AAD095A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Typ 1: När bröstmjölksproduktionen kommer </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>igång</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> finns risk för hypoglykemi. </w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska därför alltid ha något att äta och dricka bredvid sig vid amning. Alltför långa uppehåll mellan måltider bör undvikas. Mellanmål är viktigt, även nattetid. </w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patienten</w:t>
       </w:r>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> bör kontrollera sitt glukosvärde i anslutning till amning, också under natten.  </w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Patientens</w:t>
       </w:r>
       <w:r w:rsidRPr="00843453">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> glukosnivå kan med fördel ligga något högre än under graviditet</w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E21824" w14:textId="77777777" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="2B4C7207" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EBF3017" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ansvarig barnmorska eller sjuksköterska på BB ska dagligen stämma av med patienten hur blodsockernivåerna ligger och om det finns behov av stöd gällande blodsockerkontrollen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A4A903" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc189217432"/>
       <w:r w:rsidRPr="007C7E2A">
         <w:t>Uppföljning efter hemgång</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="007C7E2A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C51676" w14:textId="77777777" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="02F4BCF3" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Alla patienter med diabetes bör få kontakt med sin </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Diab.SSK</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> inom 2 veckor efter utskrivning. Därefter sker en individuell uppföljning de närmaste veckorna, beroende på metabol kontroll. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31FB9099" w14:textId="54752C8C" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="02015647" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Eftervårdsbesök vid behov hos PAL efter 6 veckor, till exempel efter komplicerad graviditet/förlossning, och hos PAB efter 8</w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">10 veckor, efterkontroll.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE70E5B" w14:textId="77777777" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="0857846A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D1E8B8E" w14:textId="77777777" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="207F9DD6" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Alla typ-2 diabetes, har </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Dexcom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> och kan enkelt följa sitt B-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>glucos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> under BB vården. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07DC9FE7" w14:textId="77777777" w:rsidR="007C7E2A" w:rsidRPr="0007748A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="5AD6E9F5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0007748A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35EF282D" w14:textId="152B0750" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="01DA541E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid efterkontrollen diskuteras preventivmedel. </w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Personer </w:t>
       </w:r>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">med diabetes kan använda gestagenmetod. Kopparspiral lämpar sig också för </w:t>
       </w:r>
-      <w:r w:rsidR="00D72B20">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>personer</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> med diabetes. Kombinerad hormonell metod med låg hormondos (dvs. &lt;50 µg </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>etinylöstradiol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>) kan användas vid okomplicerad diabetes utan andra riskfaktorer</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E51639" w14:textId="77777777" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="2FD9BCE5" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19925450" w14:textId="77777777" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="4F30674C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Hos alla gravida med typ 1-diabetes ska TSH och fritt T4 kontrolleras vid efterkontrollen, vilket görs via ordinarie diabetesmottagning.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DB93F1B" w14:textId="77777777" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="0EF7B1BE" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B6B191" w14:textId="3A3B22A6" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="4F6A856A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Typ 1: En epikriskopia ska skickas för kännedom till patientens ordinarie diabetesmottagning, så att fortsatta kontroller sker där.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C701D0" w14:textId="77777777" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="448D009C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="329D3EE3" w14:textId="3EEBCCB5" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="705D36FD" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Typ 2: En epikriskopia från BB, ska gå till patientens ordinarie vårdcentral,</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>samt Diab</w:t>
       </w:r>
-      <w:r w:rsidR="006279DA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>etesmottagning</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> för kännedom. Fortsatta kontroller sker där. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55825864" w14:textId="77777777" w:rsidR="007C7E2A" w:rsidRPr="007C7E2A" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="43136B57" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C537DFF" w14:textId="27B79577" w:rsidR="00AE651F" w:rsidRDefault="007C7E2A" w:rsidP="007C7E2A">
+    <w:p w14:paraId="5B09C3F1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Planering inför nästa graviditet: Utifrån erfarenheter under aktuell graviditet bör plan inför möjlig nästa graviditet diskuteras mellan patient och PAB/PAL samt journalföra</w:t>
       </w:r>
-      <w:r w:rsidR="00AE651F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D5163E2" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="000D1B31" w:rsidRDefault="000D1B31" w:rsidP="000D1B31">
+    <w:p w14:paraId="20AEDE80" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="000D1B31" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc189217433"/>
       <w:r w:rsidRPr="000D1B31">
         <w:t>Kvalitetsparametrar och registerdata</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="000D1B31">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3671D5C1" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="000D1B31" w:rsidRDefault="000D1B31" w:rsidP="000D1B31">
+    <w:p w14:paraId="6F9AA831" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="000D1B31" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D1B31">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Kvalitetsparametrar följs upp årligen inom kliniken och regionen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4822224E" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="1B335BE2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">HbA1c (i graviditetens början och slutskede) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="608AF854" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="1C58BF27" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Förekomst av preeklampsi </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E65A13B" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="13A9EAAD" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Förlossningssätt: Andel induktioner, instrumentella förlossningar och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>sectio</w:t>
       </w:r>
@@ -11690,383 +11713,384 @@
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI Symbol" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">LGA (&gt;22%) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE731CC" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="789CA877" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">SGA (&lt;-22%) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6E1F06" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="2CF7D139" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Makrosomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (≥4500g) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA900B3" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="3A223214" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Prematurbörd (&lt;37 veckor) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="548C8C7F" w14:textId="256FC458" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="4CE7EFD9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Neonatal hypoglykemi, p-glukos &lt;2,6 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">/L från 0 till 6 timmar (P70.4A), p glukos &lt;2,6 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mmol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/L från 6 timmar t</w:t>
       </w:r>
-      <w:r w:rsidR="006279DA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ill och med</w:t>
       </w:r>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 dygn (P70.4B) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EF6CA31" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="78E935B7" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Andningsstörning första 24 timmarna (P22.1), IRDS (P22.0) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB77C69" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="25BE9E2D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Förekomst av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>plexusskador</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362CB458" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="1CC6DF05" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Förekomst av missbildningar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0F5288" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="14667EE9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">IUFD  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DE1EF3" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="3B1F7E0C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Neonatal död  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E56075A" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="002E0FAC" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="42335E30" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="002E0FAC" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Andel barn med metabol </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>acidos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0564CE95" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRDefault="000D1B31" w:rsidP="00D77B22">
+    <w:p w14:paraId="47B12A62" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Andel barn med 5-min </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Apgar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E0FAC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> score &lt;4 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E4A6959" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="009B6A74">
+    <w:p w14:paraId="72B3CE5C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F01392E" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00A61984">
+    <w:p w14:paraId="77009AAD" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc189217434"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Referenser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CFB9843" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="6D3AD768" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Atkinson MA, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Eisenbarth</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -12093,95 +12117,95 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Lancet. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2014;383(9911):</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>69-82</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0D3A9A" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00A10B38" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="056694AA" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A10B38" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"Nationella Diabetesregistret." Nationella Diabetesregistret. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>N.p</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ndWM</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="158DEDF4" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00A10B38" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="4B61F62E" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A10B38" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Hare JK, White P. Gestational </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -12218,180 +12242,179 @@
       </w:r>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabetes Care. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1980;3:394</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00EE727A" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="082E13F0" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pihl K. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Diagnoshandboken.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5:e upplagan. Stockholm: Elanders; 2014.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56AA54B6" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="6ABF8DC4" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="1" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Berg M, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Berntorp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> K, Wennerholm U-B. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Reproduktiv hälsa -en barnmorskas kompetensområde.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F80B244" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00075FEF">
+    <w:p w14:paraId="51AE7F27" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1817" w:right="511"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Studentlitteratur; 2016.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6743D270" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="2E50EB0A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Socialstyrelsen. "Nationella Riktlinjer För Diabetesvård Stöd För Styrning Och Ledning." Nationella Riktlinjer För Diabetesvård Stöd För Styrning Och Ledning. Socialstyrelsen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ndWJ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FECF691" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00A10B38" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="71559960" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A10B38" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">American Diabetes A. 13. Management of Diabetes in Pregnancy: Standards of Medical Care in Diabetes2018. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabetes Care. </w:t>
@@ -12414,105 +12437,105 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>):S</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">137-S143.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30BBF763" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+    <w:p w14:paraId="7BE9E14C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="47" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:hyperlink r:id="rId21">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>http://www.diabeteshandboken.s</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId22">
         <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
       <w:hyperlink r:id="rId23">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId24">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009B6A74">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360E5B38" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="56751054" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">NICE guidelines. Diabetes in Pregnancy: Management from Preconception to the Postnatal Period. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">National </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -12527,1168 +12550,1141 @@
         <w:t xml:space="preserve"> for Health and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Excellence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  FAF</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FCE4D68" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="0044782E" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="640039C2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0044782E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Feghali</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> MN, Scifres CM. Novel therapies for diabetes mellitus in pregnancy. </w:t>
+        <w:t xml:space="preserve">Feghali MN, Scifres CM. Novel therapies for diabetes mellitus in pregnancy. </w:t>
       </w:r>
       <w:r w:rsidRPr="0044782E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">BMJ. </w:t>
       </w:r>
       <w:r w:rsidRPr="0044782E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2018;</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0044782E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>362:k</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0044782E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">2034.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="087C755D" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00A10B38" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="77B4C01C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A10B38" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Rayburn WF, Stanley JR, Garrett ME. Periconceptional folate intake and neural tube defects. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">J Am Coll </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Nutr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29AF1773" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00075FEF">
+    <w:p w14:paraId="6C3ADCF1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1817" w:right="511"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>1996;15(2):</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>121-125</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D236620" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00A10B38" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+    <w:p w14:paraId="293B039C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A10B38" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="47" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="20"/>
           <w:u w:val="single" w:color="0000FF"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId25">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>Https://www.nice.org.uk/guidance/cg181/resources/lowerin</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId26">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>g</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId27">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId28">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>cholestero</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId29">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>l</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId30">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId31">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>t</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId32">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId33">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId34">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>reduc</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId35">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId36">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId37">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>th</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId38">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId39">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId40">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ris</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId41">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>k</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId42">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:color="0000FF"/>
           </w:rPr>
           <w:t>https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId43">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId44">
-        <w:r w:rsidR="009B6A74">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>f</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId45">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://www.nice.org.uk/guidance/cg181/resources/lowering</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId46">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId47">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>cholesterol</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId48">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId49">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>to</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId50">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId51">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>reduce</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId52">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:color="0000FF"/>
           </w:rPr>
           <w:t>https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId53">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>the</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId54">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId55">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>risk</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId56">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId57">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>of</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId58">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId59">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>coronary</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId60">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+        <w:r w:rsidRPr="003B6FF0">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId61">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="008F30B2">
+        <w:r w:rsidRPr="00833E05">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>heart</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId62">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="008F30B2">
+        <w:r w:rsidRPr="00833E05">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId63">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="008F30B2">
+        <w:r w:rsidRPr="00833E05">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>disease</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId64">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="008F30B2">
+        <w:r w:rsidRPr="00833E05">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId65">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="008F30B2">
+        <w:r w:rsidRPr="00833E05">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>and</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId66">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="008F30B2">
+        <w:r w:rsidRPr="00833E05">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId67">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="008F30B2">
+        <w:r w:rsidRPr="00833E05">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>stroke</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId68">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="008F30B2">
+        <w:r w:rsidRPr="00833E05">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId69">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="008F30B2">
+        <w:r w:rsidRPr="00833E05">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId70">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId71">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>31594412230</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId72">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId73">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>coronar</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId74">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>y</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId75">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId76">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>hear</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId77">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>t</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId78">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId79">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>diseas</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId80">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId81">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId82">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>an</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId83">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>d</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId84">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId85">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>strok</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId86">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId87">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId88">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>pd</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId89">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>f</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId90">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId91">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>31594412230</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId92">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId93">
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single" w:color="0000FF"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1211C12E" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+    <w:p w14:paraId="58064D77" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="27" w:line="254" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:hyperlink r:id="rId94">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+        <w:r w:rsidRPr="00A10B38">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>N</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+      <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.p.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009B6A74" w:rsidRPr="00A10B38">
+      <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, n.d. Web. 26 Jan. 2019. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+      <w:r w:rsidRPr="003B6FF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>NGLCtRtRoCHDaS</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009B6A74" w:rsidRPr="003B6FF0">
+      <w:r w:rsidRPr="003B6FF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2CB63C" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="04D6A740" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Service FJ. Glucose variability. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Diabetes. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2013;62(5):1398–1404.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2458024D" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="39DAEDA2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"Graviditetsregistret Mödravård Fosterdiagnostik Förlossning." </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>MedSciNet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ndWF</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5D0A07" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="1EDB4036" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Berger H, Melamed N. Timing of delivery in women with diabetes in pregnancy. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Obstet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Med. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2014;7(1):8-</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F56A861" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00075FEF">
+    <w:p w14:paraId="5C3B21B8" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1817" w:right="511"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">16.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A86520E" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="0044782E" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="63898255" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0044782E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Ashton DM. Elective delivery at less than 39 weeks. </w:t>
       </w:r>
       <w:r w:rsidRPr="0044782E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Curr </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0044782E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Opin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0044782E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Obstet Gynecol. </w:t>
+      </w:r>
       <w:r w:rsidRPr="0044782E">
         <w:rPr>
-          <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Obstet</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">2010;22(6):506–510.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E069B21" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00A10B38" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="2D59E5B3" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A10B38" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Lipman ML, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Schiffrin</w:t>
@@ -13713,308 +13709,291 @@
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Cardiol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rep. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">2012;14(6):651–659.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7A3C19" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00A10B38" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="6CCDD04D" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A10B38" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Feldman AZ, Brown FM. Management of Type 1 Diabetes in Pregnancy. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Curr Diab Rep. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">2016;16(8):76.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72604F44" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00A10B38" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="2EBD16BB" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A10B38" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Maheux</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Maheux PC, Bonin B, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PC, Bonin B, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Dizazo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Dizazo</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> A, et al. Glucose homeostasis during spontaneous </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A, et al. Glucose homeostasis during spontaneous </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>labor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>labor</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> in normal human pregnancy. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in normal human pregnancy. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">J Clin Endocrinol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">J Clin Endocrinol </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Metab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Metab</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
-          <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">1996;81(1):209–215.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73CDC8C7" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="271DC80C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Maayan</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Maayan-Metzger A, Lubin D, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">-Metzger A, Lubin D, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Kuint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Kuint</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> J. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Hypoglycemia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Hypoglycemia</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> rates in the first days of life among term infants born to diabetic mothers. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Neonatology</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2009;96(2):80–85.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="389C7BD8" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00A10B38" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="3C902C1B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A10B38" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloney N, Britt RC, Rushing GD, et al. Insulin requirements in the intensive care unit in response to infection. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Am Surg. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">2008;74(9):845–848.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6647E98E" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="01F8E70C" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="30" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Attvall</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> SDT, Insulinbehandling." Diabetes Typ 1, Insulinbehandling. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>N.p</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -14023,51 +14002,51 @@
         </w:rPr>
         <w:t>n.d</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Web. 15 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Dec.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD7CF7D" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="44C465AA" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"Hud mot </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>hud kontakt</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -14101,51 +14080,51 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ndWF</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="003B6FF0">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="453FE59F" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="0044782E" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="3D7D0E57" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0044782E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Dieterich CM, Felice JP, O'Sullivan E, Rasmussen KM. Breastfeeding and health outcomes for the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A10B38">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>motherinfant</w:t>
@@ -14162,118 +14141,126 @@
       <w:r w:rsidRPr="0044782E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Pediatr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0044782E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Clin North Am. </w:t>
       </w:r>
       <w:r w:rsidRPr="0044782E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">2013;60(1):31-48.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F58DE4D" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="019BF973" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Läkemedelsverket. “Antikonception – Behandlingsrekommendation.”  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F550C22" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00075FEF">
+    <w:p w14:paraId="57BD5C16" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="1" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1802"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Https://Lakemedelsverket.se/Upload/Halso-Och- </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CBF5E3B" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00075FEF">
+    <w:p w14:paraId="16829163" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1802"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Sjukvard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>/Behandlingsrekommendationer/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>Antikonception_</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>rek.Pdf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, Läkemedelsverket.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="248EA3CD" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="007D45F2" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="2A10364B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007D45F2" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
       </w:pPr>
       <w:r w:rsidRPr="2C7518D5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Internetmedicin. "</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="2C7518D5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hypotyreos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="2C7518D5">
@@ -14342,215 +14329,179 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="2C7518D5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="2C7518D5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ndWF</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="2C7518D5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2EA2F4" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00376A7C" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="4AFF9EFB" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00376A7C" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376A7C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"https://www.diabetes.se/diabetes/lar-om-diabetes/typer/typ-2/." Om Diabetes. Diabetesförbundet </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00376A7C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ndWS</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00376A7C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B2E15F4" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="4B82E4D1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00376A7C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"Medicinska Födelseregistret." Startsida Socialstyrelsen.se. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00376A7C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>N.p</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00376A7C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00376A7C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ndWM</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="020CE4AC" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00E92E15" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="7790F366" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00E92E15" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Clausen TD, </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">-Poulsen T, Damm P. Poor pregnancy outcome in women with type 2 diabetes. </w:t>
+        <w:t xml:space="preserve">Clausen TD, Mathiesen E, Ekbom P, Hellmuth E, Mandrup-Poulsen T, Damm P. Poor pregnancy outcome in women with type 2 diabetes. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Diabetes Care. 2005;28(2):</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>323-328</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43AD4259" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00E92E15" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="0ED68938" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00E92E15" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Buchanan TA, Xiang AH, Page KA. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -14574,72 +14525,72 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. 2012;8(11):</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>639-649</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D71C16" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00E92E15" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="575AD1E1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00E92E15" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Antonovsky A EM. Hälsans mysterium. Stockholm: Natur och kultur; 2005.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5D5AFA" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00E92E15" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="523288D7" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00E92E15" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lessard</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -14761,51 +14712,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. 2011;300(1</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>):R</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>175-182.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B77DA46" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00E92E15" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="77B893B7" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00E92E15" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">FYSISK AKTIVITET (YFA), C/o SFAIM, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -14871,252 +14822,206 @@
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pFAVDMT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dY</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1FFD84C6" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00E92E15" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="7F07DE18" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00E92E15" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Nexo</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Nexo E, Hoffmann-Lucke E. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> E, Hoffmann-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Holotranscobalamin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Lucke</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">, a marker of vitamin B-12 status: analytical aspects and clinical utility. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        </w:rPr>
+        <w:t>Am</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> J </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        </w:rPr>
+        <w:t>Clin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Am</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> J </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Nutr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Clin</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>. 2011;94(1):359S-365S.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BDB757F" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="0044782E" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="6BE0406B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="0044782E" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Rowan JA, Rush EC, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Obolonkin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> V, </w:t>
+        <w:t xml:space="preserve"> V, Battin M, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Battin</w:t>
+        <w:t>Wouldes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> M, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E92E15">
+        <w:t xml:space="preserve"> T, Hague WM. Metformin in gestational diabetes: the offspring follow-up (MiG TOFU): body composition at 2 years of age. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044782E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Wouldes</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>Diabetes Care. 2011;34(10):2279-2284.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D37739D" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00E92E15" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="151432E6" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00E92E15" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rowan JA, Rush EC, Plank LD, et al. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -15140,385 +15045,596 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Diabetes Res Care. 2018;6(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1):e</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>000456.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="235B05C9" w14:textId="77777777" w:rsidR="009B6A74" w:rsidRPr="00E92E15" w:rsidRDefault="009B6A74" w:rsidP="00D77B22">
+    <w:p w14:paraId="42F155EE" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00E92E15" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1815" w:right="511" w:hanging="511"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92E15">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>“Kost Vid Diabetes - En Vägledning till Hälso Och Sjukvården.” https://www.socialstyrelsen.se/globalassets/sharepointdokument/artikelkatalog/vagledning/2011-11-7.pdf</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="37C432DA" w14:textId="77777777" w:rsidR="001A5131" w:rsidRPr="00B22E72" w:rsidRDefault="001A5131" w:rsidP="001A5131">
+        <w:t xml:space="preserve">“Kost Vid Diabetes - En Vägledning till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E92E15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hälso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E92E15">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Och Sjukvården.” https://www.socialstyrelsen.se/globalassets/sharepointdokument/artikelkatalog/vagledning/2011-11-7.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7A6407" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00B22E72" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc189217435"/>
       <w:r>
         <w:t>Bilagor</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CDFA97C" w14:textId="77777777" w:rsidR="001A5131" w:rsidRPr="00B22E72" w:rsidRDefault="00086F3F" w:rsidP="00A61984">
+    <w:p w14:paraId="555C2ED8" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00B22E72" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="250" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId95" w:history="1">
-        <w:r w:rsidR="001A5131">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Diabetes typ 1 under graviditet (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B760783" w14:textId="77777777" w:rsidR="001A5131" w:rsidRDefault="00086F3F" w:rsidP="00A61984">
+    <w:p w14:paraId="4C7DE730" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="250" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId96" w:history="1">
-        <w:r w:rsidR="001A5131">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Diabetes typ 2 under graviditet samt läkemedelsbehandlad graviditetsdiabetes (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5503BFD2" w14:textId="77777777" w:rsidR="00A61984" w:rsidRDefault="00A61984" w:rsidP="00A61984">
+    <w:p w14:paraId="151B0AA9" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="250" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43A67FC5" w14:textId="0AC71E04" w:rsidR="001A5131" w:rsidRPr="00A61984" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+    <w:p w14:paraId="4974B04A" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A61984" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="248" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId97" w:anchor="page=39&amp;zoom=100,63,95" w:history="1">
-        <w:r w:rsidR="001A5131">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Patientinformation till dig som är gravid och har typ 1-diabetes</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001A5131">
+      <w:r>
         <w:t xml:space="preserve"> sid 39</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658092BD" w14:textId="77777777" w:rsidR="001A5131" w:rsidRPr="00A61984" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+    <w:p w14:paraId="1C9BD7E2" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A61984" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="51" w:line="248" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId98" w:history="1">
-        <w:r w:rsidR="001A5131">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Patientinformation: Bra mat för dig som är gravid och har insulinbehandlad diabetes</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="66C7186F" w14:textId="108A4543" w:rsidR="009B6A74" w:rsidRPr="00A61984" w:rsidRDefault="00086F3F" w:rsidP="00D77B22">
+    <w:p w14:paraId="21B5BA24" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00A61984" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId99" w:history="1">
-        <w:r w:rsidR="001A5131">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Patientinformation: Diabetes - Amning och typ 1 diabetes.pdf (vgregion.se)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="3B27B4D7" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="007C7E2A" w:rsidRDefault="000D1B31" w:rsidP="00A61984">
+    <w:p w14:paraId="53B2C407" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="007C7E2A" w:rsidRDefault="00833E05" w:rsidP="00833E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="000D1B31" w:rsidRPr="007C7E2A" w:rsidSect="00122779">
+    <w:p w14:paraId="3B27B4D7" w14:textId="77777777" w:rsidR="000D1B31" w:rsidRPr="00602526" w:rsidRDefault="000D1B31" w:rsidP="00602526"/>
+    <w:sectPr w:rsidR="000D1B31" w:rsidRPr="00602526" w:rsidSect="00122779">
+      <w:headerReference w:type="default" r:id="rId100"/>
+      <w:footerReference w:type="even" r:id="rId101"/>
+      <w:footerReference w:type="default" r:id="rId102"/>
+      <w:headerReference w:type="first" r:id="rId103"/>
+      <w:footerReference w:type="first" r:id="rId104"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="851" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E5EE538" w14:textId="77777777" w:rsidR="00B51AEB" w:rsidRDefault="00B51AEB">
+    <w:p w14:paraId="5323D2A3" w14:textId="77777777" w:rsidR="002D3102" w:rsidRDefault="002D3102">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D38BCBD" w14:textId="77777777" w:rsidR="00B51AEB" w:rsidRDefault="00B51AEB">
+    <w:p w14:paraId="696CDF50" w14:textId="77777777" w:rsidR="002D3102" w:rsidRDefault="002D3102">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="295A0D32" w14:textId="77777777" w:rsidR="00B51AEB" w:rsidRDefault="00B51AEB">
+    <w:p w14:paraId="2F083733" w14:textId="77777777" w:rsidR="002D3102" w:rsidRDefault="002D3102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1E257DA7" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1F523F2B" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="405725434"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="1DBE2909" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00EC0A68" w:rsidRDefault="00833E05" w:rsidP="00EC0A68">
+        <w:pPr>
+          <w:pStyle w:val="Sidfot"/>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EC0A68">
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="05F040A1" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00FB2F0F">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:left="6237" w:hanging="141"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675649" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29ABDFBB" wp14:editId="41B2CFF7">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4388307</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-27355</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1897920" cy="384860"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1069288632" name="Bildobjekt 1069288632">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1953671" cy="396165"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -15546,52 +15662,52 @@
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="813115014" name="Bildobjekt 813115014">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -15625,73 +15741,405 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="628C0A8D" w14:textId="77777777" w:rsidR="00B51AEB" w:rsidRDefault="00B51AEB"/>
+    <w:p w14:paraId="5D202930" w14:textId="77777777" w:rsidR="002D3102" w:rsidRDefault="002D3102"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D01C956" w14:textId="77777777" w:rsidR="00B51AEB" w:rsidRDefault="00B51AEB">
+    <w:p w14:paraId="62049D3E" w14:textId="77777777" w:rsidR="002D3102" w:rsidRDefault="002D3102">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="72E1E134" w14:textId="77777777" w:rsidR="00B51AEB" w:rsidRDefault="00B51AEB">
+    <w:p w14:paraId="3F5BD40C" w14:textId="77777777" w:rsidR="002D3102" w:rsidRDefault="002D3102">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="100BA6EA" w14:textId="77777777" w:rsidR="00833E05" w:rsidRPr="00DA65C4" w:rsidRDefault="00833E05" w:rsidP="00DA65C4">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677697" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38EECF15" wp14:editId="3C8B2F9F">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-635</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1483638959" name="Textruta 1483638959"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2A4E0551" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00DA65C4">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="38EECF15" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 1483638959" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251677697;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="2A4E0551" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00DA65C4">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5CA186E8" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05" w:rsidP="00413A60">
+    <w:pPr>
+      <w:pStyle w:val="Sidhuvud"/>
+      <w:ind w:left="0" w:right="567"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676673" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42AEBC2E" wp14:editId="44760D3F">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-172720</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-65405</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4667250" cy="323850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="603833767" name="Textruta 603833767"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4667250" cy="323850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3158FEA8" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05">
+                          <w:pPr>
+                            <w:ind w:left="0"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="42AEBC2E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textruta 603833767" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251676673;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="3158FEA8" w14:textId="77777777" w:rsidR="00833E05" w:rsidRDefault="00833E05">
+                    <w:pPr>
+                      <w:ind w:left="0"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674625" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FE7103C" wp14:editId="5E66D2A5">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>17744</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>198873</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7559040" cy="216408"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1231035945" name="Bild 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="8" name="Bild 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7559040" cy="216408"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00762EE0">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -15735,85 +16183,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -15858,51 +16306,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
@@ -15979,51 +16427,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="040A1294"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E8DA7410"/>
     <w:lvl w:ilvl="0" w:tplc="A40A9722">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2072" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -19005,51 +19453,51 @@
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1799839393">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1050492671">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="80564640">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1002203209">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1189683289">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="800003769">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="25"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
@@ -19085,50 +19533,51 @@
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="0005791C"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="000719A8"/>
     <w:rsid w:val="00075FEF"/>
     <w:rsid w:val="0007748A"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00084644"/>
     <w:rsid w:val="00086F3F"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="000931C2"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7433"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000D1361"/>
     <w:rsid w:val="000D1B31"/>
     <w:rsid w:val="000D73D6"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000F419C"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00102CD5"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00122779"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00146AA8"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
@@ -19152,50 +19601,51 @@
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="002573D3"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00272DEE"/>
     <w:rsid w:val="00277CB1"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="0029282A"/>
     <w:rsid w:val="00292896"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A0CD6"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0161"/>
     <w:rsid w:val="002D0E0E"/>
+    <w:rsid w:val="002D3102"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E0FAC"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E4E41"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002E7F5C"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00344C6B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="003502E6"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036283F"/>
     <w:rsid w:val="0036357D"/>
@@ -19270,50 +19720,51 @@
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A5EE8"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005A76E7"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D16F9"/>
     <w:rsid w:val="005D7AEF"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1464"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="00602526"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="006067E6"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="0061778A"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="006279DA"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00651019"/>
     <w:rsid w:val="00655755"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00667948"/>
     <w:rsid w:val="00667A72"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00686276"/>
     <w:rsid w:val="00686B82"/>
     <w:rsid w:val="00686EDC"/>
     <w:rsid w:val="00694A12"/>
@@ -19347,50 +19798,51 @@
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747710"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00767E98"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="007767A9"/>
     <w:rsid w:val="00776ECD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007C7E2A"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007D603F"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F23E0"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00833E05"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00835E84"/>
     <w:rsid w:val="00843453"/>
     <w:rsid w:val="00843B09"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008535AE"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008612E8"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00875EB2"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="0089014C"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B6AD5"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D1BB4"/>
     <w:rsid w:val="008E36F8"/>
@@ -19476,50 +19928,51 @@
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B4486C"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B46EB4"/>
     <w:rsid w:val="00B51AEB"/>
     <w:rsid w:val="00B553BE"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B81F0F"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BB2AC1"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE5AB4"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF3BE9"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C27BC1"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C421FE"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C6133B"/>
     <w:rsid w:val="00C678D3"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C83E3E"/>
     <w:rsid w:val="00C85DA1"/>
@@ -19643,51 +20096,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -22093,51 +22546,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs w:val="0"/>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009D52A7"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -22347,58 +22800,66 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2008435721">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diabeteshandboken.se/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9786-1429723585-168/SURROGATE/Diabetes%20typ%201%20under%20graviditet.pdf" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diabeteshandboken.se/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9786-1429723585-168/surrogate/Diabetes%20typ%201%20under%20graviditet.pdf" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10035-1983749542-323/surrogate/Hypoglykemi%20och%20tillmatning%20av%20nyf%c3%b6dda.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diabeteshandboken.se/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su4054-1600760799-448/surrogate/Diabetes%20-%20Kostr%c3%a5d%2c%20bra%20mat%20vid%20insulinbehandlad%20diabetes.pdf" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9786-1429723585-168/surrogate/Diabetes%20typ%201%20under%20graviditet.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su4054-1600760799-857/surrogate/Diabetes%20-%20Amning%20och%20det%20nyf%c3%b6dda%20barnet.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9786-1429723585-169/surrogate/Diabetes%20typ%202%20under%20graviditet%20samt%20l%c3%a4kemedelsbehandlad%20graviditetsdiabetes.pdf" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diabeteshandboken.se/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su4054-1600760799-1156/surrogate/Diabetes%20-%20Amning%20och%20typ%201%20diabetes.pdf" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9786-1429723585-169/surrogate/Diabetes%20typ%202%20under%20graviditet%20samt%20l%c3%a4kemedelsbehandlad%20graviditetsdiabetes.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId39" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diabeteshandboken.se/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diabeteshandboken.se/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9786-1429723585-168/surrogate/Diabetes%20typ%201%20under%20graviditet.pdf" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10035-1983749542-323/surrogate/Hypoglykemi%20och%20tillmatning%20av%20nyf%c3%b6dda.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diabeteshandboken.se/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su4054-1600760799-448/surrogate/Diabetes%20-%20Kostr%c3%a5d%2c%20bra%20mat%20vid%20insulinbehandlad%20diabetes.pdf" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9786-1429723585-168/surrogate/Diabetes%20typ%201%20under%20graviditet.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su4054-1600760799-857/surrogate/Diabetes%20-%20Amning%20och%20det%20nyf%c3%b6dda%20barnet.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9786-1429723585-169/surrogate/Diabetes%20typ%202%20under%20graviditet%20samt%20l%c3%a4kemedelsbehandlad%20graviditetsdiabetes.pdf" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diabeteshandboken.se/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su4054-1600760799-1156/surrogate/Diabetes%20-%20Amning%20och%20typ%201%20diabetes.pdf" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/su9786-1429723585-169/surrogate/Diabetes%20typ%202%20under%20graviditet%20samt%20l%c3%a4kemedelsbehandlad%20graviditetsdiabetes.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nice.org.uk/guidance/cg181/resources/lowering-cholesterol-to-reduce-the-risk-of-coronary-heart-disease-and-stroke-pdf-315944122309" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SU9786-1429723585-168/SURROGATE/Diabetes%20typ%201%20under%20graviditet.pdf" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId104" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
+<file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
+</file>
+
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
@@ -22687,71 +23148,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>4659</Words>
-  <Characters>45263</Characters>
+  <Words>7950</Words>
+  <Characters>42138</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>377</Lines>
+  <Lines>351</Lines>
   <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Diabetes typ 1 under graviditet - Kvinnokliniken NÄL</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>49823</CharactersWithSpaces>
+  <CharactersWithSpaces>49989</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Diabetes typ 1 och typ 2 under graviditet - Kvinnokliniken NÄL</dc:title>
+  <dc:title>Diabetes typ 1 och typ 2 under graviditet - Kvinnosjukvård NU-sjukvården</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ewelyn Persson</lastModifiedBy>
-  <revision>146</revision>
+  <revision>148</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>