--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -7,93 +7,90 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="42B3AEEF" w14:textId="77777777" w:rsidR="00F912B7" w:rsidRDefault="00F912B7" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="061914D4" w14:textId="22661EAE" w:rsidR="00184167" w:rsidRDefault="001C3C87" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r>
         <w:t>Sepsis – diagnostik och behandling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D384C46" w14:textId="75728BE6" w:rsidR="002D2838" w:rsidRDefault="002D2838" w:rsidP="002D2838">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="2" w:name="_Toc106874287"/>
       <w:bookmarkStart w:id="3" w:name="_Toc72840807"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="73D30E77" w14:textId="77777777" w:rsidR="002D2838" w:rsidRPr="007A334E" w:rsidRDefault="002D2838" w:rsidP="002D2838">
+    <w:p w14:paraId="73D30E77" w14:textId="65F933AE" w:rsidR="002D2838" w:rsidRPr="007A334E" w:rsidRDefault="003055DF" w:rsidP="002D2838">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ny rutin. </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Inga ändringar i denna version. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B03EF5" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc100327186"/>
       <w:bookmarkStart w:id="5" w:name="_Toc106874289"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>Bakgrund och syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5896A06F" w14:textId="77777777" w:rsidR="00DE50D2" w:rsidRPr="00DE50D2" w:rsidRDefault="00DE50D2" w:rsidP="00DE50D2">
       <w:pPr>
         <w:spacing w:after="320" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -173,52 +170,88 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>PVK – 2 grova perifera infarter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79503E5A" w14:textId="314B61E2" w:rsidR="00A92C4B" w:rsidRPr="00A92C4B" w:rsidRDefault="00A92C4B" w:rsidP="00531122">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Akuta prover tas</w:t>
       </w:r>
       <w:r w:rsidR="00BD6962">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (finns i Melior labmall KKinfsepsis</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> (finns i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD6962">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BD6962">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD6962">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>labmall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BD6962">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD6962">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>KKinfsepsis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006E5F03">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="204F1901" w14:textId="0B7AECFC" w:rsidR="00A92C4B" w:rsidRPr="00A92C4B" w:rsidRDefault="00A92C4B" w:rsidP="00531122">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Bolus vätska samt syrgas, se nedan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BD887A" w14:textId="513B2ED1" w:rsidR="00A92C4B" w:rsidRPr="00A92C4B" w:rsidRDefault="00A92C4B" w:rsidP="00531122">
@@ -259,51 +292,65 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>O-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>NEWS; AF, POX, Puls, Blodtryck, Temp, RLS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0293F4B9" w14:textId="0C3393CF" w:rsidR="006E5F03" w:rsidRPr="00B131AD" w:rsidRDefault="006E5F03" w:rsidP="00531122">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Ge syrgas vid behov (på oxymask)</w:t>
+        <w:t xml:space="preserve">Ge syrgas vid behov (på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>oxymask</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CB6072F" w14:textId="14724033" w:rsidR="00B131AD" w:rsidRPr="00C85175" w:rsidRDefault="00B131AD" w:rsidP="00531122">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>KAD bör sättas tidigt i förloppet men får inte fördröja övrig behandling med till exempel vätska och a</w:t>
       </w:r>
       <w:r w:rsidR="00387CC4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">ntibiotika. </w:t>
       </w:r>
     </w:p>
@@ -388,51 +435,93 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00531122">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">1000 ml som snabb infusion (30 minuter) med utvärdering av effekt på blodtryck och perifer cirkulation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8F79CB" w14:textId="1D908564" w:rsidR="00DC102E" w:rsidRDefault="00531122" w:rsidP="00531122">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531122">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Den totala vätskemängden måste individualiseras; ta hänsyn till de faktiska förlusterna; feber, diarré, kräkning men också till hjärtats kapacitet. En patient med komorbiditet riskerar att snabbt utveckla lungödem och cirkulatorisk svikt om vätskemängden blir för snabb eller för stor. Upp till 30 ml/kg kroppsvikt kan vara rimligt under den tidiga rescuciteringsfasen (0</w:t>
+        <w:t xml:space="preserve">Den totala vätskemängden måste individualiseras; ta hänsyn till de faktiska förlusterna; feber, diarré, kräkning men också till hjärtats kapacitet. En patient med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>komorbiditet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> riskerar att snabbt utveckla lungödem och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>cirkulatorisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> svikt om vätskemängden blir för snabb eller för stor. Upp till 30 ml/kg kroppsvikt kan vara rimligt under den tidiga </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>rescuciteringsfasen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (0</w:t>
       </w:r>
       <w:r w:rsidR="006A396B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00531122">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="006A396B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00531122">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>3 timmar). Det är sällan indicerat att ge mer än 4</w:t>
       </w:r>
@@ -474,51 +563,93 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Syrgas</w:t>
       </w:r>
       <w:r w:rsidRPr="00531122">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CF8A9A4" w14:textId="4E28C92A" w:rsidR="00531122" w:rsidRPr="00531122" w:rsidRDefault="00531122" w:rsidP="00531122">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531122">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Till patienter med takypné, hypoxi eller hypotension. Mål P</w:t>
+        <w:t xml:space="preserve">Till patienter med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>takypné</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>hypoxi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>hypotension</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>. Mål P</w:t>
       </w:r>
       <w:r w:rsidR="00DC102E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>OX</w:t>
       </w:r>
       <w:r w:rsidRPr="00531122">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> &gt;93%</w:t>
       </w:r>
       <w:r w:rsidR="004A531C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A90C1C8" w14:textId="77777777" w:rsidR="00531122" w:rsidRPr="00DC102E" w:rsidRDefault="00531122" w:rsidP="00531122">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
@@ -526,139 +657,225 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC102E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Buffring </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="342AC2F7" w14:textId="7E670140" w:rsidR="007D132F" w:rsidRDefault="00531122" w:rsidP="00531122">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00531122">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Metabol acidos är ett uttryck för hypoperfusion, ingen indikation för buffring vid acidos i samband med sepsis.</w:t>
+        <w:t xml:space="preserve">Metabol </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>acidos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> är ett uttryck för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>hypoperfusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ingen indikation för buffring vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>acidos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00531122">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i samband med sepsis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="617E9985" w14:textId="25961104" w:rsidR="00CD6239" w:rsidRDefault="00CD6239" w:rsidP="00CD6239">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Akuta laboratorieprover och undersökningar vid allvarliga infektioner</w:t>
       </w:r>
       <w:r w:rsidR="002D2838">
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="8642" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="6662"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DC1C17" w14:paraId="14A40D23" w14:textId="77777777" w:rsidTr="00966881">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0F1C5" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="31127D24" w14:textId="6D446836" w:rsidR="00DC1C17" w:rsidRPr="00DC1C17" w:rsidRDefault="00DC1C17" w:rsidP="00DC1C17">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DC1C17">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Klin kem</w:t>
+              <w:t>Klin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC1C17">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D579962" w14:textId="4EECF69B" w:rsidR="00DC1C17" w:rsidRPr="00DC1C17" w:rsidRDefault="00DC1C17" w:rsidP="00B50CFD">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="-87"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B50CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Alltid</w:t>
             </w:r>
             <w:r w:rsidR="00253EAB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>: Hb, LPK, TPK, Na, K, Krea, PK/APTT, CRP, glukos, venös blodgas</w:t>
+              <w:t xml:space="preserve">: Hb, LPK, TPK, Na, K, </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00253EAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Krea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00253EAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, PK/APTT, CRP, glukos, venös </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00253EAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>blodgas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00B50CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> inklusive laktat (det blodprov som har högst prognostiskt värde. Laktat &gt;</w:t>
             </w:r>
             <w:r w:rsidR="00667B04">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B50CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve"> mmol/l är ett allvarligt tecken).</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B50CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>mmol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B50CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>/l är ett allvarligt tecken).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC1C17" w14:paraId="5E70BD1E" w14:textId="77777777" w:rsidTr="00966881">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0F1C5" w:themeFill="accent2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7498A498" w14:textId="4C39177E" w:rsidR="00DC1C17" w:rsidRPr="00DC1C17" w:rsidRDefault="00DC1C17" w:rsidP="004B44C4">
             <w:pPr>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC1C17">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Mikrobiologi</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -755,51 +972,79 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69BB9402" w14:textId="75264DA1" w:rsidR="00DC1C17" w:rsidRPr="00DC1C17" w:rsidRDefault="00B2457F" w:rsidP="00A87E67">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87E67">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Bukfokus</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2457F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>: Ultraljud (graviditetsrester, vaginaltoppshematom, fri vätska, abscess etc.)</w:t>
+              <w:t>: Ultraljud (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>graviditetsrester</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>vaginaltoppshematom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2457F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>, fri vätska, abscess etc.)</w:t>
             </w:r>
             <w:r w:rsidR="00A87E67">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00A87E67">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Överväg</w:t>
             </w:r>
             <w:r w:rsidRPr="00B2457F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>: CT-buk (och först efter behandlingsstart och stabil patient)</w:t>
             </w:r>
             <w:r w:rsidR="00A87E67">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
@@ -876,229 +1121,357 @@
     </w:p>
     <w:p w14:paraId="1AE53A4C" w14:textId="30311520" w:rsidR="00BD5855" w:rsidRDefault="002125D8" w:rsidP="007C2454">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Stabil patient/begränsad sjukdom</w:t>
       </w:r>
       <w:r w:rsidR="00392C27">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00194F50">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Cefuroxim 1,5 g</w:t>
+        <w:t>Cefuroxim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00194F50">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 g</w:t>
       </w:r>
       <w:r w:rsidR="0015234C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00194F50">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>1 x 3</w:t>
       </w:r>
       <w:r w:rsidR="00194F50">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00194F50" w:rsidRPr="00621920">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>alternativt</w:t>
       </w:r>
       <w:r w:rsidR="00194F50">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AC4211">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Piperacillin/Tazocin 4 g 1 x 3</w:t>
+        <w:t>Piperacillin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AC4211">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AC4211">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Tazocin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AC4211">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 g 1 x 3</w:t>
       </w:r>
       <w:r w:rsidR="0015234C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> + Metronidazol 1,5 g 1 x 1</w:t>
+        <w:t xml:space="preserve"> + </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0015234C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Metronidazol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0015234C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5 g 1 x 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00BD2710" w14:textId="6146C77D" w:rsidR="00621920" w:rsidRDefault="00621920" w:rsidP="007C2454">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Allvarlig sepsis</w:t>
       </w:r>
       <w:r w:rsidR="00901E03">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/septisk chock</w:t>
       </w:r>
       <w:r w:rsidR="00901E03">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
-        <w:t>Piperacillin/Tazocin 4 g 1 x 3 – 4</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00901E03">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Piperacillin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00901E03">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00901E03">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Tazocin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00901E03">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 g 1 x 3 – 4</w:t>
       </w:r>
       <w:r w:rsidR="00901E03">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00901E03" w:rsidRPr="00DA5944">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>alternativt</w:t>
       </w:r>
       <w:r w:rsidR="00901E03">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB6B8F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Meropenem 1 g 1 x 4</w:t>
+        <w:t>Meropenem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB6B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 g 1 x 4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3483E265" w14:textId="17FB0C1E" w:rsidR="00DA5944" w:rsidRDefault="00DA5944" w:rsidP="002261BB">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Allergi</w:t>
       </w:r>
       <w:r w:rsidR="008C093D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>, allvarlig – mot betalak</w:t>
+        <w:t xml:space="preserve">, allvarlig – mot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008C093D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>betalak</w:t>
       </w:r>
       <w:r w:rsidR="00B24557">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>tamantibiotika</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003248A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
-        <w:t>Klindamycin 600 mg 1 x 3 – 4 + C</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003248A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Klindamycin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003248A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 600 mg 1 x 3 – 4 + </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003248A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="0070383B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>iprofloxacin 400 mg 1 x 3</w:t>
+        <w:t>iprofloxacin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0070383B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 400 mg 1 x 3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44D37A41" w14:textId="77777777" w:rsidR="002261BB" w:rsidRDefault="002261BB" w:rsidP="009071E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79BFE4B5" w14:textId="6116DAC4" w:rsidR="009071E3" w:rsidRDefault="009071E3" w:rsidP="002261BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Tänk på </w:t>
       </w:r>
       <w:r w:rsidR="002261BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">source control. </w:t>
+        <w:t xml:space="preserve">source </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002261BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>control</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002261BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E451C5" w14:textId="4287BB80" w:rsidR="002261BB" w:rsidRDefault="002261BB" w:rsidP="002261BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002261BB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Överväg IVA-vård.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60BD683C" w14:textId="4532B16E" w:rsidR="00052B91" w:rsidRDefault="00052B91" w:rsidP="00052B91">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
@@ -1146,77 +1519,147 @@
       </w:r>
       <w:r w:rsidR="00C14E26">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="538075FE" w14:textId="10B4788D" w:rsidR="00C14E26" w:rsidRDefault="00C14E26" w:rsidP="00E035D7">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Patienter med svår infektion ska ha KAD och diuresen ska följas</w:t>
+        <w:t xml:space="preserve">Patienter med svår infektion ska ha KAD och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>diuresen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska följas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="612ABE8E" w14:textId="4CBA2E7D" w:rsidR="00C14E26" w:rsidRDefault="00C14E26" w:rsidP="00E035D7">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Vid septisk chock (MAP ≤90 mmHg + laktat</w:t>
+        <w:t xml:space="preserve">Vid septisk chock (MAP ≤90 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>mmHg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + laktat</w:t>
       </w:r>
       <w:r w:rsidR="00B87907">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &gt;2 mmol/l trots adekvat vätsketillförsel), organdysfunktion (anuri eller koagulopati) eller stark oro över patientens tillstånd konsultera intensivvårdsläkare</w:t>
+        <w:t xml:space="preserve"> &gt;2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B87907">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>mmol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B87907">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/l trots adekvat vätsketillförsel), organdysfunktion (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B87907">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>anuri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B87907">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B87907">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>koagulopati</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B87907">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>) eller stark oro över patientens tillstånd konsultera intensivvårdsläkare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FFF0AC3" w14:textId="2888F5C8" w:rsidR="003B3FDC" w:rsidRDefault="003B3FDC" w:rsidP="00E035D7">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Vid misstanke om antibiotikaresistens eller osäkerhet kring diagnos eller behandling – konsultera infektionsläkare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C00812" w14:textId="29ABAD02" w:rsidR="00584FA9" w:rsidRDefault="00584FA9" w:rsidP="00584FA9">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
@@ -1266,104 +1709,142 @@
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="046ECE1E" w14:textId="77777777" w:rsidR="00337340" w:rsidRDefault="00257B20" w:rsidP="00337340">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-87"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Gravida eller patienter som genomgått förlossning, abort eller missfall</w:t>
             </w:r>
             <w:r w:rsidR="004B39B9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de senaste 6 veckorna löper ökad risk om invasivt ingrepp såsom sectio, </w:t>
+              <w:t xml:space="preserve"> de senaste 6 veckorna löper ökad risk om </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004B39B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>invasivt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004B39B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ingrepp såsom </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004B39B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>sectio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004B39B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004A43D7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>exaeres eller placentalösning</w:t>
+              <w:t>exaeres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004A43D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller placentalösning</w:t>
             </w:r>
             <w:r w:rsidR="002F4CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>. Samt om pågående blödning</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65C36CD8" w14:textId="77777777" w:rsidR="002F4CBA" w:rsidRDefault="002F4CBA" w:rsidP="00337340">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-87"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Kirurgi (trauma) de senaste 6 veckorna</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="367F6DE3" w14:textId="77777777" w:rsidR="002F4CBA" w:rsidRDefault="002F4CBA" w:rsidP="00337340">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-87"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Immunsuppression</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00396E8F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> eller cytostatika</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15D229F6" w14:textId="4EBD267F" w:rsidR="00396E8F" w:rsidRPr="00337340" w:rsidRDefault="00396E8F" w:rsidP="00337340">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-87"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Kronisk sjukdom</w:t>
@@ -1413,51 +1894,65 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>RLS: medvetandesänkt eller desorienterad</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C14BF6F" w14:textId="77777777" w:rsidR="00ED0DCD" w:rsidRDefault="00ED0DCD" w:rsidP="00396E8F">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Cirkulation: hypotension, takykardi, perifert kall</w:t>
+              <w:t xml:space="preserve">Cirkulation: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>hypotension</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>, takykardi, perifert kall</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17F1164C" w14:textId="77777777" w:rsidR="00ED0DCD" w:rsidRDefault="00ED0DCD" w:rsidP="00396E8F">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Andning: andnöd, andfåddhet, lungrassel</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FDEF0C6" w14:textId="77777777" w:rsidR="00ED0DCD" w:rsidRDefault="00ED0DCD" w:rsidP="00396E8F">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
@@ -1470,127 +1965,165 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Buk: buksmärta, peritonit</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10596A39" w14:textId="77777777" w:rsidR="00CC4F14" w:rsidRDefault="00CC4F14" w:rsidP="00396E8F">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Hud: petekier, kall/fuktig, marmorering, exantem</w:t>
+              <w:t xml:space="preserve">Hud: </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>petekier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kall/fuktig, marmorering, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>exantem</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="3255B4F4" w14:textId="77777777" w:rsidR="00CC4F14" w:rsidRDefault="00CC4F14" w:rsidP="00396E8F">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>GI: kräkningar, diarré</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="734EB880" w14:textId="77777777" w:rsidR="00CC4F14" w:rsidRDefault="00CC4F14" w:rsidP="00396E8F">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Anuri</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="26C5B139" w14:textId="77777777" w:rsidR="00762525" w:rsidRDefault="00762525" w:rsidP="00396E8F">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Feber, hypotermi, frossa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="466972FF" w14:textId="623E0779" w:rsidR="00762525" w:rsidRPr="00396E8F" w:rsidRDefault="00762525" w:rsidP="00396E8F">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Laktat &gt;2 mmol/l</w:t>
+              <w:t xml:space="preserve">Laktat &gt;2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>mmol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>/l</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69A44B48" w14:textId="77777777" w:rsidR="00584FA9" w:rsidRDefault="00584FA9" w:rsidP="00E035D7">
       <w:pPr>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E4B8CC1" w14:textId="3176C1FE" w:rsidR="008343F7" w:rsidRDefault="008343F7" w:rsidP="008343F7">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Referenser och relaterad information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="625356F7" w14:textId="77777777" w:rsidR="00735EEB" w:rsidRPr="00735EEB" w:rsidRDefault="00735EEB" w:rsidP="007006CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
@@ -1598,153 +2131,177 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735EEB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Singer M, Deutschman CS, Seymour CW, et al. The Third International Consensus Definitions for Sepsis and Septic Shock (Sepsis-3). JAMA: The Journal of the American Medical Association. 2016;315:801-10. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="323C2935" w14:textId="77777777" w:rsidR="00735EEB" w:rsidRPr="00735EEB" w:rsidRDefault="00735EEB" w:rsidP="007006CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735EEB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rhodes A, Evans LE, Alhazzani W, et al. Surviving Sepsis Campaign: International Guidelines for Management of Sepsis and Septic Shock: 2016. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Rhodes A, Evans LE, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00735EEB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Critical Care Medicine. 2017. </w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Alhazzani</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00735EEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W, et al. Surviving Sepsis Campaign: International Guidelines for Management of Sepsis and Septic Shock: 2016. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00735EEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Critical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00735EEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Care Medicine. 2017. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4905AA2C" w14:textId="77777777" w:rsidR="00735EEB" w:rsidRPr="00735EEB" w:rsidRDefault="00735EEB" w:rsidP="007006CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735EEB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Läkartidningen. 2018;115:E3W9 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E20D53" w14:textId="7A72ABF2" w:rsidR="00A87411" w:rsidRDefault="00735EEB" w:rsidP="007006CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735EEB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Infektionsläkarföreningens vårdprogram </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="005903F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>Svår sepsis och septisk chock</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00735EEB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307ADA5B" w14:textId="1C3B552F" w:rsidR="00735EEB" w:rsidRDefault="00000000" w:rsidP="007006CB">
+    <w:p w14:paraId="307ADA5B" w14:textId="1C3B552F" w:rsidR="00735EEB" w:rsidRDefault="00735EEB" w:rsidP="007006CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="00735EEB" w:rsidRPr="00735EEB">
+        <w:r w:rsidRPr="00735EEB">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00735EEB" w:rsidRPr="00735EEB">
+      <w:r w:rsidRPr="00735EEB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Strama (Samverkan mot antibiotikaresistens) </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00735EEB" w:rsidRPr="007C2454">
+        <w:r w:rsidRPr="007C2454">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>Strama nationell</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00735EEB" w:rsidRPr="00735EEB">
+      <w:r w:rsidRPr="00735EEB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6DC9E1" w14:textId="76E0BDE6" w:rsidR="00776CA5" w:rsidRDefault="00000000" w:rsidP="007006CB">
+    <w:p w14:paraId="7D6DC9E1" w14:textId="76E0BDE6" w:rsidR="00776CA5" w:rsidRDefault="00CD04EB" w:rsidP="007006CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00CD04EB" w:rsidRPr="00CD04EB">
+        <w:r w:rsidRPr="00CD04EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:t>Sepsis på IVA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4EBB5D80" w14:textId="7AEE497E" w:rsidR="003F4E7F" w:rsidRDefault="00B67AD2" w:rsidP="00B67AD2">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:t>Arbetsgrupp</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17044F32" w14:textId="4EC4D917" w:rsidR="00B67AD2" w:rsidRDefault="009E41A8" w:rsidP="00207CEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1778,141 +2335,155 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Malin Andersson, barnmorska</w:t>
       </w:r>
       <w:r w:rsidR="00257D64">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, Kvinnokliniken NU</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A9089E" w14:textId="00A3EC2D" w:rsidR="00257D64" w:rsidRPr="00B67AD2" w:rsidRDefault="00257D64" w:rsidP="00207CEB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Dag Prebensen, överläkare, Kvinnokliniken NU</w:t>
+        <w:t xml:space="preserve">Dag </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Prebensen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, överläkare, Kvinnokliniken NU</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00257D64" w:rsidRPr="00B67AD2" w:rsidSect="00B96AFF">
       <w:headerReference w:type="even" r:id="rId17"/>
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="even" r:id="rId19"/>
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:headerReference w:type="first" r:id="rId21"/>
       <w:footerReference w:type="first" r:id="rId22"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C302CA6" w14:textId="77777777" w:rsidR="00B05EF8" w:rsidRDefault="00B05EF8">
+    <w:p w14:paraId="0A62D500" w14:textId="77777777" w:rsidR="00D74160" w:rsidRDefault="00D74160">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C54A5B3" w14:textId="77777777" w:rsidR="00B05EF8" w:rsidRDefault="00B05EF8">
+    <w:p w14:paraId="5D394632" w14:textId="77777777" w:rsidR="00D74160" w:rsidRDefault="00D74160">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="06FB1638" w14:textId="77777777" w:rsidR="00B05EF8" w:rsidRDefault="00B05EF8">
+    <w:p w14:paraId="2C6E974B" w14:textId="77777777" w:rsidR="00D74160" w:rsidRDefault="00D74160">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -1920,89 +2491,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2081,51 +2652,51 @@
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00111CB2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00111CB2">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2159,83 +2730,83 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="193C34FE" w14:textId="77777777" w:rsidR="00B05EF8" w:rsidRDefault="00B05EF8"/>
+    <w:p w14:paraId="495FD118" w14:textId="77777777" w:rsidR="00D74160" w:rsidRDefault="00D74160"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17573E58" w14:textId="77777777" w:rsidR="00B05EF8" w:rsidRDefault="00B05EF8">
+    <w:p w14:paraId="2964A490" w14:textId="77777777" w:rsidR="00D74160" w:rsidRDefault="00D74160">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4996EAEC" w14:textId="77777777" w:rsidR="00B05EF8" w:rsidRDefault="00B05EF8">
+    <w:p w14:paraId="39B6FE39" w14:textId="77777777" w:rsidR="00D74160" w:rsidRDefault="00D74160">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B4E36BB" w14:textId="77777777" w:rsidR="0057277B" w:rsidRDefault="0057277B">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2313,51 +2884,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666433" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="11" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2520,51 +3091,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5183,55 +5754,56 @@
   <w:num w:numId="18" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1215777439">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1145394354">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1090196170">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1044675177">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1429542097">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -5331,50 +5903,51 @@
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00266AB4"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D2838"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F4CBA"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="003055DF"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00311C9C"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="003248A3"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337340"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="00387CC4"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00391F11"/>
     <w:rsid w:val="00392C27"/>
@@ -5452,50 +6025,51 @@
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C34DF"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005F1A48"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00621920"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="006503DA"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="006650E8"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00667B04"/>
+    <w:rsid w:val="0067367A"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A288B"/>
     <w:rsid w:val="006A396B"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B6817"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C5B20"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E5F03"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007006CB"/>
     <w:rsid w:val="0070383B"/>
     <w:rsid w:val="00710B77"/>
@@ -5688,79 +6262,81 @@
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA20B4"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA5E93"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4F14"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD04EB"/>
     <w:rsid w:val="00CD6239"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00CF7533"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D67C88"/>
+    <w:rsid w:val="00D74160"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA5944"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB58DA"/>
     <w:rsid w:val="00DC102E"/>
     <w:rsid w:val="00DC1C17"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE50D2"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E035D7"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E21B90"/>
     <w:rsid w:val="00E51221"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
+    <w:rsid w:val="00EA0592"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EB6B8F"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED0DCD"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F6046A"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F912B7"/>
     <w:rsid w:val="00FB2F0F"/>
@@ -5790,51 +6366,51 @@
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8308,51 +8884,51 @@
     <w:name w:val="Tabell Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Tabell"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B6817"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8704,70 +9280,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>923</Words>
-  <Characters>4897</Characters>
+  <Words>927</Words>
+  <Characters>4914</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sepsis - diagnostik och behandling</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5809</CharactersWithSpaces>
+  <CharactersWithSpaces>5830</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Sepsis - diagnostik och behandling</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>