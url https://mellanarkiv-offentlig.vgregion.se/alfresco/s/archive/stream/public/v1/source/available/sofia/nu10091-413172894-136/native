--- v0 (2025-12-13)
+++ v1 (2026-01-10)
@@ -2674,77 +2674,84 @@
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="555" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00363BA3">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Lena Samuelsson, barnmorska</w:t>
       </w:r>
       <w:r w:rsidRPr="00363BA3">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E22BCF" w14:textId="77777777" w:rsidR="00726B63" w:rsidRDefault="00726B63" w:rsidP="00726B63">
+    <w:p w14:paraId="10E22BCF" w14:textId="2F909033" w:rsidR="00726B63" w:rsidRDefault="00726B63" w:rsidP="00726B63">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="555" w:right="855"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00363BA3">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Linn </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00363BA3">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Nilhammar</w:t>
+        <w:t>Ni</w:t>
+      </w:r>
+      <w:r w:rsidR="00133A52">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>lhammer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00363BA3">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, barnmorska</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FB760BE" w14:textId="77777777" w:rsidR="00726B63" w:rsidRDefault="00726B63" w:rsidP="00726B63">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="555" w:right="-150"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="570D7DD6">
         <w:rPr>
@@ -3035,130 +3042,116 @@
       <w:r w:rsidRPr="00726B63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Midwifery</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726B63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726B63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Womens</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726B63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Health. 2016. 61(1):</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Health. 2016. 61(1):11-20 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C58D36" w14:textId="77777777" w:rsidR="00726B63" w:rsidRPr="00395181" w:rsidRDefault="00726B63" w:rsidP="00726B63">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="424"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00395181">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Vattenförlossning, är det säkert för barn och kvinna? HTA-rapport 2019:51 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6667A279" w14:textId="04EF7EAD" w:rsidR="00F377B3" w:rsidRPr="00105461" w:rsidRDefault="00726B63" w:rsidP="008E5DEF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="424"/>
       </w:pPr>
       <w:r w:rsidRPr="00395181">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Vattenförlossning HTA-rapport 2019:51</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F377B3" w:rsidRPr="00105461" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58F9438B" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8">
+    <w:p w14:paraId="26A129AA" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57089262" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8">
+    <w:p w14:paraId="0A508F63" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2665B4C5" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8">
+    <w:p w14:paraId="4C08E696" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3353,51 +3346,51 @@
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Bildobjekt 2">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
@@ -3421,85 +3414,85 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BEFB702" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8"/>
+    <w:p w14:paraId="20D0874E" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="283D62A0" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8">
+    <w:p w14:paraId="04E4F34B" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="761D1226" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8">
+    <w:p w14:paraId="2F45279E" w14:textId="77777777" w:rsidR="001243D8" w:rsidRDefault="001243D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3529,98 +3522,98 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="0FD65030" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666433" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Bildobjekt 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -3658,51 +3651,51 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00413A60">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="570FAFC0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3735,51 +3728,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
@@ -7362,138 +7355,142 @@
   <w:num w:numId="27" w16cid:durableId="1166507309">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="334573417">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1260212244">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1010334420">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1678460276">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="382871041">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00023C12"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="00061C69"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00070E0C"/>
     <w:rsid w:val="00074B04"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A068D"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00105461"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="001243D8"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00131B50"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
+    <w:rsid w:val="00133A52"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="00167505"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E2AF3"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
@@ -7541,61 +7538,63 @@
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="004635C9"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="00473D4C"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E04AF"/>
+    <w:rsid w:val="004E07D2"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00503559"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
@@ -10827,56 +10826,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1076</Words>
-  <Characters>5703</Characters>
+  <Words>906</Words>
+  <Characters>5873</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
+  <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6766</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Vattenförlossning</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy>Ewelyn Persson</lastModifiedBy>
-  <revision>50</revision>
+  <revision>52</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>