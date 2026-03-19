--- v0 (2026-02-25)
+++ v1 (2026-03-19)
@@ -23,166 +23,269 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="061914D4" w14:textId="2178D366" w:rsidR="00184167" w:rsidRPr="006B266D" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r>
         <w:t>IBC-NM</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20EA4CC4" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D7925">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc219118621"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc223503844"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="578FC1EF" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">IBC-NM är ett doshanteringssystem som används för att planera, förbereda och administrera doser till patienter. Det används även till lager- och avfallshantering. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="410FD9A5" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D7925">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc219118622"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc223503845"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="181D7765" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Att beskriva funktioner som används i det dagliga arbetet med IBC-NM.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D7A191C" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D7925">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc219118623"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc223503846"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Förändringar i denna version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="5C4E4E4B" w14:textId="23FF081E" w:rsidR="00364C07" w:rsidRDefault="00364C07" w:rsidP="00364C07">
-      <w:pPr>
+    <w:p w14:paraId="5C4E4E4B" w14:textId="23FF081E" w:rsidR="00364C07" w:rsidRPr="00D749FD" w:rsidRDefault="00364C07" w:rsidP="00D749FD">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D749FD">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D749FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lagt till pilar till bilden</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6CD7" w:rsidRPr="00D749FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D749FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och förtydligat texten under </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7BA1" w:rsidRPr="00D749FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stycket </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D749FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>justering av redan förberedd patientdos.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7080C28E" w14:textId="2714EDF4" w:rsidR="00F34ADE" w:rsidRDefault="00F34ADE" w:rsidP="00D749FD">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D749FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lagt till hur man skriver ut lageretikett i efterhand</w:t>
+      </w:r>
+      <w:r w:rsidR="00D749FD" w:rsidRPr="00D749FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="445E9813" w14:textId="563DCF65" w:rsidR="00D749FD" w:rsidRPr="009F43BA" w:rsidRDefault="00D749FD" w:rsidP="009F43BA">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F43BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uppdaterat hur man lägger in order vid beställning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F43BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Xofigo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F43BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2541C2D2" w14:textId="09F89E71" w:rsidR="0D70FB9D" w:rsidRPr="009F43BA" w:rsidRDefault="0D70FB9D" w:rsidP="009F43BA">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F43BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...34 lines deleted...]
-        <w:t>justering av redan förberedd patientdos.”</w:t>
+        <w:t>Å</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F43BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>tgärdat interna länkar</w:t>
+      </w:r>
+      <w:r w:rsidR="009F43BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, bilaga A.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10222296" w14:textId="71EE7F9B" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49F1CB64" w14:textId="77777777" w:rsidR="00D71575" w:rsidRPr="00A3488A" w:rsidRDefault="00D71575" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F035EEE" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
@@ -191,3212 +294,3285 @@
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Innehåll</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="4" w:name="_Toc29992056"/>
     <w:bookmarkStart w:id="5" w:name="_Toc256000000"/>
     <w:bookmarkStart w:id="6" w:name="_Toc256000013"/>
     <w:bookmarkStart w:id="7" w:name="_Toc256000026"/>
     <w:bookmarkStart w:id="8" w:name="_Toc256000039"/>
     <w:bookmarkStart w:id="9" w:name="_Toc256000052"/>
     <w:bookmarkStart w:id="10" w:name="_Toc256000065"/>
-    <w:p w14:paraId="0188596D" w14:textId="1C947365" w:rsidR="00FB12B6" w:rsidRDefault="00395DFF">
+    <w:p w14:paraId="580E3BF7" w14:textId="48D611F8" w:rsidR="003C6924" w:rsidRDefault="00395DFF">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "2-4" \h \z </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc219118621" w:history="1">
-        <w:r w:rsidR="00FB12B6" w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503844" w:history="1">
+        <w:r w:rsidR="003C6924" w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
-        <w:r w:rsidR="00FB12B6">
+        <w:r w:rsidR="003C6924">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FB12B6">
+        <w:r w:rsidR="003C6924">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FB12B6">
+        <w:r w:rsidR="003C6924">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118621 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00FB12B6">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503844 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="003C6924">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00FB12B6">
+        <w:r w:rsidR="003C6924">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00FB12B6">
+        <w:r w:rsidR="003C6924">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="66DB5CF3" w14:textId="32D546C5" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="351F532A" w14:textId="54BB57FC" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118622" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503845" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Syfte</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118622 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503845 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0889B285" w14:textId="74DFF5B0" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="0DC64355" w14:textId="3EEE21D6" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118623" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503846" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar i denna version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118623 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503846 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="259247E6" w14:textId="2616C37E" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="0A11DBE3" w14:textId="7A9A5A15" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118624" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503847" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118624 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503847 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77DD0324" w14:textId="0F74A6A4" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="6A2D5C4B" w14:textId="34476B66" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118625" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503848" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Daglig kontroll</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118625 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503848 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="74CE6BF1" w14:textId="1698BD6E" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="693A985D" w14:textId="3AE4B29E" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118626" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503849" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mätning av aktivitet</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118626 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503849 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2E100419" w14:textId="589D91EA" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="07F40FF0" w14:textId="43DDBFAC" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118627" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503850" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Beredning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118627 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503850 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3779FD30" w14:textId="24DE95A5" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="39143019" w14:textId="33AEDC72" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118628" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503851" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Byte av generatorns NaCl-flaska</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118628 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503851 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5DF2E690" w14:textId="2A097CFC" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="5685F49D" w14:textId="37215E8B" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118629" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503852" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mo-mätning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118629 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503852 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A841122" w14:textId="4B69C286" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="6C061A73" w14:textId="04EDAB78" w:rsidR="003C6924" w:rsidRDefault="003C6924">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc223503853" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Skriva ut lageretikett i efterhand</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503853 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00C13AD8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4131B1CD" w14:textId="6CFB265D" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118630" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503854" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förbereda patientdos</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118630 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503854 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="479211A1" w14:textId="5874A629" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="2A7EE169" w14:textId="4A32DEF7" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118631" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503855" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Justering av redan förberedd patientdos</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118631 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503855 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49BB23E1" w14:textId="54D83A17" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="609A4E1D" w14:textId="5773AC39" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118632" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503856" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Skriva ut sprutetikett i efterhand</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118632 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503856 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B5C5923" w14:textId="3DD62924" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="1AB387A1" w14:textId="05674BB0" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118633" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503857" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förbereda ”Ad-Hoc dos” (spruta utan patientinfo)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118633 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503857 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10D46ADC" w14:textId="350566C0" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="7466DDD6" w14:textId="38E491D7" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118634" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503858" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Administrera patientdos</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118634 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503858 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="401436EA" w14:textId="39D590FD" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="29595D58" w14:textId="40AB08DA" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118635" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503859" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mäta restaktivitet</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118635 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503859 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="628B834D" w14:textId="3A3FF28E" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="645EC385" w14:textId="3D255F5C" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118636" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503860" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vilken aktivitet har patienten fått?</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118636 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503860 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D390814" w14:textId="2B1824C4" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="227FBB41" w14:textId="6117B987" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118637" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503861" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Avbruten injektion</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118637 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503861 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FF79858" w14:textId="130E5193" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="193F82B5" w14:textId="2A6DBA94" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118638" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503862" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Extravasering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118638 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503862 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="489C40D5" w14:textId="3015158A" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="34862848" w14:textId="405B3842" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118639" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503863" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hantering av patient- och/eller undersökningsinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118639 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503863 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D70158E" w14:textId="3D7D01F1" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="19C4136C" w14:textId="7C50EF20" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118640" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503864" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Lägga in undersökning manuellt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118640 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503864 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3FF7AAD3" w14:textId="085B759D" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="1229D1BB" w14:textId="42A9F26B" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118641" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503865" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ändra undersökningstyp</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118641 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503865 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B612A02" w14:textId="34B0949B" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="695FAEF3" w14:textId="18DB6FDB" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118642" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503866" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Lägg till/ändra patientens längd/vikt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118642 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503866 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="799561E5" w14:textId="284A0E5B" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="16C78D13" w14:textId="144A6F28" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118643" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503867" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ändra injektionstid</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118643 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503867 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="72D97FDB" w14:textId="2DC969AB" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="007BE1DB" w14:textId="6DD56ACC" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118644" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503868" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ändra ordinerad aktivitet</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118644 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503868 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D0AE388" w14:textId="79147D80" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="2B943AC5" w14:textId="510C8E05" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118645" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503869" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Lagerhantering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118645 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503869 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45C78C55" w14:textId="31AF99AD" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="709F517C" w14:textId="51410661" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118646" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503870" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Orderråd och orderhantering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118646 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503870 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="135F6E00" w14:textId="75520D51" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="2B05F70D" w14:textId="4C335DCF" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118647" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503871" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Boka lager från order</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118647 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503871 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F0BB6AA" w14:textId="1153F727" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="1EE3664C" w14:textId="1F660132" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118648" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503872" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Boka lager</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118648 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503872 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F6B683C" w14:textId="6CE6BB25" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="14D82A68" w14:textId="28B1376E" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118649" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503873" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Skicka lager mellan sjukhusen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118649 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503873 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="268A7C6C" w14:textId="12D68E69" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="43DFA57B" w14:textId="1CC6ECF9" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118650" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503874" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Lagerjustering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118650 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503874 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29D3FEAC" w14:textId="1D78412A" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="75DC4762" w14:textId="7266D7EA" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118651" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503875" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Avfallshantering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118651 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503875 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44DDD23E" w14:textId="401128C3" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="1EAB636E" w14:textId="44DE98B5" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118652" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503876" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ta bort och skapa nya avfallsbehållare</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118652 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503876 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CD7727D" w14:textId="03D6098E" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="30122AEF" w14:textId="3AAD4E18" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118653" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503877" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tc-99m</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118653 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503877 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="404FD058" w14:textId="020D246F" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="4405E09A" w14:textId="18F798E1" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118654" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503878" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Xofigo och SeHCAT</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118654 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503878 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50F89CE1" w14:textId="1E6C35F0" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="30863C41" w14:textId="30B69582" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118655" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503879" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mo99-generator</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118655 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503879 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6CA74691" w14:textId="33DF0801" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="28C247F5" w14:textId="79C53077" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118656" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503880" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referenser</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118656 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503880 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="684B18EB" w14:textId="73CA208F" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="404F3A46" w14:textId="068563DB" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118657" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503881" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga A – Undersökningar med särskild hantering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118657 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503881 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2407CD1C" w14:textId="2A222D1A" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="3A7B7914" w14:textId="30A32867" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118658" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503882" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Lungskintigrafi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118658 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503882 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A546790" w14:textId="3DCF448C" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="2DE0D274" w14:textId="20E76468" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118659" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503883" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ventrikeltömning med Pulmocis</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118659 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503883 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7315E895" w14:textId="031D2A03" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="24F66BFB" w14:textId="6DDCFCD6" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118660" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503884" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Skelettskintigrafi med Teceos</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118660 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503884 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A88A433" w14:textId="72A7D962" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="1C994CBC" w14:textId="14AD40CE" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118661" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503885" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>SN bröst dagen före operation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118661 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503885 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57100CF8" w14:textId="0B099B9A" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="402185E3" w14:textId="58EB15B0" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118662" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503886" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>SeHCAT</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118662 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503886 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1DCE7B22" w14:textId="38C1CFBB" w:rsidR="00FB12B6" w:rsidRDefault="00FB12B6">
+    <w:p w14:paraId="611A3B24" w14:textId="543FBE1D" w:rsidR="003C6924" w:rsidRDefault="003C6924">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9054"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc219118663" w:history="1">
-        <w:r w:rsidRPr="00C82643">
+      <w:hyperlink w:anchor="_Toc223503887" w:history="1">
+        <w:r w:rsidRPr="00854B4F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga B – Vanliga fel/problem</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc219118663 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223503887 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0090620E">
+        <w:r w:rsidR="00C13AD8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>26</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F8504FB" w14:textId="1556968E" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00395DFF" w:rsidP="00A3488A">
+    <w:p w14:paraId="0F8504FB" w14:textId="465BC093" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00395DFF" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D1CC268" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="535B1CF2" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D7925">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc219118624"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="11" w:name="_Toc223503847"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Utförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="697251D8" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>IBC-NM används dagligen till:</w:t>
       </w:r>
@@ -3587,51 +3763,51 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="2001520"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C74ACF" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc219118625"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc223503848"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Daglig kontroll</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="6F8DCD40" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Utför daglig kontroll av aktivitetsmätare enligt </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
         <w:r w:rsidRPr="00A3488A">
@@ -3652,52 +3828,53 @@
     </w:p>
     <w:p w14:paraId="2E07F93A" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="02F0EBFC" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc219118626"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="14" w:name="_Toc223503849"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Mätning av aktivitet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="6F99C1B7" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>För att mäta kan man använda ”startfönstret”. Denna aktiveras/inaktiveras genom att trycka på symbolen i nedre högra hörnet. Det är då viktigt att kontrollera så att den är inställd på rätt nuklid. Nukliden ändras beroende på tidigare mätningar, exempelvis efter Mo-mätning kommer nukliden vara inställd på Mo-99 och då måste man ändra detta manuellt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78A978E6" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4046,52 +4223,53 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Beredning"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57459B62" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc219118627"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="16" w:name="_Toc223503850"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Beredning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="2466DD50" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4542,52 +4720,53 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4306C0" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc219118628"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="17" w:name="_Toc223503851"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Byte av generatorns </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>-flaska</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="2866ED96" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Om </w:t>
@@ -4599,57 +4778,58 @@
         </w:rPr>
         <w:t>NaCl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">-flaskan behöver bytas under veckan ska den nya flaskans </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>batchnummer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> skrivas in i kommentaren som tillhör den aktuella generatorn. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB5544F" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="0FB5544F" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00DC58B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D8C43F9" wp14:editId="3918A87C">
             <wp:extent cx="214842" cy="276225"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="556628925" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -4667,57 +4847,58 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="216919" cy="278895"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att öppna Lagerhantering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A7012BF" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="3A7012BF" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00DC58B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Markera aktuell generator och klicka på mätsymbolen </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02046ECC" wp14:editId="7F1B421A">
             <wp:extent cx="246646" cy="260350"/>
             <wp:effectExtent l="0" t="0" r="1270" b="6350"/>
             <wp:docPr id="497995291" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4741,160 +4922,171 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788BFE21" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="788BFE21" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00DC58B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A3488A">
-[...6 lines deleted...]
-    <w:p w14:paraId="2DA1228A" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Scanna</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tillhörande etikett.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA1228A" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00DC58B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Lägg till i kommentaren: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>batchnummer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för den nya flaskan samt när den byttes ut. (Ta inte bort tidigare flaska utan lägg till ny rad under).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B6C700" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
-[...2 lines deleted...]
-        <w:ind w:left="360"/>
+    <w:p w14:paraId="19B6C700" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00DC58B0">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53C3CFEA" wp14:editId="1A0C2724">
             <wp:extent cx="3124200" cy="584327"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="1691005834" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, Rektangel&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1691005834" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, Teckensnitt, Rektangel&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3152581" cy="589635"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13FD0DB0" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="13FD0DB0" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00DC58B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F464F77" wp14:editId="27637BB2">
             <wp:extent cx="213360" cy="200025"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="680347255" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4910,158 +5102,512 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="213393" cy="200056"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att spara.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E02E5BD" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="6E02E5BD" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00DC58B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Ingen ny etikett behöver skrivas ut.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00346479" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc219118629"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc223503852"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Mo-mätning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="74FF1D24" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Efter första </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>elueringen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> av en ny generator ska Mo-genombrottsmätning utföras enligt </w:t>
       </w:r>
       <w:hyperlink r:id="rId26">
         <w:r w:rsidRPr="00A3488A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Hantering av generator i beredningsrum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="19" w:name="_Toc197523940"/>
+    </w:p>
+    <w:p w14:paraId="4E3F359C" w14:textId="77777777" w:rsidR="00706CA1" w:rsidRPr="00706CA1" w:rsidRDefault="00706CA1" w:rsidP="00706CA1">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Förbered_patientdos"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc222743401"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc223503853"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00706CA1">
+        <w:t>Skriva ut lageretikett i efterhand</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="69F87896" w14:textId="77777777" w:rsidR="00706CA1" w:rsidRPr="00706CA1" w:rsidRDefault="00706CA1" w:rsidP="00DC58B0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EF5A229" wp14:editId="705AE6D1">
+            <wp:extent cx="214842" cy="276225"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1843529939" name="Bildobjekt 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="556628925" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="216919" cy="278895"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för att öppna Lagerhantering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C37074D" w14:textId="77777777" w:rsidR="00706CA1" w:rsidRPr="00706CA1" w:rsidRDefault="00706CA1" w:rsidP="00DC58B0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Markera aktuell lagervara och klicka på förstoringsglaset</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A55DDA7" wp14:editId="7B254813">
+            <wp:extent cx="232204" cy="209549"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
+            <wp:docPr id="588413390" name="Bildobjekt 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="588413390" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId27"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="237949" cy="214734"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66201BFE" w14:textId="77777777" w:rsidR="00706CA1" w:rsidRPr="00706CA1" w:rsidRDefault="00706CA1" w:rsidP="00DC58B0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Scanna</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tillhörande etikett (eller skriv in lager-ID med siffran 1 framför).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78DEC566" w14:textId="77777777" w:rsidR="00706CA1" w:rsidRPr="00706CA1" w:rsidRDefault="00706CA1" w:rsidP="00DC58B0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Klicka på etikettsymbolen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="604AFD22" wp14:editId="37DDE17C">
+            <wp:extent cx="260350" cy="205858"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="3810"/>
+            <wp:docPr id="1480218078" name="Bildobjekt 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2124565323" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId28"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="263366" cy="208242"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1547CA00" w14:textId="77777777" w:rsidR="00706CA1" w:rsidRPr="00706CA1" w:rsidRDefault="00706CA1" w:rsidP="00DC58B0">
+      <w:pPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>OBS!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vid utskrift av etikett till generator måste man först trycka på knappen ”Original”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56202D9C" wp14:editId="2B82922A">
+            <wp:extent cx="228600" cy="266700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="317386391" name="Bildobjekt 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="317386391" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId29"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm flipH="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="230475" cy="268888"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för att rätt aktivitet ska hamna på etiketten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1D23DC" w14:textId="77777777" w:rsidR="00706CA1" w:rsidRPr="00706CA1" w:rsidRDefault="00706CA1" w:rsidP="00DC58B0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706CA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Skriv ut etikett och säkerställ att informationen på den stämmer.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7A0DEE34" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Förbered_patientdos"/>
-      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="03784059" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc219118630"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="23" w:name="_Toc223503854"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Förbereda patientdos</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="374948C2" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Ett fåtal undersökningar (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Lungskintigrafi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
@@ -5159,51 +5705,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E8D31FC" wp14:editId="79C34D9C">
             <wp:extent cx="219075" cy="225334"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="710116908" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="710116908" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27"/>
+                    <a:blip r:embed="rId30"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="222394" cy="228748"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att komma till listan med planerade sprutor.</w:t>
       </w:r>
@@ -5331,51 +5877,51 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{775DEF40-916A-49A8-01B6-B4205E230EB6}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Bildobjekt 4" descr="En bild som visar text, skärmbild, Teckensnitt, linje&#10;&#10;AI-genererat innehåll kan vara felaktigt.">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{775DEF40-916A-49A8-01B6-B4205E230EB6}"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28"/>
+                    <a:blip r:embed="rId31"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="937260"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="228964B2" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
@@ -5458,55 +6004,63 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Vid behov kan injektionstiden justeras ytterligare överst i dispenseringsfönstret.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AFD079B" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A3488A">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Scanna </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Scanna</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>kitflaskan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5819C8F5" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
@@ -5520,51 +6074,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A9597F2" wp14:editId="6FF8C25F">
             <wp:extent cx="3905250" cy="2483808"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1663027188" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1663027188" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29"/>
+                    <a:blip r:embed="rId32"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3938992" cy="2505269"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="703F3E63" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
@@ -5586,51 +6140,51 @@
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BEAFC11" wp14:editId="10D4E9C7">
             <wp:extent cx="278130" cy="170321"/>
             <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
             <wp:docPr id="1622526002" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30" r:link="rId31">
+                    <a:blip r:embed="rId33" r:link="rId34">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="300064" cy="183753"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -5750,50 +6304,51 @@
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25F24261" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I den röda cirkeln i bilden nedan står vilken aktivitet som behöver dras upp för att aktiviteten ska vara korrekt vid injektionstiden (står högst upp i rutan och går att redigera vid behov). OBS! Glöm inte att lägga till aktivitet</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:strike/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>för att kompensera för det som fastnar i sprutan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E946D3" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
@@ -5925,51 +6480,51 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="38000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:shapetype w14:anchorId="52D3D8CA" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="Rak pilkoppling 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:353.9pt;margin-top:130.95pt;width:62.75pt;height:3.6pt;flip:x;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5+WL2AgIAAAQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadqy3d1WTffQsnBA&#10;sGJBnKf+SCw5tjV2m/bfM3aypYC4IHKwPLbnzXszL+uHU2fZUWE03tV8Nplyppzw0rim5t++Pr65&#10;5ywmcBKsd6rmZxX5w+b1q3UfVmruW2+lQkYgLq76UPM2pbCqqiha1UGc+KAcXWqPHSQKsakkQk/o&#10;na3m0+lt1XuUAb1QMdLpbrjkm4KvtRLps9ZRJWZrTtxSWbGs+7xWmzWsGoTQGjHSgH9g0YFxVPQC&#10;tYME7IDmD6jOCPTR6zQRvqu81kaoooHUzKa/qXluIaiihZoTw6VN8f/Bik/HrXtCakMf4iqGJ8wq&#10;Tho7pq0JH2imRRcxZafStvOlbeqUmKDDu+Xtcr7gTNDVzeJutsxdrQaUjBYwpvfKdyxvah4Tgmna&#10;tPXO0Xw8DhXg+DGmIfElISc7/2isLWOyjvU1ny9upjRJAeQWbSHRtguSYF3DGdiGbCgSFtLRWyNz&#10;egaK2Oy3FtkRshXKN/L85VmuvYPYDu/K1WCSBMa+c5KlcyAfJzTgGqtGCOtyCVUMRzJy4A9J4XMr&#10;e7a3B/wCRJGIZ+rS5DaQe4eA3JgllQh9+m5SWwaf+/w34vkcbGhhoPn2PmcPzRt1lglcOJToil71&#10;c9p5t/fyXExQzslq5f34W2QvX8e0v/55Nz8AAAD//wMAUEsDBBQABgAIAAAAIQCMK8LQ3gAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtZW4VNROI/UnjVMhEA/Qnwdw4yWxYq+j&#10;2E0CT497guPOjma+KY+zs2zEIRhPErKVAIZUe22okXC9fL7ugIWoSCvrCSV8Y4Bj9fxUqkL7iU44&#10;nmPDUgiFQkloY+wLzkPdolNh5Xuk9Pvyg1MxnUPD9aCmFO4sXwux4U4ZSg2t6vG9xbo7350ELcJ4&#10;6fJTtpy62n3YHzMuJyPly2J+OwCLOMc/MzzwEzpUienm76QDsxK2YpvQo4T1JtsDS45dnufAbg9l&#10;nwGvSv5/Q/ULAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAefli9gICAAAEBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAjCvC0N4AAAALAQAADwAA&#10;AAAAAAAAAAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" strokeweight="2pt">
                 <v:stroke endarrow="block"/>
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B023300" wp14:editId="5E6B59A5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3161030</wp:posOffset>
@@ -6001,51 +6556,51 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="38000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:shape w14:anchorId="7A62A647" id="Rak pilkoppling 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:248.9pt;margin-top:59.7pt;width:163pt;height:8.05pt;flip:x y;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQEn5ABAIAABAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02PEzEMvSPxH6Lc6Uy7LKyqTvfQsnBA&#10;sGL5OLtJZiZSJomctNP+e+xMKQXEBTGHyI5j+/n5zer+ODhxMJhs8I2cz2opjFdBW9818svnhxd3&#10;UqQMXoML3jTyZJK8Xz9/thrj0ixCH5w2KKiIT8sxNrLPOS6rKqneDJBmIRpPwTbgAJlc7CqNMFL1&#10;wVWLun5VjQF1xKBMSnS7nYJyXeq3rVH5Y9smk4VrJGHL5cRy7vis1itYdgixt+oMA/4BxQDWU9NL&#10;qS1kEHu0f5QarMKQQptnKgxVaFurTJmBppnXv03z1EM0ZRYiJ8ULTen/lVUfDhv/iETDGNMyxUfk&#10;KY4tDqJ1Nr6jncpifWWLY4RZHAuBpwuB5piFostF/ZqmIJ4Vxeb1YnFzywxXU0XOjpjyWxMGwUYj&#10;U0awXZ83wXvaVcCpBxzepzwl/kjgZB8erHNlZc6LkfrdvizdgJTTOsjUeIiayvpOCnAdSVJlLLBT&#10;cFZzOhdK2O02DsUBWBblO+P85Rn33kLqp3clNAkmg3VvvBb5FEnTGS34zplzCee5hSniozHYCfts&#10;8KnXo9i5PX4CgkjAGbq2TAMpeXJImTxS8TDkbzb3RQTM9N+A8z242MME8+aOsyfyznOWDVwwFO8K&#10;XvVz82ztgj4VQZR7kl15f/5FWNfXPtnXP/L6OwAAAP//AwBQSwMEFAAGAAgAAAAhAAodOd7fAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHgx7UIpFpClMU304gn00OMCIxDZ&#10;WWS3Lf57x1M9znsvb76X7xczijPObrCkIFwHIJAa2w7UKfh4f1klIJzX1OrREir4QQf74vYm11lr&#10;L1TiufKd4BJymVbQez9lUrqmR6Pd2k5I7H3a2WjP59zJdtYXLjej3ATBozR6IP7Q6wkPPTZf1cko&#10;+C5fTRgdjtGuTCymD91blcS1Uvd3y/MTCI+Lv4bhD5/RoWCm2p6odWJUsE13jO7ZCNMtCE4km4iV&#10;mpUojkEWufy/ofgFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEBJ+QAQCAAAQBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACh053t8AAAALAQAA&#10;DwAAAAAAAAAAAAAAAABeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" strokeweight="2pt">
                 <v:stroke endarrow="block"/>
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="575AF631" wp14:editId="57A39B2D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2980054</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>510540</wp:posOffset>
                 </wp:positionV>
@@ -6073,51 +6628,51 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="38000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:shape w14:anchorId="1CF30587" id="Rak pilkoppling 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:234.65pt;margin-top:40.2pt;width:179.25pt;height:8.25pt;flip:x;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8MxufAgIAAAYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkaVMEcXpI1u0w&#10;bMW6YmdGH7YAWRIoJU7+/Sg5zbIVuwzzQSAp8fGRfF7dH3vLDgqj8a7h00nNmXLCS+Pahj9/f3h3&#10;x1lM4CRY71TDTyry+/XbN6shLNXMd95KhYxAXFwOoeFdSmFZVVF0qoc48UE5utQee0jkYltJhIHQ&#10;e1vN6vq2GjzKgF6oGCm6HS/5uuBrrUT6qnVUidmGE7dUTiznLp/VegXLFiF0RpxpwD+w6ME4KnqB&#10;2kICtkfzCqo3An30Ok2E7yuvtRGq9EDdTOs/unnqIKjSCw0nhsuY4v+DFV8OG/eINIYhxGUMj5i7&#10;OGrsmbYmfKKdlr6IKTuWsZ0uY1PHxAQFZ7PF7Xxxw5mgu2k9X5BNgNWIk/ECxvRR+Z5lo+ExIZi2&#10;SxvvHG3I41gDDp9jGhNfEnKy8w/G2rIo69hA9W7mNe1SAOlFW0hk9kESrGs5A9uSEEXCQjt6a2RO&#10;z0AR293GIjtAFkP5zjx/e5ZrbyF247tyNcokgbEfnGTpFEjJCQ241qozhHW5hCqSozay4/dJ4VMn&#10;B7aze/wGRJGIZ+rS5DGQfkeH9JhbKh769MOkrqw+T/pvxHMcbOhgpPn+LmePwzv3WTZw4VC8K3rV&#10;r31na+flqcigxEls5f35x8hqvvbJvv591z8BAAD//wMAUEsDBBQABgAIAAAAIQAK1R323QAAAAkB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9JTsQwEEX3SNzBKiQ2LdruQSEJqbQQiAP0cAB3XCRWPESx&#10;OwmcHrOCZame/n+/OizWsInGoL1D2KwFMHKNV9q1CJfzx1MOLETplDTeEcIXBTjU93eVLJWf3ZGm&#10;U2xZCnGhlAhdjEPJeWg6sjKs/UAu/T79aGVM59hyNco5hVvDt0Jk3ErtUkMnB3rrqOlPN4ugRJjO&#10;/e64Wc19Y9/Nt55Ws0Z8fFheX4BFWuIfDL/6SR3q5HT1N6cCMwj7rNglFCEXe2AJyLfPacsVocgK&#10;4HXF/y+ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8MxufAgIAAAYEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAK1R323QAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAFwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" strokeweight="2pt">
                 <v:stroke endarrow="block"/>
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A850456" wp14:editId="1C041BCE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>5262880</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>363855</wp:posOffset>
                 </wp:positionV>
@@ -6389,51 +6944,51 @@
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:oval w14:anchorId="4786ADD2" id="Ellips 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:245.85pt;margin-top:195.4pt;width:62.25pt;height:26.25pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANZXh/hQIAACsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtP2zAUfp+0/2D5fSQtLZeKFFUgpkkI&#10;0MrE86ljN5Yc27PdpuzX7xwntN3gaVoenHPzd+6+ut61hm1liNrZio9OSs6kFa7Wdl3xH893Xy44&#10;iwlsDcZZWfFXGfn1/POnq87P5Ng1ztQyMASxcdb5ijcp+VlRRNHIFuKJ89KiUrnQQkI2rIs6QIfo&#10;rSnGZXlWdC7UPjghY0Tpba/k84yvlBTpUakoEzMVx9hSPkM+V3QW8yuYrQP4RoshDPiHKFrQFp3u&#10;oW4hAdsE/Q6q1SK46FQ6Ea4tnFJayJwDZjMq/8pm2YCXORcsTvT7MsX/Bysetkv/FLAMnY+ziCRl&#10;sVOhpT/Gx3a5WK/7YsldYgKF55fl9HzKmUDVKX5II0pxuOxDTF+laxkRFZfGaB8pHZjB9j6m3vrN&#10;isTW3WljckuMZR3OE/rArgnAyVAGEpKtryse7ZozMGscOZFChozO6JquE1AM69WNCWwL1PbybHx5&#10;MQT3hxn5voXY9HZZNZgZSzAyDxCGSozbJBmWTd2xldmE74BhTEr8OKs15Tc+HRicrmnWoCq49KJT&#10;kxtJFfwguIxBcjC+gT6U0ylh9QUacsml3ceQuaPwikP3iFq5+vUpkHdyyqIXdxpzvYeYniDggKMQ&#10;lzY94qGMw0q7geKsceHXR3Kyx7lDLWcdLgx24ecGguTMfLM4kZejyQRhU2Ym0/MxpX+sWR1r7Ka9&#10;cdicUY4uk2SfzBupgmtfcLcX5BVVYAX67vs9MDepX2R8HYRcLLIZbpWHdG+XXhA41ZW6/Lx7geCH&#10;SUw4wg/ubbneTWNvSzetW2ySUzqP6qGuWHxicCNzG4bXg1b+mM9Whzdu/hsAAP//AwBQSwMEFAAG&#10;AAgAAAAhAHLyspvhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyonYdC&#10;E+JUPIQE3SBaBFs3HpKI2I5iN0n5eoYVLEf36M655WYxPZtw9J2zEqKVAIa2drqzjYS3/ePVGpgP&#10;ymrVO4sSTuhhU52flarQbravOO1Cw6jE+kJJaEMYCs593aJRfuUGtJR9utGoQOfYcD2qmcpNz2Mh&#10;Mm5UZ+lDqwa8b7H+2h2NhLvt9/Mp5mYZxMf7k5/9lD+kL1JeXiy3N8ACLuEPhl99UoeKnA7uaLVn&#10;vYQ0j64JlZDkgjYQkUVZDOxAUZokwKuS/99Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQANZXh/hQIAACsFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBy8rKb4QAAAAsBAAAPAAAAAAAAAAAAAAAAAN8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" filled="f" strokecolor="#006298" strokeweight="1.5pt">
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="411C9818" wp14:editId="01039761">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2418080</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1043940</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="723900" cy="285750"/>
@@ -6458,51 +7013,51 @@
                           <a:solidFill>
                             <a:srgbClr val="C00000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:oval w14:anchorId="0FDA1328" id="Ellips 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:190.4pt;margin-top:82.2pt;width:57pt;height:22.5pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLe7EXjQIAACsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kydoGdYogRYcB&#10;RVssHXpmZCkWIEuapMTpfv1I2U2ydadhOTikSD0+fun6Zt8atpMhamcrPjorOZNWuFrbTcW/P999&#10;uuQsJrA1GGdlxV9l5Dfzjx+uOz+TY9c4U8vAEMTGWecr3qTkZ0URRSNbiGfOS4tG5UILCdWwKeoA&#10;HaK3phiX5eeic6H2wQkZI57e9kY+z/hKSZEelYoyMVNx5JbyN+Tvmr7F/BpmmwC+0WKgAf/AogVt&#10;MegB6hYSsG3Q76BaLYKLTqUz4drCKaWFzDlgNqPyj2xWDXiZc8HiRH8oU/x/sOJht/JPAcvQ+TiL&#10;KFIWexVa+kd+bJ+L9XooltwnJvDwYnx+VWJJBZrGl9OLaS5mcbzsQ0xfpGsZCRWXxmgfKR2Ywe4+&#10;JoyJ3m9edGzdnTYmt8RY1uE8XZUIywTgZCgDCcXW1xWPdsMZmA2OnEghQ0ZndE3XCSiGzXppAtsB&#10;tn1Z0o86jeF+c6PYtxCb3i+bBjdjCUbmAUKqpLhtkmHV1B1bm234BkhjkoFZrSm/8TlFQQWna5ot&#10;qAWXXnRqciOpgu/IEQJeo3MwvoGeyvmUDgfGfS6Z/YFD1k7oFcfukbR29etToOi5edGLO4253kNM&#10;TxBwwJEaLm16xI8yDivtBomzxoWffzsnf5w7tHLW4cJgF35sIUjOzFeLE3k1mkwQNmVlMr0YU/qn&#10;lvWpxW7bpcPmjPB58CKL5J/Mm6iCa19wtxcUFU1gBcbu+z0oy9QvMr4OQi4W2Q23ykO6tysvCJzq&#10;Sl1+3r9A8MMkJhzhB/e2XO+msfelm9YttskpnUf1WFcsPim4kbkNw+tBK3+qZ6/jGzf/BQAA//8D&#10;AFBLAwQUAAYACAAAACEAGiIvrN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VIXCrq0JooDXEqVAk4cKJF6tWNlyQiXke224S/ZznBcXZGM2+r7ewGccEQe08a7pcZCKTG255a&#10;DR+H57sCREyGrBk8oYZvjLCtr68qU1o/0Tte9qkVXEKxNBq6lMZSyth06Exc+hGJvU8fnEksQytt&#10;MBOXu0GusiyXzvTEC50Zcddh87U/Ow0vxXHcrafF6/HB5NMC53Cg+Kb17c389Agi4Zz+wvCLz+hQ&#10;M9PJn8lGMWhYFxmjJzZypUBwQm0UX04aVtlGgawr+f+H+gcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBLe7EXjQIAACsFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAaIi+s3wAAAAsBAAAPAAAAAAAAAAAAAAAAAOcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA8wUAAAAA&#10;" filled="f" strokecolor="#c00000" strokeweight="1.5pt">
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01D322BC" wp14:editId="1BE82625">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3227705</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1282065</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2032000" cy="76200"/>
@@ -6529,51 +7084,51 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="38000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:shape w14:anchorId="4240BBE1" id="Rak pilkoppling 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:254.15pt;margin-top:100.95pt;width:160pt;height:6pt;flip:x y;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwnYJHAQIAAA8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU02PEzEMvSPxH6Lc6XS7sKyqne6hZeGA&#10;YMXycXbzMRMpk0RO2mn/PXamlALigphDZMex/fz85u7+MHixN5hdDK28ms2lMEFF7ULXyi+fH17c&#10;SpELBA0+BtPKo8nyfvX82d2YlmYR++i1QUFFQl6OqZV9KWnZNFn1ZoA8i8kECtqIAxRysWs0wkjV&#10;B98s5vObZoyoE0ZlcqbbzRSUq1rfWqPKR2uzKcK3krCVemI9t3w2qztYdgipd+oEA/4BxQAuUNNz&#10;qQ0UEDt0f5QanMKYoy0zFYcmWuuUqTPQNFfz36Z56iGZOguRk9OZpvz/yqoP+3V4RKJhTHmZ0yPy&#10;FAeLg7DepXe0U1mtr2xxjDCLQyXweCbQHIpQdLmYX9NSiGdFsdc3ZDPBzVSQkxPm8tbEQbDRylwQ&#10;XNeXdQyBVhVxagH797lMiT8SODnEB+d93ZgPYqR2r17WZkDCsR4K9R2SprKhkwJ8R4pUBSvqHL3T&#10;nM6FMnbbtUexB1ZF/U44f3nGvTeQ++ldDU16KeD8m6BFOSaSdEEHofPmVMIHbmGq9mgMduKuGHzq&#10;9Si2foefgCAScIauHdPAnFWHhMkjVQ9j+eZKXzXARP8NON+DTz1MMK9vOXsi7zRn3cAZQ/Uu4DU/&#10;F8/WNupj1UO9J9XV96c/hGV96ZN9+R+vvgMAAP//AwBQSwMEFAAGAAgAAAAhAPxuTPbfAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOhDAQhu8mvkMzJl6M2wJZLUjZmE304gn04LHQEYh0irS7&#10;i29v9+Qe558v/3xT7lY7sSMufnSkINkIYEidMyP1Cj7eX+4lMB80GT05QgW/6GFXXV+VujDuRDUe&#10;m9CzWEK+0AqGEOaCc98NaLXfuBkp7r7cYnWI49Jzs+hTLLcTT4V44FaPFC8Mesb9gN13c7AKfupX&#10;m2T7z+yxlg7zu/6tkdtWqdub9fkJWMA1/MNw1o/qUEWn1h3IeDYp2AqZRVRBKpIcWCRkek7amCRZ&#10;Drwq+eUP1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMJ2CRwECAAAPBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/G5M9t8AAAALAQAADwAA&#10;AAAAAAAAAAAAAABbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" strokeweight="2pt">
                 <v:stroke endarrow="block"/>
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="340C1FFC" wp14:editId="5033DD20">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>5272405</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1240155</wp:posOffset>
                 </wp:positionV>
@@ -6934,82 +7489,82 @@
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="38000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:shape w14:anchorId="5CAC23AF" id="Rak pilkoppling 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:322.4pt;margin-top:153.15pt;width:94pt;height:6.5pt;flip:x;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDt0UfOAAIAAAUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG2hqFRN99CycECw&#10;2gVxnjp2YsmxrfG0af+esdMtBcQFkYPlsT1v3rx5Wd+deieOGpMNvpazyVQK7VVorG9r+e3r/aul&#10;FInAN+CC17U86yTvNi9frIe40vPQBddoFAzi02qIteyI4qqqkup0D2kSovZ8aQL2QBxiWzUIA6P3&#10;rppPp2+rIWATMSidEp/uxku5KfjGaEVfjEmahKslc6OyYln3ea02a1i1CLGz6kID/oFFD9Zz0SvU&#10;DgjEAe0fUL1VGFIwNFGhr4IxVunSA3czm/7WzVMHUZdeWJwUrzKl/werPh+3/gFZhiGmVYoPmLs4&#10;GeyFcTZ+5JmWvpipOBXZzlfZ9ImE4sPZ7N3r5ZTVVXy3nC8WRdZqhMlwERN90KEXeVPLRAi27Wgb&#10;vOcBBRxLwPFTIibCic8JOdmHe+tcmZPzYqjlfPGmFAO2i3FAXLePDcP6VgpwLftQERbWKTjb5PQM&#10;lLDdbx2KI2QvlC+Pn8v98izX3kHqxnflanQJgXXvfSPoHNnIhBZ86/QFwvlcQhfHcRs5CAfS+NQ1&#10;g9i7Az4CU2TimXpjswxs3zFgO+aWSoSBvlvqyuSz0H8jns/BxQ5Gmln/Z9UvfZbOrhxKdEOv+jnu&#10;vNuH5lxcUM7Za+X95b/IZr6NeX/7925+AAAA//8DAFBLAwQUAAYACAAAACEAH623t90AAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPS07DMBCG90jcwRokNhW101RRSeNUCMQB+jiAG7uJFXscxW4S&#10;OD3DCpb/Q/98Ux0W79hkxmgDSsjWApjBJmiLrYTL+fNlBywmhVq5gEbCl4lwqB8fKlXqMOPRTKfU&#10;MhrBWCoJXUpDyXlsOuNVXIfBIGW3MHqVSI4t16Oaadw7vhGi4F5ZpAudGsx7Z5r+dPcStIjTuc+P&#10;2WruG//hvu20mq2Uz0/L2x5YMkv6K8MvPqFDTUzXcEcdmZNQbLeEniTkosiBUWOXb8i5kpO95sDr&#10;iv//of4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7dFHzgACAAAFBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAH623t90AAAALAQAADwAAAAAA&#10;AAAAAAAAAABaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" strokeweight="2pt">
                 <v:stroke endarrow="block"/>
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D3B1091" wp14:editId="4DF7445F">
             <wp:extent cx="4882790" cy="2847975"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="922669921" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="922669921" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32"/>
+                    <a:blip r:embed="rId35"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4894126" cy="2854587"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="48327B6F" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
@@ -7153,55 +7708,55 @@
     </w:p>
     <w:p w14:paraId="669E5DE2" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Skriv ut etikett och säkerställ att informationen på den stämmer. Fäst på sprutan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6484940C" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc219118631"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc223503855"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Justering av redan förberedd patientdos</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="4D306E3E" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
@@ -7364,67 +7919,68 @@
         <w:t>kitflaskan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D62F543" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3747B06D" wp14:editId="54481B8A">
             <wp:extent cx="2828925" cy="2682233"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:docPr id="2089265500" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, Webbsida&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2089265500" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, Webbsida&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33"/>
+                    <a:blip r:embed="rId36"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2873586" cy="2724578"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4867D72B" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
@@ -7461,51 +8017,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658258" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="740B4D81" wp14:editId="2DF4AEB5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1035050</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>536381</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4296058" cy="3023152"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="987499631" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="987499631" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34"/>
+                    <a:blip r:embed="rId37"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4296058" cy="3023152"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -7944,55 +8500,56 @@
     </w:p>
     <w:p w14:paraId="7ABBDB8E" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Skriv ut etikett och säkerställ att informationen på den stämmer. Fäst på sprutan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E2DA3D" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc219118632"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="25" w:name="_Toc223503856"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Skriva ut sprutetikett i efterhand</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="00DB0F2F" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">OBS! För att få med all korrekt information på etiketten måste detta göras </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>innan</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -8017,98 +8574,98 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00A5A8C8" wp14:editId="6E48B867">
             <wp:extent cx="200025" cy="222885"/>
             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
             <wp:docPr id="2033335411" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2066892425" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="201590" cy="224629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och därefter </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76D726A6" wp14:editId="36F2B4F4">
             <wp:extent cx="215900" cy="191911"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="529845301" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="800158075" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId39"/>
                     <a:srcRect l="11765" b="-2564"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="218263" cy="194012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -8210,51 +8767,51 @@
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="784F8F77" wp14:editId="1F3FBED8">
             <wp:extent cx="260350" cy="205858"/>
             <wp:effectExtent l="0" t="0" r="6350" b="3810"/>
             <wp:docPr id="2124565323" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2124565323" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37"/>
+                    <a:blip r:embed="rId28"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="263366" cy="208242"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -8360,141 +8917,149 @@
     </w:p>
     <w:p w14:paraId="2034EDEA" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Skriv ut etikett och säkerställ att informationen på den stämmer. Fäst på sprutan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2997F77C" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Administrera_patientdos"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkStart w:id="26" w:name="_Administrera_patientdos"/>
+      <w:bookmarkStart w:id="27" w:name="_Förbereda_”Ad-Hoc_dos”"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc197523942"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc223503857"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Förbereda ”Ad-Hoc dos” (spruta utan patientinfo)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="45FE22D8" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="769E2DDA" wp14:editId="2D51FB08">
             <wp:extent cx="177573" cy="171449"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:docPr id="1491572539" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1491572539" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38"/>
+                    <a:blip r:embed="rId40"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="182503" cy="176209"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="418B874B" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A3488A">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Scanna </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Scanna</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>kitflaskan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D22562" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -8539,51 +9104,51 @@
                           <a:solidFill>
                             <a:srgbClr val="C00000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:oval w14:anchorId="426B0966" id="Ellips 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:166.15pt;margin-top:79.9pt;width:57pt;height:22.5pt;z-index:251658255;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLe7EXjQIAACsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kydoGdYogRYcB&#10;RVssHXpmZCkWIEuapMTpfv1I2U2ydadhOTikSD0+fun6Zt8atpMhamcrPjorOZNWuFrbTcW/P999&#10;uuQsJrA1GGdlxV9l5Dfzjx+uOz+TY9c4U8vAEMTGWecr3qTkZ0URRSNbiGfOS4tG5UILCdWwKeoA&#10;HaK3phiX5eeic6H2wQkZI57e9kY+z/hKSZEelYoyMVNx5JbyN+Tvmr7F/BpmmwC+0WKgAf/AogVt&#10;MegB6hYSsG3Q76BaLYKLTqUz4drCKaWFzDlgNqPyj2xWDXiZc8HiRH8oU/x/sOJht/JPAcvQ+TiL&#10;KFIWexVa+kd+bJ+L9XooltwnJvDwYnx+VWJJBZrGl9OLaS5mcbzsQ0xfpGsZCRWXxmgfKR2Ywe4+&#10;JoyJ3m9edGzdnTYmt8RY1uE8XZUIywTgZCgDCcXW1xWPdsMZmA2OnEghQ0ZndE3XCSiGzXppAtsB&#10;tn1Z0o86jeF+c6PYtxCb3i+bBjdjCUbmAUKqpLhtkmHV1B1bm234BkhjkoFZrSm/8TlFQQWna5ot&#10;qAWXXnRqciOpgu/IEQJeo3MwvoGeyvmUDgfGfS6Z/YFD1k7oFcfukbR29etToOi5edGLO4253kNM&#10;TxBwwJEaLm16xI8yDivtBomzxoWffzsnf5w7tHLW4cJgF35sIUjOzFeLE3k1mkwQNmVlMr0YU/qn&#10;lvWpxW7bpcPmjPB58CKL5J/Mm6iCa19wtxcUFU1gBcbu+z0oy9QvMr4OQi4W2Q23ykO6tysvCJzq&#10;Sl1+3r9A8MMkJhzhB/e2XO+msfelm9YttskpnUf1WFcsPim4kbkNw+tBK3+qZ6/jGzf/BQAA//8D&#10;AFBLAwQUAAYACAAAACEA2zpBrN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VIXCrqkKRRCHEqVAk4cKJF6tWNlyQiXke224S/ZznBcWeeZmfq7WJHcUEfBkcK7tcJCKTWmYE6&#10;BR+H57sSRIiajB4doYJvDLBtrq9qXRk30zte9rETHEKh0gr6GKdKytD2aHVYuwmJvU/nrY58+k4a&#10;r2cOt6NMk6SQVg/EH3o94a7H9mt/tgpeyuO0y+bV63Gji3mFiz9QeFPq9mZ5egQRcYl/MPzW5+rQ&#10;cKeTO5MJYlSQZWnGKBubB97ARJ4XrJwUpElegmxq+X9D8wMAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBLe7EXjQIAACsFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDbOkGs3wAAAAsBAAAPAAAAAAAAAAAAAAAAAOcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA8wUAAAAA&#10;" filled="f" strokecolor="#c00000" strokeweight="1.5pt">
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7492AC06" wp14:editId="39DE6741">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2941955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2395855</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="790575" cy="333375"/>
@@ -8614,95 +9179,95 @@
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:oval w14:anchorId="26CB66D9" id="Ellips 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:231.65pt;margin-top:188.65pt;width:62.25pt;height:26.25pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANZXh/hQIAACsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtP2zAUfp+0/2D5fSQtLZeKFFUgpkkI&#10;0MrE86ljN5Yc27PdpuzX7xwntN3gaVoenHPzd+6+ut61hm1liNrZio9OSs6kFa7Wdl3xH893Xy44&#10;iwlsDcZZWfFXGfn1/POnq87P5Ng1ztQyMASxcdb5ijcp+VlRRNHIFuKJ89KiUrnQQkI2rIs6QIfo&#10;rSnGZXlWdC7UPjghY0Tpba/k84yvlBTpUakoEzMVx9hSPkM+V3QW8yuYrQP4RoshDPiHKFrQFp3u&#10;oW4hAdsE/Q6q1SK46FQ6Ea4tnFJayJwDZjMq/8pm2YCXORcsTvT7MsX/Bysetkv/FLAMnY+ziCRl&#10;sVOhpT/Gx3a5WK/7YsldYgKF55fl9HzKmUDVKX5II0pxuOxDTF+laxkRFZfGaB8pHZjB9j6m3vrN&#10;isTW3WljckuMZR3OE/rArgnAyVAGEpKtryse7ZozMGscOZFChozO6JquE1AM69WNCWwL1PbybHx5&#10;MQT3hxn5voXY9HZZNZgZSzAyDxCGSozbJBmWTd2xldmE74BhTEr8OKs15Tc+HRicrmnWoCq49KJT&#10;kxtJFfwguIxBcjC+gT6U0ylh9QUacsml3ceQuaPwikP3iFq5+vUpkHdyyqIXdxpzvYeYniDggKMQ&#10;lzY94qGMw0q7geKsceHXR3Kyx7lDLWcdLgx24ecGguTMfLM4kZejyQRhU2Ym0/MxpX+sWR1r7Ka9&#10;cdicUY4uk2SfzBupgmtfcLcX5BVVYAX67vs9MDepX2R8HYRcLLIZbpWHdG+XXhA41ZW6/Lx7geCH&#10;SUw4wg/ubbneTWNvSzetW2ySUzqP6qGuWHxicCNzG4bXg1b+mM9Whzdu/hsAAP//AwBQSwMEFAAG&#10;AAgAAAAhAFZc3W/hAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoQ1Ka&#10;NMSp+BES5YIoCK5uvCQR8TqK3STl6VlOcNvRfJqdKTaz7cSIg28dKbhcRCCQKmdaqhW8vT5cZCB8&#10;0GR05wgVHNHDpjw9KXRu3EQvOO5CLTiEfK4VNCH0uZS+atBqv3A9EnufbrA6sBxqaQY9cbjtZBxF&#10;K2l1S/yh0T3eNVh97Q5Wwe3T9/YYSzv30cf7o5/8uL5fPit1fjbfXIMIOIc/GH7rc3UoudPeHch4&#10;0SlYrpKEUQVJmvLBxFWW8pg9W/E6A1kW8v+G8gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQANZXh/hQIAACsFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBWXN1v4QAAAAsBAAAPAAAAAAAAAAAAAAAAAN8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" filled="f" strokecolor="#006298" strokeweight="1.5pt">
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="242BF2DF" wp14:editId="685F1006">
             <wp:extent cx="4692763" cy="2933700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="476747741" name="Bildobjekt 4" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt.">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46A5E0F8-A315-97C7-466F-A391B1801C2B}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="476747741" name="Bildobjekt 4" descr="En bild som visar text, skärmbild, Teckensnitt, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt.">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46A5E0F8-A315-97C7-466F-A391B1801C2B}"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39"/>
+                    <a:blip r:embed="rId41"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4701838" cy="2939373"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="38F0F1F9" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
@@ -8743,51 +9308,51 @@
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="398814B2" wp14:editId="348EBDB1">
             <wp:extent cx="278130" cy="170321"/>
             <wp:effectExtent l="0" t="0" r="7620" b="1270"/>
             <wp:docPr id="2111461823" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30" r:link="rId31">
+                    <a:blip r:embed="rId33" r:link="rId34">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="300064" cy="183753"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -9076,74 +9641,75 @@
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Om sprutan ska ges till patient, koppla ihop med undersökning enligt följande:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C7DA35" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03786758" wp14:editId="3D214F7E">
             <wp:extent cx="200025" cy="222885"/>
             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
             <wp:docPr id="1436844498" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2066892425" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="201590" cy="224629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, skriv in patients personnummer i rutan </w:t>
       </w:r>
@@ -9207,51 +9773,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att söka, alternativt klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B3F36AB" wp14:editId="0320FEF0">
             <wp:extent cx="215900" cy="191911"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2127886003" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="800158075" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId39"/>
                     <a:srcRect l="11765" b="-2564"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="218263" cy="194012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -9376,81 +9942,81 @@
                           <a:solidFill>
                             <a:srgbClr val="C00000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:oval w14:anchorId="2AC7E3BE" id="Ellips 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:332.9pt;margin-top:129.15pt;width:16.5pt;height:15pt;z-index:251658257;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAizKq1jAIAACsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFvGjEMfp+0/xDlfb2DwrqiHhWi6jSp&#10;aqvSqc8ml+Mi5eIsCRzdr58dKLB1T9N4OOzY+Wx/tnN1ve2s2OgQDbpKDs5KKbRTWBu3quT359tP&#10;X6SICVwNFp2u5KuO8nr68cNV7yd6iC3aWgdBIC5Oel/JNiU/KYqoWt1BPEOvHRkbDB0kUsOqqAP0&#10;hN7ZYliWn4seQ+0DKh0jnd7sjHKa8ZtGq/TQNFEnYStJuaX8Dfm75G8xvYLJKoBvjdqnAf+QRQfG&#10;UdAD1A0kEOtg3kF1RgWM2KQzhV2BTWOUzjVQNYPyj2oWLXidayFyoj/QFP8frLrfLPxjIBp6HyeR&#10;RK5i24SO/yk/sc1kvR7I0tskFB0Oy8vxmChVZBpcluMyk1kcL/sQ01eNnWChktpa4yOXAxPY3MVE&#10;Mcn7zYuPHd4aa3NLrBM94Q4vCFYooMloLCQSO19XMrqVFGBXNHIqhQwZ0ZqarzNQDKvl3AaxAWr7&#10;vOQfd5rC/ebGsW8gtju/bNq7WccwOg8QpcoKrpMOi7buxdKuwxNQGqMMLGrD9Q3POQopNF3jbCEt&#10;YHoxqc2NZAbfJccIdI3PwfoWdqmcE5uHjHe15OwPOWTtJL3i2D2Wlli/PgaOnpsXvbo1VOsdxPQI&#10;gQacUqOlTQ/0aSwS07iXpGgx/PzbOfvT3JFVip4WhrrwYw1BS2G/OZrIy8FoRLApK6PxxZDLP7Us&#10;Ty1u3c2RmjOg58GrLLJ/sm9iE7B7od2ecVQygVMUe9fvvTJPu0Wm10Hp2Sy70VZ5SHdu4RWDM6/c&#10;5eftCwS/n8REI3yPb8v1bhp3vnzT4WydsDF5VI+8Evms0EbmNuxfD175Uz17Hd+46S8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBzLDLk3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCRuLGXQKpSmEwLBDaF1e4Cs8ZqKxqmabGvfHnOCoz//+v252sx+EGecYh9Iw/0qA4HUBttTp2G/&#10;e79TIGIyZM0QCDUsGGFTX19VprThQls8N6kTXEKxNBpcSmMpZWwdehNXYUTi3TFM3iQep07ayVy4&#10;3A9ynWWF9KYnvuDMiK8O2+/m5DXs9n6M7pE+2m77po5fS740n7nWtzfzyzOIhHP6C8OvPqtDzU6H&#10;cCIbxaChKHJWTxrWuXoAwYniSTE5MFFMZF3J/z/UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAizKq1jAIAACsFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBzLDLk3QAAAAsBAAAPAAAAAAAAAAAAAAAAAOYEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" filled="f" strokecolor="#c00000" strokeweight="1pt">
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18D17D6F" wp14:editId="37C5B9EE">
             <wp:extent cx="3652717" cy="2686050"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:docPr id="1316769935" name="Bildobjekt 1" descr="En bild som visar text, elektronik, skärmbild, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1493256205" name="Bildobjekt 1" descr="En bild som visar text, elektronik, skärmbild, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId40"/>
+                    <a:blip r:embed="rId42"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3654699" cy="2687508"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="150F0D0F" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
@@ -9466,51 +10032,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på den nedre av sprutsymbolerna till höger </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="377AB88D" wp14:editId="7A06D1EF">
             <wp:extent cx="187325" cy="212303"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:docPr id="341707252" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1681220445" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId41"/>
+                    <a:blip r:embed="rId43"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="190619" cy="216037"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D74A75A" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
@@ -9577,56 +10143,59 @@
     </w:p>
     <w:p w14:paraId="7F451CA8" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="196947B4" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc219118634"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="30" w:name="_Administrera_patientdos_1"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc223503858"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Administrera patientdos</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="76F082CE" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>OBS! Påbörja inte detta steg innan patientens dos är färdigförberedd.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D6FE71" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
@@ -9638,51 +10207,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11EE07D2" wp14:editId="73AEB9FC">
             <wp:extent cx="193675" cy="199209"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1590843403" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1590843403" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42"/>
+                    <a:blip r:embed="rId44"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="196992" cy="202621"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, välj aktuell patient och klicka på </w:t>
       </w:r>
@@ -9775,51 +10344,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="372E6295" wp14:editId="0988BBD5">
             <wp:extent cx="2871642" cy="3667125"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:docPr id="724859498" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="724859498" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43"/>
+                    <a:blip r:embed="rId45"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2877013" cy="3673984"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D5B50CF" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
@@ -10020,51 +10589,51 @@
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D302299" wp14:editId="7AAC0E63">
             <wp:extent cx="183334" cy="171111"/>
             <wp:effectExtent l="0" t="0" r="7620" b="635"/>
             <wp:docPr id="1514818764" name="Bildobjekt 2" descr="Image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="Image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44">
+                    <a:blip r:embed="rId46">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="187660" cy="175148"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -10089,114 +10658,115 @@
           <w:iCs/>
         </w:rPr>
         <w:t>restaktivitet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> i efterhand.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5454ECF7" w14:textId="77777777" w:rsidR="000D37EC" w:rsidRDefault="000D37EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Mäta_restaktivitet"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkStart w:id="32" w:name="_Mäta_restaktivitet"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc197523943"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7719497B" w14:textId="0AC8CC5E" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc219118635"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="34" w:name="_Toc223503859"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Mäta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>restaktivitet</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2024F1CA" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Om du inte redan har patienten öppen i administreringsfönstret: Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35B0DEC2" wp14:editId="5D5E7671">
             <wp:extent cx="193675" cy="199209"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1085894115" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1590843403" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42"/>
+                    <a:blip r:embed="rId44"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="196992" cy="202621"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och välj aktuell patient. </w:t>
       </w:r>
@@ -10466,55 +11036,55 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="161596" cy="161596"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A787FF" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc219118636"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc223503860"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Vilken aktivitet har patienten fått?</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="76191255" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>På följande sätt kan man se vilken aktivitet dagens patienter har fått vid injektionstiden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AE138C5" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
@@ -10606,98 +11176,98 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4091E5A8" wp14:editId="38243493">
             <wp:extent cx="200025" cy="222885"/>
             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
             <wp:docPr id="1705947290" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2066892425" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="201590" cy="224629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och därefter </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6001BD5F" wp14:editId="3DCADAC6">
             <wp:extent cx="215900" cy="191911"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1910368338" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="800158075" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId39"/>
                     <a:srcRect l="11765" b="-2564"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="218263" cy="194012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -10779,126 +11349,126 @@
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:roundrect w14:anchorId="4873A7F8" id="Rektangel: rundade hörn 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:267.65pt;margin-top:26.6pt;width:67.5pt;height:28.5pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfKBfzjwIAACwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFvGjEMfp+0/xDlfT2g0LWoR4VaMU2q&#10;WlQ69dnkctxJuThzAkf36+fkjkLXPU3j4bBj57P92c71zb4xYqfJ12hzOTwbSKGtwqK2m1z+eF58&#10;uZTCB7AFGLQ6l6/ay5vZ50/XrZvqEVZoCk2CQayfti6XVQhummVeVboBf4ZOWzaWSA0EVmmTFQQt&#10;ozcmGw0GF1mLVDhCpb3n07vOKGcJvyy1Co9l6XUQJpecW0hfSt91/Gaza5huCFxVqz4N+IcsGqgt&#10;B32DuoMAYkv1B6imVoQey3CmsMmwLGulUw1czXDwRzWrCpxOtTA53r3R5P8frHrYrdySmIbW+aln&#10;MVaxL6mJ/5yf2CeyXt/I0vsgFB9eTr6OJkypYtP5xfCKZUbJjpcd+fBNYyOikEvCrS2euCGJJ9jd&#10;+9D5H/xiQIuL2pjUFGNFm8uryWjCMYBHozQQWGxckUtvN1KA2fDMqUAJ0aOpi3g74njarG8NiR1w&#10;3xeLAf/67N65xdB34KvOL5l6N2MjjE4TxJkmMrZB06oqWrE2W3oCTmOcgEVRxwJH5zEKKzxek2Rh&#10;jTC81KFKnYwUfkguIvC1eA7GVdClcj6Jhx0/fS2JWzzkkLST9LJj+6K0xuJ1STF66p53alFzrffg&#10;wxKIJ5xT460Nj/wpDTLR2EtSVEi//nYe/Xnw2CpFyxvDXfi5BdJSmO+WR/JqOB4zbEjKmKcjln9q&#10;WZ9a7La5RW7OkN8Hp5IY/YM5iCVh88LLPY9R2QRWceyu371yG7pN5udB6fk8ufFaOQj3duVUBI+8&#10;xi4/71+AXD+KgWf4AQ/bxcS/H8bON960ON8GLOs0qUdemfyo8EqmNvTPR9z5Uz15HR+52W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDjXHMZ3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3&#10;SPyDNUjsqJ2UPghxqgqJsKtKQKzdZEii2uModtvw90xXsJvH0Z0z+WZyVpxxDL0nDclMgUCqfdNT&#10;q+Hz4/VhDSJEQ42xnlDDDwbYFLc3uckaf6F3PFexFRxCITMauhiHTMpQd+hMmPkBiXfffnQmcju2&#10;shnNhcOdlalSS+lMT3yhMwO+dFgfq5PTsH4sJ1v2TzuV7HfVmy+3X6vjXuv7u2n7DCLiFP9guOqz&#10;OhTsdPAnaoKwGhbzxZzRa5GCYGC5Ujw4MJmoFGSRy/8vFL8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAXygX848CAAAsBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA41xzGd4AAAAKAQAADwAAAAAAAAAAAAAAAADpBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" filled="f" strokecolor="red">
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16E9F293" wp14:editId="280BA63B">
             <wp:extent cx="5669915" cy="937260"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:docPr id="887936647" name="Bildobjekt 4" descr="En bild som visar text, skärmbild, Teckensnitt, linje&#10;&#10;AI-genererat innehåll kan vara felaktigt.">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{775DEF40-916A-49A8-01B6-B4205E230EB6}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="887936647" name="Bildobjekt 4" descr="En bild som visar text, skärmbild, Teckensnitt, linje&#10;&#10;AI-genererat innehåll kan vara felaktigt.">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{775DEF40-916A-49A8-01B6-B4205E230EB6}"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28"/>
+                    <a:blip r:embed="rId31"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="937260"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA51819" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc219118637"/>
-      <w:bookmarkStart w:id="34" w:name="_Toc197523944"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc197523944"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc223503861"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Avbruten injektion</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="519A4C33" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Injektion av en redan förberedd patientdos som av någon anledning inte blir av eller tvingas avbrytas (utan att radiofarmaka ges till patient) hanteras enligt följande:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="276A278E" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
@@ -10910,98 +11480,98 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61F4DB15" wp14:editId="09859092">
             <wp:extent cx="200025" cy="222885"/>
             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
             <wp:docPr id="60296012" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2066892425" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="201590" cy="224629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och därefter </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6407DFA5" wp14:editId="1D1B9609">
             <wp:extent cx="215900" cy="191911"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="99381549" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="800158075" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId39"/>
                     <a:srcRect l="11765" b="-2564"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="218263" cy="194012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -11100,51 +11670,51 @@
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B604B7A" wp14:editId="383C764A">
             <wp:extent cx="209550" cy="228600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1107564427" name="Bildobjekt 1" descr="Image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Image"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45">
+                    <a:blip r:embed="rId47">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="209550" cy="228600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -11253,59 +11823,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> automatiskt, släng sprutan enligt </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Avfallshantering" w:history="1">
         <w:r w:rsidRPr="00A3488A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Avfallshantering</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56256590" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc219118638"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="38" w:name="_Toc223503862"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Extravas</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>ering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="73B6169B" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Vid extravasering utförs alla arbetsmoment precis som vanligt i IBC-NM. Om man behöver ge extra aktivitet för att genomföra undersökningen kan man lägga till en undersökning på patienten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B8E3B96" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
@@ -11317,98 +11888,98 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C64EC7A" wp14:editId="36D0C56F">
             <wp:extent cx="200025" cy="222885"/>
             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
             <wp:docPr id="1010938439" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2066892425" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="201590" cy="224629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och därefter </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0233073F" wp14:editId="7AA9C025">
             <wp:extent cx="215900" cy="191911"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="127844395" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="800158075" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId39"/>
                     <a:srcRect l="11765" b="-2564"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="218263" cy="194012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -11437,51 +12008,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D3D377D" wp14:editId="1086A47C">
             <wp:extent cx="192858" cy="180000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2124378138" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2124378138" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId46"/>
+                    <a:blip r:embed="rId48"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="192858" cy="180000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> längst ned i rutan. </w:t>
       </w:r>
@@ -11501,98 +12072,100 @@
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Välj aktuell undersökning, skriv in aktiviteten manuellt och önskad administrationstid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4C867A" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Skriv anmärkning om varför ny spruta ges. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="_Toc197523934"/>
-      <w:bookmarkStart w:id="37" w:name="_Toc197523937"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc197523934"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc197523937"/>
     </w:p>
     <w:p w14:paraId="11CFA4C7" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc219118639"/>
+      <w:bookmarkStart w:id="41" w:name="_Hantering_av_patient-"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc223503863"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Hantering av patient</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>- och/eller undersökningsinformation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="65F13172" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Nedan listas hur man lägger in patient manuellt, samt några olika ändringar man kan behöva göra, ex. lägga till längd/vikt, ändra tid, undersökningstyp eller ordinerad dos (om patienten är gravid).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7102C35E" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Lägga_in_undersökning"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkStart w:id="43" w:name="_Lägga_in_undersökning"/>
+      <w:bookmarkStart w:id="44" w:name="_Hlk216264495"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc223503864"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Lägga in undersökning manuellt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p w14:paraId="120DEF01" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Om patienten redan finns i IBC-NM:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B96A499" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
@@ -11607,51 +12180,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1860D602" wp14:editId="55FEBD9A">
             <wp:extent cx="200025" cy="222885"/>
             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
             <wp:docPr id="978132494" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2066892425" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="201590" cy="224629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, skriv in patients personnummer i rutan </w:t>
       </w:r>
@@ -11715,51 +12288,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att söka, alternativt klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="233910FF" wp14:editId="5F4DC833">
             <wp:extent cx="215900" cy="191911"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1383188350" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="800158075" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId39"/>
                     <a:srcRect l="11765" b="-2564"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="218263" cy="194012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -11788,51 +12361,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="460623E5" wp14:editId="749BDA16">
             <wp:extent cx="213750" cy="180000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="138365833" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2139545814" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47"/>
+                    <a:blip r:embed="rId49"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="213750" cy="180000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att lägga till undersökning. Fyll i undersökning och tid.</w:t>
       </w:r>
@@ -11890,98 +12463,98 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A0A6C4A" wp14:editId="1CE914BF">
             <wp:extent cx="200025" cy="222885"/>
             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
             <wp:docPr id="1163220628" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2066892425" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="201590" cy="224629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och därefter </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34CDB044" wp14:editId="51EFE21D">
             <wp:extent cx="239143" cy="216000"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:docPr id="439235982" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1122412677" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48"/>
+                    <a:blip r:embed="rId50"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="239143" cy="216000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> i den röda listen.</w:t>
       </w:r>
@@ -12069,175 +12642,177 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CFC964A" wp14:editId="411E64C2">
             <wp:extent cx="213750" cy="180000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="533589124" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2139545814" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47"/>
+                    <a:blip r:embed="rId49"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="213750" cy="180000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att lägga till undersökning. Fyll i undersökning och tid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26C10841" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc219118641"/>
+      <w:bookmarkStart w:id="46" w:name="_Ändra_undersökningstyp_1"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc223503865"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Ändra undersökningstyp</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="56666680" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="460C3214" wp14:editId="5CEA0DAB">
             <wp:extent cx="200025" cy="222885"/>
             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
             <wp:docPr id="2099036555" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2066892425" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="201590" cy="224629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och därefter </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A1B4240" wp14:editId="22C93EA9">
             <wp:extent cx="215900" cy="191911"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="509011953" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="800158075" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId39"/>
                     <a:srcRect l="11765" b="-2564"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="218263" cy="194012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -12266,51 +12841,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Markera aktuell undersökning och klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D758FB8" wp14:editId="421753C5">
             <wp:extent cx="260350" cy="237378"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="1981213991" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1907745126" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49"/>
+                    <a:blip r:embed="rId51"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="263956" cy="240666"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -12416,57 +12991,58 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="161596" cy="161596"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07AC1B8E" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Lägg_till/ändra_patientens"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="48" w:name="_Lägg_till/ändra_patientens"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc223503866"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Lägg till/ändra patientens längd/vikt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="70A9C723" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PACS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C497E87" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
@@ -12522,140 +13098,154 @@
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ifall överföringen från </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Sectra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> inte gått som den ska kan ändringar av längd/vikt behöva manuellt uppdateras i IBC-NM. Gör då såhär:</w:t>
+        <w:t xml:space="preserve"> inte gått som den ska kan ändringar av längd/vikt behöva manuellt uppdateras i IBC-NM. Gör då </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>såhär</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D87E4BE" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="683A01C7" wp14:editId="146311E7">
             <wp:extent cx="200025" cy="222885"/>
             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
             <wp:docPr id="1783285680" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2066892425" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="201590" cy="224629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och därefter </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37B27FE5" wp14:editId="55E137C7">
             <wp:extent cx="215900" cy="191911"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="560461708" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="800158075" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId39"/>
                     <a:srcRect l="11765" b="-2564"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="218263" cy="194012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -12684,51 +13274,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C25A0FD" wp14:editId="0A9DDFA2">
             <wp:extent cx="208000" cy="216000"/>
             <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="384335010" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="384335010" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId50"/>
+                    <a:blip r:embed="rId52"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="208000" cy="216000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och fyll i patientens längd och vikt. Klicka på </w:t>
       </w:r>
@@ -12782,59 +13372,59 @@
     </w:p>
     <w:p w14:paraId="5C820583" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Godkänn eventuella ändringar av dosen (systemet räknar om till rätt dos vid viktbaserad dosering). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="031A66BC" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Ändra_bokad_tid"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkStart w:id="50" w:name="_Ändra_bokad_tid"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc197523935"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc223503867"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Ändra injektionstid</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p w14:paraId="26E3DC3E" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Om en patient ex. kommer sent eller man av någon annan anledning behöver ändra tiden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E84F4DF" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -12880,51 +13470,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="670B7332" wp14:editId="3D4F3927">
             <wp:extent cx="219075" cy="225334"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="306335119" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="710116908" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27"/>
+                    <a:blip r:embed="rId30"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="222394" cy="228748"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att komma till listan med planerade sprutor.</w:t>
       </w:r>
@@ -12941,55 +13531,63 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Välj aktuell patient i listan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A9B8373" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A3488A">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Scanna </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Scanna</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>kitflaskan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B0EC2CB" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
@@ -13044,136 +13642,136 @@
                           <a:solidFill>
                             <a:srgbClr val="C00000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:oval w14:anchorId="375AB8B4" id="Ellips 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:269.9pt;margin-top:83.7pt;width:13.5pt;height:15pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBI7Gt7iQIAACsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+5qEwrqihgqBOk2q&#10;2qp06vPhOMSSY3u2IXR//e6cFNjY0zQewp3v/N13v3xzu28120kflDUlLy5yzqQRtlJmU/LvL3ef&#10;vnAWIpgKtDWy5G8y8NvZxw83nZvKkW2srqRnCGLCtHMlb2J00ywLopEthAvrpEFjbX0LEVW/ySoP&#10;HaK3Ohvl+eess75y3goZAp4ueyOfJfy6liI+1nWQkemSI7eYvj591/TNZjcw3XhwjRIDDfgHFi0o&#10;g0EPUEuIwLZenUG1SngbbB0vhG0zW9dKyJQDZlPkf2SzasDJlAsWJ7hDmcL/gxUPu5V78liGzoVp&#10;QJGy2Ne+pX/kx/apWG+HYsl9ZAIPi6tiPMGSCjQV1/kkT8XMjpedD/GrtC0joeRSa+UCpQNT2N2H&#10;iDHR+92Ljo29U1qnlmjDugEXQwBORq0hoti6quTBbDgDvcGRE9EnyGC1qug6AQW/WS+0ZzvAti9y&#10;+lGnMdxvbhR7CaHp/ZJpcNOGYGQaIKRKit1G6VdN1bG13vpnQBrjBMwqRfmNLikKKjhdk2RBzdv4&#10;qmKTGkkVPCNHCHiNzkG7Bnoql1jNA+M+l8T+wCFpJ/SyY/dIWtvq7clT9NS84MSdwlzvIcQn8Djg&#10;SA2XNj7ip9YWK20HibPG+p9/Oyd/nDu0ctbhwmAXfmzBS870N4MTeV2MxwgbkzKeXI0o/VPL+tRi&#10;tu3CYnMKfB6cSCL5R/0u1t62r7jbc4qKJjACY/f9HpRF7BcZXwch5/PkhlvlIN6blRMETnWlLr/s&#10;X8G7YRIjjvCDfV+us2nsfemmsfNttLVKo3qsKxafFNzI1Ibh9aCVP9WT1/GNm/0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQDwRJ5P3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhc&#10;KupAiduGOBWqBBw40SL16sbbJCJeR7bbhL9nOcFxZ0azb8rN5HpxwRA7Txru5xkIpNrbjhoNn/uX&#10;uxWImAxZ03tCDd8YYVNdX5WmsH6kD7zsUiO4hGJhNLQpDYWUsW7RmTj3AxJ7Jx+cSXyGRtpgRi53&#10;vXzIMiWd6Yg/tGbAbYv11+7sNLyuDsN2Mc7eDrlR4wynsKf4rvXtzfT8BCLhlP7C8IvP6FAx09Gf&#10;yUbRa8gXa0ZPbKjlIwhO5EqxcmRlzYqsSvl/Q/UDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEASOxre4kCAAArBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA8ESeT94AAAALAQAADwAAAAAAAAAAAAAAAADjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAO4FAAAAAA==&#10;" filled="f" strokecolor="#c00000" strokeweight="1.5pt">
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71CDF562" wp14:editId="054BA14C">
             <wp:extent cx="228600" cy="228600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="565359072" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="127211263" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId51"/>
+                    <a:blip r:embed="rId53"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="228600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> för att ändra tiden manuellt. Fyll i uppskattad injektionstid. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41779B47" wp14:editId="248CD540">
             <wp:extent cx="5669915" cy="1914525"/>
             <wp:effectExtent l="0" t="0" r="6985" b="9525"/>
             <wp:docPr id="399123525" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="399123525" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId32"/>
+                    <a:blip r:embed="rId35"/>
                     <a:srcRect b="42108"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="1914525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -13192,140 +13790,141 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3053D4CB" w14:textId="63B66DD9" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Alternativ 2 – ändra via patientfönstret:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B172AB8" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49DDC5A7" wp14:editId="5BF4637E">
             <wp:extent cx="200025" cy="222885"/>
             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
             <wp:docPr id="1218449585" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2066892425" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="201590" cy="224629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och därefter </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4999D215" wp14:editId="2D1D4C64">
             <wp:extent cx="215900" cy="191911"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="287447348" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="800158075" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId39"/>
                     <a:srcRect l="11765" b="-2564"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="218263" cy="194012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -13354,51 +13953,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Markera aktuell undersökning och klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58086D39" wp14:editId="5652F5D4">
             <wp:extent cx="260350" cy="237378"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="796796165" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1907745126" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49"/>
+                    <a:blip r:embed="rId51"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="263956" cy="240666"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -13452,61 +14051,61 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="161596" cy="161596"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EEFC7FD" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Ändra_undersökningstyp"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkStart w:id="53" w:name="_Ändra_undersökningstyp"/>
+      <w:bookmarkStart w:id="54" w:name="_Ändra_ordinerad_aktivitet"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc197523936"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc223503868"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Ändra ordinerad aktivitet</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w14:paraId="7FD82021" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">För patienter som är gravida eller vid undersökningar där olika dos kan ges. För exempelvis </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>sentinel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
@@ -13608,51 +14207,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12914A74" wp14:editId="6AE1FB10">
             <wp:extent cx="219075" cy="225334"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="1448402933" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="710116908" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27"/>
+                    <a:blip r:embed="rId30"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="222394" cy="228748"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att komma till listan med planerade sprutor.</w:t>
       </w:r>
@@ -13669,55 +14268,63 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Välj aktuell patient i listan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5050669F" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A3488A">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Scanna </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Scanna</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>kitflaskan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="377DB71B" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
@@ -13772,136 +14379,136 @@
                           <a:solidFill>
                             <a:srgbClr val="C00000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="35000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:oval w14:anchorId="145B2867" id="Ellips 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:249.75pt;margin-top:88.6pt;width:13.5pt;height:15pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBI7Gt7iQIAACsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+5qEwrqihgqBOk2q&#10;2qp06vPhOMSSY3u2IXR//e6cFNjY0zQewp3v/N13v3xzu28120kflDUlLy5yzqQRtlJmU/LvL3ef&#10;vnAWIpgKtDWy5G8y8NvZxw83nZvKkW2srqRnCGLCtHMlb2J00ywLopEthAvrpEFjbX0LEVW/ySoP&#10;HaK3Ohvl+eess75y3goZAp4ueyOfJfy6liI+1nWQkemSI7eYvj591/TNZjcw3XhwjRIDDfgHFi0o&#10;g0EPUEuIwLZenUG1SngbbB0vhG0zW9dKyJQDZlPkf2SzasDJlAsWJ7hDmcL/gxUPu5V78liGzoVp&#10;QJGy2Ne+pX/kx/apWG+HYsl9ZAIPi6tiPMGSCjQV1/kkT8XMjpedD/GrtC0joeRSa+UCpQNT2N2H&#10;iDHR+92Ljo29U1qnlmjDugEXQwBORq0hoti6quTBbDgDvcGRE9EnyGC1qug6AQW/WS+0ZzvAti9y&#10;+lGnMdxvbhR7CaHp/ZJpcNOGYGQaIKRKit1G6VdN1bG13vpnQBrjBMwqRfmNLikKKjhdk2RBzdv4&#10;qmKTGkkVPCNHCHiNzkG7Bnoql1jNA+M+l8T+wCFpJ/SyY/dIWtvq7clT9NS84MSdwlzvIcQn8Djg&#10;SA2XNj7ip9YWK20HibPG+p9/Oyd/nDu0ctbhwmAXfmzBS870N4MTeV2MxwgbkzKeXI0o/VPL+tRi&#10;tu3CYnMKfB6cSCL5R/0u1t62r7jbc4qKJjACY/f9HpRF7BcZXwch5/PkhlvlIN6blRMETnWlLr/s&#10;X8G7YRIjjvCDfV+us2nsfemmsfNttLVKo3qsKxafFNzI1Ibh9aCVP9WT1/GNm/0CAAD//wMAUEsD&#10;BBQABgAIAAAAIQANxeKB3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhc&#10;KuoQSNqmcSpUCTj0RIvUqxsvSdR4HdluE/6e5QTHnXmanSk3k+3FFX3oHCl4nCcgkGpnOmoUfB5e&#10;H5YgQtRkdO8IFXxjgE11e1PqwriRPvC6j43gEAqFVtDGOBRShrpFq8PcDUjsfTlvdeTTN9J4PXK4&#10;7WWaJLm0uiP+0OoBty3W5/3FKnhbHoft0zh7P2Y6H2c4+QOFnVL3d9PLGkTEKf7B8Fufq0PFnU7u&#10;QiaIXsHzapUxysZikYJgIktzVk4K0oQVWZXy/4bqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAEjsa3uJAgAAKwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAA3F4oHfAAAACwEAAA8AAAAAAAAAAAAAAAAA4wQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAADvBQAAAAA=&#10;" filled="f" strokecolor="#c00000" strokeweight="1.5pt">
                 <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CFAEB17" wp14:editId="11199B8A">
             <wp:extent cx="228600" cy="228600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="127211263" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="127211263" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId51"/>
+                    <a:blip r:embed="rId53"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="228600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> för att ändra dosen manuellt. Fyll i aktiviteten som patienten ska ges.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E70A9DE" wp14:editId="63316DFB">
             <wp:extent cx="5669915" cy="1809750"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:docPr id="1486167164" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1486167164" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId32"/>
+                    <a:blip r:embed="rId35"/>
                     <a:srcRect b="45276"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="1809750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -13958,98 +14565,98 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A552932" wp14:editId="301A5C66">
             <wp:extent cx="200025" cy="222885"/>
             <wp:effectExtent l="0" t="0" r="9525" b="5715"/>
             <wp:docPr id="951367724" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2066892425" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="201590" cy="224629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och därefter </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E578AFE" wp14:editId="7F7C3F96">
             <wp:extent cx="215900" cy="191911"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1543566701" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="800158075" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId39"/>
                     <a:srcRect l="11765" b="-2564"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="218263" cy="194012"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -14078,51 +14685,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Markera aktuell undersökning och klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CA04D82" wp14:editId="0CCA6359">
             <wp:extent cx="260350" cy="237378"/>
             <wp:effectExtent l="0" t="0" r="6350" b="0"/>
             <wp:docPr id="337217582" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1907745126" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49"/>
+                    <a:blip r:embed="rId51"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="263956" cy="240666"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -14170,133 +14777,134 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="161596" cy="161596"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="18F8C139" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A196706" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc219118645"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="57" w:name="_Toc223503869"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Lagerhantering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="57"/>
     </w:p>
     <w:p w14:paraId="5B921750" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="000D37EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc219118646"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc223503870"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Orderråd och orderhantering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="58"/>
     </w:p>
     <w:p w14:paraId="0E953281" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6FCA0384" wp14:editId="33F5CE5F">
             <wp:extent cx="232200" cy="216000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="810284981" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="810284981" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52"/>
+                    <a:blip r:embed="rId54"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="232200" cy="216000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att se förslag på vad som behöver beställas. </w:t>
       </w:r>
@@ -14337,51 +14945,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77FAF03E" wp14:editId="70DF83A4">
             <wp:extent cx="204000" cy="252000"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:docPr id="709506533" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="709506533" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53"/>
+                    <a:blip r:embed="rId55"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="204000" cy="252000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att komma till orderhantering.</w:t>
       </w:r>
@@ -14395,51 +15003,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49CA1401" wp14:editId="4A70F754">
             <wp:extent cx="4689913" cy="1237477"/>
             <wp:effectExtent l="0" t="0" r="0" b="1270"/>
             <wp:docPr id="2048151699" name="Bildobjekt 1" descr="En bild som visar text, Teckensnitt, nummer, skärmbild&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2048151699" name="Bildobjekt 1" descr="En bild som visar text, Teckensnitt, nummer, skärmbild&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54"/>
+                    <a:blip r:embed="rId56"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4745397" cy="1252117"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C9CB83E" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
@@ -14455,51 +15063,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">För att lägga till ny beställning klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66C2ED03" wp14:editId="5F0B7DC1">
             <wp:extent cx="216000" cy="216000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="447915365" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="447915365" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55"/>
+                    <a:blip r:embed="rId57"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="216000" cy="216000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -14513,51 +15121,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56E44402" wp14:editId="01E703A1">
             <wp:extent cx="2709798" cy="2322554"/>
             <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:docPr id="2114773106" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, skärm, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2114773106" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, skärm, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56"/>
+                    <a:blip r:embed="rId58"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2720355" cy="2331602"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A99990B" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
@@ -14573,51 +15181,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Välj leverantör och leveransdatum. Klicka därefter på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CFDC9BA" wp14:editId="0F30CF59">
             <wp:extent cx="216000" cy="216000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="74829725" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="447915365" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55"/>
+                    <a:blip r:embed="rId57"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="216000" cy="216000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> igen.</w:t>
       </w:r>
@@ -14631,121 +15239,154 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E8F3696" wp14:editId="7C77E645">
             <wp:extent cx="2628900" cy="2954010"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="159082190" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, skärm, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="159082190" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, skärm, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57"/>
+                    <a:blip r:embed="rId59"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2628900" cy="2954010"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="11303D16" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Välj aktuellt farmakon, volym (om kit fylls totala antalet kit i) samt eventuell anmärkning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A43E47" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="02A43E47" w14:textId="721375C1" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid beställning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Xofigo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> anges även aktivitet vid behandling samt som referensdatum anges behandlingsdatumet.</w:t>
+        <w:t xml:space="preserve"> anges behandlingsdatumet</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> som leveransdatum och aktivitet 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E2B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>MBq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E2B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (denna siffra spelar ingen roll, men systemet accepterar inte </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47012">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>0)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F5CFA1" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">När allt är ifyllt klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
@@ -14801,51 +15442,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37F66925" wp14:editId="6B7B1A22">
             <wp:extent cx="4484536" cy="1100214"/>
             <wp:effectExtent l="0" t="0" r="0" b="5080"/>
             <wp:docPr id="2145574325" name="Bildobjekt 1" descr="En bild som visar text, Teckensnitt, nummer, linje&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2145574325" name="Bildobjekt 1" descr="En bild som visar text, Teckensnitt, nummer, linje&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId58"/>
+                    <a:blip r:embed="rId60"/>
                     <a:srcRect b="14696"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4521499" cy="1109282"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -14868,51 +15509,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">För att beställningen ska visas som skickad, markera aktuell order och klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B4F4588" wp14:editId="0B2B4AFA">
             <wp:extent cx="246063" cy="196850"/>
             <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="773233118" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="773233118" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59"/>
+                    <a:blip r:embed="rId61"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="247759" cy="198207"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -14985,57 +15626,57 @@
     </w:p>
     <w:p w14:paraId="4F95E011" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Nu har status ändrats till väntande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C1D167" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="009B1299">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Boka_lager_från"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkStart w:id="59" w:name="_Boka_lager_från"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc223503871"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Boka lager från order</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w14:paraId="7D8B4577" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>När det som beställts har kommit ska det läggas in i IBC-NM:s lager.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62F4D965" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
@@ -15047,51 +15688,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33E399D1" wp14:editId="3D90C81C">
             <wp:extent cx="209550" cy="252693"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="865109158" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="865109158" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60"/>
+                    <a:blip r:embed="rId62"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="212114" cy="255784"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att komma till boka lager från order.</w:t>
       </w:r>
@@ -15105,51 +15746,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7659A433" wp14:editId="1D4921D1">
             <wp:extent cx="4508390" cy="1237548"/>
             <wp:effectExtent l="0" t="0" r="6985" b="1270"/>
             <wp:docPr id="1567785569" name="Bildobjekt 1" descr="En bild som visar text, nummer, Teckensnitt, linje&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1567785569" name="Bildobjekt 1" descr="En bild som visar text, nummer, Teckensnitt, linje&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId61"/>
+                    <a:blip r:embed="rId63"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4563344" cy="1252633"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A3553EB" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
@@ -15223,98 +15864,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18926155" wp14:editId="740939DD">
             <wp:extent cx="2276850" cy="2531721"/>
             <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:docPr id="371376085" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="371376085" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62"/>
+                    <a:blip r:embed="rId64"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2301386" cy="2559004"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B40E55E" w14:textId="77777777" w:rsidR="009B1299" w:rsidRPr="00A3488A" w:rsidRDefault="009B1299" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62550664" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Fyll i Partinummer. Normalt sett skrivs </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>batchnumret</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> in. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72E30B5C" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
@@ -15454,51 +16096,65 @@
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">För generator fylls antalet generatorer och dess </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mo-aktivitet i (vanligtvis 17200 </w:t>
+        <w:t xml:space="preserve">Mo-aktivitet i (vanligtvis </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>17200</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>MBq</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574EF1CA" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
@@ -15534,51 +16190,65 @@
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Inbokning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>SeHCAT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> utförs i dispenseringen. Istället för att skriva in kalibreringsaktivitet utförs mätning av aktiviteten genom att klicka på </w:t>
+        <w:t xml:space="preserve"> utförs i dispenseringen. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Istället</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för att skriva in kalibreringsaktivitet utförs mätning av aktiviteten genom att klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="777A5718" wp14:editId="2B6C3B31">
             <wp:extent cx="246646" cy="260350"/>
             <wp:effectExtent l="0" t="0" r="1270" b="6350"/>
             <wp:docPr id="1343166114" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="497995291" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
@@ -15754,55 +16424,55 @@
     </w:p>
     <w:p w14:paraId="7C2A5FD1" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>När allt är ifyllt, klicka på bocken och skriv ut en etikett.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00AAD522" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00B64BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc219118648"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc223503872"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Boka lager</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w14:paraId="34BF24BC" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Denna funktion ska endast användas när det inte finns någon order att boka ifrån. I första hand används </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Boka_lager_från" w:history="1">
         <w:r w:rsidRPr="00A3488A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Boka lager från order</w:t>
         </w:r>
       </w:hyperlink>
@@ -15830,51 +16500,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53490307" wp14:editId="330600FB">
             <wp:extent cx="218791" cy="258571"/>
             <wp:effectExtent l="0" t="0" r="0" b="8255"/>
             <wp:docPr id="1497228752" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1497228752" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63"/>
+                    <a:blip r:embed="rId65"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="221374" cy="261624"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att komma till boka lager.</w:t>
       </w:r>
@@ -15887,94 +16557,95 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08606412" wp14:editId="341CF55C">
             <wp:extent cx="3106420" cy="3259029"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="524545627" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, diagram, Rektangel&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="524545627" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, diagram, Rektangel&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId64"/>
+                    <a:blip r:embed="rId66"/>
                     <a:srcRect b="49980"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm rot="16200000">
                       <a:off x="0" y="0"/>
                       <a:ext cx="3106809" cy="3259437"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="393221FE" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Välj aktuellt farmakon i rullistan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="534ED62E" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Fyll i Partinummer. Normalt sett skrivs </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -16199,51 +16870,65 @@
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Inbokning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>SeHCAT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> utförs i dispenseringen. Istället för att skriva in kalibreringsaktivitet utförs mätning av aktiviteten genom att klicka på </w:t>
+        <w:t xml:space="preserve"> utförs i dispenseringen. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Istället</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för att skriva in kalibreringsaktivitet utförs mätning av aktiviteten genom att klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1154C840" wp14:editId="7C92FB6A">
             <wp:extent cx="246646" cy="260350"/>
             <wp:effectExtent l="0" t="0" r="1270" b="6350"/>
             <wp:docPr id="1897232825" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="497995291" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
@@ -16419,112 +17104,112 @@
     </w:p>
     <w:p w14:paraId="3F4F4360" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>När allt är ifyllt, klicka på bocken och skriv ut en etikett.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED8A2FF" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00B64BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="57" w:name="_Toc219118649"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc223503873"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Skicka lager mellan sjukhusen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="62"/>
     </w:p>
     <w:p w14:paraId="37F20AC5" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Om du ska skicka exempelvis kit till Uddevalla eller NÄL som du redan har bokat in i ditt lager kan du göra det på följande sätt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B940440" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Hlk195078274"/>
+      <w:bookmarkStart w:id="63" w:name="_Hlk195078274"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Gå in i lagerhantering </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5895607E" wp14:editId="75A3B922">
             <wp:extent cx="217946" cy="252000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2083006516" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2083006516" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId65"/>
+                    <a:blip r:embed="rId67"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="217946" cy="252000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -16546,160 +17231,175 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på tillhandahåll </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="250234C1" wp14:editId="60AE9D10">
             <wp:extent cx="251076" cy="288000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="470559585" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="470559585" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId66"/>
+                    <a:blip r:embed="rId68"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="251076" cy="288000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="751F275F" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Skanna det du vill skicka iväg alternativt skriv in lager-ID med siffran 1 framför (ex. för lager-ID 74 skrivs 174).</w:t>
+        <w:t xml:space="preserve">Skanna det du vill skicka </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>iväg</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alternativt skriv in lager-ID med siffran 1 framför (ex. för lager-ID 74 skrivs 174).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47366A56" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Fyll i antal du vill skicka och välj vilket sjukhus (klient).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D9A44C7" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Lagret kommer justeras för sjukhuset som skickar, men sjukhuset som tar emot får boka lager enligt ovan.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="63"/>
     </w:p>
     <w:p w14:paraId="0B6FAC8D" w14:textId="77777777" w:rsidR="00B64BB3" w:rsidRDefault="00B64BB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="724D5078" w14:textId="64402245" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00B64BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="_Toc219118650"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="64" w:name="_Toc223503874"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Lagerjustering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="64"/>
     </w:p>
     <w:p w14:paraId="1B15050E" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Om något blivit fel vid ex. beredning och lagersaldot i IBC-NM inte stämmer kan du behöva lägga till eller ta bort lager.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="106FAE80" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00B64BB3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -16768,51 +17468,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Gå in i lagerhantering </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25CC5D8F" wp14:editId="2C2DFC42">
             <wp:extent cx="244389" cy="282575"/>
             <wp:effectExtent l="0" t="0" r="3810" b="3175"/>
             <wp:docPr id="79611308" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2083006516" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId65"/>
+                    <a:blip r:embed="rId67"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="245101" cy="283398"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -16834,51 +17534,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på tillhandahåll </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B334A7D" wp14:editId="79BD876E">
             <wp:extent cx="252000" cy="289059"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="782714987" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="470559585" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId66"/>
+                    <a:blip r:embed="rId68"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="252000" cy="289059"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -16918,100 +17618,100 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Fyll i antal du vill slänga i IBC-NM och välj </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Lagerjustering</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> i rullistan klient.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A413A4C" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00B64BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Ändra_aktivitet_hos"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkStart w:id="65" w:name="_Ändra_aktivitet_hos"/>
+      <w:bookmarkStart w:id="66" w:name="_Avfallshantering"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc223503875"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Avfallshantering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="67"/>
     </w:p>
     <w:p w14:paraId="2366476F" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7701880F" wp14:editId="10CDA675">
             <wp:extent cx="228600" cy="228600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2128247802" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2128247802" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67"/>
+                    <a:blip r:embed="rId69"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="228600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för att komma till avfallshantering.</w:t>
       </w:r>
@@ -17039,51 +17739,51 @@
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B36631F-B8B4-45C0-991E-2A81B6BD9E1D}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="412567419" name="Platshållare för innehåll 4" descr="En bild som visar text, programvara, nummer, Datorikon&#10;&#10;AI-genererat innehåll kan vara felaktigt.">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B36631F-B8B4-45C0-991E-2A81B6BD9E1D}"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noGrp="1" noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId68"/>
+                    <a:blip r:embed="rId70"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4445647" cy="1890980"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="182F92DE" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
@@ -17099,51 +17799,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Markera det du vill slänga och klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11526083" wp14:editId="204D3957">
             <wp:extent cx="241300" cy="241300"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:docPr id="137013898" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="137013898" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69"/>
+                    <a:blip r:embed="rId71"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="241300" cy="241300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -17157,51 +17857,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D9D777A" wp14:editId="090E6382">
             <wp:extent cx="2571116" cy="2012177"/>
             <wp:effectExtent l="0" t="0" r="635" b="7620"/>
             <wp:docPr id="84076629" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, skärm, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="84076629" name="Bildobjekt 1" descr="En bild som visar text, skärmbild, skärm, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70"/>
+                    <a:blip r:embed="rId72"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2594940" cy="2030822"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B786C1A" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
@@ -17264,51 +17964,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. Klickar man på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79217768" wp14:editId="13EECFB6">
             <wp:extent cx="228600" cy="228600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="532567450" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="532567450" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId71"/>
+                    <a:blip r:embed="rId73"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="228600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> godkänner man allt på en gång. Tänk på att för </w:t>
       </w:r>
@@ -17324,55 +18024,56 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>SeHCAT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och generator finns det flera avfallsbehållare, då kan det vara bättre att godkänna en i taget så att man kan se till att sådant avfall hamnar på rätt ställe.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D7FF7B" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00B64BB3">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="63" w:name="_Toc219118652"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="68" w:name="_Toc223503876"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Ta bort och skapa nya avfallsbehållare</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="68"/>
     </w:p>
     <w:p w14:paraId="3A70E9F3" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Avfallsbehållare behöver tömmas i IBC-NM då och då, annars kan programmet bli långsamt. Gör då så här:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18CBE812" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -17403,51 +18104,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Gå till </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BA34791" wp14:editId="51FD6655">
             <wp:extent cx="228600" cy="228600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1507207104" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2128247802" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67"/>
+                    <a:blip r:embed="rId69"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="228600" cy="228600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -17671,101 +18372,101 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="161596" cy="161596"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F4D4D4" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Skapa_ny_avfallsbehållare"/>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkStart w:id="69" w:name="_Skapa_ny_avfallsbehållare"/>
+      <w:bookmarkEnd w:id="69"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Skapa ny behållare:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C95748C" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">För att skapa en ny burk klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78ABBBA1" wp14:editId="6F49FF81">
             <wp:extent cx="213750" cy="180000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2139545814" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2139545814" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47"/>
+                    <a:blip r:embed="rId49"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="213750" cy="180000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -17857,106 +18558,106 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="161596" cy="161596"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B9C7673" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="007C74CD">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="_Toc219118653"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc223503877"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Tc-99m</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="70"/>
     </w:p>
     <w:p w14:paraId="4C790992" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Allt Tc-99m avfall i IBC-NM läggs i samma behållare: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Tc-99m.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Denna töms lämpligen i samband med att den fysiska avfallsbehållaren slängs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A71002D" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="007C74CD">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Toc219118654"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc223503878"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Xofigo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>SeHCAT</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3C20ABE5" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">För </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Xofigo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
@@ -18235,50 +18936,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CAE201F" w14:textId="2E4F88CF" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">När </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Xofigo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -18528,51 +19230,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FAA7005" wp14:editId="08985799">
             <wp:extent cx="241300" cy="241300"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:docPr id="3892376" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="137013898" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69"/>
+                    <a:blip r:embed="rId71"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="241300" cy="241300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och välj ”</w:t>
       </w:r>
@@ -18654,55 +19356,55 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="161596" cy="161596"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="326288E8" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="007C74CD">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="_Toc219118655"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc223503879"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Mo99-generator</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="092B08D2" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>För generatorer finns det två olika avfallsburkar:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52FE2047" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
@@ -18726,51 +19428,65 @@
     </w:p>
     <w:p w14:paraId="7A292246" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Generatorer ivägskickade</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – generatorer som skickats iväg från källarförrådet.</w:t>
+        <w:t xml:space="preserve"> – generatorer som skickats </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>iväg</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> från källarförrådet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1714D982" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>När Generatorer i källarförrådet ska skickas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E9104B" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -18822,51 +19538,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="340D2E08" wp14:editId="78ABB1BC">
             <wp:extent cx="241300" cy="241300"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:docPr id="1799201965" name="Bildobjekt 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="137013898" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69"/>
+                    <a:blip r:embed="rId71"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="241300" cy="241300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> och välj </w:t>
       </w:r>
@@ -18928,155 +19644,160 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="161596" cy="161596"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="760F902D" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="007C74CD">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="_Toc29992069"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="75" w:name="_Toc219118656"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc29992069"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc256000012"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc256000025"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc256000038"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc256000051"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc256000064"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc256000077"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc223503880"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Referen</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>ser</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="80"/>
     </w:p>
     <w:p w14:paraId="4E1B16A4" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">IBC-NM </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>User</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> manual</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00407B02" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId72" w:anchor="hmainbody4" w:history="1">
+      <w:hyperlink r:id="rId74" w:anchor="hmainbody4" w:history="1">
         <w:r w:rsidRPr="00A3488A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Läkemedelsverkets föreskrifter (LVFS 2014:4) om beredning av radioaktiva läkemedel; | Läkemedelsverket</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="76" w:name="_Bilaga_A_–"/>
-      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkStart w:id="81" w:name="_Bilaga_A_–"/>
+      <w:bookmarkEnd w:id="81"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44BB9EA5" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="007C74CD">
+    <w:p w14:paraId="4A9EE758" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00E21C29">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="77" w:name="_Toc219118657"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="82" w:name="_Toc222743429"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc223503881"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Bilaga A – Undersökningar med särskild hantering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6CC1EC24" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="007C74CD">
+      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
+    </w:p>
+    <w:p w14:paraId="4D1DF9EE" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="003C6924">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="78" w:name="_Toc219118658"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc222743430"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc223503882"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Lungskintigrafi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="668D2540" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="120A060A" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00E21C29">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">När en patient ska göra en lungundersökning med både ventilation och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>perfusion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -19088,119 +19809,119 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>perfusions</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">-delen in i IBC-NM (sker automatiskt vid bokning). Den sanna (inandade) ventilationsdosen beräknas efter undersökningens slut, men behöver </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> skrivas in i IBC-NM.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FDAF1F9" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="25967AA9" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00E21C29">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Förbered </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Technegas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> enligt beredningsprotokoll (se </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Beredning" w:history="1">
         <w:r w:rsidRPr="00A3488A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Beredning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D81C29D" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="18EC74BF" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00E21C29">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Utför ventilationsundersökningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1613BCC2" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="42478493" w14:textId="0BE11781" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00E21C29">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Om dagens </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Pulmociskit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -19216,68 +19937,67 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Lungperf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2-3M) till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Lungperf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4M) enligt </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Ändra_undersökningstyp" w:history="1">
-[...1 lines deleted...]
-          <w:rPr>
+      <w:hyperlink w:anchor="_Ändra_undersökningstyp_1" w:history="1">
+        <w:r w:rsidR="007B487C" w:rsidRPr="00933B7B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
-            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Ändra undersökningstyp</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A3488A">
+      <w:r w:rsidRPr="00D5457E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3D090A" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="4CB5D64A" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00E21C29">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Dra upp </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>perfusionsdos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -19312,114 +20032,113 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> du vill ge patienten (se </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Ändra_ordinerad_aktivitet" w:history="1">
         <w:r w:rsidRPr="00A3488A">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="006298" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Ändra ordinerad aktivitet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56907EB4" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="76EABB62" w14:textId="1DDDE9E6" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00E21C29">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Administrera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>perfusionsdos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> enligt vanligt arbetssätt (se </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Administrera_patientdos" w:history="1">
-[...1 lines deleted...]
-          <w:rPr>
+      <w:hyperlink w:anchor="_Administrera_patientdos_1" w:history="1">
+        <w:r w:rsidRPr="00266C16">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
-[...2 lines deleted...]
-          <w:t>administrera patientdos</w:t>
+          </w:rPr>
+          <w:t>Administrera patientdos)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">) och utför </w:t>
+        <w:t xml:space="preserve"> och utför </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>perfusionsundersökningen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00599078" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="26238B06" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00E21C29">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Mät </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>restaktiviteten</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -19448,182 +20167,202 @@
           <w:t>restaktivitet</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">) och dokumentera patientens dos i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>patientadminstrativt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> system enligt rutin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0707ED3E" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="007C74CD">
+    <w:p w14:paraId="3C9938BA" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00BC3D27">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="_Toc219118659"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc222743431"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc223503883"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t xml:space="preserve">Ventrikeltömning med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Pulmocis</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="87"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="562505FE" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
-[...2 lines deleted...]
-        <w:ind w:left="0"/>
+    <w:p w14:paraId="5D21FF5A" w14:textId="7BBB7E52" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00BF1082">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="275"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Om dagens </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Pulmociskit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> har 4M partiklar måste patientens undersökningstyp justeras från Ventrikeltömning (2-3M) till Ventrikeltömning (4M) enligt </w:t>
-[...3 lines deleted...]
-          <w:rPr>
+        <w:t xml:space="preserve"> har 4M partiklar måste patientens undersökningstyp justeras från Ventrikeltömning (2-3M) till Ventrikeltömning (4M) enligt</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51CA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Ändra_undersökningstyp_1" w:history="1">
+        <w:r w:rsidR="00E51CA7" w:rsidRPr="00933B7B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
-[...2 lines deleted...]
-          <w:t>Ändra undersökningstyp</w:t>
+          </w:rPr>
+          <w:t xml:space="preserve">Ändra undersökningstyp </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> innan dispensering påbörjas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6563B867" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="007C74CD">
+    <w:p w14:paraId="7C4DF9FB" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00BC3D27">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="80" w:name="_Toc197523939"/>
-      <w:bookmarkStart w:id="81" w:name="_Toc219118660"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc222743432"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc223503884"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Skelettskintigrafi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t xml:space="preserve"> med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>Teceos</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="80"/>
-      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="89"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3DA641DA" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="567C0DAA" w14:textId="7210D8A8" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00E21C29">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Om en patient ska göra en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>skelettskintigrafi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Teceos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> istället för HDP behöver patientens undersökningstyp justeras enligt </w:t>
-[...3 lines deleted...]
-          <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>istället</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för HDP behöver patientens undersökningstyp justeras enligt </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Ändra_undersökningstyp_1" w:history="1">
+        <w:r w:rsidRPr="00933B7B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="006298" w:themeColor="hyperlink"/>
-            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Ändra undersökningstyp</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Skelettskintigrafi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
@@ -19639,179 +20378,189 @@
         </w:rPr>
         <w:t>teceos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> innan dispensering påbörjas (OBS! gör detta i samband med dispensering, undersökningen ”hoppar tillbaka” till HDP vid statusändring i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Sectra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ankomstregistrering, påbörja, etc.)).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E391A65" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="007C74CD">
+    <w:p w14:paraId="702519C8" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00BC3D27">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc219118661"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc222743433"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc223503885"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>SN bröst dagen före operation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="82"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5FB65222" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
+    </w:p>
+    <w:p w14:paraId="5A5B047E" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00E21C29">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Om en patient ska få SN bröstinjektion dagen före operation och ges 120 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>MBq</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> behöver detta skrivas in manuellt vid dispensering, eftersom den inlagda standarddosen är 20 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>MBq</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> för alla SN bröst.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7079BA17" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="007C74CD">
+    <w:p w14:paraId="70C832E8" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00BC3D27">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="_Toc219118662"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc222743434"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc223503886"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:t>SeHCAT</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="93"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="08E4F919" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
+    <w:p w14:paraId="4B55E604" w14:textId="77777777" w:rsidR="00E21C29" w:rsidRPr="00A3488A" w:rsidRDefault="00E21C29" w:rsidP="00E21C29">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid förberedelse av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>SeHCAT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">-dos behövs ingen mätning, istället kan man trycka på det lilla kugghjulet bredvid lagerlistan och välja </w:t>
+        <w:t xml:space="preserve">-dos behövs ingen mätning, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>istället</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kan man trycka på det lilla kugghjulet bredvid lagerlistan och välja </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>använd hela lagret</w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA42A9F" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="59FA7964" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="007C74CD">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="84" w:name="_Toc219118663"/>
-      <w:r w:rsidRPr="00A3488A">
+      <w:bookmarkStart w:id="94" w:name="_Toc223503887"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:lastRenderedPageBreak/>
         <w:t>Bilaga B – Vanliga fel/problem</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="94"/>
     </w:p>
     <w:p w14:paraId="790FE371" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71955863" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -19847,51 +20596,65 @@
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ändra status på undersökningen i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Sectra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (t.ex. ankomstregistrera, ångra ankomst eller påbörja undersökning)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ankomstregistrera, ångra ankomst eller påbörja undersökning)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F420CF4" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontrollera att rätt undersökningskod används (alla koder är inte kopplade till IBC-NM). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F7C103" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -19974,51 +20737,69 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37B25534" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Om lageruppgift behöver korrigeras efter beredning (t.ex. volym):</w:t>
+        <w:t>Om lageruppgift behöver korrigeras efter beredning (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A3488A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> volym):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7B6C41" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klicka på </w:t>
       </w:r>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
@@ -20230,91 +21011,96 @@
       </w:pPr>
       <w:r w:rsidRPr="00A3488A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Skriv ut ny etikett. OBS! Aktivitet och koncentration kommer ej att uppdateras på etiketten. Stryk över, skriv de nya siffrorna för hand samt din signatur på etiketten om dessa värden har påverkats av din ändring.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61353B02" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRPr="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00A3488A">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="628D8191" w14:textId="77777777" w:rsidR="00A3488A" w:rsidRDefault="00A3488A" w:rsidP="00184167">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11010C13" w14:textId="5CC02D41" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="00D71575">
+    <w:p w14:paraId="70FDC423" w14:textId="0F321476" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="7DEE9EB7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11010C13" w14:textId="3E0890A6" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="00D71575">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00747066" w:rsidSect="00A3488A">
-      <w:headerReference w:type="default" r:id="rId73"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId77"/>
+      <w:headerReference w:type="default" r:id="rId75"/>
+      <w:footerReference w:type="even" r:id="rId76"/>
+      <w:footerReference w:type="default" r:id="rId77"/>
+      <w:headerReference w:type="first" r:id="rId78"/>
+      <w:footerReference w:type="first" r:id="rId79"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BEFEFC6" w14:textId="77777777" w:rsidR="00F93F3A" w:rsidRDefault="00F93F3A">
+    <w:p w14:paraId="4B7786D4" w14:textId="77777777" w:rsidR="00326803" w:rsidRDefault="00326803">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16345FAF" w14:textId="77777777" w:rsidR="00F93F3A" w:rsidRDefault="00F93F3A">
+    <w:p w14:paraId="14BF66A9" w14:textId="77777777" w:rsidR="00326803" w:rsidRDefault="00326803">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="38830154" w14:textId="77777777" w:rsidR="00F93F3A" w:rsidRDefault="00F93F3A">
+    <w:p w14:paraId="52CA5A67" w14:textId="77777777" w:rsidR="00326803" w:rsidRDefault="00326803">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -20434,51 +21220,51 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00E1754C" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EF64E0" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
@@ -20656,61 +21442,61 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="221233C9" w14:textId="77777777" w:rsidR="00F93F3A" w:rsidRDefault="00F93F3A"/>
+    <w:p w14:paraId="7F5A8F44" w14:textId="77777777" w:rsidR="00326803" w:rsidRDefault="00326803"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="159C82D7" w14:textId="77777777" w:rsidR="00F93F3A" w:rsidRDefault="00F93F3A">
+    <w:p w14:paraId="6D4CB9C1" w14:textId="77777777" w:rsidR="00326803" w:rsidRDefault="00326803">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="29DEB806" w14:textId="77777777" w:rsidR="00F93F3A" w:rsidRDefault="00F93F3A">
+    <w:p w14:paraId="2D032B35" w14:textId="77777777" w:rsidR="00326803" w:rsidRDefault="00326803">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
@@ -23988,50 +24774,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5EDA294D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4BB255DE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A5040F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E94A4F2A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C964BB9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -24100,51 +24999,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CA83AB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14C053D6"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24213,51 +25112,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -24326,51 +25225,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74540270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="520AC464"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24439,51 +25338,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ABD76C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B42B570"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24552,51 +25451,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -24665,51 +25564,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -24779,729 +25678,838 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="555165083">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="77752350">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="907374553">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1816144419">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1010715744">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="82379985">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="32001010">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="800811010">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1918400350">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1120104860">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="789979897">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1611665312">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1657802124">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1621447758">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="771632992">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1513834274">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="249698029">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1007949876">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="532377923">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1050960762">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="276062968">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1244605020">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1755083839">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2043433166">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1501852880">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="528764729">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1675575576">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="173571272">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1237130137">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1976788179">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1428428529">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1289316120">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="592323805">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1665163605">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="682632439">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="969627739">
     <w:abstractNumId w:val="11"/>
   </w:num>
+  <w:num w:numId="37" w16cid:durableId="154952299">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-[...1 lines deleted...]
-  <w:removeDateAndTime/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="0000258B"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
+    <w:rsid w:val="000162D8"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="0003507D"/>
+    <w:rsid w:val="0003676D"/>
+    <w:rsid w:val="00046DB5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="00053D9F"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056DCA"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00083006"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="000907BE"/>
+    <w:rsid w:val="00091B25"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="000A0E73"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
+    <w:rsid w:val="000B445B"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000D37EC"/>
     <w:rsid w:val="000D7925"/>
+    <w:rsid w:val="000D7E46"/>
+    <w:rsid w:val="000E2987"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000E65A3"/>
     <w:rsid w:val="000F3324"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
+    <w:rsid w:val="00101F02"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
+    <w:rsid w:val="001342F2"/>
     <w:rsid w:val="00134541"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136321"/>
+    <w:rsid w:val="00136B38"/>
+    <w:rsid w:val="00137426"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00160370"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A06A8"/>
+    <w:rsid w:val="001A18EA"/>
     <w:rsid w:val="001A3F20"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001A7733"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001B7808"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E2EB9"/>
     <w:rsid w:val="001E43E8"/>
     <w:rsid w:val="00201B65"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="002204E4"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="00253BA2"/>
     <w:rsid w:val="0025703A"/>
+    <w:rsid w:val="0025737A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00266C16"/>
+    <w:rsid w:val="0027760E"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="00294E63"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C578A"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0590"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
+    <w:rsid w:val="00326803"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="003345AD"/>
+    <w:rsid w:val="0033678A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00364C07"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00394B5A"/>
     <w:rsid w:val="00395DFF"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A7EE0"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C6924"/>
     <w:rsid w:val="003C73B3"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
+    <w:rsid w:val="003E2B0D"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003E6917"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00413AD8"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="004641AE"/>
+    <w:rsid w:val="004653F8"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004746CA"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00494D07"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004A7956"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B674A"/>
+    <w:rsid w:val="004C1990"/>
     <w:rsid w:val="004C3536"/>
+    <w:rsid w:val="004C640D"/>
+    <w:rsid w:val="004D4955"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E5845"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
+    <w:rsid w:val="00550AD5"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057203B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="0059073E"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B3839"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
+    <w:rsid w:val="005C3C49"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E4FAA"/>
     <w:rsid w:val="005E541E"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006311A0"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00653E23"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
+    <w:rsid w:val="00664AEF"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672129"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00675836"/>
     <w:rsid w:val="006769DA"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00686FD0"/>
     <w:rsid w:val="00691BF3"/>
     <w:rsid w:val="006A0B21"/>
+    <w:rsid w:val="006A0D71"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B266D"/>
     <w:rsid w:val="006B5ED4"/>
     <w:rsid w:val="006B7BA1"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D1252"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E69A9"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007064C6"/>
+    <w:rsid w:val="00706CA1"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00711CD7"/>
     <w:rsid w:val="00714C7B"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
+    <w:rsid w:val="007340FC"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="007425F5"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
+    <w:rsid w:val="0076621D"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B487C"/>
     <w:rsid w:val="007C74CD"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00801463"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
+    <w:rsid w:val="00870E56"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00876442"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B3302"/>
     <w:rsid w:val="008B5735"/>
+    <w:rsid w:val="008C42F8"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
+    <w:rsid w:val="008E4833"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="0090620E"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00915132"/>
+    <w:rsid w:val="00920579"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="0093070C"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="00933B7B"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="00940AB3"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00953B98"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1299"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B4EC6"/>
+    <w:rsid w:val="009B52BC"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C49F8"/>
+    <w:rsid w:val="009D3C8D"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F43BA"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A07E9A"/>
+    <w:rsid w:val="00A24C8C"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A3488A"/>
     <w:rsid w:val="00A37634"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A420E3"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A47012"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55142"/>
     <w:rsid w:val="00A63625"/>
+    <w:rsid w:val="00A64ED8"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8386A"/>
     <w:rsid w:val="00A86953"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA3E8E"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB3732"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD22BE"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B221EF"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B64BB3"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
+    <w:rsid w:val="00B7075B"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B9544C"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BB0D30"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
+    <w:rsid w:val="00BC3A53"/>
+    <w:rsid w:val="00BC3D27"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BF1082"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C13AD8"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C91BCB"/>
+    <w:rsid w:val="00C92950"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
+    <w:rsid w:val="00CA4760"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB7661"/>
+    <w:rsid w:val="00CB7A33"/>
     <w:rsid w:val="00CC167C"/>
+    <w:rsid w:val="00CC1DB9"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CE7771"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00237"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D05069"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D25106"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D5457E"/>
     <w:rsid w:val="00D71575"/>
+    <w:rsid w:val="00D749FD"/>
     <w:rsid w:val="00D75A57"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D9558F"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DC58B0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E033E3"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E142C2"/>
     <w:rsid w:val="00E1754C"/>
+    <w:rsid w:val="00E200D8"/>
+    <w:rsid w:val="00E21C29"/>
+    <w:rsid w:val="00E51CA7"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E727B1"/>
+    <w:rsid w:val="00E73E0B"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
+    <w:rsid w:val="00E8783D"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E9313B"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00EA3525"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC13A9"/>
     <w:rsid w:val="00EC1C1B"/>
+    <w:rsid w:val="00EC3873"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EF100E"/>
     <w:rsid w:val="00EF206A"/>
     <w:rsid w:val="00EF64E0"/>
+    <w:rsid w:val="00F07328"/>
     <w:rsid w:val="00F22264"/>
+    <w:rsid w:val="00F2486B"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F304DD"/>
+    <w:rsid w:val="00F34ADE"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F45D5B"/>
+    <w:rsid w:val="00F46410"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F6686A"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F93F3A"/>
     <w:rsid w:val="00FA761D"/>
     <w:rsid w:val="00FB12B6"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC41E1"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF6CD7"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0D70FB9D"/>
     <w:rsid w:val="1492EC97"/>
+    <w:rsid w:val="3D3B586B"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="7DEE9EB7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{66F75E84-FEF2-411A-98D7-3C99F778630E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -28694,55 +29702,55 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1770353650">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-30/surrogate/Kvalitetskontroll%20av%20aktivitetsm%c3%a4tare.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-68/surrogate/Hantering%20av%20generator%20i%20%20beredningsrum.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.png" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:a9cd3baa-d0be-4f28-92f0-65f4d2d06bb9" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/lagar-och-regler/foreskrifter/2014-4-konsoliderad" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png" Id="rId57" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-30/surrogate/Kvalitetskontroll%20av%20aktivitetsm%c3%a4tare.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-68/surrogate/Hantering%20av%20generator%20i%20%20beredningsrum.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:a9cd3baa-d0be-4f28-92f0-65f4d2d06bb9" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.png" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/lagar-och-regler/foreskrifter/2014-4-konsoliderad" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image59.png" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image58.png" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png" Id="rId57" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image59.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image58.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image61.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image60.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -29026,70 +30034,1190 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>26</Pages>
-  <Words>3721</Words>
-  <Characters>24860</Characters>
+  <Words>4669</Words>
+  <Characters>24747</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>207</Lines>
-  <Paragraphs>57</Paragraphs>
+  <Lines>206</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28524</CharactersWithSpaces>
+  <CharactersWithSpaces>29358</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="372" baseType="variant">
+      <vt:variant>
+        <vt:i4>4128817</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>318</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Administrera_patientdos</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4259960</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>315</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Lägga_in_undersökning</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162693</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>312</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Ändra_undersökningstyp_1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162693</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>309</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Ändra_undersökningstyp_1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5832908</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>306</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Mäta_restaktivitet</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>917614</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>303</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Administrera_patientdos_1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15794258</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>300</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Ändra_ordinerad_aktivitet</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3801255</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>297</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Förbered_patientdos</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162693</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>294</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Ändra_undersökningstyp_1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7995487</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>291</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Beredning</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7798835</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>288</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.lakemedelsverket.se/sv/lagar-och-regler/foreskrifter/2014-4-konsoliderad</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>hmainbody4</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114283</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>285</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Boka_lager_från</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114158</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>282</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Avfallshantering</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5832908</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>279</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Mäta_restaktivitet</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>13303979</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>276</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Lägg_till/ändra_patientens</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6881367</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>273</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Bilaga_A_–</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2228257</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>270</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-68/surrogate/Hantering av generator i  beredningsrum.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2359351</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>267</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-30/surrogate/Kvalitetskontroll av aktivitetsm%c3%a4tare.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>260</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340117</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>254</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340116</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>248</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340115</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>242</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340114</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>236</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340113</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>230</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340112</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>224</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340111</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>218</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340110</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441844</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>212</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340109</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441844</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>206</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340108</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441844</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>200</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340107</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441844</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>194</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340106</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441844</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>188</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340105</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441844</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>182</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340104</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441844</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>176</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340103</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441844</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>170</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340102</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441844</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>164</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340101</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441844</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>158</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340100</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>152</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340099</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>146</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340098</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>140</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340097</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>134</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340096</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>128</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340095</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>122</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340094</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>116</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340093</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>110</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340092</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>104</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340091</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2031669</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>98</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340090</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>92</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340089</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>86</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340088</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>80</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340087</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>74</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340086</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>68</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340085</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>62</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340084</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>56</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340083</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>50</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340082</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>44</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340081</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966133</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>38</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340080</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114165</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>32</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340079</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114165</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>26</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340078</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114165</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340077</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114165</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>14</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340076</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114165</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340075</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114165</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc223340074</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IBC-NM</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
+  <revision>52</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>