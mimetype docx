--- v0 (2025-12-13)
+++ v1 (2026-03-19)
@@ -1,296 +1,285 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00184167" w:rsidP="00903A9F" w:rsidRDefault="007240B6" w14:paraId="061914D4" w14:textId="42FDDFCE">
+    <w:p w14:paraId="061914D4" w14:textId="42FDDFCE" w:rsidR="00184167" w:rsidRDefault="007240B6" w:rsidP="00614CE3">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-        <w:ind w:left="0"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+        <w:ind w:left="0" w:right="-710"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r>
         <w:t>Beskrivning av lokalerna vid Nuklearmedicin</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00913886" w:rsidP="00913886" w:rsidRDefault="00913886" w14:paraId="6FE66BE5" w14:textId="77777777">
+    <w:p w14:paraId="54CAC3C0" w14:textId="77777777" w:rsidR="00913886" w:rsidRPr="00913886" w:rsidRDefault="00913886" w:rsidP="00913886">
       <w:pPr>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:sectPr w:rsidRPr="00913886" w:rsidR="00913886" w:rsidSect="00903A9F">
+        <w:sectPr w:rsidR="00913886" w:rsidRPr="00913886" w:rsidSect="00903A9F">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009A3F72" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="69EC462E" w14:textId="39C1CC01">
+    <w:p w14:paraId="69EC462E" w14:textId="39C1CC01" w:rsidR="00903A9F" w:rsidRPr="009A3F72" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc501440348" w:id="1"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc501440348"/>
       <w:r w:rsidRPr="009A3F72">
         <w:t xml:space="preserve">Bakgrund </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="15C2CD0C" w:rsidRDefault="00903A9F" w14:paraId="284D3BB1" w14:textId="77777777">
+    <w:p w14:paraId="284D3BB1" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="15C2CD0C">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Nuklearmedicinska</w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> lokaler är klassade ur strålsäkerhetssynpunkt enligt Strålsäkerhetsmyndigheten (SSM FS 2018:1) och för att säkerställa hygienkrav enligt Läkemedelsverkets föreskrift om beredning av radiofarmaka (LVFS 2014:4). Lokalerna är utformade med skärmning, ventilation med mera för att säkerställa att strålsäkerheten och hygienkraven </w:t>
-[...11 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> lokaler är klassade ur strålsäkerhetssynpunkt enligt Strålsäkerhetsmyndigheten (SSM FS 2018:1) och för att säkerställa hygienkrav enligt Läkemedelsverkets föreskrift om beredning av radiofarmaka (LVFS 2014:4). Lokalerna är utformade med skärmning, ventilation med mera för att säkerställa att strålsäkerheten och hygienkraven upprätthålls.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009A3F72" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="35F7ABC6" w14:textId="77777777">
+    <w:p w14:paraId="35F7ABC6" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="009A3F72" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc501440350" w:id="3"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc501440350"/>
       <w:r w:rsidRPr="009A3F72">
         <w:t xml:space="preserve">Syfte </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Toc501440351" w:id="4"/>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc501440351"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="7985A6CA" w14:textId="77777777">
+    <w:p w14:paraId="7985A6CA" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00913886">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Att beskriva kategorisering/klassning av lokalerna vid nuklearmedicin i NU-sjukvården och beskriva vilka byggnadstekniska åtgärder som vidtagits för att upprätta detta skydd. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="175C87C0" w14:textId="77777777">
+    <w:p w14:paraId="175C87C0" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="53D087AC" w14:textId="77777777">
+    <w:p w14:paraId="53D087AC" w14:textId="738795D1" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00C1710F" w:rsidP="00903A9F">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00913886">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Ny rutin.</w:t>
+        <w:t>Lagt till mening om kontroll av behörighetslistor.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidRPr="009A3F72" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="01F1B0CC" w14:textId="77777777">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="01F1B0CC" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="009A3F72" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Beskrivning av lokaler</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="30183762" w14:textId="77777777">
+    <w:p w14:paraId="30183762" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>NU-sjukvården</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="2C118A10" w14:textId="77777777">
+    <w:p w14:paraId="2C118A10" w14:textId="6251D393" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">Inom NU-sjukvården bedrivs den </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>nuklearmedinska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> verksamheten på två sjukhus, Uddevalla sjukhus och Norra Älvsborgs länssjukhus. Inom NU-sjukvården är samtliga lokaler där radioaktivitet förvaras klassat som kontrollerat område där behörighet krävs (kortläsare). Därmed loggas vilka som låst upp dörren och vid vilken tidpunkt.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:r w:rsidR="00C1710F">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t>Behörighetslistor över vilka som har tillgång till lokalerna kontrolleras en gång årligen i samband med egeninspektion.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="37EA6207" w14:textId="77777777">
+    <w:p w14:paraId="37EA6207" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="35BF74B2" w14:textId="77777777">
+    <w:p w14:paraId="35BF74B2" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Norra Älvsborgs Länssjukhus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="7BA01C24" w:rsidRDefault="00903A9F" w14:paraId="671C5DC2" w14:textId="5AB14441">
+    <w:p w14:paraId="671C5DC2" w14:textId="5AB14441" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="7BA01C24">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">På Norra Älvsborgs Länssjukhus (NÄL) är den </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>nuklearmedicinska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -319,90 +308,90 @@
         </w:rPr>
         <w:t>nuklearmedicinska</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> korridoren, se figur 5. I beredningsrummet råder övertryck mot sluss 2 som i sin tur har övertryck mot sluss 1. I sluss 1 råder undertryck mot närliggande rum. I figuren är väggar som är strålskärmade med 2 mm bly markerat med grönt. Radioaktiva isotoper förvaras även i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>avembaleringsrummet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>, och i ett avklingningsrum i källaren. Kontrollerat område är markerat i ritningen, och förrådet i källaren.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="7BA01C24" w:rsidRDefault="00903A9F" w14:paraId="0E372A2F" w14:textId="45FCCDCA">
+    <w:p w14:paraId="0E372A2F" w14:textId="45FCCDCA" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="7BA01C24">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="0CEC9574" w14:textId="6FDFE177">
+    <w:p w14:paraId="0CEC9574" w14:textId="6FDFE177" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7BA01C24" w:rsidP="7BA01C24" w:rsidRDefault="7BA01C24" w14:paraId="4FDC6FC6" w14:textId="506E6ABC">
+    <w:p w14:paraId="4FDC6FC6" w14:textId="506E6ABC" w:rsidR="7BA01C24" w:rsidRDefault="7BA01C24" w:rsidP="7BA01C24">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="6B2E2CE0" w14:textId="77777777">
+    <w:p w14:paraId="6B2E2CE0" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2BCDB262" wp14:editId="0D412881">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4389879</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2014962</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1200150" cy="769051"/>
                 <wp:effectExtent l="38100" t="19050" r="38100" b="69215"/>
                 <wp:wrapNone/>
                 <wp:docPr id="45" name="Rektangel 45"/>
                 <wp:cNvGraphicFramePr/>
@@ -437,51 +426,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 45" style="position:absolute;margin-left:345.65pt;margin-top:158.65pt;width:94.5pt;height:60.55pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="58920B7A" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYh/5TcQIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1r2zAQfx/sfxB6X21nabuGOiW0ZAxK&#10;W9aOPiuylBhknXZS4mR//U7yR7quUBjzg3yn+/7p7i6v9o1hO4W+Blvy4iTnTFkJVW3XJf/xtPz0&#10;hTMfhK2EAatKflCeX80/frhs3UxNYAOmUsjIifWz1pV8E4KbZZmXG9UIfwJOWRJqwEYEYnGdVSha&#10;8t6YbJLnZ1kLWDkEqbyn25tOyOfJv9ZKhnutvQrMlJxyC+nEdK7imc0vxWyNwm1q2ach/iGLRtSW&#10;go6ubkQQbIv1X66aWiJ40OFEQpOB1rVUqQaqpshfVfO4EU6lWggc70aY/P9zK+92j+4BCYbW+Zkn&#10;Mlax19jEP+XH9gmswwiW2gcm6bIg+ItTwlSS7PzsIj8tIprZ0dqhD18VNCwSJUd6jISR2N360KkO&#10;KjGYB1NXy9qYxOB6dW2Q7QQ93HKyuMjzzta4jehupzl9fUjfqafwf/gxNnqzEP12IeNNdiw2UeFg&#10;VNQz9rvSrK5ieSlc6kM1JiKkVDYMdSbtaKbJ+Wj4+X3DXj+aqtSjo/HkfePRIkUGG0bjpraAbzkw&#10;Y8q60x8Q6OqOEKygOjwgQ+gmxDu5rOnVboUPDwJpJOihaczDPR3aQFty6CnONoC/3rqP+tSpJOWs&#10;pREruf+5Fag4M98s9fBFMZ3GmUzM9PR8Qgy+lKxeSuy2uQZqhoIWipOJjPrBDKRGaJ5pGyxiVBIJ&#10;Kyl2yWXAgbkO3ejTPpFqsUhqNIdOhFv76OTw6rErn/bPAl3fuoGa/g6GcRSzVx3c6cb3sLDYBtB1&#10;au8jrj3eNMOpQ/t9E5fESz5pHbfi/DcAAAD//wMAUEsDBBQABgAIAAAAIQCNeucZ4gAAAAsBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbvgu+wjODNbtKEdhOzKSUgeBDBqqC3bXabRHdnQ3bb&#10;xrd3PNXbP8zHP99Um9lZdjJTGDxKSBcJMIOt1wN2Et5eH+4EsBAVamU9Ggk/JsCmvr6qVKn9GV/M&#10;aRc7RiUYSiWhj3EsOQ9tb5wKCz8apN3BT05FGqeO60mdqdxZvkySFXdqQLrQq9E0vWm/d0cn4T0T&#10;Rb5+sp/bw0fTPD4X+mvpCilvb+btPbBo5niB4U+f1KEmp70/og7MSlgVaUaohCxdUyBCiITCXkKe&#10;iRx4XfH/P9S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJiH/lNxAgAAXQUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI165xniAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658274" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17BB9A9B" wp14:editId="1326F990">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4610809</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>418968</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="967575" cy="1120981"/>
@@ -522,51 +511,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:shape id="Bildruta 195" style="position:absolute;margin-left:363.05pt;margin-top:33pt;width:76.2pt;height:88.25pt;z-index:251658274;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="967575,1120981" o:spid="_x0000_s1026" fillcolor="#e4c783" strokecolor="black [3213]" strokeweight=".25pt" path="m,l967575,r,1120981l,1120981,,xm65263,65263r,990455l902312,1055718r,-990455l65263,65263xe" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjf0UBigIAAJoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1PGzEM/j5p/yHK93G90lKouKKqjGkS&#10;AjSY+JzmkvamvM1Je+1+PU7upWUgIU37cmfH9hP7ie3Lq51WZCvAV9YUND8ZUCIMt2VlVgX9+XTz&#10;5ZwSH5gpmbJGFHQvPL2aff50WbupGNq1VaUAgiDGT2tX0HUIbpplnq+FZv7EOmHQKC1oFlCFVVYC&#10;qxFdq2w4GJxltYXSgeXCezy9box0lvClFDzcS+lFIKqgmFtIX0jfZfxms0s2XQFz64q3abB/yEKz&#10;yuClPdQ1C4xsoHoDpSsO1lsZTrjVmZWy4iLVgNXkg7+qeVwzJ1ItSI53PU3+/8Hyu+2jewCkoXZ+&#10;6lGMVewk6PjH/MgukbXvyRK7QDgeXpxNxpMxJRxNeT4cXJznkc3sEO3Ah2/CahKFgkpgOlbDpmx7&#10;60NiqyQGDwvKyl85JVIrJH/LFDmbjMYtWuuMuB1ejPRWVeVNpVRSYLVcKCAYWdCvo8Xk/LQNfuWm&#10;DKkLeppj1m8hYsOJHiTsumKOEDAFZbDCA1NJCnslIp4yP4QkVYnc5M0FrzEZ58KEDjd5xzCJRfSB&#10;px8Htv4xVKQG74OHHwf3Eelma0IfrCtj4T0A1acsG/+OgabuSMHSlvsHIGCb8fKO31T45LfMhwcG&#10;+KQ4ebgjwj1+pLL4CLaVKFlb+PPeefTHNkcrJTXOZ0H97w0DQYn6bnAALvLRKA50UkbjyRAVOLYs&#10;jy1moxcWmwObDLNLYvQPqhMlWP2Mq2Qeb0UTMxzvLigP0CmL0OwNXEZczOfJDYfYsXBrHh3vXj12&#10;6dPumYFr+z7gxNzZbpbb7m8m5eAb38PY+SZYWYVoPPDaKrgAUHq1YY715HVYqbMXAAAA//8DAFBL&#10;AwQUAAYACAAAACEAVQKDU98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF90jcwZpK&#10;7KjTQBIrZFJFSF2wQaX0AE7sJlHjcbDdNtwes4LlaJ7+f7/aLmZiV+38aAlhs06AaeqsGqlHOH7u&#10;HgUwHyQpOVnSCN/aw7a+v6tkqeyNPvT1EHoWQ8iXEmEIYS45992gjfRrO2uKv5N1RoZ4up4rJ28x&#10;3Ew8TZKcGzlSbBjkrF8H3Z0PF4Mgno67Yp99if3prcnem8nZ4FrEh9XSvAALegl/MPzqR3Woo1Nr&#10;L6Q8mxCKNN9EFCHP46YIiEJkwFqE9DnNgNcV/z+h/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBjf0UBigIAAJoFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBVAoNT3wAAAAoBAAAPAAAAAAAAAAAAAAAAAOQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" w14:anchorId="494D6400">
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;967575,0;967575,1120981;0,1120981;0,0;65263,65263;65263,1055718;902312,1055718;902312,65263;65263,65263" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658259" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5940C734" wp14:editId="2526F115">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3643750</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>507473</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="990600" cy="1486798"/>
@@ -605,51 +594,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 43" style="position:absolute;margin-left:286.9pt;margin-top:39.95pt;width:78pt;height:117.05pt;z-index:251658259;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="5DE1E6B7" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZMpFMcQIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysFF1r2zDwfbD/IPS+2s6ytgl1SmjJGJQ2&#10;rB19VmQpMcg67aTEyX79TrLjtFuhMOYH+b6/766u941hO4W+Blvy4iznTFkJVW3XJf/xtPh0yZkP&#10;wlbCgFUlPyjPr2cfP1y1bqpGsAFTKWRkxPpp60q+CcFNs8zLjWqEPwOnLDE1YCMCobjOKhQtWW9M&#10;Nsrz86wFrByCVN4T9bZj8lmyr7WS4UFrrwIzJafYQnoxvav4ZrMrMV2jcJta9mGIf4iiEbUlp4Op&#10;WxEE22L9l6mmlggedDiT0GSgdS1VyoGyKfI/snncCKdSLlQc74Yy+f9nVt7vHt0SqQyt81NPYMxi&#10;r7GJf4qP7VOxDkOx1D4wScTJJD/PqaSSWMX48vxichmrmZ20HfrwVUHDIlBypGakGondnQ+d6FEk&#10;OvNg6mpRG5MQXK9uDLKdoMYtRvMJuYp0YdxGdNRxTl/v0nfiyf0rO8ZGLQvRbucyUrJTsgkKB6Oi&#10;nLHflWZ1RekVyV2aQzUEIqRUNhS90yQd1TQZHxQ/v6/Yy0dVlWZ0UB69rzxoJM9gw6Dc1BbwLQNm&#10;CFl38scKdHnHEqygOiyRIXQb4p1c1NS1O+HDUiCtBHWa1jw80KMNtCWHHuJsA/jrLXqUp0klLmct&#10;rVjJ/c+tQMWZ+WZphifFeBx3MiHjLxcjQvAlZ/WSY7fNDdAwFHRQnExglA/mCGqE5pmuwTx6JZaw&#10;knyXXAY8IjehW326J1LN50mM9tCJcGcfnTx2PU7l0/5ZoOtHN9DQ38NxHWkKX09wJxv7YWG+DaDr&#10;NN6nuvb1ph1OE9rfm3gkXuJJ6nQVZ78BAAD//wMAUEsDBBQABgAIAAAAIQDGSzHB4gAAAAoBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNOkkDpkU1WRkDggpBYqlZsbu0nAXkex&#10;24a/x5zguLOjmTflarKGnfXoe0cI81kCTFPjVE8twvvb090SmA+SlDSONMK39rCqrq9KWSh3oY0+&#10;b0PLYgj5QiJ0IQwF577ptJV+5gZN8Xd0o5UhnmPL1SgvMdwanibJA7eyp9jQyUHXnW6+tieLsMuW&#10;YpG/mI/1cV/Xz69CfaZWIN7eTOtHYEFP4c8Mv/gRHarIdHAnUp4ZhPs8i+gBIRcCWDTkqYjCASGb&#10;LxLgVcn/T6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFkykUxxAgAAXQUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMZLMcHiAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658255" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61FB6847" wp14:editId="04DC47BC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3662416</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1490872</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="824278" cy="68987"/>
@@ -687,51 +676,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 55" style="position:absolute;margin-left:288.4pt;margin-top:117.4pt;width:64.9pt;height:5.45pt;z-index:251658255;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="white [3212]" stroked="f" w14:anchorId="4A36B068" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlkgtKYgIAAEcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9rGzEMfx/sOxi/r5dkWZuGXkpo6RiU&#10;NqwdfXZ8dmLwWZ7s5JJ9+sm+yyXrCoWxF1uyfvov+ep6V1u2VRgMuJIPzwacKSehMm5V8h/Pd58m&#10;nIUoXCUsOFXyvQr8evbxw1Xjp2oEa7CVQkZGXJg2vuTrGP20KIJcq1qEM/DKkVAD1iISi6uiQtGQ&#10;9doWo8HgvGgAK48gVQj0etsK+Szb11rJ+Kh1UJHZklNsMZ+Yz2U6i9mVmK5Q+LWRXRjiH6KohXHk&#10;tDd1K6JgGzR/maqNRAig45mEugCtjVQ5B8pmOHiVzdNaeJVzoeIE35cp/D+z8mH75BdIZWh8mAYi&#10;UxY7jXW6KT62y8Xa98VSu8gkPU5G49EFdVeS6HxyOblItSyOuh5D/KqgZokoOVIrcoXE9j7EFnqA&#10;JFcBrKnujLWZSe1XNxbZVlDjlqthZ/wPlHUJ6yBptQbbF5X73nk5ppWpuLcqaVn3XWlmKkpkmMPK&#10;E3d0KaRULh7cZnRS0+SqV/z8vmKHT6ptVL3y6H3lXiN7Bhd75do4wLcM2D5k3eKpJSd5J3IJ1X6B&#10;DKHdheDlnaEO3YsQFwJp+GlNaKHjIx3aQlNy6CjO1oC/3npPeJpJknLW0DKVPPzcCFSc2W+OpvVy&#10;OB6n7cvM+MvFiBg8lSxPJW5T3wC1fUhfh5eZTPhoD6RGqF9o7+fJK4mEk+S75DLigbmJ7ZLTzyHV&#10;fJ5htHFexHv35OWh62kCn3cvAn03ppHG+wEOiyemr6a1xaZ+OJhvImiTR/lY167etK15GbqfJX0H&#10;p3xGHf+/2W8AAAD//wMAUEsDBBQABgAIAAAAIQBM8qyY4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT8MwDIXvSPyHyEjcWLqxtqhrOsEkDggmjcGBo9dkbUXjlCbrOn493mnc7Oen9z7ny9G2&#10;YjC9bxwpmE4iEIZKpxuqFHx+PN89gPABSWPryCg4GQ/L4voqx0y7I72bYRsqwSHkM1RQh9BlUvqy&#10;Nhb9xHWG+LZ3vcXAa19J3eORw20rZ1GUSIsNcUONnVnVpvzeHqyCp7f167ChH70fX+LNb3ArxK+T&#10;Urc34+MCRDBjuJjhjM/oUDDTzh1Ie9EqiNOE0YOC2f2cB3akUZKA2LEyj1OQRS7//1D8AQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACWSC0piAgAARwUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEzyrJjiAAAACwEAAA8AAAAAAAAAAAAAAAAAvAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="007F3AEE">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11B8A5E8" wp14:editId="73C16801">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2208530</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-271780</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2562225" cy="342900"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:wrapNone/>
@@ -743,95 +732,95 @@
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2562225" cy="342900"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="00644F1B" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="0EA83358" w14:textId="77777777">
+                          <w:p w14:paraId="0EA83358" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00644F1B" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                             <w:pPr>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00644F1B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Kontrollerat område</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="11B8A5E8">
+              <v:shapetype w14:anchorId="11B8A5E8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 2" style="position:absolute;margin-left:173.9pt;margin-top:-21.4pt;width:201.75pt;height:27pt;z-index:-251658231;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCprL5iDAIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxkq4x4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7rx8lp2nQvQ3TgyCK5BF5eLS+GXvDjgq9Blvx+SznTFkJjbb7iv/4vntz&#10;zZkPwjbCgFUVf1Se32xev1oPrlQFdGAahYxArC8HV/EuBFdmmZed6oWfgVOWnC1gLwKZuM8aFAOh&#10;9yYr8vwqGwAbhyCV93R7Nzn5JuG3rZLha9t6FZipONUW0o5pr+Oebdai3KNwnZanMsQ/VNELbenR&#10;M9SdCIIdUP8F1WuJ4KENMwl9Bm2rpUo9UDfz/EU3D51wKvVC5Hh3psn/P1j55fjgviEL43sYaYCp&#10;Ce/uQf70zMK2E3avbhFh6JRo6OF5pCwbnC9PqZFqX/oIUg+foaEhi0OABDS22EdWqE9G6DSAxzPp&#10;agxM0mWxvCqKYsmZJN/bRbHK01QyUT5lO/Tho4KexUPFkYaa0MXx3odYjSifQuJjHoxudtqYZOC+&#10;3hpkR0EC2KWVGngRZiwbKr5aUh0xy0LMT9rodSCBGt1X/DqPa5JMZOODbVJIENpMZ6rE2BM9kZGJ&#10;mzDWIwVGmmpoHokohEmI9HHo0AH+5mwgEVbc/zoIVJyZT5bIXs0Xi6jaZCyW7woy8NJTX3qElQRV&#10;8cDZdNyGpPSpo1saSqsTX8+VnGolcSUaTx8hqvfSTlHP33XzBwAA//8DAFBLAwQUAAYACAAAACEA&#10;FP1vBd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvJh2gdJiKUujJhqv&#10;rX2AgZ0Ckd0l7LbQt3c86W0m8+Wf7y/2s+nFlUbfOasgXkYgyNZOd7ZRcPp6XzyD8AGtxt5ZUnAj&#10;D/vy/q7AXLvJHuh6DI3gEOtzVNCGMORS+rolg37pBrJ8O7vRYOB1bKQeceJw08skijbSYGf5Q4sD&#10;vbVUfx8vRsH5c3pab6fqI5yyQ7p5xS6r3E2px4f5ZQci0Bz+YPjVZ3Uo2alyF6u96BWs0ozVg4JF&#10;mvDARLaOVyAqRuMEZFnI/xXKHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCprL5iDAIA&#10;APYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAU/W8F&#10;3wAAAAoBAAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;">
+              <v:shape id="Textruta 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:173.9pt;margin-top:-21.4pt;width:201.75pt;height:27pt;z-index:-251658231;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCprL5iDAIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxkq4x4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7rx8lp2nQvQ3TgyCK5BF5eLS+GXvDjgq9Blvx+SznTFkJjbb7iv/4vntz&#10;zZkPwjbCgFUVf1Se32xev1oPrlQFdGAahYxArC8HV/EuBFdmmZed6oWfgVOWnC1gLwKZuM8aFAOh&#10;9yYr8vwqGwAbhyCV93R7Nzn5JuG3rZLha9t6FZipONUW0o5pr+Oebdai3KNwnZanMsQ/VNELbenR&#10;M9SdCIIdUP8F1WuJ4KENMwl9Bm2rpUo9UDfz/EU3D51wKvVC5Hh3psn/P1j55fjgviEL43sYaYCp&#10;Ce/uQf70zMK2E3avbhFh6JRo6OF5pCwbnC9PqZFqX/oIUg+foaEhi0OABDS22EdWqE9G6DSAxzPp&#10;agxM0mWxvCqKYsmZJN/bRbHK01QyUT5lO/Tho4KexUPFkYaa0MXx3odYjSifQuJjHoxudtqYZOC+&#10;3hpkR0EC2KWVGngRZiwbKr5aUh0xy0LMT9rodSCBGt1X/DqPa5JMZOODbVJIENpMZ6rE2BM9kZGJ&#10;mzDWIwVGmmpoHokohEmI9HHo0AH+5mwgEVbc/zoIVJyZT5bIXs0Xi6jaZCyW7woy8NJTX3qElQRV&#10;8cDZdNyGpPSpo1saSqsTX8+VnGolcSUaTx8hqvfSTlHP33XzBwAA//8DAFBLAwQUAAYACAAAACEA&#10;FP1vBd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvJh2gdJiKUujJhqv&#10;rX2AgZ0Ckd0l7LbQt3c86W0m8+Wf7y/2s+nFlUbfOasgXkYgyNZOd7ZRcPp6XzyD8AGtxt5ZUnAj&#10;D/vy/q7AXLvJHuh6DI3gEOtzVNCGMORS+rolg37pBrJ8O7vRYOB1bKQeceJw08skijbSYGf5Q4sD&#10;vbVUfx8vRsH5c3pab6fqI5yyQ7p5xS6r3E2px4f5ZQci0Bz+YPjVZ3Uo2alyF6u96BWs0ozVg4JF&#10;mvDARLaOVyAqRuMEZFnI/xXKHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCprL5iDAIA&#10;APYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAU/W8F&#10;3wAAAAoBAAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00644F1B" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="0EA83358" w14:textId="77777777">
+                    <w:p w14:paraId="0EA83358" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00644F1B" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                       <w:pPr>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00644F1B">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>Kontrollerat område</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
@@ -885,51 +874,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 47" style="position:absolute;margin-left:152.9pt;margin-top:-19.9pt;width:19.5pt;height:17.25pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="4DC79FD8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsXQ7YcgIAAFwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1r2zAQfx/sfxB6X/2xtF1DnRJaMgal&#10;LWtHnxVZSgyyTjspcbK/fifZcbquUBjzg3yn+/7p7i6vdq1hW4W+AVvx4iTnTFkJdWNXFf/xtPj0&#10;hTMfhK2FAasqvleeX80+frjs3FSVsAZTK2TkxPpp5yq+DsFNs8zLtWqFPwGnLAk1YCsCsbjKahQd&#10;eW9NVub5WdYB1g5BKu/p9qYX8lnyr7WS4V5rrwIzFafcQjoxnct4ZrNLMV2hcOtGDmmIf8iiFY2l&#10;oKOrGxEE22Dzl6u2kQgedDiR0GagdSNVqoGqKfJX1TyuhVOpFgLHuxEm///cyrvto3tAgqFzfuqJ&#10;jFXsNLbxT/mxXQJrP4KldoFJuiwn52enBKkkUVlc5OenEczsaOzQh68KWhaJiiO9RYJIbG996FUP&#10;KjGWB9PUi8aYxOBqeW2QbQW926KcX+R5b2vcWvS3k5y+IaTv1VP4P/wYG71ZiH77kPEmO9aaqLA3&#10;KuoZ+11p1tRUXZHCpTZUYyJCSmVDMQRN2tFMk/PR8PP7hoN+NFWpRUfj8n3j0SJFBhtG47axgG85&#10;MGPKutc/INDXHSFYQr1/QIbQD4h3ctHQq90KHx4E0kTQQ9OUh3s6tIGu4jBQnK0Bf711H/WpUUnK&#10;WUcTVnH/cyNQcWa+WWrhi2IyiSOZmMnpeUkMvpQsX0rspr0GaoaC9omTiYz6wRxIjdA+0zKYx6gk&#10;ElZS7IrLgAfmOvSTT+tEqvk8qdEYOhFu7aOTh1ePXfm0exbohtYN1PN3cJhGMX3Vwb1ufA8L800A&#10;3aT2PuI64E0jnDp0WDdxR7zkk9ZxKc5+AwAA//8DAFBLAwQUAAYACAAAACEAcLTc9+EAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3LaUtYO1NJ2mSkgcENIGSHDLGq8tJE7V&#10;ZFv595gT3J79np4/l+vJWXHCMfSeFNzMExBIjTc9tQpeXx5mKxAhajLaekIF3xhgXV1elLow/kxb&#10;PO1iK7iEQqEVdDEOhZSh6dDpMPcDEnsHPzodeRxbaUZ95nJn5SJJbqXTPfGFTg9Yd9h87Y5OwVu6&#10;yrO7J/uxObzX9eNzbj4XLlfq+mra3IOIOMW/MPziMzpUzLT3RzJBWAVpsmT0qGCW5iw4kWYZiz1v&#10;linIqpT/X6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKxdDthyAgAAXAUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHC03PfhAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAzAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01B6B55E" wp14:editId="59587964">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>208279</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1328420</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="904875" cy="676275"/>
@@ -968,51 +957,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 465720739" style="position:absolute;margin-left:16.4pt;margin-top:104.6pt;width:71.25pt;height:53.25pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="1E71EF24" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQClEk4GcwIAAFwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6SuoUwQtMgwo&#10;2qDt0LMiS7EBWdQoJU7260fJjtN1BQoM80EmRfLjQySvrneNYVuFvgZb8NFJzpmyEsrargv+43nx&#10;5YIzH4QthQGrCr5Xnl/PPn+6at1UjaECUypkBGL9tHUFr0Jw0yzzslKN8CfglCWhBmxEIBbXWYmi&#10;JfTGZOM8P8tawNIhSOU93d52Qj5L+ForGR609iowU3CKLaQT07mKZza7EtM1ClfVsg9D/EMUjagt&#10;OR2gbkUQbIP1X1BNLRE86HAioclA61qqlANlM8rfZPNUCadSLlQc74Yy+f8HK++3T26JVIbW+akn&#10;Mmax09jEP8XHdqlY+6FYaheYpMvLfHJxfsqZJNHZ+dmYaELJjsYOffimoGGRKDjSW6QSie2dD53q&#10;QSX68mDqclEbkxhcr24Msq2gd1uM55d53tkaV4nudpLT17v0nXpy/weOsRHNQsTtXMab7JhrosLe&#10;qKhn7KPSrC4pu1Fyl9pQDYEIKZUNo95p0o5mmsAHw68fG/b60VSlFh2Mxx8bDxbJM9gwGDe1BXwP&#10;wAwh607/UIEu71iCFZT7JTKEbkC8k4uaXu1O+LAUSBNBs0NTHh7o0AbagkNPcVYB/nrvPupTo5KU&#10;s5YmrOD+50ag4sx8t9TCl6PJJI5kYian52Ni8LVk9VpiN80NUDOMaJ84mcioH8yB1AjNCy2DefRK&#10;ImEl+S64DHhgbkI3+bROpJrPkxqNoRPhzj45eXj12JXPuxeBrm/dQD1/D4dpFNM3HdzpxvewMN8E&#10;0HVq72Nd+3rTCKcO7ddN3BGv+aR1XIqz3wAAAP//AwBQSwMEFAAGAAgAAAAhALXku8LhAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje76caaJmZTSkDwIIK1Bb1ts69JdPdt&#10;yG7b+O/dnvQ4zDDzTbmarGEnHH3vSMJ8lgBDapzuqZWwfX+6WwLzQZFWxhFK+EEPq+r6qlSFdmd6&#10;w9MmtCyWkC+UhC6EoeDcNx1a5WduQIrewY1WhSjHlutRnWO5NVwkyQO3qqe40KkB6w6b783RStil&#10;y/w+ezGf68NHXT+/5vpL2FzK25tp/Qgs4BT+wnDBj+hQRaa9O5L2zEhIRSQPEkSSC2CXQLZIge2j&#10;M19kwKuS/79Q/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQClEk4GcwIAAFwFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC15LvC4QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAM0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3235CB8C" wp14:editId="54CE78A6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2795270</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3267075" cy="1428750"/>
@@ -1051,51 +1040,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 46" style="position:absolute;margin-left:206.05pt;margin-top:220.1pt;width:257.25pt;height:112.5pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="1D9080B6" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBSTOymdgIAAF4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1r2zAQfx/sfxB6X/3RtGlDnRJaMgal&#10;LWtHnxVZigWyTpOUONlfv5PsOKErDMb8IN/pfvepu7u53bWabIXzCkxFi7OcEmE41MqsK/rjdfnl&#10;ihIfmKmZBiMquhee3s4/f7rp7EyU0ICuhSNoxPhZZyvahGBnWeZ5I1rmz8AKg0IJrmUBWbfOasc6&#10;tN7qrMzzy6wDV1sHXHiPt/e9kM6TfSkFD09SehGIrijGFtLp0rmKZza/YbO1Y7ZRfAiD/UMULVMG&#10;nY6m7llgZOPUH6ZaxR14kOGMQ5uBlIqLlANmU+TvsnlpmBUpFyyOt2OZ/P8zyx+3L/bZYRk662ce&#10;yZjFTro2/jE+skvF2o/FErtAOF6el5fTfHpBCUdZMSmvphepnNlR3TofvgpoSSQq6vA1UpHY9sEH&#10;dInQAyR686BVvVRaJ8atV3fakS3Dl1uWi+s873W1bVh/O8nxiy+IdnwP7+lTO9pEawai3R4ab7Jj&#10;tokKey0iTpvvQhJVY35FcpcaUYyBMM6FCcXgNKGjmkTjo+L53xUHfFQVqUlH5fLvyqNG8gwmjMqt&#10;MuA+MqDHkGWPP1SgzzuWYAX1/tkRB/2IeMuXCl/tgfnwzBzOBE4Pznl4wkNq6CoKA0VJA+7XR/cR&#10;j62KUko6nLGK+p8b5gQl+pvBJr4uJpM4lImZXExLZNypZHUqMZv2DrAZCtwolicy4oM+kNJB+4br&#10;YBG9oogZjr4ryoM7MHehn31cKFwsFgmGg2hZeDAvlh9ePXbl6+6NOTu0bsCuf4TDPLLZuw7usfE9&#10;DCw2AaRK7X2s61BvHOLUocPCiVvilE+o41qc/wYAAP//AwBQSwMEFAAGAAgAAAAhALNVnBvgAAAA&#10;CAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje7aUxiE/NSSkDwIEKrgt622dck&#10;mn0bsts2/nvXkx6HGWa+KdezGcSJJtdbRlguIhDEjdU9twivLw83KxDOK9ZqsEwI3+RgXV1elKrQ&#10;9sxbOu18K0IJu0IhdN6PhZSu6cgot7AjcfAOdjLKBzm1Uk/qHMrNIOMoyqRRPYeFTo1Ud9R87Y4G&#10;4e12lSd3T8PH5vBe14/Puf6MTY54fTVv7kF4mv1fGH7xAzpUgWlvj6ydGBDCEY+QJFEMItjpMklB&#10;7BGyLI1BVqX8f6D6AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFJM7KZ2AgAAXgUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALNVnBvgAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAA0AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FF75A64" wp14:editId="1F5358E4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4599305</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>509270</wp:posOffset>
                 </wp:positionV>
@@ -1135,51 +1124,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 44" style="position:absolute;margin-left:362.15pt;margin-top:40.1pt;width:72.75pt;height:117.75pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="473C5EB7" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpRe8YcwIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1r2zAQfx/sfxB6X/3RdFtCnRJaMgal&#10;K2tHnxVZSgyyTjspcbK/fifZcbquUBjzg3yn+92n7u7yat8atlPoG7AVL85yzpSVUDd2XfEfj8sP&#10;nznzQdhaGLCq4gfl+dX8/bvLzs1UCRswtUJGRqyfda7imxDcLMu83KhW+DNwypJQA7YiEIvrrEbR&#10;kfXWZGWef8w6wNohSOU93d70Qj5P9rVWMnzT2qvATMUptpBOTOcqntn8UszWKNymkUMY4h+iaEVj&#10;yelo6kYEwbbY/GWqbSSCBx3OJLQZaN1IlXKgbIr8RTYPG+FUyoWK491YJv//zMq73YO7RypD5/zM&#10;Exmz2Gts45/iY/tUrMNYLLUPTNLltDyflhecSRIVk+nFhBgyk520HfrwRUHLIlFxpMdINRK7Wx96&#10;6BESnXkwTb1sjEkMrlfXBtlO0MMty8U0z3td4zaiv53k9A0ufQ9P7v+wY2y0ZiHa7V3Gm+yUbKLC&#10;waiIM/a70qypKb0iuUt9qMZAhJTKhmJwmtBRTZPxUfH8bcUBH1VV6tFRuXxbedRInsGGUbltLOBr&#10;BswYsu7xxwr0eccSrKA+3CND6CfEO7ls6NVuhQ/3AmkkaHhozMM3OrSBruIwUJxtAH+9dh/x1Kkk&#10;5ayjEau4/7kVqDgzXy318LSYTOJMJmZy8akkBp9LVs8ldtteAzVDQQvFyURGfDBHUiO0T7QNFtEr&#10;iYSV5LviMuCRuQ796NM+kWqxSDCaQyfCrX1w8vjqsSsf908C3dC6gZr+Do7jKGYvOrjHxvewsNgG&#10;0E1q71Ndh3rTDKcOHfZNXBLP+YQ6bcX5bwAAAP//AwBQSwMEFAAGAAgAAAAhAClP9zziAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AQhu+C/2EZwZvdNKnNh5mUEhA8iGBV0Ns2u02i2dmQ&#10;3bbx3zue9DjMw/s+b7mZ7SBOZvK9I4TlIgJhqHG6pxbh9eX+JgPhgyKtBkcG4dt42FSXF6UqtDvT&#10;szntQis4hHyhELoQxkJK33TGKr9woyH+HdxkVeBzaqWe1JnD7SDjKFpLq3rihk6Npu5M87U7WoS3&#10;JMtX6ePwsT281/XDU64/Y5sjXl/N2zsQwczhD4ZffVaHip327kjaiwEhjVcJowhZFINgIFvnvGWP&#10;kCxvU5BVKf9PqH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaUXvGHMCAABdBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKU/3POIAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAADNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B85DCE5" wp14:editId="397834A1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2551430</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>499744</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1057275" cy="1495425"/>
@@ -1218,51 +1207,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 42" style="position:absolute;margin-left:200.9pt;margin-top:39.35pt;width:83.25pt;height:117.75pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="2C2D8DBE" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzgHD9cwIAAF4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9r2zAQfx/sOwi9r7azZFtDnRJaMgal&#10;LWtHnxVZig2yTjspcbJPv5PsOF1XKIz5Qb7T/e6v7u7ict8atlPoG7AlL85yzpSVUDV2U/Ifj6sP&#10;XzjzQdhKGLCq5Afl+eXi/buLzs3VBGowlUJGRqyfd67kdQhunmVe1qoV/gycsiTUgK0IxOImq1B0&#10;ZL012STPP2UdYOUQpPKebq97IV8k+1orGe609iowU3KKLaQT07mOZ7a4EPMNClc3cghD/EMUrWgs&#10;OR1NXYsg2Babv0y1jUTwoMOZhDYDrRupUg6UTZG/yOahFk6lXKg43o1l8v/PrLzdPbh7pDJ0zs89&#10;kTGLvcY2/ik+tk/FOozFUvvAJF0W+ezz5POMM0myYno+m05msZzZSd2hD18VtCwSJUd6jVQksbvx&#10;oYceIdGbB9NUq8aYxOBmfWWQ7QS93GqyPM/zXte4WvS305y+waXv4cn9H3aMjdYsRLu9y3iTnbJN&#10;VDgYFXHGfleaNVXML7lLjajGQISUyoZicJrQUU2T8VHx49uKAz6qqtSko/LkbeVRI3kGG0bltrGA&#10;rxkwY8i6xx8r0OcdS7CG6nCPDKEfEe/kqqFXuxE+3AukmaDpoTkPd3RoA13JYaA4qwF/vXYf8dSq&#10;JOWsoxkruf+5Fag4M98sNfF5MZ3GoUzMlNqJGHwuWT+X2G17BdQMBW0UJxMZ8cEcSY3QPtE6WEav&#10;JBJWku+Sy4BH5ir0s08LRarlMsFoEJ0IN/bByeOrx6583D8JdEPrBur6WzjOo5i/6OAeG9/DwnIb&#10;QDepvU91HepNQ5w6dFg4cUs85xPqtBYXvwEAAP//AwBQSwMEFAAGAAgAAAAhAILlb9fiAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj01LxDAYhO+C/yG8gjc3/XL7Yd8uS0HwIIKrgt6yTbatJm9K&#10;k92t/9540uMww8wz9WYxmp3U7EZLCPEqAqaos3KkHuH15f6mAOa8ICm0JYXwrRxsmsuLWlTSnulZ&#10;nXa+Z6GEXCUQBu+ninPXDcoIt7KTouAd7GyED3LuuZzFOZQbzZMoWnMjRgoLg5hUO6jua3c0CG9p&#10;UWb5o/7YHt7b9uGplJ+JKRGvr5btHTCvFv8Xhl/8gA5NYNrbI0nHNEIWxQHdI+RFDiwEbtdFCmyP&#10;kMZZAryp+f8LzQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA84Bw/XMCAABeBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAguVv1+IAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAADNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5387CC7E" wp14:editId="1BBCECF8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>227329</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-357505</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1343025" cy="781050"/>
@@ -1301,51 +1290,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 41" style="position:absolute;margin-left:17.9pt;margin-top:-28.15pt;width:105.75pt;height:61.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="2CA46558" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaOWd8dAIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9r2zAQfx/sOwi9r7bTdG1DnRJaMgal&#10;DWtHnxVZSgyyTjspcbJPv5PsOKErFMb8IN/pfvdXd3dzu2sM2yr0NdiSF2c5Z8pKqGq7KvnPl/mX&#10;K858ELYSBqwq+V55fjv9/OmmdRM1gjWYSiEjI9ZPWlfydQhukmVerlUj/Bk4ZUmoARsRiMVVVqFo&#10;yXpjslGef81awMohSOU93d53Qj5N9rVWMjxp7VVgpuQUW0gnpnMZz2x6IyYrFG5dyz4M8Q9RNKK2&#10;5HQwdS+CYBus/zLV1BLBgw5nEpoMtK6lSjlQNkX+JpvntXAq5ULF8W4ok/9/ZuXj9tktkMrQOj/x&#10;RMYsdhqb+Kf42C4Vaz8US+0Ck3RZnI/P89EFZ5Jkl1dFfpGqmR21HfrwTUHDIlFypMdINRLbBx/I&#10;I0EPkOjMg6mreW1MYnC1vDPItoIebj6aXed5p2vcWnS345y++IBkx3fwjj61Y2y0ZiHa7aDxJjsm&#10;m6iwNyrijP2hNKurmF5yl/pQDYEIKZUNRe80oaOaJuOD4vnHij0+qqrUo4Py6GPlQSN5BhsG5aa2&#10;gO8ZMEPIusMfKtDlHUuwhGq/QIbQTYh3cl7Tqz0IHxYCaSRoeGjMwxMd2kBbcugpztaAv9+7j3jq&#10;VJJy1tKIldz/2ghUnJnvlnr4uhiP40wmZnxxOSIGTyXLU4ndNHdAzVDQQnEykREfzIHUCM0rbYNZ&#10;9EoiYSX5LrkMeGDuQjf6tE+kms0SjObQifBgn508vHrsypfdq0DXt26gpn+EwziKyZsO7rDxPSzM&#10;NgF0ndr7WNe+3jTDqUP7fROXxCmfUMetOP0DAAD//wMAUEsDBBQABgAIAAAAIQCgZuOI4gAAAAkB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWoekTZoQp6oiIXFASC1UKjc3dpOA&#10;vY5itw1/z3KC2452NPOmXE/WsIsefe9QwMM8AqaxcarHVsD729NsBcwHiUoah1rAt/awrm5vSlko&#10;d8WtvuxCyygEfSEFdCEMBee+6bSVfu4GjfQ7udHKQHJsuRrllcKt4XEUpdzKHqmhk4OuO9187c5W&#10;wD5Z5YvsxXxsToe6fn7N1WdscyHu76bNI7Cgp/Bnhl98QoeKmI7ujMozIyBZEnkQMFumCTAyxIuM&#10;jqOANM2AVyX/v6D6AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABo5Z3x0AgAAXQUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKBm44jiAAAACQEA&#10;AA8AAAAAAAAAAAAAAAAAzgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39DBAEDA" wp14:editId="3BCFA2FC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>217805</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>490221</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="914400" cy="762000"/>
@@ -1384,122 +1373,122 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 40" style="position:absolute;margin-left:17.15pt;margin-top:38.6pt;width:1in;height:60pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="71856CE2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9E/1qcQIAAFwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1r2zAQfx/sfxB6X51kXbuGOCWkZAxK&#10;G9qOPiuyFAtknXZS4mR//U5y4rRboTD2Yp/u++N3N7neNZZtFQYDruTDswFnykmojFuX/MfT4tNX&#10;zkIUrhIWnCr5XgV+Pf34YdL6sRpBDbZSyMiJC+PWl7yO0Y+LIshaNSKcgVeOhBqwEZGeuC4qFC15&#10;b2wxGgwuihaw8ghShUDcm07Ip9m/1krGe62DisyWnHKL+Yv5u0rfYjoR4zUKXxt5SEP8QxaNMI6C&#10;9q5uRBRsg+YvV42RCAF0PJPQFKC1kSrXQNUMB39U81gLr3It1Jzg+zaF/+dW3m0f/RKpDa0P40Bk&#10;qmKnsUl/yo/tcrP2fbPULjJJzKvh+fmAWipJdHlBs8jNLE7GHkP8pqBhiSg50ixyi8T2NkQKSKpH&#10;lRQrgDXVwlibH7hezS2yraC5LUazK/Ke+ML6WnRcCt6HDJ169vnKj3XJykHy24VMnOJUa6bi3qqk&#10;Z92D0sxUVN0wh8swVH0iQkrl4jCBhpLP2slMk/Pe8PP7hgf9ZKoyRHvj0fvGvUWODC72xo1xgG85&#10;sH3KutM/dqCrO7VgBdV+iQyhW5Dg5cLQ1G5FiEuBtBE0aNryeE8fbaEtORwozmrAX2/xkz4BlaSc&#10;tbRhJQ8/NwIVZ/a7IwhnANFK5sf5l8sRxcCXktVLids0cyAwDOmeeJnJpB/tkdQIzTMdg1mKSiLh&#10;JMUuuYx4fMxjt/l0TqSazbIaraEX8dY9enmcekLl0+5ZoD9ANxLm7+C4jYTC1wjudNM8HMw2EbTJ&#10;8D719dBvWuEMnMO5STfi5TtrnY7i9DcAAAD//wMAUEsDBBQABgAIAAAAIQAILv333wAAAAkBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3ZgU88dsSgkIHkSwWqi3bXaaRLOzIbtt&#10;47d3etLbzHuPN78pV7MdxAkn3ztScL+IQCA1zvTUKvh4f7rLQPigyejBESr4QQ+r6vqq1IVxZ3rD&#10;0ya0gkvIF1pBF8JYSOmbDq32CzcisXdwk9WB16mVZtJnLreDjKPoQVrdE1/o9Ih1h8335mgVbJMs&#10;X6Yvw+f6sKvr59fcfMU2V+r2Zl4/ggg4h78wXPAZHSpm2rsjGS8GBcky4aSCNI1BXPw0Y2HPQ86K&#10;rEr5/4PqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP0T/WpxAgAAXAUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAgu/fffAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="wacimagecontainer"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27AC6375" wp14:editId="1B70450A">
             <wp:extent cx="5669915" cy="4354830"/>
             <wp:effectExtent l="0" t="0" r="6985" b="7620"/>
             <wp:docPr id="9" name="Bildobjekt 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20">
+                    <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="4354830"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="657C6DE1" w14:textId="77777777">
+    <w:p w14:paraId="657C6DE1" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="44546A"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="44546A"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Figur </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1553,205 +1542,200 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="44546A"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>oranget</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="44546A"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="682502E4" w:rsidP="682502E4" w:rsidRDefault="682502E4" w14:paraId="0C19F466" w14:textId="07B2648D">
+    <w:p w14:paraId="0C19F466" w14:textId="07B2648D" w:rsidR="682502E4" w:rsidRDefault="682502E4" w:rsidP="682502E4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="990" w:right="855"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="44546A"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="71904F24" w14:textId="77777777">
+    <w:p w14:paraId="71904F24" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="48390254" w14:textId="77777777">
+    <w:p w14:paraId="48390254" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Uddevalla sjukhus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="15C2CD0C" w:rsidRDefault="00903A9F" w14:paraId="4E1B19DF" w14:textId="77777777">
+    <w:p w14:paraId="4E1B19DF" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="15C2CD0C">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">På Uddevalla Sjukhus (US) är den </w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>nuklearmedicinska</w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> verksamheten belägen vid målpunkt D, plan 2. Verksamhetens beredningsrum där Tc</w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve">-generatorn förvaras är beläget längst in i den </w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>nuklearmedicinska</w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve"> korridoren, se figur 6. I </w:t>
+        <w:t xml:space="preserve"> korridoren, se figur 6. I beredningsrummet råder ett undertryck mot slussen. Slussen har i sin tur ett övertryck mot beredningsrum och korridor. I figuren är strålskärmade väggar markerat med rött (2 mm bly) respektive grönt (1 mm bly). Radioaktiva isotoper förvaras även i </w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>sköljen</w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> (benämnt högaktivt </w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t>lab</w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> i figur) samt i ett avklingningsrum i källaren.</w:t>
       </w:r>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> Kontrollerat område på plan 2 är markerat i ritningen. Dessutom är förrådet i källaren och cykelrummet på plan 01 (skyltas när cykling pågår) klassat som kontrollerat område.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00343D13" w14:paraId="00BC5330" w14:textId="40219E69">
+    <w:p w14:paraId="00BC5330" w14:textId="40219E69" w:rsidR="00903A9F" w:rsidRDefault="00343D13" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658281" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0915D09B" wp14:editId="36CF3A49">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4850130</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3210394</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2068195" cy="342900"/>
                 <wp:effectExtent l="0" t="0" r="8255" b="0"/>
                 <wp:wrapThrough wrapText="bothSides">
                   <wp:wrapPolygon edited="0">
                     <wp:start x="0" y="0"/>
                     <wp:lineTo x="0" y="20400"/>
                     <wp:lineTo x="21487" y="20400"/>
                     <wp:lineTo x="21487" y="0"/>
                     <wp:lineTo x="0" y="0"/>
                   </wp:wrapPolygon>
                 </wp:wrapThrough>
                 <wp:docPr id="234536663" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -1760,88 +1744,88 @@
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2068195" cy="342900"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="00644F1B" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="09F3D1D0" w14:textId="77777777">
+                          <w:p w14:paraId="09F3D1D0" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00644F1B" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                             <w:pPr>
                               <w:ind w:left="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00644F1B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Kontrollerat område</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1027" style="position:absolute;margin-left:381.9pt;margin-top:252.8pt;width:162.85pt;height:27pt;z-index:251658281;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS6ykyEAIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcZJtYcVbbbFNV&#10;2l6kbT8AA45RMUOBxE6/vgP2ZqPtW1Ue0AwzHGbOHDa3Q6fJSTqvwFR0PsspkYaDUOZQ0R/f929W&#10;lPjAjGAajKzoWXp6u339atPbUhbQghbSEQQxvuxtRdsQbJllnreyY34GVhoMNuA6FtB1h0w41iN6&#10;p7Miz2+yHpywDrj0Hk/vxyDdJvymkTx8bRovA9EVxdpC2l3a67hn2w0rD47ZVvGpDPYPVXRMGXz0&#10;AnXPAiNHp/6C6hR34KEJMw5dBk2juEw9YDfz/EU3jy2zMvWC5Hh7ocn/P1j+5fRovzkShvcw4ABT&#10;E94+AP/piYFdy8xB3jkHfSuZwIfnkbKst76crkaqfekjSN1/BoFDZscACWhoXBdZwT4JouMAzhfS&#10;5RAIx8Miv1nN10tKOMbeLop1nqaSsfLptnU+fJTQkWhU1OFQEzo7PfgQq2HlU0p8zINWYq+0To47&#10;1DvtyImhAPZppQZepGlD+oqul8UyIRuI95M2OhVQoFp1FV3lcY2SiWx8MCKlBKb0aGMl2kz0REZG&#10;bsJQD0SJibvIVg3ijHw5GPWI/weNFtxvSnrUYkX9ryNzkhL9ySDn6/liEcWbnMXyXYGOu47U1xFm&#10;OEJVNFAymruQBB/pMHCHs2lUou25kqlk1Fhic/oPUcTXfsp6/rXbPwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAMy597jgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwQtfmx04Q4&#10;FSCBuLb0ATbxNomI7Sh2m/TtcU9w3NnRzDflZrEDO9EUeu80PKwEMHKNN71rNey/P+7XwEJEZ3Dw&#10;jjScKcCmur4qsTB+dls67WLLUogLBWroYhwLzkPTkcWw8iO59Dv4yWJM59RyM+Gcwu3AH4VQ3GLv&#10;UkOHI7131PzsjlbD4Wu+k/lcf8Z9tn1Wb9hntT9rfXuzvL4Ai7TEPzNc8BM6VImp9kdnAhs0ZOop&#10;oUcNUkgF7OIQ61wCq5MkcwW8Kvn/EdUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFLr&#10;KTIQAgAA/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMy597jgAAAADAEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" w14:anchorId="0915D09B">
+              <v:shape w14:anchorId="0915D09B" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:381.9pt;margin-top:252.8pt;width:162.85pt;height:27pt;z-index:251658281;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS6ykyEAIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcZJtYcVbbbFNV&#10;2l6kbT8AA45RMUOBxE6/vgP2ZqPtW1Ue0AwzHGbOHDa3Q6fJSTqvwFR0PsspkYaDUOZQ0R/f929W&#10;lPjAjGAajKzoWXp6u339atPbUhbQghbSEQQxvuxtRdsQbJllnreyY34GVhoMNuA6FtB1h0w41iN6&#10;p7Miz2+yHpywDrj0Hk/vxyDdJvymkTx8bRovA9EVxdpC2l3a67hn2w0rD47ZVvGpDPYPVXRMGXz0&#10;AnXPAiNHp/6C6hR34KEJMw5dBk2juEw9YDfz/EU3jy2zMvWC5Hh7ocn/P1j+5fRovzkShvcw4ABT&#10;E94+AP/piYFdy8xB3jkHfSuZwIfnkbKst76crkaqfekjSN1/BoFDZscACWhoXBdZwT4JouMAzhfS&#10;5RAIx8Miv1nN10tKOMbeLop1nqaSsfLptnU+fJTQkWhU1OFQEzo7PfgQq2HlU0p8zINWYq+0To47&#10;1DvtyImhAPZppQZepGlD+oqul8UyIRuI95M2OhVQoFp1FV3lcY2SiWx8MCKlBKb0aGMl2kz0REZG&#10;bsJQD0SJibvIVg3ijHw5GPWI/weNFtxvSnrUYkX9ryNzkhL9ySDn6/liEcWbnMXyXYGOu47U1xFm&#10;OEJVNFAymruQBB/pMHCHs2lUou25kqlk1Fhic/oPUcTXfsp6/rXbPwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAMy597jgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwQtfmx04Q4&#10;FSCBuLb0ATbxNomI7Sh2m/TtcU9w3NnRzDflZrEDO9EUeu80PKwEMHKNN71rNey/P+7XwEJEZ3Dw&#10;jjScKcCmur4qsTB+dls67WLLUogLBWroYhwLzkPTkcWw8iO59Dv4yWJM59RyM+Gcwu3AH4VQ3GLv&#10;UkOHI7131PzsjlbD4Wu+k/lcf8Z9tn1Wb9hntT9rfXuzvL4Ai7TEPzNc8BM6VImp9kdnAhs0ZOop&#10;oUcNUkgF7OIQ61wCq5MkcwW8Kvn/EdUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFLr&#10;KTIQAgAA/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMy597jgAAAADAEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00644F1B" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="09F3D1D0" w14:textId="77777777">
+                    <w:p w14:paraId="09F3D1D0" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00644F1B" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                       <w:pPr>
                         <w:ind w:left="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00644F1B">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>Kontrollerat område</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="through"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
@@ -1896,51 +1880,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 49" style="position:absolute;margin-left:354.9pt;margin-top:252.95pt;width:19.5pt;height:17.25pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="6F6FA1BF" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsXQ7YcgIAAFwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1r2zAQfx/sfxB6X/2xtF1DnRJaMgal&#10;LWtHnxVZSgyyTjspcbK/fifZcbquUBjzg3yn+/7p7i6vdq1hW4W+AVvx4iTnTFkJdWNXFf/xtPj0&#10;hTMfhK2FAasqvleeX80+frjs3FSVsAZTK2TkxPpp5yq+DsFNs8zLtWqFPwGnLAk1YCsCsbjKahQd&#10;eW9NVub5WdYB1g5BKu/p9qYX8lnyr7WS4V5rrwIzFafcQjoxnct4ZrNLMV2hcOtGDmmIf8iiFY2l&#10;oKOrGxEE22Dzl6u2kQgedDiR0GagdSNVqoGqKfJX1TyuhVOpFgLHuxEm///cyrvto3tAgqFzfuqJ&#10;jFXsNLbxT/mxXQJrP4KldoFJuiwn52enBKkkUVlc5OenEczsaOzQh68KWhaJiiO9RYJIbG996FUP&#10;KjGWB9PUi8aYxOBqeW2QbQW926KcX+R5b2vcWvS3k5y+IaTv1VP4P/wYG71ZiH77kPEmO9aaqLA3&#10;KuoZ+11p1tRUXZHCpTZUYyJCSmVDMQRN2tFMk/PR8PP7hoN+NFWpRUfj8n3j0SJFBhtG47axgG85&#10;MGPKutc/INDXHSFYQr1/QIbQD4h3ctHQq90KHx4E0kTQQ9OUh3s6tIGu4jBQnK0Bf711H/WpUUnK&#10;WUcTVnH/cyNQcWa+WWrhi2IyiSOZmMnpeUkMvpQsX0rspr0GaoaC9omTiYz6wRxIjdA+0zKYx6gk&#10;ElZS7IrLgAfmOvSTT+tEqvk8qdEYOhFu7aOTh1ePXfm0exbohtYN1PN3cJhGMX3Vwb1ufA8L800A&#10;3aT2PuI64E0jnDp0WDdxR7zkk9ZxKc5+AwAA//8DAFBLAwQUAAYACAAAACEAArBNoeEAAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPTUvEMBCG74L/IYzgzU1cu7apTZelIHgQwVVBb9km21aTSWmy&#10;u/XfO570+H7wzjPVevaOHe0Uh4AKrhcCmMU2mAE7Ba8v91cFsJg0Gu0CWgXfNsK6Pj+rdGnCCZ/t&#10;cZs6RiMYS62gT2ksOY9tb72OizBapGwfJq8TyanjZtInGveOL4W45V4PSBd6Pdqmt+3X9uAVvN0U&#10;Mssf3cdm/940D0/SfC69VOryYt7cAUt2Tn9l+MUndKiJaRcOaCJzCnIhCT0pWImVBEaNPCvI2ZGT&#10;iQx4XfH/P9Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKxdDthyAgAAXAUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAKwTaHhAAAACwEAAA8A&#10;AAAAAAAAAAAAAAAAzAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00903A9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658254" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D1559B0" wp14:editId="771E9298">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>703579</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1699895</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="428625" cy="933450"/>
@@ -1979,51 +1963,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 53" style="position:absolute;margin-left:55.4pt;margin-top:133.85pt;width:33.75pt;height:73.5pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="26336857" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDusCCFdQIAAFwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9r2zAQfx/sOwi9r3bctGtDnRJaMgal&#10;DWtHnxVZSgyyTjspcbJPv5PsOKErFMb8IN/pfvdXd3dzu2sM2yr0NdiSj85yzpSVUNV2VfKfL/Mv&#10;V5z5IGwlDFhV8r3y/Hb6+dNN6yaqgDWYSiEjI9ZPWlfydQhukmVerlUj/Bk4ZUmoARsRiMVVVqFo&#10;yXpjsiLPL7MWsHIIUnlPt/edkE+Tfa2VDE9aexWYKTnFFtKJ6VzGM5veiMkKhVvXsg9D/EMUjagt&#10;OR1M3Ysg2Abrv0w1tUTwoMOZhCYDrWupUg6UzSh/k83zWjiVcqHieDeUyf8/s/Jx++wWSGVonZ94&#10;ImMWO41N/FN8bJeKtR+KpXaBSbocF1eXxQVnkkTX5+fji1TM7Kjs0IdvChoWiZIjvUUqkdg++EAO&#10;CXqARF8eTF3Na2MSg6vlnUG2FfRu82J2needrnFr0d2Oc/ri+5Ed38E7+tSOsdGahWi3g8ab7Jhr&#10;osLeqIgz9ofSrK4ou1Fyl9pQDYEIKZUNo95pQkc1TcYHxfOPFXt8VFWpRQfl4mPlQSN5BhsG5aa2&#10;gO8ZMEPIusMfKtDlHUuwhGq/QIbQDYh3cl7Tqz0IHxYCaSJodmjKwxMd2kBbcugpztaAv9+7j3hq&#10;VJJy1tKEldz/2ghUnJnvllr4ejQex5FMzPjia0EMnkqWpxK7ae6AmmFE+8TJREZ8MAdSIzSvtAxm&#10;0SuJhJXku+Qy4IG5C93k0zqRajZLMBpDJ8KDfXby8OqxK192rwJd37qBev4RDtMoJm86uMPG97Aw&#10;2wTQdWrvY137etMIpw7t103cEad8Qh2X4vQPAAAA//8DAFBLAwQUAAYACAAAACEABjrTqeIAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCN7tJGrpJzKaUgOBBBKuFettmX5No&#10;9m3Ibtv4792e9DjMMPNNuZ7NwM44ud6ShHgRAUNqrO6plfDx/vSQAXNekVaDJZTwgw7W1e1NqQpt&#10;L/SG561vWSghVygJnfdjwblrOjTKLeyIFLyjnYzyQU4t15O6hHIz8CSKVtyonsJCp0asO2y+tycj&#10;YbfM8lS8DJ+b476un19z/ZWYXMr7u3nzCMzj7P/CcMUP6FAFpoM9kXZsCDqOArqXkKyEAHZNiGwJ&#10;7CAhjVMBvCr5/w/VLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDusCCFdQIAAFwFAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAGOtOp4gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAAM8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00903A9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AEAD35E" wp14:editId="4DBBAA9E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>189230</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>185421</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1409700" cy="990600"/>
@@ -2062,51 +2046,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 52" style="position:absolute;margin-left:14.9pt;margin-top:14.6pt;width:111pt;height:78pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="3CC1C6BD" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBE08tbwIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysFF1r2zDwfbD/IPS+2smydgl1SmjJGJQ2&#10;tB19VmQpNsg67aTEyX79TrLjtFuhMOYH+b6/7y6v9o1hO4W+Blvw0VnOmbISytpuCv7jafnpK2c+&#10;CFsKA1YV/KA8v5p//HDZupkaQwWmVMjIiPWz1hW8CsHNsszLSjXCn4FTlpgasBGBUNxkJYqWrDcm&#10;G+f5edYClg5BKu+JetMx+TzZ11rJcK+1V4GZglNsIb2Y3nV8s/mlmG1QuKqWfRjiH6JoRG3J6WDq&#10;RgTBtlj/ZaqpJYIHHc4kNBloXUuVcqBsRvkf2TxWwqmUCxXHu6FM/v+ZlXe7R7dCKkPr/MwTGLPY&#10;a2zin+Jj+1Ssw1AstQ9MEnE0yacXOdVUEm86zc8JJjPZSduhD98UNCwCBUdqRqqR2N360IkeRaIz&#10;D6Yul7UxCcHN+tog2wlq3HK8mJL1SBfGVaKjTnL6epe+E0/uX9kxNmpZiHY7l5GSnZJNUDgYFeWM&#10;fVCa1WVML7lLc6iGQISUyoZR7zRJRzVNxgfFz+8r9vJRVaUZHZTH7ysPGskz2DAoN7UFfMuAGULW&#10;nfyxAl3esQRrKA8rZAjdhngnlzV17Vb4sBJIK0GNpjUP9/RoA23BoYc4qwB/vUWP8jSpxOWspRUr&#10;uP+5Fag4M98tzfB0NJnEnUzI5MvFmBB8yVm/5Nhtcw00DCM6KE4mMMoHcwQ1QvNM12ARvRJLWEm+&#10;Cy4DHpHr0K0+3ROpFoskRnvoRLi1j04eux6n8mn/LND1oxto6O/guI40ha8nuJON/bCw2AbQdRrv&#10;U137etMOpwnt7008Ei/xJHW6ivPfAAAA//8DAFBLAwQUAAYACAAAACEA9wmj0eAAAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm910tZrEbEoJCB5EsFqot212mkSzsyG7beO/&#10;d3rS0zDzHm++Vywn14sjjqHzpGE+S0Ag1d521Gj4eH+6SUGEaMia3hNq+MEAy/LyojC59Sd6w+M6&#10;NoJDKORGQxvjkEsZ6hadCTM/ILG296MzkdexkXY0Jw53vVRJci+d6Yg/tGbAqsX6e31wGja3aXb3&#10;8NJ/rvbbqnp+zeyXcpnW11fT6hFExCn+meGMz+hQMtPOH8gG0WtQGZPH81QgWFeLOR92bEwXCmRZ&#10;yP8Nyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwRNPLW8CAABdBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA9wmj0eAAAAAJAQAADwAAAAAA&#10;AAAAAAAAAADJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00903A9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658252" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="338D57C6" wp14:editId="506D21BE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2294255</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>890270</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="790575" cy="257175"/>
@@ -2145,51 +2129,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 51" style="position:absolute;margin-left:180.65pt;margin-top:70.1pt;width:62.25pt;height:20.25pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="1C3FAA3B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+1a6+cwIAAFwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7azZFmDOkXQIsOA&#10;oi3aDj0rspQYkEWNUuJkTz9KdpyuK1BgmA8yKZIff0Ty4nLfGLZT6GuwJS/Ocs6UlVDVdl3yH0/L&#10;T18580HYShiwquQH5fnl/OOHi9bN1Ag2YCqFjECsn7Wu5JsQ3CzLvNyoRvgzcMqSUAM2IhCL66xC&#10;0RJ6Y7JRnn/JWsDKIUjlPd1ed0I+T/haKxnutPYqMFNyii2kE9O5imc2vxCzNQq3qWUfhviHKBpR&#10;W3I6QF2LINgW67+gmloieNDhTEKTgda1VCkHyqbIX2XzuBFOpVyoON4NZfL/D1be7h7dPVIZWudn&#10;nsiYxV5jE/8UH9unYh2GYql9YJIup+f5ZDrhTJJoNJkWRBNKdjJ26MM3BQ2LRMmR3iKVSOxufOhU&#10;jyrRlwdTV8vamMTgenVlkO0EvdtytDjP887WuI3obsc5fb1L36kn93/gGBvRLETczmW8yU65Jioc&#10;jIp6xj4ozeqKsiuSu9SGaghESKlsKHqnSTuaaQIfDD+/b9jrR1OVWnQwHr1vPFgkz2DDYNzUFvAt&#10;ADOErDv9YwW6vGMJVlAd7pEhdAPinVzW9Go3wod7gTQRNDs05eGODm2gLTn0FGcbwF9v3Ud9alSS&#10;ctbShJXc/9wKVJyZ75Za+LwYj+NIJmY8mY6IwZeS1UuJ3TZXQM1Q0D5xMpFRP5gjqRGaZ1oGi+iV&#10;RMJK8l1yGfDIXIVu8mmdSLVYJDUaQyfCjX108vjqsSuf9s8CXd+6gXr+Fo7TKGavOrjTje9hYbEN&#10;oOvU3qe69vWmEU4d2q+buCNe8knrtBTnvwEAAP//AwBQSwMEFAAGAAgAAAAhAKxze6DiAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3SS0SYhTVZGQOCAkCkhwc2M3Cdjr&#10;KHbb8PcsJzjuzNPsTLWZnWUnM4XBo4TlQgAz2Ho9YCfh9eX+JgcWokKtrEcj4dsE2NSXF5UqtT/j&#10;szntYscoBEOpJPQxjiXnoe2NU2HhR4PkHfzkVKRz6rie1JnCneWJECvu1ID0oVejaXrTfu2OTsJb&#10;mhfZ+tF+bA/vTfPwVOjPxBVSXl/N2ztg0czxD4bf+lQdauq090fUgVkJ6WqZEkpGJhJgRGT5LY3Z&#10;k5KLNfC64v831D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAftWuvnMCAABcBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEArHN7oOIAAAALAQAA&#10;DwAAAAAAAAAAAAAAAADNBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00903A9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05B45590" wp14:editId="15662296">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1656079</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>204470</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1438275" cy="676275"/>
@@ -2228,89 +2212,89 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 50" style="position:absolute;margin-left:130.4pt;margin-top:16.1pt;width:113.25pt;height:53.25pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="759EC71C" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQbeAScgIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+2k6SuoUwQtMgwo&#10;2mDt0LMiS7EBWdQoJU7260fJjtN1BQoM80EmRfLjQySvb3aNYVuFvgZb8NFJzpmyEsrargv+43nx&#10;5ZIzH4QthQGrCr5Xnt/MPn+6bt1UjaECUypkBGL9tHUFr0Jw0yzzslKN8CfglCWhBmxEIBbXWYmi&#10;JfTGZOM8P89awNIhSOU93d51Qj5L+ForGR619iowU3CKLaQT07mKZza7FtM1ClfVsg9D/EMUjagt&#10;OR2g7kQQbIP1X1BNLRE86HAioclA61qqlANlM8rfZPNUCadSLlQc74Yy+f8HKx+2T26JVIbW+akn&#10;Mmax09jEP8XHdqlY+6FYaheYpMvR5PRyfHHGmSTZ+cV5pAkmO1o79OGrgoZFouBIj5FqJLb3PnSq&#10;B5XozIOpy0VtTGJwvbo1yLaCHm4xnl/leWdrXCW620lOX+/Sd+rJ/R84xkY0CxG3cxlvsmOyiQp7&#10;o6Kesd+VZnUZ00vuUh+qIRAhpbJh1DtN2tFME/hgePqxYa8fTVXq0cF4/LHxYJE8gw2DcVNbwPcA&#10;zBCy7vQPFejyjiVYQblfIkPoJsQ7uajp1e6FD0uBNBI0PDTm4ZEObaAtOPQUZxXgr/fuoz51Kkk5&#10;a2nECu5/bgQqzsw3Sz18NZpM4kwmZnJ2MSYGX0tWryV209wCNcOIFoqTiYz6wRxIjdC80DaYR68k&#10;ElaS74LLgAfmNnSjT/tEqvk8qdEcOhHu7ZOTh1ePXfm8exHo+tYN1PQPcBhHMX3TwZ1ufA8L800A&#10;Xaf2Pta1rzfNcOrQft/EJfGaT1rHrTj7DQAA//8DAFBLAwQUAAYACAAAACEAw0/TNeEAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPXUvDMBSG7wX/QziCdy41HeuHTccoCF6IsKmgd1lz1laTk9Jk&#10;W/33i1d6eXgf3vc51Xq2hp1w8oMjCfeLBBhS6/RAnYS318e7HJgPirQyjlDCD3pY19dXlSq1O9MW&#10;T7vQsVhCvlQS+hDGknPf9miVX7gRKWYHN1kV4jl1XE/qHMut4SJJVtyqgeJCr0Zsemy/d0cr4T3N&#10;i2X2bD43h4+meXop9JewhZS3N/PmAVjAOfzB8Ksf1aGOTnt3JO2ZkSBWSVQPElIhgEVgmWcpsH0k&#10;0zwDXlf8/wv1BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANBt4BJyAgAAXQUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMNP0zXhAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAzAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00903A9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6298C0D8" wp14:editId="192AFAEF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>5667375</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1833245</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1734637" cy="1285875"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="37" name="Bildobjekt 37"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId21"/>
+                    <a:blip r:embed="rId18"/>
                     <a:srcRect l="24719"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1734637" cy="1285875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
@@ -2319,854 +2303,838 @@
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00903A9F">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20E95BD9" wp14:editId="2113AF92">
             <wp:extent cx="5669915" cy="3206750"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:docPr id="36" name="Bildobjekt 36"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22"/>
+                    <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="3206750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00903A9F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="53CFFD60" w14:textId="6D8ED1D2">
+    <w:p w14:paraId="53CFFD60" w14:textId="6D8ED1D2" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Strålskydd i Arbetsbänkar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="6D383AC5" w14:textId="77777777">
+    <w:p w14:paraId="6D383AC5" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00913886">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Dispenseringen, strålskärmning i mm blyekvivalens:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="21337647" w14:textId="77777777">
+    <w:p w14:paraId="21337647" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="368DC43E" wp14:editId="77AE421B">
             <wp:extent cx="5669915" cy="4646295"/>
             <wp:effectExtent l="0" t="0" r="6985" b="1905"/>
             <wp:docPr id="192" name="Bildobjekt 192"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23"/>
+                    <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="4646295"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4459"/>
         <w:gridCol w:w="4460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="008F457D" w14:paraId="5BE00FCF" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="5BE00FCF" w14:textId="77777777" w:rsidTr="00AF6B12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="4E4D4C0C" w14:textId="77777777">
+          <w:p w14:paraId="4E4D4C0C" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4460" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="066B426D" w14:textId="77777777">
+          <w:p w14:paraId="066B426D" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>mm Blyekvivalens</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="008F457D" w14:paraId="414A6571" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="414A6571" w14:textId="77777777" w:rsidTr="00AF6B12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="3DCB6B97" w14:textId="77777777">
+          <w:p w14:paraId="3DCB6B97" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Skåpets väggar, sida och bak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4460" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="3FEB4F34" w14:textId="77777777">
+          <w:p w14:paraId="3FEB4F34" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="008F457D" w14:paraId="1FD95F5C" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="1FD95F5C" w14:textId="77777777" w:rsidTr="00AF6B12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="5E227AF0" w14:textId="77777777">
+          <w:p w14:paraId="5E227AF0" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Undersida</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4460" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="6BD32FB0" w14:textId="77777777">
+          <w:p w14:paraId="6BD32FB0" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="008F457D" w14:paraId="75A04FCF" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="75A04FCF" w14:textId="77777777" w:rsidTr="00AF6B12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="712C1FF7" w14:textId="77777777">
+          <w:p w14:paraId="712C1FF7" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Skjutbart fönster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4460" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="44D334E0" w14:textId="77777777">
+          <w:p w14:paraId="44D334E0" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="008F457D" w14:paraId="58EF0109" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="58EF0109" w14:textId="77777777" w:rsidTr="00AF6B12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4459" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="2222C19F" w14:textId="77777777">
+          <w:p w14:paraId="2222C19F" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Låda till aktivitetsmätare</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4460" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="2A6AA956" w14:textId="77777777">
+          <w:p w14:paraId="2A6AA956" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>6 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="6407AA55" w14:textId="77777777">
+    <w:p w14:paraId="6407AA55" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="151E6695" w14:textId="77777777">
+    <w:p w14:paraId="151E6695" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00913886">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Beredningen, strålskärmning i mm blyekvivalens:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BD4CEC" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="4A522497" w14:textId="77777777">
+    <w:p w14:paraId="4A522497" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00BD4CEC" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="732AFFDD" wp14:editId="53A6BD71">
             <wp:extent cx="5669915" cy="3835400"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:docPr id="67" name="Bildobjekt 67"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24"/>
+                    <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="3835400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4673"/>
         <w:gridCol w:w="4246"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="00931257" w14:paraId="1108682F" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="1108682F" w14:textId="77777777" w:rsidTr="00931257">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="4C52931D" w14:textId="77777777">
+          <w:p w14:paraId="4C52931D" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="16E2ACB5" w14:textId="77777777">
+          <w:p w14:paraId="16E2ACB5" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>mm Blyekvivalens</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="00931257" w14:paraId="05223347" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="05223347" w14:textId="77777777" w:rsidTr="00931257">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="0A91910B" w14:textId="77777777">
+          <w:p w14:paraId="0A91910B" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Skåpets väggar, sida och bak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="0D760ECB" w14:textId="77777777">
+          <w:p w14:paraId="0D760ECB" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="00931257" w14:paraId="5DA7A871" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="5DA7A871" w14:textId="77777777" w:rsidTr="00931257">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="0C15E0BF" w14:textId="77777777">
+          <w:p w14:paraId="0C15E0BF" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Undersida</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="3E5BAA79" w14:textId="77777777">
+          <w:p w14:paraId="3E5BAA79" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>5 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="00931257" w14:paraId="09EA06CD" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="09EA06CD" w14:textId="77777777" w:rsidTr="00931257">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="03F5D1A5" w14:textId="77777777">
+          <w:p w14:paraId="03F5D1A5" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Skjutbart fönster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="08784B36" w14:textId="77777777">
+          <w:p w14:paraId="08784B36" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>6 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="00931257" w14:paraId="404C6539" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="404C6539" w14:textId="77777777" w:rsidTr="00931257">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="72139214" w14:textId="77777777">
+          <w:p w14:paraId="72139214" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Låda till aktivitetsmätare</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="73D7FE87" w14:textId="77777777">
+          <w:p w14:paraId="73D7FE87" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>6 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="00931257" w14:paraId="745B37E2" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="745B37E2" w14:textId="77777777" w:rsidTr="00931257">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="4DD41000" w14:textId="77777777">
+          <w:p w14:paraId="4DD41000" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Generator-låda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="5B76B71A" w14:textId="77777777">
+          <w:p w14:paraId="5B76B71A" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>50 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00903A9F" w:rsidTr="00931257" w14:paraId="6E252047" w14:textId="77777777">
+      <w:tr w:rsidR="00903A9F" w14:paraId="6E252047" w14:textId="77777777" w:rsidTr="00931257">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="6A7BD854" w14:textId="77777777">
+          <w:p w14:paraId="6A7BD854" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Avfallsbehållare (Endast på NÄL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4246" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="008F457D" w:rsidRDefault="00903A9F" w14:paraId="2C26F8D7" w14:textId="77777777">
+          <w:p w14:paraId="2C26F8D7" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00AF6B12">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00913886">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>5 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007F356F" w:rsidP="00903A9F" w:rsidRDefault="007F356F" w14:paraId="4EE9DBA5" w14:textId="77777777">
+    <w:p w14:paraId="4EE9DBA5" w14:textId="77777777" w:rsidR="007F356F" w:rsidRDefault="007F356F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F356F" w:rsidRDefault="007F356F" w14:paraId="0D176285" w14:textId="77777777">
+    <w:p w14:paraId="0D176285" w14:textId="77777777" w:rsidR="007F356F" w:rsidRDefault="007F356F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009A3F72" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="350CCA10" w14:textId="7C9C23D3">
+    <w:p w14:paraId="350CCA10" w14:textId="7C9C23D3" w:rsidR="00903A9F" w:rsidRPr="009A3F72" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Hygienklass</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="46B0930A" w14:textId="77777777" w14:noSpellErr="1">
+    <w:p w14:paraId="46B0930A" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="15C2CD0C" w:rsidR="00903A9F">
+      <w:r w:rsidRPr="15C2CD0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Nedan visas hygienklasserna.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="7F05CE8E" w14:textId="77777777">
+    <w:p w14:paraId="7F05CE8E" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="1CD21B51" w14:textId="77777777">
+    <w:p w14:paraId="1CD21B51" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00913886">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Beredningsrum och sluss NÄL:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="02C21DA4" w14:textId="77777777">
+    <w:p w14:paraId="02C21DA4" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="6BF7C3D7" w14:textId="77777777">
+    <w:p w14:paraId="6BF7C3D7" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="1B20EFD8" w14:textId="77777777">
+    <w:p w14:paraId="1B20EFD8" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658278" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EBE7124" wp14:editId="2B074ACB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2513330</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4157345</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="19050" cy="1419225"/>
@@ -3189,100 +3157,100 @@
                         <a:ln>
                           <a:prstDash val="dash"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:line id="Rak koppling 1" style="position:absolute;z-index:251658278;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="#006298 [3204]" strokeweight="2pt" from="197.9pt,327.35pt" to="199.4pt,439.1pt" w14:anchorId="43ABCA6D" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3pP3SrwEAAL0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvRfofxB0b2Qb7bAacXpo0F2G&#10;rdjaH6DKVCxAX5DU2Pn3o+TEGboBBYpeaInkeySf6PXdZDTZQ4jK2Y7Wq4oSsML1yu46+vz0cPWV&#10;kpi47bl2Fjp6gEjvNpcX69G30LjB6R4CQRIb29F3dEjJt4xFMYDhceU8WAxKFwxPeA071gc+IrvR&#10;rKmqL2x0offBCYgRvds5SDeFX0oQ6aeUERLRHcXeUrGh2Jds2WbN213gflDi2Ab/QBeGK4tFF6ot&#10;T5y8BvUPlVEiuOhkWglnmJNSCSgz4DR19Waa3wP3UGZBcaJfZIqfRyt+7O/tY0AZRh/b6B9DnmKS&#10;weQv9kemItZhEQumRAQ669vqBhUVGKmv69umuclisjPYh5i+gTMkHzqqlc2z8Jbvv8c0p55Sslvb&#10;bLNny+NA9hxfrMfTkTWH2bnHckoHDTP0F0iieuyqKSXK+sC9DjMNFwJsqhcmzM4wqbRegNX7wGN+&#10;hkJZrQVcvw9eEKWys2kBG2Vd+B9Bmk4tyzn/pMA8d5bgxfWH8npFGtyR8gLHfc5L+Pe9wM9/3eYP&#10;AAAA//8DAFBLAwQUAAYACAAAACEAz9u6+uEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7D&#10;MBCE70i8g7VI3KhDfxI3jVOhSpUqOFEqzk7sxlHjdRS7TeDpWU5w3NnRzDfFdnIdu5khtB4lPM8S&#10;YAZrr1tsJJw+9k8CWIgKteo8GglfJsC2vL8rVK79iO/mdowNoxAMuZJgY+xzzkNtjVNh5nuD9Dv7&#10;walI59BwPaiRwl3H50mScqdapAarerOzpr4cr07C4bVKx+X+rcvOn6cD7mz4boKQ8vFhetkAi2aK&#10;f2b4xSd0KImp8lfUgXUSFusVoUcJ6WqZASPHYi1IqSSITMyBlwX/v6H8AQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhALek/dKvAQAAvQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAM/buvrhAAAACwEAAA8AAAAAAAAAAAAAAAAACQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;">
                 <v:stroke dashstyle="dash"/>
                 <v:shadow on="t" color="black" opacity="24903f" offset="0,.55556mm" origin=",.5"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658277" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51CD29FB" wp14:editId="46D07307">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>865505</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4796155</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1671320" cy="2019300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                 <wp:wrapNone/>
                 <wp:docPr id="234552093" name="Textruta 234552093"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1671320" cy="2019300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="007F356F" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="3BD4C453" w14:textId="77777777">
+                          <w:p w14:paraId="3BD4C453" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="007F356F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="007F356F">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="36"/>
@@ -3295,54 +3263,54 @@
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>Oklassad</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Textruta 234552093" style="position:absolute;margin-left:68.15pt;margin-top:377.65pt;width:131.6pt;height:159pt;z-index:251658277;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDL4tpoEQIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGjEQvVfqf7B8LwuEJs2KJaKJqCqh&#10;JBKpcjZem13J9lj2wC799R0bCDTtqerFOzszno/3nqd3vTVsp0JswVV8NBhyppyEunWbiv94WXz6&#10;wllE4WphwKmK71Xkd7OPH6adL9UYGjC1CoyKuFh2vuINoi+LIspGWREH4JWjoIZgBdJv2BR1EB1V&#10;t6YYD4fXRQeh9gGkipG8D4cgn+X6WiuJT1pHhcxUnGbDfIZ8rtNZzKai3AThm1YexxD/MIUVraOm&#10;b6UeBAq2De0fpWwrA0TQOJBgC9C6lSrvQNuMhu+2WTXCq7wLgRP9G0zx/5WVj7uVfw4M+6/QE4EJ&#10;kM7HMpIz7dPrYNOXJmUUJwj3b7CpHplMl65vRldjCkmK0Rq3V8MMbHG+7kPEbwosS0bFA/GS4RK7&#10;ZURqSamnlNTNwaI1JnNj3G8OSkye4jxjsrBf96ytqftp/jXUe1orwIHx6OWipdZLEfFZBKKYxiXZ&#10;4hMd2kBXcThanDUQfv7Nn/IJeYpy1pFkKu5I05yZ744YuR1NJklh+Wfy+SYBEi4j68uI29p7IE2O&#10;6Hl4mc2Uj+Zk6gD2lbQ9Tz0pJJykzhXHk3mPBxnT25BqPs9JpCkvcOlWXqbSCbkE60v/KoI/Yo9E&#10;2yOcpCXKdxQcctPN6OdbJCIyPwnlA6ZH8EmPmbbj20mCv/zPWecXPvsFAAD//wMAUEsDBBQABgAI&#10;AAAAIQDHwh9O3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN2atE2I&#10;U6FCz0DhA9x4iUNiO4rdNvTrWU5w29E8zc6Um8n17IRjbINXMJ8JYOjrYFrfKPh4392tgcWkvdF9&#10;8KjgGyNsquurUhcmnP0bnvapYRTiY6EV2JSGgvNYW3Q6zsKAnrzPMDqdSI4NN6M+U7jr+UKIJXe6&#10;9fTB6gG3Futuf3QK1sK9dF2+eI3u/jLP7PYpPA9fSt3eTI8PwBJO6Q+G3/pUHSrqdAhHbyLrScul&#10;JFTBKsvoIELmeQbsQJZYSQm8Kvn/EdUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMvi&#10;2mgRAgAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMfCH07fAAAADAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" w14:anchorId="51CD29FB">
+              <v:shape w14:anchorId="51CD29FB" id="Textruta 234552093" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:68.15pt;margin-top:377.65pt;width:131.6pt;height:159pt;z-index:251658277;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDL4tpoEQIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGjEQvVfqf7B8LwuEJs2KJaKJqCqh&#10;JBKpcjZem13J9lj2wC799R0bCDTtqerFOzszno/3nqd3vTVsp0JswVV8NBhyppyEunWbiv94WXz6&#10;wllE4WphwKmK71Xkd7OPH6adL9UYGjC1CoyKuFh2vuINoi+LIspGWREH4JWjoIZgBdJv2BR1EB1V&#10;t6YYD4fXRQeh9gGkipG8D4cgn+X6WiuJT1pHhcxUnGbDfIZ8rtNZzKai3AThm1YexxD/MIUVraOm&#10;b6UeBAq2De0fpWwrA0TQOJBgC9C6lSrvQNuMhu+2WTXCq7wLgRP9G0zx/5WVj7uVfw4M+6/QE4EJ&#10;kM7HMpIz7dPrYNOXJmUUJwj3b7CpHplMl65vRldjCkmK0Rq3V8MMbHG+7kPEbwosS0bFA/GS4RK7&#10;ZURqSamnlNTNwaI1JnNj3G8OSkye4jxjsrBf96ytqftp/jXUe1orwIHx6OWipdZLEfFZBKKYxiXZ&#10;4hMd2kBXcThanDUQfv7Nn/IJeYpy1pFkKu5I05yZ744YuR1NJklh+Wfy+SYBEi4j68uI29p7IE2O&#10;6Hl4mc2Uj+Zk6gD2lbQ9Tz0pJJykzhXHk3mPBxnT25BqPs9JpCkvcOlWXqbSCbkE60v/KoI/Yo9E&#10;2yOcpCXKdxQcctPN6OdbJCIyPwnlA6ZH8EmPmbbj20mCv/zPWecXPvsFAAD//wMAUEsDBBQABgAI&#10;AAAAIQDHwh9O3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN2atE2I&#10;U6FCz0DhA9x4iUNiO4rdNvTrWU5w29E8zc6Um8n17IRjbINXMJ8JYOjrYFrfKPh4392tgcWkvdF9&#10;8KjgGyNsquurUhcmnP0bnvapYRTiY6EV2JSGgvNYW3Q6zsKAnrzPMDqdSI4NN6M+U7jr+UKIJXe6&#10;9fTB6gG3Futuf3QK1sK9dF2+eI3u/jLP7PYpPA9fSt3eTI8PwBJO6Q+G3/pUHSrqdAhHbyLrScul&#10;JFTBKsvoIELmeQbsQJZYSQm8Kvn/EdUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMvi&#10;2mgRAgAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMfCH07fAAAADAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="007F356F" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="3BD4C453" w14:textId="77777777">
+                    <w:p w14:paraId="3BD4C453" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="007F356F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                             <w14:schemeClr w14:val="dk1">
                               <w14:alpha w14:val="60000"/>
                             </w14:schemeClr>
                           </w14:shadow>
                           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007F356F">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="36"/>
@@ -3419,100 +3387,100 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 58" style="position:absolute;margin-left:198.65pt;margin-top:328.15pt;width:124.45pt;height:109.75pt;z-index:251658260;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="yellow" stroked="f" w14:anchorId="0C5BC685" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgViYwcgIAAF4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9r2zAQfx/sOwi9r7bTZGtDnRJaMgal&#10;DWtHnxVZSgyyTjspcbJPv5PsOF1XKIz5Qb7T/e6v7u7qet8YtlPoa7AlL85yzpSVUNV2XfIfT4tP&#10;F5z5IGwlDFhV8oPy/Hr28cNV66ZqBBswlUJGRqyftq7kmxDcNMu83KhG+DNwypJQAzYiEIvrrELR&#10;kvXGZKM8/5y1gJVDkMp7ur3thHyW7GutZHjQ2qvATMkptpBOTOcqntnsSkzXKNymln0Y4h+iaERt&#10;yelg6lYEwbZY/2WqqSWCBx3OJDQZaF1LlXKgbIr8VTaPG+FUyoWK491QJv//zMr73aNbIpWhdX7q&#10;iYxZ7DU28U/xsX0q1mEoltoHJumymFzkk2LCmSRZcX55fjGaxHJmJ3WHPnxV0LBIlBzpNVKRxO7O&#10;hw56hERvHkxdLWpjEoPr1Y1BthP0cgv68rzTNW4juttxTl/v0nfw5P4PO8ZGaxai3c5lvMlO2SYq&#10;HIyKOGO/K83qKuaX3KVGVEMgQkplQ9E7Teiopsn4oHj+vmKPj6oqNemgPHpfedBInsGGQbmpLeBb&#10;BswQsu7wxwp0eccSrKA6LJEhdCPinVzU9Gp3woelQJoJmh6a8/BAhzbQlhx6irMN4K+37iOeWpWk&#10;nLU0YyX3P7cCFWfmm6UmvizG4ziUiRlPvoyIwZeS1UuJ3TY3QM1Q0EZxMpERH8yR1AjNM62DefRK&#10;ImEl+S65DHhkbkI3+7RQpJrPE4wG0YlwZx+dPL567Mqn/bNA17duoK6/h+M8iumrDu6w8T0szLcB&#10;dJ3a+1TXvt40xKlD+4UTt8RLPqFOa3H2GwAA//8DAFBLAwQUAAYACAAAACEA0L8MNN8AAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvNnFYgGRoTFtPGrS2t637Aik7CyyWwpv&#10;73rS20zmyz/fX6wn04mRBtdaRnhcRCCIK6tbrhEOn28PGQjnFWvVWSaEmRysy9ubQuXaXnlH497X&#10;IoSwyxVC432fS+mqhoxyC9sTh9uXHYzyYR1qqQd1DeGmk8soSqRRLYcPjepp01B13l8Mwvn4cUyj&#10;2X/vdDwftvHmfTtKjXh/N72+gPA0+T8YfvWDOpTB6WQvrJ3oEOLnNA4oQrJKwhCI5ClZgjghZOkq&#10;A1kW8n+H8gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAgViYwcgIAAF4FAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDQvww03wAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658267" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1599E5F8" wp14:editId="4C181FE1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2541905</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4600575</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1671320" cy="2019300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="71" name="Textruta 71"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1671320" cy="2019300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="7F9B43B3" w14:textId="77777777">
+                          <w:p w14:paraId="7F9B43B3" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
@@ -3525,54 +3493,54 @@
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>D</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Textruta 71" style="position:absolute;margin-left:200.15pt;margin-top:362.25pt;width:131.6pt;height:159pt;z-index:251658267;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1029" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3Rz30EQIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC81/LWpBEsB24CFwWM&#10;JIBT5ExTpCVA5BDk2JL79R1S3pr2VPRCjWaGs7z3OLvvTMP2yocabMFHgyFnykooa7st+I/X5acv&#10;nAUUthQNWFXwgwr8fv7xw6x1uRpDBU2pPKMiNuStK3iF6PIsC7JSRoQBOGUpqMEbgfTrt1npRUvV&#10;TZONh8ObrAVfOg9ShUDexz7I56m+1kris9ZBIWsKTrNhOn06N/HM5jORb71wVS2PY4h/mMKI2lLT&#10;c6lHgYLtfP1HKVNLDwE0DiSYDLSupUo70Daj4btt1pVwKu1C4AR3hin8v7Lyab92L55h9xU6IjAC&#10;0rqQB3LGfTrtTfzSpIziBOHhDJvqkMl46eZ2NBlTSFKM1ribDBOw2eW68wG/KTAsGgX3xEuCS+xX&#10;AaklpZ5SYjcLy7ppEjeN/c1BidGTXWaMFnabjtVlwSen+TdQHmgtDz3jwcllTa1XIuCL8EQxjUuy&#10;xWc6dANtweFocVaB//k3f8wn5CnKWUuSKbglTXPWfLfEyN1oOo0KSz/Tz7cREH8d2VxH7M48AGly&#10;RM/DyWTGfGxOpvZg3kjbi9iTQsJK6lxwPJkP2MuY3oZUi0VKIk05gSu7djKWjshFWF+7N+HdEXsk&#10;2p7gJC2Rv6Ogz403g1vskIhI/ESUe0yP4JMeE23HtxMFf/2fsi4vfP4LAAD//wMAUEsDBBQABgAI&#10;AAAAIQAl+upD3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLFnXllGa&#10;TmjAmTF4gKw1TWnjVE22FZ4ec4KbLX/6/f3lZnaDOOEUOk8algsFAqn2TUethve355s1iBANNWbw&#10;hBq+MMCmurwoTdH4M73iaR9bwSEUCqPBxjgWUobaojNh4Uckvn34yZnI69TKZjJnDneDTJTKpTMd&#10;8QdrRtxarPv90WlYK/fS93fJLrj0e5nZ7aN/Gj+1vr6aH+5BRJzjHwy/+qwOFTsd/JGaIAYNqVIr&#10;RjXcJmkGgok8X/FwYFSlSQayKuX/EtUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPdH&#10;PfQRAgAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ACX66kPfAAAADAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" w14:anchorId="1599E5F8">
+              <v:shape w14:anchorId="1599E5F8" id="Textruta 71" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:200.15pt;margin-top:362.25pt;width:131.6pt;height:159pt;z-index:251658267;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3Rz30EQIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC81/LWpBEsB24CFwWM&#10;JIBT5ExTpCVA5BDk2JL79R1S3pr2VPRCjWaGs7z3OLvvTMP2yocabMFHgyFnykooa7st+I/X5acv&#10;nAUUthQNWFXwgwr8fv7xw6x1uRpDBU2pPKMiNuStK3iF6PIsC7JSRoQBOGUpqMEbgfTrt1npRUvV&#10;TZONh8ObrAVfOg9ShUDexz7I56m+1kris9ZBIWsKTrNhOn06N/HM5jORb71wVS2PY4h/mMKI2lLT&#10;c6lHgYLtfP1HKVNLDwE0DiSYDLSupUo70Daj4btt1pVwKu1C4AR3hin8v7Lyab92L55h9xU6IjAC&#10;0rqQB3LGfTrtTfzSpIziBOHhDJvqkMl46eZ2NBlTSFKM1ribDBOw2eW68wG/KTAsGgX3xEuCS+xX&#10;AaklpZ5SYjcLy7ppEjeN/c1BidGTXWaMFnabjtVlwSen+TdQHmgtDz3jwcllTa1XIuCL8EQxjUuy&#10;xWc6dANtweFocVaB//k3f8wn5CnKWUuSKbglTXPWfLfEyN1oOo0KSz/Tz7cREH8d2VxH7M48AGly&#10;RM/DyWTGfGxOpvZg3kjbi9iTQsJK6lxwPJkP2MuY3oZUi0VKIk05gSu7djKWjshFWF+7N+HdEXsk&#10;2p7gJC2Rv6Ogz403g1vskIhI/ESUe0yP4JMeE23HtxMFf/2fsi4vfP4LAAD//wMAUEsDBBQABgAI&#10;AAAAIQAl+upD3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLFnXllGa&#10;TmjAmTF4gKw1TWnjVE22FZ4ec4KbLX/6/f3lZnaDOOEUOk8algsFAqn2TUethve355s1iBANNWbw&#10;hBq+MMCmurwoTdH4M73iaR9bwSEUCqPBxjgWUobaojNh4Uckvn34yZnI69TKZjJnDneDTJTKpTMd&#10;8QdrRtxarPv90WlYK/fS93fJLrj0e5nZ7aN/Gj+1vr6aH+5BRJzjHwy/+qwOFTsd/JGaIAYNqVIr&#10;RjXcJmkGgok8X/FwYFSlSQayKuX/EtUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPdH&#10;PfQRAgAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ACX66kPfAAAADAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="7F9B43B3" w14:textId="77777777">
+                    <w:p w14:paraId="7F9B43B3" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                             <w14:schemeClr w14:val="dk1">
                               <w14:alpha w14:val="60000"/>
                             </w14:schemeClr>
                           </w14:shadow>
                           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
@@ -3635,51 +3603,51 @@
                             <a:srgbClr val="61F626"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:line id="Rak koppling 1" style="position:absolute;z-index:251658276;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="#61f626" strokeweight="4.5pt" from=".75pt,440.15pt" to="324.7pt,440.15pt" w14:anchorId="699B897B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwlSdzxAEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC8x5KMWCkEyzkkcC9F&#10;E6TtB9DU0iLAF0jWkv8+S0qWg7ZogSIXilzuzM4OV9v7UStyAh+kNS2tViUlYLjtpDm29Mf3/c0n&#10;SkJkpmPKGmjpGQK93338sB1cA2vbW9WBJ0hiQjO4lvYxuqYoAu9Bs7CyDgxeCus1i3j0x6LzbEB2&#10;rYp1WdbFYH3nvOUQAkYfp0u6y/xCAI9PQgSIRLUUtcW8+rwe0lrstqw5euZ6yWcZ7D9UaCYNFl2o&#10;Hllk5KeXv1Fpyb0NVsQVt7qwQkgOuQfspip/6eZbzxzkXtCc4BabwvvR8q+nB/Ps0YbBhSa4Z5+6&#10;GIXX6Yv6yJjNOi9mwRgJx+BtVd1W9YYSfrkrrkDnQ/wMVpO0aamSJvXBGnb6EiIWw9RLSgorQ4aW&#10;bu6qTZnTglWy20ul0mXwx8OD8uTE8A3ral+v6/RsSPEmDU/KYPDaRd7Fs4KpwAsIIjvUvZ4qpAGD&#10;hZZxDiZWM68ymJ1gAiUswFna34BzfoJCHr4FXP276oLIla2JC1hLY/2fCOJ4kSym/IsDU9/JgoPt&#10;zvl9szU4Rdm5eeLTmL49Z/j1v9y9AgAA//8DAFBLAwQUAAYACAAAACEA8G926N0AAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTCFUa4lRVEVIP/IjAAzj2EkfE6yh22/D2&#10;LBISHGdnNPtNtZn9II44xT6QguUiA4Fkgu2pU/D+9nBVgIhJk9VDIFTwhRE29flZpUsbTvSKxyZ1&#10;gksollqBS2kspYzGoddxEUYk9j7C5HViOXXSTvrE5X6Q11m2kl73xB+cHnHn0Hw2B69gdml/bx5d&#10;vn9uzfZl6te7ZfOk1OXFvL0DkXBOf2H4wWd0qJmpDQeyUQysbzmooCiyGxDsr/J1DqL9vci6kv8X&#10;1N8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcJUnc8QBAADfAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8G926N0AAAAJAQAADwAAAAAAAAAA&#10;AAAAAAAeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;">
                 <v:shadow on="t" color="black" opacity="24903f" offset="0,.55556mm" origin=",.5"/>
                 <w10:wrap anchorx="margin"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658275" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7239F34A" wp14:editId="34374822">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2116991</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>825838</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1913890" cy="2237262"/>
@@ -3720,100 +3688,100 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:shape id="Bildruta 194" style="position:absolute;margin-left:166.7pt;margin-top:65.05pt;width:150.7pt;height:176.15pt;z-index:251658275;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="1913890,2237262" o:spid="_x0000_s1026" fillcolor="white [3212]" strokecolor="black [3213]" strokeweight=".25pt" path="m,l1913890,r,2237262l,2237262,,xm129092,129092r,1979078l1784798,2108170r,-1979078l129092,129092xe" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAM3aPphwIAAJoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9PGzEMfp+0/yHK+7jetVCouKIKxDQJ&#10;AQImntNc0t6UxFmS9tr99XNyP0o3JKRpL3d2bH+xv9i+vNppRbbC+RpMSfOTESXCcKhqsyrp95fb&#10;L+eU+MBMxRQYUdK98PRq/vnTZWNnooA1qEo4giDGzxpb0nUIdpZlnq+FZv4ErDBolOA0C6i6VVY5&#10;1iC6VlkxGp1lDbjKOuDCezy9aY10nvClFDw8SOlFIKqkmFtIX5e+y/jN5pdstnLMrmvepcH+IQvN&#10;aoOXDlA3LDCycfVfULrmDjzIcMJBZyBlzUWqAavJR39U87xmVqRakBxvB5r8/4Pl99tn++iQhsb6&#10;mUcxVrGTTsc/5kd2iaz9QJbYBcLxML/Ix+cXyClHW1GMp8VZEenMDuHW+fBVgCZRKKl0TMdy2Ixt&#10;73xIdFXE4GFJWfUjp0RqhexvmSJn08lph9Y5I26PFyM9qLq6rZVKSmwXca0cwdiSLld5F3vkpQxp&#10;SjrOp6cpiSNbargDQti9g4AZKIMFHphKUtgrEZNQ5klIUleRm/aC46wY58KEHjd5xzCJNQyB448D&#10;O/8YKlKDD8HFx8FDRLoZTBiCdW3AvQeghpRl698z0NYdKVhCtX90xEE7Xt7y2xpf/I758Mgcvih2&#10;Ce6I8IAfqQAfATqJkjW4X++dR39sc7RS0uB8ltT/3DAnKFHfDA7ART6ZxIFOyuR0WqDi3lqWby1m&#10;o68BOwN7DLNLYvQPqhelA/2Kq2QRb0UTMxzvLikPrleuQ7s3cBlxsVgkNxxiy8Kdeba8f/XYpC+7&#10;V+Zs1/YBJ+Ye+lnumr8dlINvfA8Di00AWYdoPPDaKbgAUDraMG/15HVYqfPfAAAA//8DAFBLAwQU&#10;AAYACAAAACEA3AADPt4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hAb42c&#10;yLjBtRxKIbdc6oZAbxtra5tYkrHk2Pn7bk/tcZnH7Jtiv9he3GgMnXcaNusEBLnam841Gk6fh+cd&#10;iBDRGey9Iw13CrAvHx8KzI2f3QfdqtgILnEhRw1tjEMuZahbshjWfiDH2bcfLUY+x0aaEWcut73c&#10;JkkmLXaOP7Q40HtL9bWarIbzdDz67FTJ6RDn+8sZv+IUB62fVsvbK4hIS/yD4Vef1aFkp4ufnAmi&#10;16CUShnlQCUbEExkKuUxFw3pbpuCLAv5f0P5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AAzdo+mHAgAAmgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhANwAAz7eAAAACwEAAA8AAAAAAAAAAAAAAAAA4QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" w14:anchorId="58FB6F58">
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1913890,0;1913890,2237262;0,2237262;0,0;129092,129092;129092,2108170;1784798,2108170;1784798,129092;129092,129092" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658265" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47D709B5" wp14:editId="1F9C37ED">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1945813</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3201712</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1671320" cy="2019300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="69" name="Textruta 69"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1671320" cy="2019300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="301B6CBC" w14:textId="77777777">
+                          <w:p w14:paraId="301B6CBC" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
@@ -3826,54 +3794,54 @@
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>C</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Textruta 69" style="position:absolute;margin-left:153.2pt;margin-top:252.1pt;width:131.6pt;height:159pt;z-index:251658265;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1030" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBMGmUEgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGjEQvVfqf7B8LwuEJs2KJaKJqCqh&#10;JBKpcjZem13J9lj2wC799R0bCDTtqerFOzszno/3nqd3vTVsp0JswVV8NBhyppyEunWbiv94WXz6&#10;wllE4WphwKmK71Xkd7OPH6adL9UYGjC1CoyKuFh2vuINoi+LIspGWREH4JWjoIZgBdJv2BR1EB1V&#10;t6YYD4fXRQeh9gGkipG8D4cgn+X6WiuJT1pHhcxUnGbDfIZ8rtNZzKai3AThm1YexxD/MIUVraOm&#10;b6UeBAq2De0fpWwrA0TQOJBgC9C6lSrvQNuMhu+2WTXCq7wLgRP9G0zx/5WVj7uVfw4M+6/QE4EJ&#10;kM7HMpIz7dPrYNOXJmUUJwj3b7CpHplMl65vRldjCkmK0Rq3V8MMbHG+7kPEbwosS0bFA/GS4RK7&#10;ZURqSamnlNTNwaI1JnNj3G8OSkye4jxjsrBf96ytKz45zb+Gek9rBTgwHr1ctNR6KSI+i0AU07gk&#10;W3yiQxvoKg5Hi7MGws+/+VM+IU9RzjqSTMUdaZoz890RI7ejySQpLP9MPt8kQMJlZH0ZcVt7D6TJ&#10;ET0PL7OZ8tGcTB3AvpK256knhYST1LnieDLv8SBjehtSzec5iTTlBS7dystUOiGXYH3pX0XwR+yR&#10;aHuEk7RE+Y6CQ266Gf18i0RE5iehfMD0CD7pMdN2fDtJ8Jf/Oev8wme/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAkCgtBt0AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAxA70j8Q2QkbixZaKut&#10;azqhAWdg8AFZ4zWljVM12Vb4esIJjpafnp+r7ewGdsYpdJ4ULBcCGFLjTUetgo/357sVsBA1GT14&#10;QgVfGGBbX19VujT+Qm943seWJQmFUiuwMY4l56Gx6HRY+BEp7Y5+cjqmcWq5mfQlyd3ApRAFd7qj&#10;dMHqEXcWm35/cgpWwr30/Vq+Bpd9L3O7e/RP46dStzfzwwZYxDn+wfCbn9KhTk0HfyIT2KDgXhRZ&#10;QhXkIpPAEpEX6wLYIemllMDriv//of4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwTBp&#10;lBICAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;kCgtBt0AAAALAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" w14:anchorId="47D709B5">
+              <v:shape w14:anchorId="47D709B5" id="Textruta 69" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:153.2pt;margin-top:252.1pt;width:131.6pt;height:159pt;z-index:251658265;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBMGmUEgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGjEQvVfqf7B8LwuEJs2KJaKJqCqh&#10;JBKpcjZem13J9lj2wC799R0bCDTtqerFOzszno/3nqd3vTVsp0JswVV8NBhyppyEunWbiv94WXz6&#10;wllE4WphwKmK71Xkd7OPH6adL9UYGjC1CoyKuFh2vuINoi+LIspGWREH4JWjoIZgBdJv2BR1EB1V&#10;t6YYD4fXRQeh9gGkipG8D4cgn+X6WiuJT1pHhcxUnGbDfIZ8rtNZzKai3AThm1YexxD/MIUVraOm&#10;b6UeBAq2De0fpWwrA0TQOJBgC9C6lSrvQNuMhu+2WTXCq7wLgRP9G0zx/5WVj7uVfw4M+6/QE4EJ&#10;kM7HMpIz7dPrYNOXJmUUJwj3b7CpHplMl65vRldjCkmK0Rq3V8MMbHG+7kPEbwosS0bFA/GS4RK7&#10;ZURqSamnlNTNwaI1JnNj3G8OSkye4jxjsrBf96ytKz45zb+Gek9rBTgwHr1ctNR6KSI+i0AU07gk&#10;W3yiQxvoKg5Hi7MGws+/+VM+IU9RzjqSTMUdaZoz890RI7ejySQpLP9MPt8kQMJlZH0ZcVt7D6TJ&#10;ET0PL7OZ8tGcTB3AvpK256knhYST1LnieDLv8SBjehtSzec5iTTlBS7dystUOiGXYH3pX0XwR+yR&#10;aHuEk7RE+Y6CQ266Gf18i0RE5iehfMD0CD7pMdN2fDtJ8Jf/Oev8wme/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAkCgtBt0AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAxA70j8Q2QkbixZaKut&#10;azqhAWdg8AFZ4zWljVM12Vb4esIJjpafnp+r7ewGdsYpdJ4ULBcCGFLjTUetgo/357sVsBA1GT14&#10;QgVfGGBbX19VujT+Qm943seWJQmFUiuwMY4l56Gx6HRY+BEp7Y5+cjqmcWq5mfQlyd3ApRAFd7qj&#10;dMHqEXcWm35/cgpWwr30/Vq+Bpd9L3O7e/RP46dStzfzwwZYxDn+wfCbn9KhTk0HfyIT2KDgXhRZ&#10;QhXkIpPAEpEX6wLYIemllMDriv//of4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwTBp&#10;lBICAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;kCgtBt0AAAALAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="301B6CBC" w14:textId="77777777">
+                    <w:p w14:paraId="301B6CBC" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                             <w14:schemeClr w14:val="dk1">
                               <w14:alpha w14:val="60000"/>
                             </w14:schemeClr>
                           </w14:shadow>
                           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
@@ -3916,51 +3884,51 @@
                 </wp:positionV>
                 <wp:extent cx="1671320" cy="2019300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                 <wp:wrapNone/>
                 <wp:docPr id="70" name="Textruta 70"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1671320" cy="2019300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="2504E537" w14:textId="77777777">
+                          <w:p w14:paraId="2504E537" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
@@ -3973,54 +3941,54 @@
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>C</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Textruta 70" style="position:absolute;margin-left:0;margin-top:168.95pt;width:131.6pt;height:159pt;z-index:251658266;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1031" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9lY4IEQIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815IdZxMsB24CFwWM&#10;JIBT5ExTpCWA4hDk2JL79R3Sa9Oeil6o0cxwlvceJw99a9hW+dCALflwkHOmrISqseuS/3ibf7nj&#10;LKCwlTBgVcl3KvCH6edPk84VagQ1mEp5RkVsKDpX8hrRFVkWZK1aEQbglKWgBt8KpF+/ziovOqre&#10;mmyU5zdZB75yHqQKgbxP+yCfpvpaK4kvWgeFzJScZsN0+nSu4plNJ6JYe+HqRh7GEP8wRSsaS01P&#10;pZ4ECrbxzR+l2kZ6CKBxIKHNQOtGqrQDbTPMP2yzrIVTaRcCJ7gTTOH/lZXP26V79Qz7r9ATgRGQ&#10;zoUikDPu02vfxi9NyihOEO5OsKkemYyXbm6HVyMKSYrRGvdXeQI2O193PuA3BS2LRsk98ZLgEttF&#10;QGpJqceU2M3CvDEmcWPsbw5KjJ7sPGO0sF/1rKlKfn2cfwXVjtbysGc8ODlvqPVCBHwVniimcUm2&#10;+EKHNtCVHA4WZzX4n3/zx3xCnqKcdSSZklvSNGfmuyVG7ofjcVRY+hlf30ZA/GVkdRmxm/YRSJND&#10;eh5OJjPmozma2kP7TtqexZ4UElZS55Lj0XzEvYzpbUg1m6Uk0pQTuLBLJ2PpiFyE9a1/F94dsEei&#10;7RmO0hLFBwr2ufFmcLMNEhGJn4jyHtMD+KTHRNvh7UTBX/6nrPMLn/4CAAD//wMAUEsDBBQABgAI&#10;AAAAIQCBnVhv3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAFITvJv6HzTPxZpeCYEEe&#10;jal6ttb+gC28sgj7lrDbFv31ric9TmYy8025ns0gzjS5zjLCchGBIK5t03GLsP94vVuBcF5xowbL&#10;hPBFDtbV9VWpisZe+J3OO9+KUMKuUAja+7GQ0tWajHILOxIH72gno3yQUyubSV1CuRlkHEWZNKrj&#10;sKDVSBtNdb87GYRVZN76Po+3ztx/L1O9ebYv4yfi7c389AjC0+z/wvCLH9ChCkwHe+LGiQEhHPEI&#10;SfKQgwh2nCUxiANClqY5yKqU/w9UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9lY4I&#10;EQIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCB&#10;nVhv3QAAAAgBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" w14:anchorId="471A4A67">
+              <v:shape w14:anchorId="471A4A67" id="Textruta 70" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:168.95pt;width:131.6pt;height:159pt;z-index:251658266;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9lY4IEQIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815IdZxMsB24CFwWM&#10;JIBT5ExTpCWA4hDk2JL79R3Sa9Oeil6o0cxwlvceJw99a9hW+dCALflwkHOmrISqseuS/3ibf7nj&#10;LKCwlTBgVcl3KvCH6edPk84VagQ1mEp5RkVsKDpX8hrRFVkWZK1aEQbglKWgBt8KpF+/ziovOqre&#10;mmyU5zdZB75yHqQKgbxP+yCfpvpaK4kvWgeFzJScZsN0+nSu4plNJ6JYe+HqRh7GEP8wRSsaS01P&#10;pZ4ECrbxzR+l2kZ6CKBxIKHNQOtGqrQDbTPMP2yzrIVTaRcCJ7gTTOH/lZXP26V79Qz7r9ATgRGQ&#10;zoUikDPu02vfxi9NyihOEO5OsKkemYyXbm6HVyMKSYrRGvdXeQI2O193PuA3BS2LRsk98ZLgEttF&#10;QGpJqceU2M3CvDEmcWPsbw5KjJ7sPGO0sF/1rKlKfn2cfwXVjtbysGc8ODlvqPVCBHwVniimcUm2&#10;+EKHNtCVHA4WZzX4n3/zx3xCnqKcdSSZklvSNGfmuyVG7ofjcVRY+hlf30ZA/GVkdRmxm/YRSJND&#10;eh5OJjPmozma2kP7TtqexZ4UElZS55Lj0XzEvYzpbUg1m6Uk0pQTuLBLJ2PpiFyE9a1/F94dsEei&#10;7RmO0hLFBwr2ufFmcLMNEhGJn4jyHtMD+KTHRNvh7UTBX/6nrPMLn/4CAAD//wMAUEsDBBQABgAI&#10;AAAAIQCBnVhv3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAFITvJv6HzTPxZpeCYEEe&#10;jal6ttb+gC28sgj7lrDbFv31ric9TmYy8025ns0gzjS5zjLCchGBIK5t03GLsP94vVuBcF5xowbL&#10;hPBFDtbV9VWpisZe+J3OO9+KUMKuUAja+7GQ0tWajHILOxIH72gno3yQUyubSV1CuRlkHEWZNKrj&#10;sKDVSBtNdb87GYRVZN76Po+3ztx/L1O9ebYv4yfi7c389AjC0+z/wvCLH9ChCkwHe+LGiQEhHPEI&#10;SfKQgwh2nCUxiANClqY5yKqU/w9UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9lY4I&#10;EQIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCB&#10;nVhv3QAAAAgBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="2504E537" w14:textId="77777777">
+                    <w:p w14:paraId="2504E537" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                             <w14:schemeClr w14:val="dk1">
                               <w14:alpha w14:val="60000"/>
                             </w14:schemeClr>
                           </w14:shadow>
                           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
@@ -4064,51 +4032,51 @@
                 </wp:positionV>
                 <wp:extent cx="1671320" cy="2019300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="68" name="Textruta 68"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1671320" cy="2019300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="1954128E" w14:textId="77777777">
+                          <w:p w14:paraId="1954128E" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005D6CB5">
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
@@ -4121,54 +4089,54 @@
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>A</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Textruta 68" style="position:absolute;margin-left:123.4pt;margin-top:110.9pt;width:131.6pt;height:159pt;z-index:251658264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1032" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4fNd2EgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykWboacYqsRYYB&#10;QVsgHXpWZCk2IIuCxMTOfv0oOV/rdhp2kWmS4sd7T7P7rjFsr3yowRZ8NBhypqyEsrbbgv94XX76&#10;wllAYUthwKqCH1Tg9/OPH2aty9UYKjCl8oyK2JC3ruAVosuzLMhKNSIMwClLQQ2+EUi/fpuVXrRU&#10;vTHZeDicZi340nmQKgTyPvZBPk/1tVYSn7UOCpkpOM2G6fTp3MQzm89EvvXCVbU8jiH+YYpG1Jaa&#10;nks9ChRs5+s/SjW19BBA40BCk4HWtVRpB9pmNHy3zboSTqVdCJzgzjCF/1dWPu3X7sUz7L5CRwRG&#10;QFoX8kDOuE+nfRO/NCmjOEF4OMOmOmQyXprejm7GFJIUozXuboYJ2Oxy3fmA3xQ0LBoF98RLgkvs&#10;VwGpJaWeUmI3C8vamMSNsb85KDF6ssuM0cJu07G6LPj0NP8GygOt5aFnPDi5rKn1SgR8EZ4opnFJ&#10;tvhMhzbQFhyOFmcV+J9/88d8Qp6inLUkmYJb0jRn5rslRu5Gk0lUWPqZfL6NgPjryOY6YnfNA5Am&#10;R/Q8nExmzEdzMrWH5o20vYg9KSSspM4Fx5P5gL2M6W1ItVikJNKUE7iyaydj6YhchPW1exPeHbFH&#10;ou0JTtIS+TsK+tx4M7jFDomIxE9Eucf0CD7pMdF2fDtR8Nf/Kevywue/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEA6wRZ+90AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Kid0FZp&#10;iFOhAmeg8AFuvMQh8TqK3Tbw9SwnuM1oR7Nvqu3sB3HCKXaBNGQLBQKpCbajVsP729NNASImQ9YM&#10;gVDDF0bY1pcXlSltONMrnvapFVxCsTQaXEpjKWVsHHoTF2FE4ttHmLxJbKdW2smcudwPMldqLb3p&#10;iD84M+LOYdPvj15Dofxz32/yl+iX39nK7R7C4/ip9fXVfH8HIuGc/sLwi8/oUDPTIRzJRjFoyJdr&#10;Rk8s8owFJ1aZ4nUHFrebAmRdyf8b6h8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+HzX&#10;dhICAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;6wRZ+90AAAALAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" w14:anchorId="16E15287">
+              <v:shape w14:anchorId="16E15287" id="Textruta 68" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:123.4pt;margin-top:110.9pt;width:131.6pt;height:159pt;z-index:251658264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4fNd2EgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykWboacYqsRYYB&#10;QVsgHXpWZCk2IIuCxMTOfv0oOV/rdhp2kWmS4sd7T7P7rjFsr3yowRZ8NBhypqyEsrbbgv94XX76&#10;wllAYUthwKqCH1Tg9/OPH2aty9UYKjCl8oyK2JC3ruAVosuzLMhKNSIMwClLQQ2+EUi/fpuVXrRU&#10;vTHZeDicZi340nmQKgTyPvZBPk/1tVYSn7UOCpkpOM2G6fTp3MQzm89EvvXCVbU8jiH+YYpG1Jaa&#10;nks9ChRs5+s/SjW19BBA40BCk4HWtVRpB9pmNHy3zboSTqVdCJzgzjCF/1dWPu3X7sUz7L5CRwRG&#10;QFoX8kDOuE+nfRO/NCmjOEF4OMOmOmQyXprejm7GFJIUozXuboYJ2Oxy3fmA3xQ0LBoF98RLgkvs&#10;VwGpJaWeUmI3C8vamMSNsb85KDF6ssuM0cJu07G6LPj0NP8GygOt5aFnPDi5rKn1SgR8EZ4opnFJ&#10;tvhMhzbQFhyOFmcV+J9/88d8Qp6inLUkmYJb0jRn5rslRu5Gk0lUWPqZfL6NgPjryOY6YnfNA5Am&#10;R/Q8nExmzEdzMrWH5o20vYg9KSSspM4Fx5P5gL2M6W1ItVikJNKUE7iyaydj6YhchPW1exPeHbFH&#10;ou0JTtIS+TsK+tx4M7jFDomIxE9Eucf0CD7pMdF2fDtR8Nf/Kevywue/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEA6wRZ+90AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Kid0FZp&#10;iFOhAmeg8AFuvMQh8TqK3Tbw9SwnuM1oR7Nvqu3sB3HCKXaBNGQLBQKpCbajVsP729NNASImQ9YM&#10;gVDDF0bY1pcXlSltONMrnvapFVxCsTQaXEpjKWVsHHoTF2FE4ttHmLxJbKdW2smcudwPMldqLb3p&#10;iD84M+LOYdPvj15Dofxz32/yl+iX39nK7R7C4/ip9fXVfH8HIuGc/sLwi8/oUDPTIRzJRjFoyJdr&#10;Rk8s8owFJ1aZ4nUHFrebAmRdyf8b6h8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+HzX&#10;dhICAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;6wRZ+90AAAALAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="1954128E" w14:textId="77777777">
+                    <w:p w14:paraId="1954128E" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                             <w14:schemeClr w14:val="dk1">
                               <w14:alpha w14:val="60000"/>
                             </w14:schemeClr>
                           </w14:shadow>
                           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="005D6CB5">
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
@@ -4245,51 +4213,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 66" style="position:absolute;margin-left:179pt;margin-top:91.9pt;width:29.3pt;height:96.2pt;z-index:251658263;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#c00000" stroked="f" w14:anchorId="02D26157" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBybQzAbwIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9P2zAQf5+072D5faQJ3RgVKaqKmCYh&#10;QMDEs+vYTSTH553dpt2n39lpUsaQkKblwbnz/e6v7+7ictcatlXoG7Alz08mnCkroWrsuuQ/nq4/&#10;feXMB2ErYcCqku+V55fzjx8uOjdTBdRgKoWMjFg/61zJ6xDcLMu8rFUr/Ak4ZUmoAVsRiMV1VqHo&#10;yHprsmIy+ZJ1gJVDkMp7ur3qhXye7GutZLjT2qvATMkptpBOTOcqntn8QszWKFzdyEMY4h+iaEVj&#10;yelo6koEwTbY/GWqbSSCBx1OJLQZaN1IlXKgbPLJq2wea+FUyoWK491YJv//zMrb7aO7RypD5/zM&#10;Exmz2Gls45/iY7tUrP1YLLULTNLl6VlRnE45kyTKiyI/L/JYzeyo7dCHbwpaFomSIz1GqpHY3vjQ&#10;QwdIdObBNNV1Y0xicL1aGmRbQQ+3nMSv1zWuFv3tNF32dnwPT+7/sGNstGYh2u2h8SY7JpuosDcq&#10;4ox9UJo1FaWXJ3epD9UYiJBS2TDkmdBRTZPxUfH0fcUDPqqq1KOjcvG+8qiRPIMNo3LbWMC3DJgx&#10;ZN3jhwr0eccSrKDa3yND6CfEO3nd0KvdCB/uBdJI0PDQmIc7OrSBruRwoDirAX+9dR/x1Kkk5ayj&#10;ESu5/7kRqDgz3y318Hk+ncaZTMz081lBDL6UrF5K7KZdAjVDTgvFyURGfDADqRHaZ9oGi+iVRMJK&#10;8l1yGXBglqEffdonUi0WCUZz6ES4sY9ODq8eu/Jp9yzQHVo3UNPfwjCOYvaqg3tsfA8Li00A3aT2&#10;Ptb1UG+a4dShh30Tl8RLPqGOW3H+GwAA//8DAFBLAwQUAAYACAAAACEAn6uLmt0AAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTBkIU4lQIRO5tQeLoxIsTEa+j2G0Tvp7l&#10;RI+rGc2+V25nN4gTTqH3pGC9SkAgtd70ZBW8H97uchAhajJ68IQKFgywra6vSl0Yf6YdnvbRCh6h&#10;UGgFXYxjIWVoO3Q6rPyIxNmXn5yOfE5WmkmfedwNcpMkmXS6J/7Q6RFfOmy/90enQKe1e62X+jOR&#10;/mf3IRu7TAer1O3N/PwEIuIc/8vwh8/oUDFT449kghgUpA85u0QO8pQduHG/zjIQDUeP2QZkVcpL&#10;h+oXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcm0MwG8CAABdBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAn6uLmt0AAAALAQAADwAAAAAAAAAA&#10;AAAAAADJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658262" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="349F19B8" wp14:editId="56AA7E03">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2222153</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>890361</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1671946" cy="2019490"/>
@@ -4328,51 +4296,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 65" style="position:absolute;margin-left:174.95pt;margin-top:70.1pt;width:131.65pt;height:159pt;z-index:251658262;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="463EC0AD" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcR67IdAIAAF4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9r2zAQfx/sOwi9r7azrF1CnRJaMgal&#10;DWtHnxVZSgyyTjspcbJPv5PsOKErFMb8IN/pfvdXd3d9s28M2yn0NdiSFxc5Z8pKqGq7LvnP58Wn&#10;r5z5IGwlDFhV8oPy/Gb28cN166ZqBBswlUJGRqyftq7kmxDcNMu83KhG+AtwypJQAzYiEIvrrELR&#10;kvXGZKM8v8xawMohSOU93d51Qj5L9rVWMjxq7VVgpuQUW0gnpnMVz2x2LaZrFG5Tyz4M8Q9RNKK2&#10;5HQwdSeCYFus/zLV1BLBgw4XEpoMtK6lSjlQNkX+KpunjXAq5ULF8W4ok/9/ZuXD7sktkcrQOj/1&#10;RMYs9hqb+Kf42D4V6zAUS+0Dk3RZXF4Vk/ElZ5JkFPxkPEnlzE7qDn34pqBhkSg50mukIondvQ/k&#10;kqBHSPTmwdTVojYmMbhe3RpkO0EvtxjNJ3ne6Rq3Ed3tOKcvviDZ8R28o8/tGButWYh2O2i8yU7Z&#10;JiocjIo4Y38ozeoq5pfcpUZUQyBCSmVD0TtN6Kimyfig+Pl9xR4fVVVq0kF59L7yoJE8gw2DclNb&#10;wLcMmCFk3eGPFejyjiVYQXVYIkPoRsQ7uajp1e6FD0uBNBM0PTTn4ZEObaAtOfQUZxvA32/dRzy1&#10;Kkk5a2nGSu5/bQUqzsx3S008KcbjOJSJGX+5GhGD55LVucRum1ugZihooziZyIgP5khqhOaF1sE8&#10;eiWRsJJ8l1wGPDK3oZt9WihSzecJRoPoRLi3T04eXz125fP+RaDrWzdQ1z/AcR7F9FUHd9j4Hhbm&#10;2wC6Tu19qmtfbxri1KH9wolb4pxPqNNanP0BAAD//wMAUEsDBBQABgAIAAAAIQD51npX4gAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9hGcGb3TSJNRuzKSUgeBChVUFv2+w0ie5H&#10;yG7b+O8dT3qb4X1455lqPVvDTjiFwTsJy0UCDF3r9eA6Ca8vDzcFsBCV08p4hxK+McC6vryoVKn9&#10;2W3xtIsdoxIXSiWhj3EsOQ9tj1aFhR/RUXbwk1WR1qnjelJnKreGp0my4lYNji70asSmx/Zrd7QS&#10;3rJC5HdP5mNzeG+ax2ehP1MrpLy+mjf3wCLO8Q+GX31Sh5qc9v7odGBGQpYLQSgFeZICI2K1zGjY&#10;S8hvixR4XfH/P9Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFxHrsh0AgAAXgUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPnWelfiAAAACwEA&#10;AA8AAAAAAAAAAAAAAAAAzgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658261" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65B10E95" wp14:editId="54894DA2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2252320</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3084978</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1660072" cy="913163"/>
@@ -4411,51 +4379,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 64" style="position:absolute;margin-left:177.35pt;margin-top:242.9pt;width:130.7pt;height:71.9pt;z-index:251658261;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#f2a900" stroked="f" w14:anchorId="1CB5B7C1" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmSyg9cwIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9r2zAQfx/sOwi9r7bTLF1DnRJaMgal&#10;DWtHnxVZSgyyTjspcbJPv5PsOF1XKIz5Qb7T/e6v7u7qet8YtlPoa7AlL85yzpSVUNV2XfIfT4tP&#10;XzjzQdhKGLCq5Afl+fXs44er1k3VCDZgKoWMjFg/bV3JNyG4aZZ5uVGN8GfglCWhBmxEIBbXWYWi&#10;JeuNyUZ5PslawMohSOU93d52Qj5L9rVWMjxo7VVgpuQUW0gnpnMVz2x2JaZrFG5Tyz4M8Q9RNKK2&#10;5HQwdSuCYFus/zLV1BLBgw5nEpoMtK6lSjlQNkX+KpvHjXAq5ULF8W4ok/9/ZuX97tEtkcrQOj/1&#10;RMYs9hqb+Kf42D4V6zAUS+0Dk3RZTCZ5fjHiTJLssjgvJuexmtlJ26EPXxU0LBIlR3qMVCOxu/Oh&#10;gx4h0ZkHU1eL2pjE4Hp1Y5DtBD3cYjS/zPNO17iN6G7HOX29S9/Bk/s/7BgbrVmIdjuX8SY7JZuo&#10;cDAq4oz9rjSrq5hecpf6UA2BCCmVDUXvNKGjmibjg+L5+4o9Pqqq1KOD8uh95UEjeQYbBuWmtoBv&#10;GTBDyLrDHyvQ5R1LsILqsESG0E2Id3JR06vdCR+WAmkkaHhozMMDHdpAW3LoKc42gL/euo946lSS&#10;ctbSiJXc/9wKVJyZb5Z6+LIYj+NMJmb8+WJEDL6UrF5K7La5AWqGghaKk4mM+GCOpEZonmkbzKNX&#10;EgkryXfJZcAjcxO60ad9ItV8nmA0h06EO/vo5PHVY1c+7Z8Fur51AzX9PRzHUUxfdXCHje9hYb4N&#10;oOvU3qe69vWmGU4d2u+buCRe8gl12oqz3wAAAP//AwBQSwMEFAAGAAgAAAAhAP4sLLnjAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AQhu+C/2EZwZvdJE3TJGZTSkDwIEKrgt622WkS3Y+Q&#10;3bbx3zue9DbDPLzzvNVmNpqdcfKDswLiRQQMbevUYDsBry8PdzkwH6RVUjuLAr7Rw6a+vqpkqdzF&#10;7vC8Dx2jEOtLKaAPYSw5922PRvqFG9HS7egmIwOtU8fVJC8UbjRPoijjRg6WPvRyxKbH9mt/MgLe&#10;lnmRrp/0x/b43jSPz4X6TEwhxO3NvL0HFnAOfzD86pM61OR0cCerPNMClqt0TaiANF9RByKyOIuB&#10;HWhIigx4XfH/HeofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACZLKD1zAgAAXQUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP4sLLnjAAAACwEA&#10;AA8AAAAAAAAAAAAAAAAAzQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658258" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32742215" wp14:editId="2C4C5E7D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2265680</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1176020</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="381000" cy="1219200"/>
@@ -4481,51 +4449,51 @@
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="3">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 63" style="position:absolute;margin-left:178.4pt;margin-top:92.6pt;width:30pt;height:96pt;z-index:251658258;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#005c90 [3044]" w14:anchorId="4E9B29EB" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAW91T1SAIAAPsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9r2zAQfh/sfxB6Xx2n2daaOCW0ZAxK&#10;G9aOPiuyVBtknXZS4mR//U6y45SuUBh7kU+639995/nVvjVsp9A3YEuen004U1ZC1djnkv98XH26&#10;4MwHYSthwKqSH5TnV4uPH+adK9QUajCVQkZBrC86V/I6BFdkmZe1aoU/A6csKTVgKwJd8TmrUHQU&#10;vTXZdDL5knWAlUOQynt6vemVfJHia61kuNfaq8BMyam2kE5M5yae2WIuimcUrm7kUIb4hypa0VhK&#10;Ooa6EUGwLTZ/hWobieBBhzMJbQZaN1KlHqibfPKqm4daOJV6IXC8G2Hy/y+svNs9uDUSDJ3zhScx&#10;drHX2MYv1cf2CazDCJbaBybp8fwin0wIUkmqfJpf0jQimtnJ26EP3xS0LAolRxpGwkjsbn3oTY8m&#10;MZmFVWNMfD+VkqRwMCoaGPtDadZUlDxPgRJL1LVBthM0XyGlsiEfqkjW0U1T1NHx/H3HwT66qsSg&#10;0Xn6vvPokTKDDaNz21jAtwKYsWTd2x8R6PuOEGygOqyRIfT89U6uGsL0VviwFkiEpTnQEoZ7OrSB&#10;ruQwSJzVgL/feo/2xCPSctbRApTc/9oKVJyZ75YYdpnPZnFj0mX2+euULvhSs3mpsdv2GmgGOa27&#10;k0mM9sEcRY3QPtGuLmNWUgkrKXfJZcDj5Tr0i0nbLtVymcxoS5wIt/bByePUI2ce908C3UCsQJS8&#10;g+OyiOIVv3rbOA8Ly20A3STynXAd8KYNS/Qd/gZxhV/ek9Xpn7X4AwAA//8DAFBLAwQUAAYACAAA&#10;ACEAU4MShdsAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07EMAxF90j8Q2QkdkzawDwoTUcI&#10;xAcww2Z2nsa0FU1SkvTB3+NZwdI+V9fH5X6xvZgoxM47DfkqA0Gu9qZzjYaP49vdDkRM6Az23pGG&#10;H4qwr66vSiyMn907TYfUCC5xsUANbUpDIWWsW7IYV34gx+zTB4uJx9BIE3DmcttLlWUbabFzfKHF&#10;gV5aqr8Oo9Uw0yQf81NQ2UmhHL7TsQ/jq9a3N8vzE4hES/oLw0Wf1aFip7MfnYmi13C/3rB6YrBb&#10;KxCceMgvmzOj7VaBrEr5/4fqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABb3VPVIAgAA&#10;+wQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFODEoXb&#10;AAAACwEAAA8AAAAAAAAAAAAAAAAAogQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACq&#10;BQAAAAA=&#10;">
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658257" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08D1B99B" wp14:editId="70CA1AC4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1713230</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1156970</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="381000" cy="1219200"/>
                 <wp:effectExtent l="57150" t="19050" r="76200" b="95250"/>
@@ -4549,51 +4517,51 @@
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="3">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 62" style="position:absolute;margin-left:134.9pt;margin-top:91.1pt;width:30pt;height:96pt;z-index:251658257;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#006298 [3204]" strokecolor="#005c90 [3044]" w14:anchorId="2760B341" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhxBjoQgIAAPAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9r2zAQfh/sfxB6Xxyn2daGOCWkdAxK&#10;G5aOPiuylBhknXZS4mR//U6y44SuUBh7kU+639995+ntoTZsr9BXYAueD4acKSuhrOym4D+f7z9d&#10;c+aDsKUwYFXBj8rz29nHD9PGTdQItmBKhYyCWD9pXMG3IbhJlnm5VbXwA3DKklID1iLQFTdZiaKh&#10;6LXJRsPhl6wBLB2CVN7T612r5LMUX2slw5PWXgVmCk61hXRiOtfxzGZTMdmgcNtKdmWIf6iiFpWl&#10;pH2oOxEE22H1V6i6kggedBhIqDPQupIq9UDd5MNX3ay2wqnUC4HjXQ+T/39h5eN+5ZZIMDTOTzyJ&#10;sYuDxjp+qT52SGAde7DUITBJj1fX+XBIkEpS5aP8hqYR0czO3g59+KagZlEoONIwEkZi/+BDa3oy&#10;Ib9z/iSFo1GxBGN/KM2qkjLmyTtRQy0Msr2goQoplQ15lzpZRzddGdM7Xr3v2NlHV5Vo0zuP3nfu&#10;PVJmsKF3risL+FYA05esW/sTAm3fEYI1lMclMoSWtN7J+4qAfBA+LAUSSwl82rzwRIc20BQcOomz&#10;LeDvt96jPZGHtJw1xPqC+187gYoz890SrW7y8TiuSbqMP38d0QUvNetLjd3VC6AZ5LTjTiYx2gdz&#10;EjVC/UILOo9ZSSWspNwFlwFPl0Vot5FWXKr5PJnRajgRHuzKydPUI1GeDy8CXcemQDx8hNOGiMkr&#10;UrW2cR4W5rsAukqMO+Pa4U1rlTjb/QLi3l7ek9X5RzX7AwAA//8DAFBLAwQUAAYACAAAACEAeCTM&#10;utkAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KiDQSGEOBUq4gFoy31r&#10;m9jCP5HttuHt2Z7gtrszmv1mWC/Bs5PJxaUo4X7VADNRJe3iJGG/e7/rgJWKUaNP0Uj4MQXW4/XV&#10;gL1O5/hhTts6MQqJpUcJtta557woawKWVZpNJO0r5YCV1jxxnfFM4cFz0TQtD+gifbA4m4016nt7&#10;DBLeVK5eo+s2Rendp1WtdRmlvL1ZXl+AVbPUPzNc8AkdRmI6pGPUhXkJon0m9EpCJwQwcjyIy+VA&#10;w9OjAD4O/H+H8RcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDhxBjoQgIAAPAEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB4JMy62QAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAJwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;">
                 <v:fill type="gradient" color2="#4cbfff [1620]" angle="180" focus="100%" rotate="t">
                   <o:fill v:ext="view" type="gradientUnscaled"/>
                 </v:fill>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1471B888" wp14:editId="69C0FF76">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>179705</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2976245</wp:posOffset>
@@ -4627,157 +4595,157 @@
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="3">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 61" style="position:absolute;margin-left:14.15pt;margin-top:234.35pt;width:131.25pt;height:15pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="white [3212]" stroked="f" w14:anchorId="0B3CD0E2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtO9YcZQIAAEkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0jTQQcVKapATJMQ&#10;oMHEs+vYrSXH553dpt1fv7OTph1DQpr2kpx933e/z5dX28ayjcJgwFW8PBlxppyE2rhlxX883346&#10;5yxE4WphwamK71TgV7OPHy5bP1VjWIGtFTIy4sK09RVfxeinRRHkSjUinIBXjpQasBGRjrgsahQt&#10;WW9sMR6NJkULWHsEqUKg25tOyWfZvtZKxgetg4rMVpxii/mL+btI32J2KaZLFH5lZB+G+IcoGmEc&#10;OR1M3Ygo2BrNX6YaIxEC6HgioSlAayNVzoGyKUevsnlaCa9yLlSc4Icyhf9nVt5vnvwjUhlaH6aB&#10;xJTFVmOT/hQf2+Zi7YZiqW1kki7LyWRy/uWMM0m68mJ0NsrVLA5sjyF+VdCwJFQcqRm5RmJzFyJ5&#10;JOgekpwFsKa+NdbmQxoAdW2RbQS1brEsU6uI8QfKuoR1kFidurtRufO9l0NiWYo7qxLLuu9KM1On&#10;VHJYeeYOLoWUysW924xONE2uBuLn94k9PlG7qAby+H3ywMiewcWB3BgH+JYBO4SsOzxV7SjvJC6g&#10;3j0iQ+i2IXh5a6hDdyLER4E0/rQotNLxgT7aQltx6CXOVoC/3rpPeJpK0nLW0jpVPPxcC1Sc2W+O&#10;5vWiPD1N+5cPp2dfxnTAY83iWOPWzTVQ20t6PLzMYsJHuxc1QvNCmz9PXkklnCTfFZcR94fr2K05&#10;vR1SzecZRjvnRbxzT17uu54m8Hn7ItD3YxppwO9hv3pi+mpaO2zqh4P5OoI2eZQPde3rTfua57V/&#10;W9KDcHzOqMMLOPsNAAD//wMAUEsDBBQABgAIAAAAIQBqhol73wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9NT8MwDIbvSPyHyEjcWEqB0ZWmE0zigBjSGBw4eo3XVjTOaLKu49djTnD060fvRzEf&#10;XacG6kPr2cDlJAFFXHnbcm3g/e3xIgMVIrLFzjMZOFKAeXl6UmBu/YFfaVjHWokJhxwNNDHucq1D&#10;1ZDDMPE7Yvltfe8wytnX2vZ4EHPX6TRJptphy5LQ4I4WDVWf670z8LB8eR5W/GW349PN6jv6BeLH&#10;0Zjzs/H+DlSkMf7B8FtfqkMpnTZ+zzaozkCaXQlp4Hqa3YISIJ0lsmUjykwUXRb6/4TyBwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO071hxlAgAASQUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGqGiXvfAAAACgEAAA8AAAAAAAAAAAAAAAAAvwQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="wacimagecontainer"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C154BB4" wp14:editId="4805F934">
             <wp:extent cx="4219483" cy="5628904"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="60" name="Bildobjekt 60"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId20">
+                    <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="62829" b="35437"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4231057" cy="5644345"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E0CC6" w:rsidRDefault="008E0CC6" w14:paraId="599DE8B1" w14:textId="42E2680D">
+    <w:p w14:paraId="599DE8B1" w14:textId="42E2680D" w:rsidR="008E0CC6" w:rsidRDefault="008E0CC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="02BE952A" w14:textId="77777777">
+    <w:p w14:paraId="02BE952A" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="19F4A31F" w14:textId="77777777">
+    <w:p w14:paraId="19F4A31F" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00913886">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Beredningsrum och sluss Uddevalla:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="5922A76A" w14:textId="646D28F3" w14:noSpellErr="1">
+    <w:p w14:paraId="5922A76A" w14:textId="646D28F3" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658268" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28361E4D" wp14:editId="3F3544B8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>905904</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>931653</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2517140" cy="2771447"/>
                 <wp:effectExtent l="38100" t="19050" r="35560" b="67310"/>
                 <wp:wrapNone/>
                 <wp:docPr id="84" name="Rektangel 84"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4811,51 +4779,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 84" style="position:absolute;margin-left:71.35pt;margin-top:73.35pt;width:198.2pt;height:218.2pt;z-index:251658268;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="yellow" stroked="f" w14:anchorId="5217069E" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJKrnfcAIAAF4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9r2zAQfx/sOwi9r7azdNlCnRJaMgal&#10;LWtHnxVZig2yTjspcbJPv5PsOF1XKIz5Qb7T/e6v7u7ict8atlPoG7AlL85yzpSVUDV2U/Ifj6sP&#10;nznzQdhKGLCq5Afl+eXi/buLzs3VBGowlUJGRqyfd67kdQhunmVe1qoV/gycsiTUgK0IxOImq1B0&#10;ZL012STPP2UdYOUQpPKebq97IV8k+1orGe609iowU3KKLaQT07mOZ7a4EPMNClc3cghD/EMUrWgs&#10;OR1NXYsg2Babv0y1jUTwoMOZhDYDrRupUg6UTZG/yOahFk6lXKg43o1l8v/PrLzdPbh7pDJ0zs89&#10;kTGLvcY2/ik+tk/FOozFUvvAJF1OzotZMaWaSpJNZkRPZ7Gc2UndoQ9fFbQsEiVHeo1UJLG78aGH&#10;HiHRmwfTVKvGmMTgZn1lkO0EvdyKvjzvdY2rRX87zekbXPoentz/YcfYaM1CtNu7jDfZKdtEhYNR&#10;EWfsd6VZU1F+RXKXGlGNgQgplQ3F4DSho5om46Pix7cVB3xUValJR+XJ28qjRvIMNozKbWMBXzNg&#10;xpB1jz9WoM87lmAN1eEeGUI/It7JVUOvdiN8uBdIM0EvTXMe7ujQBrqSw0BxVgP+eu0+4qlVScpZ&#10;RzNWcv9zK1BxZr5ZauIv1DNxKBMzPZ9NiMHnkvVzid22V0DNUNBGcTKRER/MkdQI7ROtg2X0SiJh&#10;JfkuuQx4ZK5CP/u0UKRaLhOMBtGJcGMfnDy+euzKx/2TQDe0bqCuv4XjPIr5iw7usfE9LCy3AXST&#10;2vtU16HeNMSpQ4eFE7fEcz6hTmtx8RsAAP//AwBQSwMEFAAGAAgAAAAhANM7yPndAAAACwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+g/WIvVWnJAWaIiDKlCPrQSFu4m3SUS8TmMTkr/v&#10;cqK3Ge1o9k22Hmwjeux87UhBPI1AIBXO1FQqOHx/PC9B+KDJ6MYRKhjRwzp/fMh0atyVdtjvQym4&#10;hHyqFVQhtKmUvqjQaj91LRLfflxndWDbldJ0+srltpGzKJpLq2viD5VucVNhcd5frILz8eu4iMbw&#10;uzPJeNgmm89tL41ST5PhfQUi4BDuYbjhMzrkzHRyFzJeNOxfZguO3sScBSdek7cYxInFMolB5pn8&#10;vyH/AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIkqud9wAgAAXgUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANM7yPndAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658279" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="799A0B06" wp14:editId="25A5F0A0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>944661</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3721735</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2552700" cy="9525"/>
@@ -4884,100 +4852,100 @@
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:line id="Rak koppling 1" style="position:absolute;flip:x;z-index:251658279;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:spid="_x0000_s1026" strokecolor="#006298 [3204]" strokeweight="2pt" from="74.4pt,293.05pt" to="275.4pt,293.8pt" w14:anchorId="5B70629C" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCuy2oZtgEAAMYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfIPxC815QFuG0EyznEaHIo&#10;2iCPD2CopUWAL5CMJf99l5StBEnRAkEuBMXdmd2ZXa0vR6PJHkJUzrZ0uagoAStcp+yupY8PP758&#10;pyQmbjuunYWWHiDSy8352XrwDdSud7qDQJDExmbwLe1T8g1jUfRgeFw4DxaD0gXDE36GHesCH5Dd&#10;aFZX1Vc2uND54ATEiK/bKUg3hV9KEOm3lBES0S3F3lI5Qzmf8sk2a97sAve9Esc2+Ae6MFxZLDpT&#10;bXni5Dmod1RGieCik2khnGFOSiWgaEA1y+qNmvueeyha0JzoZ5vi59GKX/srexvQhsHHJvrbkFWM&#10;MhgitfI3ONOiCzslY7HtMNsGYyICH+vVqv5WobsCYxerepVdZRNLZvMhpmtwhuRLS7WyWRRv+P5n&#10;TFPqKSU/a3sCbXnsyZ7j6Dq8HVlzmL00W27poGGC3oEkqstNlRJlj+BKh4mGCwE2LWcmzM4wqbSe&#10;gdX/gcf8DIWyYzN4MuufVWdEqexsmsFGWRf+Vj2Np5bllH9yYNKdLXhy3aGMsViDy1ImcFzsvI2v&#10;vwv85ffb/AEAAP//AwBQSwMEFAAGAAgAAAAhAAv4lK7gAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPg0AQhe8m/ofNmHizS41QgixNbfRg4qG0Jsbblp0Cys4SdqH4752e9PjevLz5Xr6ebScm&#10;HHzrSMFyEYFAqpxpqVbwfni5S0H4oMnozhEq+EEP6+L6KteZcWcqcdqHWnAJ+UwraELoMyl91aDV&#10;fuF6JL6d3GB1YDnU0gz6zOW2k/dRlEirW+IPje5x22D1vR+tAoq/yufXJ/25mVbj4VS+7bYf006p&#10;25t58wgi4Bz+wnDBZ3QomOnoRjJedKwfUkYPCuI0WYLgRBxH7BwvzioBWeTy/4biFwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAK7Lahm2AQAAxgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAv4lK7gAAAACwEAAA8AAAAAAAAAAAAAAAAAEAQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;">
                 <v:stroke dashstyle="dash"/>
                 <v:shadow on="t" color="black" opacity="24903f" offset="0,.55556mm" origin=",.5"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A0CDEF2" wp14:editId="0AD1EC4B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5425440</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1671320" cy="2019300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                 <wp:wrapNone/>
                 <wp:docPr id="671680238" name="Textruta 671680238"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1671320" cy="2019300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="00C537A6" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="644BC49A" w14:textId="77777777">
+                          <w:p w14:paraId="644BC49A" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00C537A6" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00C537A6">
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="36"/>
@@ -4990,54 +4958,54 @@
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>Oklassad</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Textruta 671680238" style="position:absolute;margin-left:0;margin-top:427.2pt;width:131.6pt;height:159pt;z-index:251658280;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1033" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE2TDqEgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykWbMacYqsRYYB&#10;QVsgHXpWZCk2IIuCxMTOfv0oOV/rdhp2kWmS4sd7T7P7rjFsr3yowRZ8NBhypqyEsrbbgv94XX76&#10;wllAYUthwKqCH1Tg9/OPH2aty9UYKjCl8oyK2JC3ruAVosuzLMhKNSIMwClLQQ2+EUi/fpuVXrRU&#10;vTHZeDi8zVrwpfMgVQjkfeyDfJ7qa60kPmsdFDJTcJoN0+nTuYlnNp+JfOuFq2p5HEP8wxSNqC01&#10;PZd6FCjYztd/lGpq6SGAxoGEJgOta6nSDrTNaPhum3UlnEq7EDjBnWEK/6+sfNqv3Ytn2H2FjgiM&#10;gLQu5IGccZ9O+yZ+aVJGcYLwcIZNdchkvHQ7Hd2MKSQpRmvc3QwTsNnluvMBvyloWDQK7omXBJfY&#10;rwJSS0o9pcRuFpa1MYkbY39zUGL0ZJcZo4XdpmN1WfDpaf4NlAday0PPeHByWVPrlQj4IjxRTOOS&#10;bPGZDm2gLTgcLc4q8D//5o/5hDxFOWtJMgW3pGnOzHdLjNyNJpOosPQz+TyNgPjryOY6YnfNA5Am&#10;R/Q8nExmzEdzMrWH5o20vYg9KSSspM4Fx5P5gL2M6W1ItVikJNKUE7iyaydj6YhchPW1exPeHbFH&#10;ou0JTtIS+TsK+tx4M7jFDomIxE9Eucf0CD7pMdF2fDtR8Nf/Kevywue/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAminDvtwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF90jcwRokdtSJSUsJ&#10;cSpUYA0UDuDGQxwSj6PYbQOnZ1jBcvS/3rxfbWY/iCNOsQukIV9kIJCaYDtqNby/PV2tQcRkyJoh&#10;EGr4wgib+vysMqUNJ3rF4y61giEUS6PBpTSWUsbGoTdxEUYkzj7C5E3ic2qlncyJ4X6QKstW0puO&#10;+IMzI24dNv3u4DWsM//c97fqJfriO1+67UN4HD+1vryY7+9AJJzTXxl+9VkdanbahwPZKAYNPCQx&#10;aVkUIDhWq2sFYs+9/EYVIOtK/l9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDE2TDq&#10;EgIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCa&#10;KcO+3AAAAAkBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" w14:anchorId="6A0CDEF2">
+              <v:shape w14:anchorId="6A0CDEF2" id="Textruta 671680238" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:427.2pt;width:131.6pt;height:159pt;z-index:251658280;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE2TDqEgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykWbMacYqsRYYB&#10;QVsgHXpWZCk2IIuCxMTOfv0oOV/rdhp2kWmS4sd7T7P7rjFsr3yowRZ8NBhypqyEsrbbgv94XX76&#10;wllAYUthwKqCH1Tg9/OPH2aty9UYKjCl8oyK2JC3ruAVosuzLMhKNSIMwClLQQ2+EUi/fpuVXrRU&#10;vTHZeDi8zVrwpfMgVQjkfeyDfJ7qa60kPmsdFDJTcJoN0+nTuYlnNp+JfOuFq2p5HEP8wxSNqC01&#10;PZd6FCjYztd/lGpq6SGAxoGEJgOta6nSDrTNaPhum3UlnEq7EDjBnWEK/6+sfNqv3Ytn2H2FjgiM&#10;gLQu5IGccZ9O+yZ+aVJGcYLwcIZNdchkvHQ7Hd2MKSQpRmvc3QwTsNnluvMBvyloWDQK7omXBJfY&#10;rwJSS0o9pcRuFpa1MYkbY39zUGL0ZJcZo4XdpmN1WfDpaf4NlAday0PPeHByWVPrlQj4IjxRTOOS&#10;bPGZDm2gLTgcLc4q8D//5o/5hDxFOWtJMgW3pGnOzHdLjNyNJpOosPQz+TyNgPjryOY6YnfNA5Am&#10;R/Q8nExmzEdzMrWH5o20vYg9KSSspM4Fx5P5gL2M6W1ItVikJNKUE7iyaydj6YhchPW1exPeHbFH&#10;ou0JTtIS+TsK+tx4M7jFDomIxE9Eucf0CD7pMdF2fDtR8Nf/Kevywue/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAminDvtwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF90jcwRokdtSJSUsJ&#10;cSpUYA0UDuDGQxwSj6PYbQOnZ1jBcvS/3rxfbWY/iCNOsQukIV9kIJCaYDtqNby/PV2tQcRkyJoh&#10;EGr4wgib+vysMqUNJ3rF4y61giEUS6PBpTSWUsbGoTdxEUYkzj7C5E3ic2qlncyJ4X6QKstW0puO&#10;+IMzI24dNv3u4DWsM//c97fqJfriO1+67UN4HD+1vryY7+9AJJzTXxl+9VkdanbahwPZKAYNPCQx&#10;aVkUIDhWq2sFYs+9/EYVIOtK/l9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDE2TDq&#10;EgIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCa&#10;KcO+3AAAAAkBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAdQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00C537A6" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="644BC49A" w14:textId="77777777">
+                    <w:p w14:paraId="644BC49A" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00C537A6" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                             <w14:schemeClr w14:val="dk1">
                               <w14:alpha w14:val="60000"/>
                             </w14:schemeClr>
                           </w14:shadow>
                           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00C537A6">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="36"/>
@@ -5081,51 +5049,51 @@
                 </wp:positionV>
                 <wp:extent cx="1671320" cy="2019300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="93" name="Textruta 93"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1671320" cy="2019300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="3BFDBAFF" w14:textId="77777777">
+                          <w:p w14:paraId="3BFDBAFF" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
@@ -5138,54 +5106,54 @@
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>D</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Textruta 93" style="position:absolute;margin-left:104.25pt;margin-top:143.95pt;width:131.6pt;height:159pt;z-index:251658273;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1034" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUkn+2EgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC817IdN4tgOXATuChg&#10;JAGcImeaIi0BFIcgx5bcr++Q8pa0p6IXajQznOW9x+l91xi2Uz7UYAs+Ggw5U1ZCWdtNwX++Lr7c&#10;chZQ2FIYsKrgexX4/ezzp2nrcjWGCkypPKMiNuStK3iF6PIsC7JSjQgDcMpSUINvBNKv32SlFy1V&#10;b0w2Hg6vsxZ86TxIFQJ5H/sgn6X6WiuJz1oHhcwUnGbDdPp0ruOZzaYi33jhqloexhD/MEUjaktN&#10;T6UeBQq29fUfpZpaegigcSChyUDrWqq0A20zGn7YZlUJp9IuBE5wJ5jC/ysrn3Yr9+IZdt+gIwIj&#10;IK0LeSBn3KfTvolfmpRRnCDcn2BTHTIZL13fjK7GFJIUozXuroYJ2Ox83fmA3xU0LBoF98RLgkvs&#10;lgGpJaUeU2I3C4vamMSNse8clBg92XnGaGG37lhdFvz2OP8ayj2t5aFnPDi5qKn1UgR8EZ4opnFJ&#10;tvhMhzbQFhwOFmcV+F9/88d8Qp6inLUkmYJb0jRn5oclRu5Gk0lUWPqZfL2JgPjLyPoyYrfNA5Am&#10;R/Q8nExmzEdzNLWH5o20PY89KSSspM4Fx6P5gL2M6W1INZ+nJNKUE7i0Kydj6YhchPW1exPeHbBH&#10;ou0JjtIS+QcK+tx4M7j5FomIxE9Eucf0AD7pMdF2eDtR8Jf/Kev8wme/AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAJLMTdt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KidqGke&#10;xKlQgTVQ+AA3HuKQ2I5itw18PcOK7mY0R3fOrbeLHdkJ59B7JyFZCWDoWq9710n4eH++K4CFqJxW&#10;o3co4RsDbJvrq1pV2p/dG572sWMU4kKlJJgYp4rz0Bq0Kqz8hI5un362KtI6d1zP6kzhduSpEBtu&#10;Ve/og1ET7gy2w/5oJRTCvgxDmb4Gu/5JMrN79E/Tl5S3N8vDPbCIS/yH4U+f1KEhp4M/Oh3YKCEV&#10;RUYoDUVeAiNinSc5sIOEjchK4E3NLzs0vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCU&#10;kn+2EgIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAksxN23wAAAAsBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" w14:anchorId="3262AED2">
+              <v:shape w14:anchorId="3262AED2" id="Textruta 93" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:104.25pt;margin-top:143.95pt;width:131.6pt;height:159pt;z-index:251658273;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUkn+2EgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC817IdN4tgOXATuChg&#10;JAGcImeaIi0BFIcgx5bcr++Q8pa0p6IXajQznOW9x+l91xi2Uz7UYAs+Ggw5U1ZCWdtNwX++Lr7c&#10;chZQ2FIYsKrgexX4/ezzp2nrcjWGCkypPKMiNuStK3iF6PIsC7JSjQgDcMpSUINvBNKv32SlFy1V&#10;b0w2Hg6vsxZ86TxIFQJ5H/sgn6X6WiuJz1oHhcwUnGbDdPp0ruOZzaYi33jhqloexhD/MEUjaktN&#10;T6UeBQq29fUfpZpaegigcSChyUDrWqq0A20zGn7YZlUJp9IuBE5wJ5jC/ysrn3Yr9+IZdt+gIwIj&#10;IK0LeSBn3KfTvolfmpRRnCDcn2BTHTIZL13fjK7GFJIUozXuroYJ2Ox83fmA3xU0LBoF98RLgkvs&#10;lgGpJaUeU2I3C4vamMSNse8clBg92XnGaGG37lhdFvz2OP8ayj2t5aFnPDi5qKn1UgR8EZ4opnFJ&#10;tvhMhzbQFhwOFmcV+F9/88d8Qp6inLUkmYJb0jRn5oclRu5Gk0lUWPqZfL2JgPjLyPoyYrfNA5Am&#10;R/Q8nExmzEdzNLWH5o20PY89KSSspM4Fx6P5gL2M6W1INZ+nJNKUE7i0Kydj6YhchPW1exPeHbBH&#10;ou0JjtIS+QcK+tx4M7j5FomIxE9Eucf0AD7pMdF2eDtR8Jf/Kev8wme/AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAJLMTdt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KidqGke&#10;xKlQgTVQ+AA3HuKQ2I5itw18PcOK7mY0R3fOrbeLHdkJ59B7JyFZCWDoWq9710n4eH++K4CFqJxW&#10;o3co4RsDbJvrq1pV2p/dG572sWMU4kKlJJgYp4rz0Bq0Kqz8hI5un362KtI6d1zP6kzhduSpEBtu&#10;Ve/og1ET7gy2w/5oJRTCvgxDmb4Gu/5JMrN79E/Tl5S3N8vDPbCIS/yH4U+f1KEhp4M/Oh3YKCEV&#10;RUYoDUVeAiNinSc5sIOEjchK4E3NLzs0vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCU&#10;kn+2EgIAACkEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAksxN23wAAAAsBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="3BFDBAFF" w14:textId="77777777">
+                    <w:p w14:paraId="3BFDBAFF" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                             <w14:schemeClr w14:val="dk1">
                               <w14:alpha w14:val="60000"/>
                             </w14:schemeClr>
                           </w14:shadow>
                           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
@@ -5228,51 +5196,51 @@
                 </wp:positionV>
                 <wp:extent cx="1671320" cy="2019300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="92" name="Textruta 92"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1671320" cy="2019300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="42E2BC03" w14:textId="77777777">
+                          <w:p w14:paraId="42E2BC03" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
@@ -5285,54 +5253,54 @@
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>C</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Textruta 92" style="position:absolute;margin-left:245.9pt;margin-top:114.95pt;width:131.6pt;height:159pt;z-index:251658272;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1035" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoN5gqEgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykWbsYcYqsRYYB&#10;QVsgHXpWZCk2IIuCxMTOfv0oOV/rdhp2kWmS4sd7T7P7rjFsr3yowRZ8NBhypqyEsrbbgv94XX76&#10;wllAYUthwKqCH1Tg9/OPH2aty9UYKjCl8oyK2JC3ruAVosuzLMhKNSIMwClLQQ2+EUi/fpuVXrRU&#10;vTHZeDi8zVrwpfMgVQjkfeyDfJ7qa60kPmsdFDJTcJoN0+nTuYlnNp+JfOuFq2p5HEP8wxSNqC01&#10;PZd6FCjYztd/lGpq6SGAxoGEJgOta6nSDrTNaPhum3UlnEq7EDjBnWEK/6+sfNqv3Ytn2H2FjgiM&#10;gLQu5IGccZ9O+yZ+aVJGcYLwcIZNdchkvHR7N7oZU0hSjNaY3gwTsNnluvMBvyloWDQK7omXBJfY&#10;rwJSS0o9pcRuFpa1MYkbY39zUGL0ZJcZo4XdpmN1WfDpaf4NlAday0PPeHByWVPrlQj4IjxRTOOS&#10;bPGZDm2gLTgcLc4q8D//5o/5hDxFOWtJMgW3pGnOzHdLjExHk0lUWPqZfL6LgPjryOY6YnfNA5Am&#10;R/Q8nExmzEdzMrWH5o20vYg9KSSspM4Fx5P5gL2M6W1ItVikJNKUE7iyaydj6YhchPW1exPeHbFH&#10;ou0JTtIS+TsK+tx4M7jFDomIxE9Eucf0CD7pMdF2fDtR8Nf/Kevywue/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEA7aW0Ht4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTKKF1&#10;yKZCBc5A4QPc2CQh8TqK3Tbw9SwnOI5mNPOm2i5uFCc7h94TQrpKQFhqvOmpRXh/e7rZgAhRk9Gj&#10;J4vwZQNs68uLSpfGn+nVnvaxFVxCodQIXYxTKWVoOut0WPnJEnsffnY6spxbaWZ95nI3yixJbqXT&#10;PfFCpye762wz7I8OYZO452FQ2Utw+XdadLsH/zh9Il5fLfd3IKJd4l8YfvEZHWpmOvgjmSBGhFyl&#10;jB4RskwpEJxYFwW/OyAU+VqBrCv5/0P9AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKg3&#10;mCoSAgAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AO2ltB7eAAAACwEAAA8AAAAAAAAAAAAAAAAAbAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" w14:anchorId="498D5411">
+              <v:shape w14:anchorId="498D5411" id="Textruta 92" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:245.9pt;margin-top:114.95pt;width:131.6pt;height:159pt;z-index:251658272;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoN5gqEgIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykWbsYcYqsRYYB&#10;QVsgHXpWZCk2IIuCxMTOfv0oOV/rdhp2kWmS4sd7T7P7rjFsr3yowRZ8NBhypqyEsrbbgv94XX76&#10;wllAYUthwKqCH1Tg9/OPH2aty9UYKjCl8oyK2JC3ruAVosuzLMhKNSIMwClLQQ2+EUi/fpuVXrRU&#10;vTHZeDi8zVrwpfMgVQjkfeyDfJ7qa60kPmsdFDJTcJoN0+nTuYlnNp+JfOuFq2p5HEP8wxSNqC01&#10;PZd6FCjYztd/lGpq6SGAxoGEJgOta6nSDrTNaPhum3UlnEq7EDjBnWEK/6+sfNqv3Ytn2H2FjgiM&#10;gLQu5IGccZ9O+yZ+aVJGcYLwcIZNdchkvHR7N7oZU0hSjNaY3gwTsNnluvMBvyloWDQK7omXBJfY&#10;rwJSS0o9pcRuFpa1MYkbY39zUGL0ZJcZo4XdpmN1WfDpaf4NlAday0PPeHByWVPrlQj4IjxRTOOS&#10;bPGZDm2gLTgcLc4q8D//5o/5hDxFOWtJMgW3pGnOzHdLjExHk0lUWPqZfL6LgPjryOY6YnfNA5Am&#10;R/Q8nExmzEdzMrWH5o20vYg9KSSspM4Fx5P5gL2M6W1ItVikJNKUE7iyaydj6YhchPW1exPeHbFH&#10;ou0JTtIS+TsK+tx4M7jFDomIxE9Eucf0CD7pMdF2fDtR8Nf/Kevywue/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEA7aW0Ht4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTKKF1&#10;yKZCBc5A4QPc2CQh8TqK3Tbw9SwnOI5mNPOm2i5uFCc7h94TQrpKQFhqvOmpRXh/e7rZgAhRk9Gj&#10;J4vwZQNs68uLSpfGn+nVnvaxFVxCodQIXYxTKWVoOut0WPnJEnsffnY6spxbaWZ95nI3yixJbqXT&#10;PfFCpye762wz7I8OYZO452FQ2Utw+XdadLsH/zh9Il5fLfd3IKJd4l8YfvEZHWpmOvgjmSBGhFyl&#10;jB4RskwpEJxYFwW/OyAU+VqBrCv5/0P9AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKg3&#10;mCoSAgAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AO2ltB7eAAAACwEAAA8AAAAAAAAAAAAAAAAAbAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="42E2BC03" w14:textId="77777777">
+                    <w:p w14:paraId="42E2BC03" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                             <w14:schemeClr w14:val="dk1">
                               <w14:alpha w14:val="60000"/>
                             </w14:schemeClr>
                           </w14:shadow>
                           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
@@ -5375,51 +5343,51 @@
                 </wp:positionV>
                 <wp:extent cx="1671320" cy="2019300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="91" name="Textruta 91"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1671320" cy="2019300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="13194B6A" w14:textId="77777777">
+                          <w:p w14:paraId="13194B6A" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                                 <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                   <w14:schemeClr w14:val="dk1">
                                     <w14:alpha w14:val="60000"/>
                                   </w14:schemeClr>
                                 </w14:shadow>
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005D6CB5">
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="72"/>
@@ -5432,54 +5400,54 @@
                                 <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:noFill/>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                               </w:rPr>
                               <w:t>A</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Textruta 91" style="position:absolute;margin-left:239.85pt;margin-top:193pt;width:131.6pt;height:159pt;z-index:251658271;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:spid="_x0000_s1036" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9ZbVhEQIAACoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGjEQvVfqf7B8LwuEJs2KJaKJqCqh&#10;JBKpcjZem13J9lj2wC799R0bCDTtqerFOzszno/3nqd3vTVsp0JswVV8NBhyppyEunWbiv94WXz6&#10;wllE4WphwKmK71Xkd7OPH6adL9UYGjC1CoyKuFh2vuINoi+LIspGWREH4JWjoIZgBdJv2BR1EB1V&#10;t6YYD4fXRQeh9gGkipG8D4cgn+X6WiuJT1pHhcxUnGbDfIZ8rtNZzKai3AThm1YexxD/MIUVraOm&#10;b6UeBAq2De0fpWwrA0TQOJBgC9C6lSrvQNuMhu+2WTXCq7wLgRP9G0zx/5WVj7uVfw4M+6/QE4EJ&#10;kM7HMpIz7dPrYNOXJmUUJwj3b7CpHplMl65vRldjCkmK0Rq3V8MMbHG+7kPEbwosS0bFA/GS4RK7&#10;ZURqSamnlNTNwaI1JnNj3G8OSkye4jxjsrBf96ytaZTcOLnWUO9prwAHyqOXi5Z6L0XEZxGIY5qX&#10;dItPdGgDXcXhaHHWQPj5N3/KJ+gpyllHmqm4I1FzZr47ouR2NJkkieWfyeebhEi4jKwvI25r74FE&#10;OaL34WU2Uz6ak6kD2FcS9zz1pJBwkjpXHE/mPR50TI9Dqvk8J5GovMClW3mZSifoEq4v/asI/gg+&#10;Em+PcNKWKN9xcMhNN6Ofb5GYyASdMT2iT4LMvB0fT1L85X/OOj/x2S8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQClYdrt3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqN0Qmkfj&#10;VKjAmlL4ADd245B4HMVuG/h6hhXsZjRHd86tNrMb2NlMofMoYbkQwAw2XnfYSvh4f7nLgYWoUKvB&#10;o5HwZQJs6uurSpXaX/DNnPexZRSCoVQSbIxjyXlorHEqLPxokG5HPzkVaZ1arid1oXA38ESIFXeq&#10;Q/pg1Wi21jT9/uQk5MK99n2R7IJLv5cPdvvkn8dPKW9v5sc1sGjm+AfDrz6pQ01OB39CHdggIc2K&#10;jFAJ9/mKShGRpUkB7ECDSAXwuuL/O9Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP1l&#10;tWERAgAAKgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AKVh2u3fAAAACwEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" w14:anchorId="7B994F10">
+              <v:shape w14:anchorId="7B994F10" id="Textruta 91" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:239.85pt;margin-top:193pt;width:131.6pt;height:159pt;z-index:251658271;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9ZbVhEQIAACoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGjEQvVfqf7B8LwuEJs2KJaKJqCqh&#10;JBKpcjZem13J9lj2wC799R0bCDTtqerFOzszno/3nqd3vTVsp0JswVV8NBhyppyEunWbiv94WXz6&#10;wllE4WphwKmK71Xkd7OPH6adL9UYGjC1CoyKuFh2vuINoi+LIspGWREH4JWjoIZgBdJv2BR1EB1V&#10;t6YYD4fXRQeh9gGkipG8D4cgn+X6WiuJT1pHhcxUnGbDfIZ8rtNZzKai3AThm1YexxD/MIUVraOm&#10;b6UeBAq2De0fpWwrA0TQOJBgC9C6lSrvQNuMhu+2WTXCq7wLgRP9G0zx/5WVj7uVfw4M+6/QE4EJ&#10;kM7HMpIz7dPrYNOXJmUUJwj3b7CpHplMl65vRldjCkmK0Rq3V8MMbHG+7kPEbwosS0bFA/GS4RK7&#10;ZURqSamnlNTNwaI1JnNj3G8OSkye4jxjsrBf96ytaZTcOLnWUO9prwAHyqOXi5Z6L0XEZxGIY5qX&#10;dItPdGgDXcXhaHHWQPj5N3/KJ+gpyllHmqm4I1FzZr47ouR2NJkkieWfyeebhEi4jKwvI25r74FE&#10;OaL34WU2Uz6ak6kD2FcS9zz1pJBwkjpXHE/mPR50TI9Dqvk8J5GovMClW3mZSifoEq4v/asI/gg+&#10;Em+PcNKWKN9xcMhNN6Ofb5GYyASdMT2iT4LMvB0fT1L85X/OOj/x2S8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQClYdrt3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqN0Qmkfj&#10;VKjAmlL4ADd245B4HMVuG/h6hhXsZjRHd86tNrMb2NlMofMoYbkQwAw2XnfYSvh4f7nLgYWoUKvB&#10;o5HwZQJs6uurSpXaX/DNnPexZRSCoVQSbIxjyXlorHEqLPxokG5HPzkVaZ1arid1oXA38ESIFXeq&#10;Q/pg1Wi21jT9/uQk5MK99n2R7IJLv5cPdvvkn8dPKW9v5sc1sGjm+AfDrz6pQ01OB39CHdggIc2K&#10;jFAJ9/mKShGRpUkB7ECDSAXwuuL/O9Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP1l&#10;tWERAgAAKgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AKVh2u3fAAAACwEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="005D6CB5" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="13194B6A" w14:textId="77777777">
+                    <w:p w14:paraId="13194B6A" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="005D6CB5" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                           <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                             <w14:schemeClr w14:val="dk1">
                               <w14:alpha w14:val="60000"/>
                             </w14:schemeClr>
                           </w14:shadow>
                           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:noFill/>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="005D6CB5">
                         <w:rPr>
                           <w:noProof/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:sz w:val="72"/>
@@ -5556,51 +5524,51 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 90" style="position:absolute;margin-left:289.1pt;margin-top:194.3pt;width:98.45pt;height:47.6pt;z-index:251658270;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#c00000" stroked="f" w14:anchorId="34AA85FA" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8zRlZcAIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9r2zAQfx/sOwi9L3bStN1CnRJSMgal&#10;LWtHnxVZig2yTjspcbJPv5PsOF1XKIz5Qb7T/e6v7u7qet8YtlPoa7AFH49yzpSVUNZ2U/AfT6tP&#10;nznzQdhSGLCq4Afl+fX844er1s3UBCowpUJGRqyfta7gVQhulmVeVqoRfgROWRJqwEYEYnGTlSha&#10;st6YbJLnF1kLWDoEqbyn25tOyOfJvtZKhnutvQrMFJxiC+nEdK7jmc2vxGyDwlW17MMQ/xBFI2pL&#10;TgdTNyIItsX6L1NNLRE86DCS0GSgdS1VyoGyGeevsnmshFMpFyqOd0OZ/P8zK+92j+4BqQyt8zNP&#10;ZMxir7GJf4qP7VOxDkOx1D4wSZfjyXl+djnhTJLsIp9O82msZnbSdujDVwUNi0TBkR4j1Ujsbn3o&#10;oEdIdObB1OWqNiYxuFkvDbKdoIdb5vHrdI2rRHc7TZedHd/Bk/s/7BgbrVmIdjtovMlOySYqHIyK&#10;OGO/K83qMqaX3KU+VEMgQkplw7jPM6Gjmibjg+LZ+4o9Pqqq1KOD8uR95UEjeQYbBuWmtoBvGTBD&#10;yLrDHyvQ5R1LsIby8IAMoZsQ7+Sqple7FT48CKSRoOGhMQ/3dGgDbcGhpzirAH+9dR/x1Kkk5ayl&#10;ESu4/7kVqDgz3yz18JcxNQ3NZGKm55cTYvClZP1SYrfNEqgZxrRQnExkxAdzJDVC80zbYBG9kkhY&#10;Sb4LLgMemWXoRp/2iVSLRYLRHDoRbu2jk8dXj135tH8W6PrWDdT0d3AcRzF71cEdNr6HhcU2gK5T&#10;e5/q2tebZjh1aL9v4pJ4ySfUaSvOfwMAAP//AwBQSwMEFAAGAAgAAAAhABAxZNjfAAAACwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo04Y2VppNhUDk3hYkjk5snKjxOordNuHr&#10;MSd6XM3TzNtiN9meXfToO0cIy0UCTFPjVEcG4eP4/iSA+SBJyd6RRpi1h115f1fIXLkr7fXlEAyL&#10;JeRzidCGMOSc+6bVVvqFGzTF7NuNVoZ4joarUV5jue35Kkk23MqO4kIrB/3a6uZ0OFsEmVb2rZqr&#10;r4S7n/0nr808Hg3i48P0sgUW9BT+YfjTj+pQRqfanUl51iOsM7GKKEIqxAZYJLJsvQRWIzyLVAAv&#10;C377Q/kLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/M0ZWXACAABdBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAEDFk2N8AAAALAQAADwAAAAAA&#10;AAAAAAAAAADKBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658269" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59DC72E4" wp14:editId="793080B9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3461129</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>965233</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2095764" cy="2136321"/>
@@ -5639,236 +5607,228 @@
                         <a:effectRef idx="2">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect id="Rektangel 89" style="position:absolute;margin-left:272.55pt;margin-top:76pt;width:165pt;height:168.2pt;z-index:251658269;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#ffc000" stroked="f" w14:anchorId="1DD61FB8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBj4MzbdAIAAF4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtP2zAUfp+0/2D5feRCgVGRoqqo0yQE&#10;CJh4dh27seT4eLbbtPv1O3aalDEkpGkvic8537lfrq53rSZb4bwCU9HiJKdEGA61MuuK/nhefvlK&#10;iQ/M1EyDERXdC0+vZ58/XXV2KkpoQNfCETRi/LSzFW1CsNMs87wRLfMnYIVBoQTXsoCkW2e1Yx1a&#10;b3VW5vl51oGrrQMuvEfuTS+ks2RfSsHDvZReBKIrirGF9HXpu4rfbHbFpmvHbKP4IQz2D1G0TBl0&#10;Opq6YYGRjVN/mWoVd+BBhhMObQZSKi5SDphNkb/J5qlhVqRcsDjejmXy/88sv9s+2QeHZeisn3p8&#10;xix20rXxj/GRXSrWfiyW2AXCkVnml2cX5xNKOMrK4vT8tCxiObOjunU+fBPQkvioqMNupCKx7a0P&#10;PXSARG8etKqXSutEuPVqoR3ZMuzccrnI87zX1bZhPXeCvNRBdOl7eHL/hx1tojUD0W7vMnKyY7bp&#10;FfZaRJw2j0ISVWN+RXKXBlGMgTDOhQlDngkd1SQaHxVPP1Y84KOqSEM6KpcfK48ayTOYMCq3yoB7&#10;z4AeQ5Y9fqhAn3cswQrq/YMjDvoV8ZYvFXbtlvnwwBzuBG4P7nm4x4/U0FUUDi9KGnC/3uNHPI4q&#10;SinpcMcq6n9umBOU6O8Gh/iymEziUiZicnZRIuFeS1avJWbTLgCHocCLYnl6RnzQw1M6aF/wHMyj&#10;VxQxw9F3RXlwA7EI/e7jQeFiPk8wXETLwq15snzoepzK590Lc/YwugGn/g6GfWTTNxPcY2M/DMw3&#10;AaRK432s66HeuMRpQg8HJ16J13RCHc/i7DcAAAD//wMAUEsDBBQABgAIAAAAIQBGvLHU4QAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqNMqCVGIUyGkCvHTA6Xq2Y2XJBCv&#10;09hpA0/P9gTH3RnNfFMsJ9uJIw6+daRgPotAIFXOtFQr2L6vbjIQPmgyunOECr7Rw7K8vCh0btyJ&#10;3vC4CbXgEPK5VtCE0OdS+qpBq/3M9UisfbjB6sDnUEsz6BOH204uoiiVVrfEDY3u8aHB6mszWi5Z&#10;pT9P7fi6ru20+0yeDwf/8pgqdX013d+BCDiFPzOc8RkdSmbau5GMF52CJE7mbGUhWfAodmS3589e&#10;QZxlMciykP83lL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY+DM23QCAABeBQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARryx1OEAAAALAQAA&#10;DwAAAAAAAAAAAAAAAADOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
                 <v:fill opacity="26214f"/>
                 <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54C728A0" wp14:editId="776E5FDB">
             <wp:extent cx="6038850" cy="6618580"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="59" name="Bildobjekt 59"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId22"/>
+                    <a:blip r:embed="rId19"/>
                     <a:srcRect r="79001" b="59307"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6046515" cy="6626981"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="217D6E78" w14:textId="77777777">
+    <w:p w14:paraId="217D6E78" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="6403A6B7" w14:textId="77777777">
+    <w:p w14:paraId="6403A6B7" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F444C7">
         <w:t>Referenser</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="7B1FB25D" w14:textId="77777777">
+    <w:p w14:paraId="7B1FB25D" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="006BAD"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId25">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00913886">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Läkemedelsverkets föreskrifter (LVFS 2014:4) om beredning av radioaktiva läkemedel</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00913886" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="0A0A8B9B" w14:textId="77777777">
+    <w:p w14:paraId="0A0A8B9B" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00913886" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId26">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00913886">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="9B2C98"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>SSMFS 2018:1 Strålsäkerhetsmyndighetens föreskrifter om grundläggande bestämmelser för tillståndspliktig verksamhet med joniserande strålning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00F444C7" w:rsidR="00903A9F" w:rsidP="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="519A697D" w14:textId="77777777">
+    <w:p w14:paraId="519A697D" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00F444C7" w:rsidRDefault="00903A9F" w:rsidP="00903A9F">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidRPr="00747066" w:rsidR="00747066" w:rsidP="008E0CC6" w:rsidRDefault="00747066" w14:paraId="11010C13" w14:textId="4CC8CC33">
+    <w:p w14:paraId="11010C13" w14:textId="4CC8CC33" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="008E0CC6">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidRPr="00747066" w:rsidR="00747066" w:rsidSect="00330F6A">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId32"/>
+    <w:sectPr w:rsidR="00747066" w:rsidRPr="00747066" w:rsidSect="00330F6A">
+      <w:headerReference w:type="even" r:id="rId24"/>
+      <w:headerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="even" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
+      <w:headerReference w:type="first" r:id="rId28"/>
+      <w:footerReference w:type="first" r:id="rId29"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D75A57" w:rsidRDefault="00D75A57" w14:paraId="30191BB7" w14:textId="77777777">
+    <w:p w14:paraId="7CDC73D1" w14:textId="77777777" w:rsidR="00D75A57" w:rsidRDefault="00D75A57">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D75A57" w:rsidRDefault="00D75A57" w14:paraId="646D8057" w14:textId="77777777">
+    <w:p w14:paraId="252C9A8C" w14:textId="77777777" w:rsidR="00D75A57" w:rsidRDefault="00D75A57">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00D75A57" w:rsidRDefault="00D75A57" w14:paraId="7DE7501E" w14:textId="77777777">
+    <w:p w14:paraId="7DC0884B" w14:textId="77777777" w:rsidR="00D75A57" w:rsidRDefault="00D75A57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5888,51 +5848,51 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="VGR Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000007B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="VGR Sans Medium">
@@ -5940,105 +5900,105 @@
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000007B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00903A9F" w:rsidP="00C43BDD" w:rsidRDefault="00903A9F" w14:paraId="5070B8D6" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5070B8D6" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00903A9F" w:rsidP="00C43BDD" w:rsidRDefault="00903A9F" w14:paraId="0F6FD38B" w14:textId="77777777">
+  <w:p w14:paraId="0F6FD38B" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-592704676"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00EC0A68" w:rsidR="00903A9F" w:rsidP="00EC0A68" w:rsidRDefault="00903A9F" w14:paraId="0DBB3894" w14:textId="77777777">
+      <w:p w14:paraId="0DBB3894" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00EC0A68" w:rsidRDefault="00903A9F" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
@@ -6051,52 +6011,52 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00903A9F" w:rsidP="00FB2F0F" w:rsidRDefault="00903A9F" w14:paraId="3D5312C5" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3D5312C5" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C0DE2CF" wp14:editId="1BC315D0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="39" name="Bildobjekt 39">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -6129,148 +6089,148 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00644F1B" w14:paraId="47BD2091" w14:textId="0983A8E9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="0983A8E9" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00AF6B12" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00A65FD4">
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="005E541E">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
     <w:r w:rsidR="005E541E">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="005E541E">
       <w:rPr>
         <w:sz w:val="16"/>
@@ -6290,52 +6250,52 @@
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="005E541E">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005E541E">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="18B43FB5">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -6368,278 +6328,278 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D75A57" w:rsidRDefault="00D75A57" w14:paraId="04224B72" w14:textId="77777777"/>
+    <w:p w14:paraId="32215026" w14:textId="77777777" w:rsidR="00D75A57" w:rsidRDefault="00D75A57"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D75A57" w:rsidRDefault="00D75A57" w14:paraId="666402D8" w14:textId="77777777">
+    <w:p w14:paraId="5201858C" w14:textId="77777777" w:rsidR="00D75A57" w:rsidRDefault="00D75A57">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00D75A57" w:rsidRDefault="00D75A57" w14:paraId="6987CA5A" w14:textId="77777777">
+    <w:p w14:paraId="3D0C2A81" w14:textId="77777777" w:rsidR="00D75A57" w:rsidRDefault="00D75A57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00903A9F" w:rsidP="00DA65C4" w:rsidRDefault="00903A9F" w14:paraId="2C6EE93D" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C6EE93D" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRPr="00DA65C4" w:rsidRDefault="00903A9F" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DB919F6" wp14:editId="3125BDE5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="983761503" name="Textruta 983761503"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00903A9F" w:rsidP="00DA65C4" w:rsidRDefault="00903A9F" w14:paraId="03B9A1EF" w14:textId="77777777">
+                        <w:p w14:paraId="03B9A1EF" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="2DB919F6">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 983761503" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1037" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00903A9F" w:rsidP="00DA65C4" w:rsidRDefault="00903A9F" w14:paraId="03B9A1EF" w14:textId="77777777">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00903A9F" w:rsidP="00413A60" w:rsidRDefault="00903A9F" w14:paraId="6B371FF0" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6B371FF0" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FF2D7A1" wp14:editId="7247025E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="152315209" name="Textruta 152315209"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="4437F7D0" w14:textId="77777777">
+                        <w:p w14:paraId="4437F7D0" w14:textId="77777777" w:rsidR="00903A9F" w:rsidRDefault="00903A9F">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="0FF2D7A1">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 152315209" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1038" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00903A9F" w:rsidRDefault="00903A9F" w14:paraId="4437F7D0" w14:textId="77777777">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
@@ -6722,184 +6682,184 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="005E541E" w:rsidRDefault="005E541E" w14:paraId="0862B03E" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0862B03E" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1039" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="005E541E" w:rsidP="005E541E" w:rsidRDefault="005E541E" w14:paraId="788FEAC4" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="788FEAC4" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="442E56B1" wp14:editId="40C096F2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -6981,2154 +6941,2154 @@
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="005E541E" w:rsidP="005E541E" w:rsidRDefault="005E541E" w14:paraId="03A8AA0A" w14:textId="77777777">
+                        <w:p w14:paraId="03A8AA0A" w14:textId="77777777" w:rsidR="005E541E" w:rsidRDefault="005E541E" w:rsidP="005E541E">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="376BA92B">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1040" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="005E541E" w:rsidP="005E541E" w:rsidRDefault="005E541E" w14:paraId="03A8AA0A" w14:textId="77777777">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="555165083">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="77752350">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="907374553">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1816144419">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1010715744">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="82379985">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="32001010">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="800811010">
@@ -9149,108 +9109,109 @@
   <w:num w:numId="13" w16cid:durableId="1657802124">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1621447758">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="771632992">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1513834274">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="249698029">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1007949876">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="532377923">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="0006397E"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00072E91"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B2C3C"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
@@ -9312,50 +9273,51 @@
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00343D13"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E508D"/>
+    <w:rsid w:val="003E6917"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B674A"/>
     <w:rsid w:val="004C3536"/>
@@ -9370,116 +9332,119 @@
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057203B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D5C9B"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E541E"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="00614CE3"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006311A0"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00644F1B"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="006577F5"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00672129"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006769DA"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00691BF3"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B266D"/>
     <w:rsid w:val="006B5ED4"/>
     <w:rsid w:val="006C45B2"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="007064C6"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007240B6"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00742DD0"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="00782BBF"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F356F"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00801463"/>
+    <w:rsid w:val="00812B0E"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B216D"/>
     <w:rsid w:val="008B5735"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E0CC6"/>
     <w:rsid w:val="008E1A35"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
@@ -9531,114 +9496,118 @@
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8386A"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF507E"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF6B12"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C1710F"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C537A6"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C563CE"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC4B53"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CC7148"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF240D"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D56722"/>
     <w:rsid w:val="00D75A57"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E774F7"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
@@ -9670,173 +9639,173 @@
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0855E267"/>
     <w:rsid w:val="1492EC97"/>
     <w:rsid w:val="15C2CD0C"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="682502E4"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6D467E50"/>
     <w:rsid w:val="7BA01C24"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9861,75 +9830,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -9964,57 +9933,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -10072,701 +10041,701 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006B266D"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="006B266D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="VGR Sans" w:eastAsia="MS Gothic" w:hAnsi="VGR Sans"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="006B266D"/>
     <w:rPr>
-      <w:rFonts w:ascii="VGR Sans" w:hAnsi="VGR Sans" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="VGR Sans" w:eastAsia="MS Gothic" w:hAnsi="VGR Sans"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -10830,609 +10799,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00CC4B53"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="VGR Sans Medium" w:hAnsi="VGR Sans Medium"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -11441,94 +11410,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -11537,496 +11506,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -12093,175 +12062,175 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00903A9F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00903A9F"/>
   </w:style>
-  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00903A9F"/>
   </w:style>
-  <w:style w:type="character" w:styleId="wacimagecontainer" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="wacimagecontainer">
     <w:name w:val="wacimagecontainer"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00903A9F"/>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00903A9F"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00903A9F"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00903A9F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stralsakerhetsmyndigheten.se/contentassets/edd48d6fa0114e9cb3ae07f3956babcc/ssmfs-20181-stralsakerhetsmyndighetens-foreskrifter-om-grundlaggande-bestammelser-for-tillstandspliktig-verksamhet-med-joniserande-stralning-konsoliderad-version.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/lagar-och-regler/foreskrifter/2014-4" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stralsakerhetsmyndigheten.se/contentassets/edd48d6fa0114e9cb3ae07f3956babcc/ssmfs-20181-stralsakerhetsmyndighetens-foreskrifter-om-grundlaggande-bestammelser-for-tillstandspliktig-verksamhet-med-joniserande-stralning-konsoliderad-version.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lakemedelsverket.se/sv/lagar-och-regler/foreskrifter/2014-4" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId30" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
@@ -12557,52 +12526,59 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>6</Pages>
+  <Words>480</Words>
+  <Characters>3559</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>4031</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Beskrivning av lokalerna vid Nuklearmedicin</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
+  <lastModifiedBy/>
   <revision>2</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>