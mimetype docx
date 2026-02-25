--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,125 +6,125 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3A1510CA" w14:textId="77777777" w:rsidR="001336CD" w:rsidRDefault="001336CD" w:rsidP="00184167">
       <w:pPr>
-        <w:pStyle w:val="Rubrik1"/>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:t>Utbildningsplan och delgivning av rutiner inom nuklearmedicin för lokalvårdare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CD261B3" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DFAC081" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="00073451">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:t>Att fastställa utbildningsplan för lokalvårdare inom nuklearmedicin vid klinisk fysiologi avseende god beredningssed, hygien och strålsäkerhet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B802B6" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="00073451">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:t>Att beskriva hur dokumentation av personalens utbildning och delgivning av rutiner sker.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="594CBE88" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70364D02" w14:textId="3C660281" w:rsidR="001336CD" w:rsidRDefault="00BA678A" w:rsidP="001336CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lagt till information om hur återintroduktion dokumenteras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27C808CB" w14:textId="52205A56" w:rsidR="00AC47F7" w:rsidRPr="001336CD" w:rsidRDefault="00AC47F7" w:rsidP="001336CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ändrat texten i första stycket under rubriken ”Introduktion”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E352B40" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:t>Inledning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08C93B40" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I den interna utbildningen för nyanställda lokalvårdare ingår utbildningsavsnitt som berör hygien.</w:t>
       </w:r>
       <w:r w:rsidRPr="001336CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
@@ -205,136 +205,135 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="479C62BC" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">För att upprätthålla kompetensen ska personalen utföra arbetsmomenten med regelbundenhet, minst två gånger per månad eller enligt överenskommelse. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55849738" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:t xml:space="preserve">Introduktion </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AAA1FC6" w14:textId="5EC0707C" w:rsidR="00AD5605" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="00AD5605">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Utbildningsplanen ska anpassas till vilka arbetsuppgifter berörd personal ska utföra. Vid introduktionen ska en genomgång ske av lokala rutiner och föreskrifter som är aktuella för uppdraget. Målet är att personal ska bli väl förtrogen med de lokala rutinerna, föreskrifterna, arbetsuppgifterna och ansvarsfördelningen på avdelningen. </w:t>
       </w:r>
       <w:r w:rsidRPr="001336CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B91E65D" w14:textId="19177BD5" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="00470ACA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Genomgång av praktisk och teoretisk kunskap avseende städrutiner och dokumentation genomförs av huvudansvarig lokalvårdare. Instruktionsutbildning gällande GMP genomförs av sakkunnig farmaceut och genomgång av strålsäkerhet genomförs av sjukhusfysiker.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="373F6C28" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
-        <w:lastRenderedPageBreak/>
         <w:t>Fortbildning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1725035D" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:t>När rutiner som berör lokalvårdare revideras, ansvarar sektionsledare för att mejla ansvarig chef för lokalvårdarna om detta. Chefen ansvarar i sin tur för att informera lokalvårdare om att ny rutin finns. Lokalvårdare ansvarar för att läsa rutinen och signera på tagit del av rutin som finns på nuklearmedicin/klinisk fysiologi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01FECF8B" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Varje år genomförs ett utbildningstillfälle avseende GMP och strålsäkerhet. </w:t>
       </w:r>
       <w:r w:rsidRPr="001336CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Utbildning gällande GMP genomförs av sakkunnig farmaceut och är giltig i ett år. Utbildning i strålsäkerhet genomförs av sjukhusfysiker och är giltig i tre år.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="276CC949" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:t>Återintroduktion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1372BB6F" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Återintroduktion sker då personal har haft ett uppehåll från arbete på mer än sex månader eller vid behov/önskemål. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="338D4780" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
@@ -361,51 +360,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ansvarar sektionsledare för att</w:t>
       </w:r>
       <w:r w:rsidRPr="001336CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> GMP- och strålsäkerhetsutbildning</w:t>
       </w:r>
       <w:r w:rsidR="00F03A43">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> genomförs</w:t>
       </w:r>
       <w:r w:rsidRPr="001336CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7364CEE4" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:t>Dokumentation av utbildning/introduktion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66EA0168" w14:textId="77777777" w:rsidR="002A3E3B" w:rsidRDefault="00607C01" w:rsidP="001336CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>När introduktion</w:t>
       </w:r>
       <w:r w:rsidR="002A3E3B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>smomenten</w:t>
       </w:r>
@@ -540,277 +539,291 @@
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00A16C7A" w:rsidRPr="00864725">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Checklista, Återintroduktion för lokalvårdare, Nuklearmedicin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A16C7A">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> som arkiv</w:t>
       </w:r>
       <w:r w:rsidR="00E313A9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>eras i säkerhetsskåpet, NÄL.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34163E59" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="001336CD">
         <w:t>Dokumentation av delgivning av rutiner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54629B7F" w14:textId="77777777" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
+    <w:p w14:paraId="54629B7F" w14:textId="7ADC513A" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:r w:rsidRPr="001336CD">
         <w:t xml:space="preserve">Sektionsledare ansvarar för att skriva ut </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="001336CD">
+        <w:r w:rsidR="00F03B03">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>”Tagit del av rutin”</w:t>
+          <w:t>”Tagit de</w:t>
+        </w:r>
+        <w:r w:rsidR="00F03B03">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>l</w:t>
+        </w:r>
+        <w:r w:rsidR="00F03B03">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> av rutin, lokalvårdare”</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001336CD">
         <w:t xml:space="preserve"> när innehållsansvarig har meddelat att rutinen är publicerad. Sektionsledaren skriver in rutinens namn och version på listan. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1C0401" w14:textId="66E3FA59" w:rsidR="001336CD" w:rsidRPr="001336CD" w:rsidRDefault="001336CD" w:rsidP="001336CD">
       <w:r w:rsidRPr="001336CD">
         <w:t>”Tagit del av rutin” ska förvaras i säkerhetsskåpet, NÄL efter att berörd personal signerat på den</w:t>
       </w:r>
       <w:r w:rsidR="00BD10E2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11010C13" w14:textId="731E27A6" w:rsidR="00747066" w:rsidRPr="00747066" w:rsidRDefault="00747066" w:rsidP="00747066"/>
     <w:sectPr w:rsidR="00747066" w:rsidRPr="00747066" w:rsidSect="00E54B71">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1268" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="224A7968" w14:textId="77777777" w:rsidR="00490437" w:rsidRDefault="00490437">
+    <w:p w14:paraId="019F894F" w14:textId="77777777" w:rsidR="00471E04" w:rsidRDefault="00471E04">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57CA4716" w14:textId="77777777" w:rsidR="00490437" w:rsidRDefault="00490437">
+    <w:p w14:paraId="5ED28CA5" w14:textId="77777777" w:rsidR="00471E04" w:rsidRDefault="00471E04">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="123DD322" w14:textId="77777777" w:rsidR="00490437" w:rsidRDefault="00490437">
+    <w:p w14:paraId="6859EEC5" w14:textId="77777777" w:rsidR="00471E04" w:rsidRDefault="00471E04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="2D4C1147" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Sidfot"/>
+          <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -821,54 +834,54 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="28" name="Bildobjekt 28">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -899,76 +912,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73FD2A5D" w14:textId="77777777" w:rsidR="00490437" w:rsidRDefault="00490437"/>
+    <w:p w14:paraId="27A6CA33" w14:textId="77777777" w:rsidR="00471E04" w:rsidRDefault="00471E04"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="446B5B01" w14:textId="77777777" w:rsidR="00490437" w:rsidRDefault="00490437">
+    <w:p w14:paraId="7377946F" w14:textId="77777777" w:rsidR="00471E04" w:rsidRDefault="00471E04">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3A9AC2D5" w14:textId="77777777" w:rsidR="00490437" w:rsidRDefault="00490437">
+    <w:p w14:paraId="385FF77C" w14:textId="77777777" w:rsidR="00471E04" w:rsidRDefault="00471E04">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -1003,94 +1016,94 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="5C36AAEB" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="27" name="Bildobjekt 27">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
@@ -1209,92 +1222,92 @@
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2350,51 +2363,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -2831,51 +2844,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -3454,53 +3467,54 @@
   <w:num w:numId="14" w16cid:durableId="763913956">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1233352484">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1436704362">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="354962362">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1263415280">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="253319877">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="508526219">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -3538,50 +3552,51 @@
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00123D34"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="001336CD"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="001368FD"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="001473A9"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="0016165C"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D54DC"/>
     <w:rsid w:val="002073DF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00230F06"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
@@ -3608,81 +3623,83 @@
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00327619"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00333F83"/>
     <w:rsid w:val="00337EE2"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
+    <w:rsid w:val="00365C90"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E5D15"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0042429E"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470ACA"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
+    <w:rsid w:val="00471E04"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="00490437"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
@@ -3707,50 +3724,51 @@
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00696D83"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E3AC7"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="0073749C"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
@@ -3783,70 +3801,72 @@
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00910FBA"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00935D3A"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957939"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="0097339E"/>
+    <w:rsid w:val="00986B00"/>
     <w:rsid w:val="00997CE9"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A16C7A"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A349D0"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A5102F"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC47F7"/>
     <w:rsid w:val="00AD5605"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
@@ -3906,138 +3926,144 @@
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC187D"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D74CD8"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA0855"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E313A9"/>
+    <w:rsid w:val="00E35871"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E54B71"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E91237"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA366E"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
+    <w:rsid w:val="00EE047A"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EF4111"/>
     <w:rsid w:val="00F03A43"/>
+    <w:rsid w:val="00F03B03"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F7723B"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA6C5E"/>
     <w:rsid w:val="00FB2F0F"/>
+    <w:rsid w:val="00FB45CC"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD19D7"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="1492EC97"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{D8BF8E25-40AA-4A91-9174-586F600F5A45}"/>
+  <w15:docId w15:val="{E5305E93-0B3B-4685-8EBF-D7460841E402}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4385,196 +4411,196 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -4652,606 +4678,606 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -5282,81 +5308,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -5395,53 +5421,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -5515,53 +5541,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -5635,53 +5661,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -5731,53 +5757,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -5827,53 +5853,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -5909,53 +5935,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -6004,51 +6030,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -6092,51 +6118,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -6223,67 +6249,67 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -6327,249 +6353,249 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00337EE2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarsreferens">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C358AD"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarer">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="KommentarerChar"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C358AD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C358AD"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Kommentarer"/>
-[...1 lines deleted...]
-    <w:link w:val="KommentarsmneChar"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C358AD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
-[...2 lines deleted...]
-    <w:link w:val="Kommentarsmne"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C358AD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:w:/r/sites/sy-nu-klinisk-fysiologi-samarbetsgrupp/_layouts/15/Doc.aspx?sourcedoc=%7B26534BE2-6F2A-4DB1-8FF6-DE0C95402081%7D&amp;file=Checklista%20%C3%85terintroduktion%20f%C3%B6r%20lokalv%C3%A5rdare%20Nuklearmedicin.docx&amp;action=default&amp;mobileredirect=true&amp;wdLOR=cB7BCFAC3-9CBC-4182-B4EE-54536E2D7C22" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-87/surrogate/Intyg%20f%c3%b6r%20introduktionsutbildning%20lokalv%c3%a5rdare.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-80/surrogate/Tagit%20del%20av%20rutin.pdf" TargetMode="External" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:w:/r/sites/sy-nu-klinisk-fysiologi-samarbetsgrupp/_layouts/15/Doc.aspx?sourcedoc=%7B26534BE2-6F2A-4DB1-8FF6-DE0C95402081%7D&amp;file=Checklista%20%C3%85terintroduktion%20f%C3%B6r%20lokalv%C3%A5rdare%20Nuklearmedicin.docx&amp;action=default&amp;mobileredirect=true&amp;wdLOR=cB7BCFAC3-9CBC-4182-B4EE-54536E2D7C22" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-87/surrogate/Intyg%20f%c3%b6r%20introduktionsutbildning%20lokalv%c3%a5rdare.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-88/surrogate/Tagit%20del%20av%20rutin_lokalv%c3%a5rdare.pdf" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -6862,59 +6888,59 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Dok_med_omslag_sd_red.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3583</Characters>
+  <Pages>1</Pages>
+  <Words>601</Words>
+  <Characters>3428</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>7</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>28</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3990</CharactersWithSpaces>
+  <CharactersWithSpaces>4021</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Utbildningsplan och delgivning av rutiner inom nuklearmedicin för lokalvårdare</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>57</revision>
-  <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
+  <revision>60</revision>
+  <lastPrinted>2016-04-01T04:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>