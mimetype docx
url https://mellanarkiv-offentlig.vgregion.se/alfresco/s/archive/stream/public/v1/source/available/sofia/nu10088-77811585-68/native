--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,2121 +6,4113 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00FE2546" w:rsidP="00FE2546" w:rsidRDefault="00FE2546" w14:paraId="4B2643ED" w14:textId="6D4E8AB9">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> i beredningsrum</w:t>
+    <w:p w14:paraId="4B2643ED" w14:textId="6D4E8AB9" w:rsidR="00FE2546" w:rsidRPr="000D1259" w:rsidRDefault="00FE2546" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>Hantering av generator i beredningsrum</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00FE2546" w:rsidP="00FE2546" w:rsidRDefault="00FE2546" w14:paraId="1608C9B2" w14:textId="77777777">
+    <w:p w14:paraId="1608C9B2" w14:textId="77777777" w:rsidR="00FE2546" w:rsidRPr="000B41EC" w:rsidRDefault="00FE2546" w:rsidP="00092BFB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="-1"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B41EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE2546" w:rsidP="00FE2546" w:rsidRDefault="00FE2546" w14:paraId="6A2E6909" w14:textId="4480455E">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A2E6909" w14:textId="4480455E" w:rsidR="00FE2546" w:rsidRPr="000D1259" w:rsidRDefault="00FE2546" w:rsidP="000D1259">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc106713844"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc107322786"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Att beskriva arbetsgången vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>eluering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> och vid upp- och nerpackande av </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk145403193" w:id="3"/>
-      <w:r w:rsidR="00ED567A">
+      <w:bookmarkStart w:id="3" w:name="_Hlk145403193"/>
+      <w:r w:rsidR="00ED567A" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00164D7C">
-        <w:rPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Tc-</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>generator Ultra-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Technekow</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> FM från Curium </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Pharma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF3A25" w:rsidP="00DF3A25" w:rsidRDefault="00DF3A25" w14:paraId="30BD1E8E" w14:textId="5D379BD4">
+    <w:p w14:paraId="30BD1E8E" w14:textId="5D379BD4" w:rsidR="00DF3A25" w:rsidRPr="000B41EC" w:rsidRDefault="00DF3A25" w:rsidP="00092BFB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="000B41EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>Bakrund</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="00DF3A25" w:rsidR="00DF3A25" w:rsidP="00DF3A25" w:rsidRDefault="00137BF6" w14:paraId="0EDC8CB8" w14:textId="0134EB3D">
-      <w:r>
+    <w:p w14:paraId="0EDC8CB8" w14:textId="0134EB3D" w:rsidR="00DF3A25" w:rsidRPr="000D1259" w:rsidRDefault="00137BF6" w:rsidP="000D1259">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">För att erhålla radionukliden </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk145403238" w:id="4"/>
-[...7 lines deleted...]
-        <w:t>Tc</w:t>
+      <w:bookmarkStart w:id="4" w:name="_Hlk145403238"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>99mTc</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="002B05C9">
+      <w:r w:rsidR="002B05C9" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> till beredning av radiofarmaka krävs det att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="002B05C9">
+      <w:r w:rsidR="002B05C9" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>eluering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="002B05C9">
-[...9 lines deleted...]
-        <w:t>Tc-generator.</w:t>
+      <w:r w:rsidR="002B05C9" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utförs på 99mTc-generator.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE2546" w:rsidP="00FE2546" w:rsidRDefault="00FE2546" w14:paraId="11806107" w14:textId="77777777">
+    <w:p w14:paraId="11806107" w14:textId="77777777" w:rsidR="00FE2546" w:rsidRPr="000B41EC" w:rsidRDefault="00FE2546" w:rsidP="000B41EC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="-1"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B41EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00DF3A25" w:rsidP="00A0622C" w:rsidRDefault="0043399D" w14:paraId="385DE5BB" w14:textId="567BF696">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Nytt nålskydd ska bytas vid varje </w:t>
+    <w:p w14:paraId="24F46569" w14:textId="38E5F604" w:rsidR="000934A3" w:rsidRPr="000D1259" w:rsidRDefault="000934A3" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Gjort ändringar för att anpassa till IBC-NM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E77D69D" w14:textId="163F11C6" w:rsidR="000934A3" w:rsidRPr="000D1259" w:rsidRDefault="00EB0845" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Lagt till ny metod för Mo-mätning i IBC-NM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7947A7FA" w14:textId="32CEE937" w:rsidR="00EB0845" w:rsidRPr="000D1259" w:rsidRDefault="00EB0845" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Tagit bort att vätskan i nålskyddet ska dras ur.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F8EA36A" w14:textId="3B4BF871" w:rsidR="00EB0845" w:rsidRDefault="00EB0845" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Tagit bort rekommendation om att strålskyddsförkläde ska användas vid byte av generator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7623B55B" w14:textId="4EE33BBE" w:rsidR="00FE2546" w:rsidRPr="000B41EC" w:rsidRDefault="00FE2546" w:rsidP="000B41EC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B41EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Ansvar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F16D8D" w14:textId="353997C3" w:rsidR="00FE2546" w:rsidRPr="000D1259" w:rsidRDefault="00FE2546" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Beredande personal eluerar när generatorn anländer till avdelningen, varje arbetsdag på morgonen, vid behov och vid längre helger (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>eluering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> måste </w:t>
+      </w:r>
+      <w:r w:rsidR="00741EE1" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ha </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ske</w:t>
+      </w:r>
+      <w:r w:rsidR="00741EE1" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inom 72 timmar</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9012C" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> om </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A9012C" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>det ska användas till patient</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>). Vid problem kontakta sjukhusfysiker.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0043399D" w:rsidP="00A0622C" w:rsidRDefault="0043399D" w14:paraId="2F5B78C5" w14:textId="2E710C9D">
-[...5 lines deleted...]
-        <w:t>Slagit ihop Mo-mätning för NÄL och Uddevalla då man numera gör lika.</w:t>
+    <w:p w14:paraId="1304A00E" w14:textId="77777777" w:rsidR="00FE2546" w:rsidRPr="000B41EC" w:rsidRDefault="00FE2546" w:rsidP="000B41EC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B41EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D5028B" w:rsidP="00A0622C" w:rsidRDefault="00D5028B" w14:paraId="5FD8F47D" w14:textId="1B32DD6B">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> ska användas till patient.</w:t>
+    <w:p w14:paraId="337CE6CB" w14:textId="3CDF55FF" w:rsidR="00FE2546" w:rsidRPr="000D1259" w:rsidRDefault="00FE2546" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>När generatorhissen manövreras måste fönstret i säkerhetsbänken vara nere.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00172FEF" w:rsidP="00A0622C" w:rsidRDefault="00172FEF" w14:paraId="5A48526C" w14:textId="3BECB51F">
-[...83 lines deleted...]
-    <w:p w:rsidR="004E78C0" w:rsidRDefault="004E78C0" w14:paraId="26D681A3" w14:textId="77777777">
+    <w:p w14:paraId="26D681A3" w14:textId="77777777" w:rsidR="004E78C0" w:rsidRDefault="004E78C0" w:rsidP="00092BFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006B69FC" w:rsidR="00FE2546" w:rsidP="00FE2546" w:rsidRDefault="00FE2546" w14:paraId="59AECBF1" w14:textId="5EF2E20A">
-[...3 lines deleted...]
-          <w:rStyle w:val="Fotnotsreferens"/>
+    <w:p w14:paraId="59AECBF1" w14:textId="5EF2E20A" w:rsidR="00FE2546" w:rsidRPr="000B41EC" w:rsidRDefault="00FE2546" w:rsidP="000B41EC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="000B41EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Eluering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00FE2546" w:rsidP="00FE2546" w:rsidRDefault="00FE2546" w14:paraId="21D2C05C" w14:textId="1993F375">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="36123C14" w14:textId="0555520E" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-15"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Det får vara maximalt 72 timmar sedan senaste </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>eluering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>eluatet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska användas till </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">patient. Eftersom generatorn är eluerad innan frakten är det möjligt att använda även </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>det första </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>eluatet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dock inte till de beredningar som kräver att generatorn varit eluerad </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>inom de senaste 24 timmarna.</w:t>
+      </w:r>
+      <w:r w:rsidR="00345E80">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Det </w:t>
-[...44 lines deleted...]
-        <w:t>, dock inte till de beredningar som kräver att generatorn varit eluerad inom de senaste 24 timmarna.</w:t>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006B69FC" w:rsidR="00FE2546" w:rsidP="00D9067B" w:rsidRDefault="00FE2546" w14:paraId="2D2A3ACD" w14:textId="185DD746">
-[...68 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="749790F2" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:ind w:left="1843" w:hanging="425"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:right="-15" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Logga in i IBC-NM.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE2546" w:rsidP="00D9067B" w:rsidRDefault="00FE2546" w14:paraId="1153EC8F" w14:textId="77777777">
-[...222 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="75A09144" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:ind w:left="1985" w:right="426" w:hanging="567"/>
-[...141 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:right="-15" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52ADA692" wp14:editId="6ADC0DF9">
-[...2 lines deleted...]
-            <wp:docPr id="15" name="Bildobjekt 15"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CC1F8C0" wp14:editId="3870D530">
+            <wp:extent cx="207010" cy="246380"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="1270"/>
+            <wp:docPr id="1" name="Bild 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="207010" cy="246380"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> för att komma till beredningsfönstret. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF1D990" w14:textId="72FE5C91" w:rsidR="00092BFB" w:rsidRDefault="008738A6" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:right="-15" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BAF5A98" wp14:editId="0D05D41D">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>212146</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>259549</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3403159" cy="2093888"/>
+            <wp:effectExtent l="0" t="0" r="6985" b="1905"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Bild 2" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2" name="Bild 2" descr="En bild som visar text, skärmbild, programvara, nummer&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3403159" cy="2093888"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00092BFB" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Välj om du vill eluera med 5 eller 11 ml-falska.</w:t>
+      </w:r>
+      <w:r w:rsidR="00092BFB">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78342687" w14:textId="49A98645" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B6F23F" w14:textId="0DCE62A1" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="00696E69">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Skanna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>eluatflaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> och därefter generatorn. Klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58905D6C" wp14:editId="355CE136">
+            <wp:extent cx="151130" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="1270"/>
+            <wp:docPr id="3" name="Bild 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="241300" cy="247650"/>
+                      <a:ext cx="151130" cy="151130"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> när du är klar med en uppgift. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C780F44" w14:textId="723629C7" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C716D" w:rsidP="00030CB8" w:rsidRDefault="009C716D" w14:paraId="1CA0DCF2" w14:textId="77777777">
-[...2 lines deleted...]
-        <w:ind w:left="1418" w:hanging="425"/>
+    <w:p w14:paraId="081E42EA" w14:textId="038A7A5B" w:rsidR="00092BFB" w:rsidRPr="00092BFB" w:rsidRDefault="008738A6" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Välj </w:t>
-[...16 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rStyle w:val="wacimagecontainer"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1710E89E" wp14:editId="7EB8C33F">
-[...2 lines deleted...]
-            <wp:docPr id="16" name="Bildobjekt 16"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47389A73" wp14:editId="2E36F06C">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>132490</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>18691</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3487544" cy="2814817"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+            <wp:wrapNone/>
+            <wp:docPr id="4" name="Bild 4" descr="En bild som visar text, skärmbild, nummer, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="4" name="Bild 4" descr="En bild som visar text, skärmbild, nummer, programvara&#10;&#10;AI-genererat innehåll kan vara felaktigt."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15" cstate="print">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="260350" cy="266700"/>
+                      <a:ext cx="3487544" cy="2814817"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A044A95" w14:textId="09D4F8BD" w:rsidR="00092BFB" w:rsidRPr="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65C5898D" w14:textId="5571A317" w:rsidR="00092BFB" w:rsidRPr="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44EE55E8" w14:textId="2C054BC4" w:rsidR="00092BFB" w:rsidRPr="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="008738A6">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="416076AF" w14:textId="2EF7950D" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C00D81D" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51863AF1" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2573E895" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40864D10" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7397CFE4" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43C21D34" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27CF50BD" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="103FE80E" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28AA5C39" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7176D5B1" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE034CA" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C591474" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F7741F7" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06627396" w14:textId="12B14C2D" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Eluera önskad mängd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>pertek</w:t>
+      </w:r>
+      <w:r w:rsidR="00454C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>etat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F8EDDA" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vätska kan finnas i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsflaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> (överskottsvatten från steriliseringsprocessen).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC98C0E" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ta bort snäpplocket från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsflaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> (grönt lock = 5 ml, blått lock = 11 ml). Desinficera med sprit och låt avdunsta fullständigt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280EAFFB" w14:textId="5751199E" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Det kan vara lämpligt att eluera 11 ml på måndagar och 5 ml övriga dagar. </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Maximal aktivitetskoncentration erhålls vid 3 ml </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsvolym</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5682012E" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Placera </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsflaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsblyskyddet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5474291C" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Hissa upp generatorn. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075A0A7E" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ta bort det röda nålskyddet och sätt ned </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsblyskyddet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, med markeringen/blyglasfönstret placerat framåt.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245125CB" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Elueringen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> startar. Eluera till önskad volym. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5823A20E" w14:textId="1364F542" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Sätt i ett nytt nålskydd i den röda nålskyddsbehållaren.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0CCD99" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Avbryt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> genom att vrida flaskan ett kvarts varv medsols och trycka ner. Flaskan sänks ner något och ett klick hörs. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Elueringen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> får inte avslutas på annat vis.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0838509C" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Lyft upp </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsblyskyddet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> och sätt tillbaka det röda nålskyddet.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737924F8" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Sänk ner generatorn. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098C360F" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Kontrollera att </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>eluatet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> är klart och färglöst, om inte kassera det.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63028995" w14:textId="63CF8511" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mät aktiviteten i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>eluatflaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> och anteckna volymen i</w:t>
+      </w:r>
+      <w:r w:rsidR="002E147C" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>IBC</w:t>
+      </w:r>
+      <w:r w:rsidR="00363BB5" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>-NM</w:t>
+      </w:r>
+      <w:r w:rsidR="002E147C" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7364F271" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Förväntad aktivitet finns i tabellerna i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://vgregion.sharepoint.com/sites/sy-nu-klinisk-fysiologi-samarbetsgrupp/Delade%20dokument/Forms/AllItems.aspx?id=%2Fsites%2Fsy%2Dnu%2Dklinisk%2Dfysiologi%2Dsamarbetsgrupp%2FDelade%20dokument%2FNuklear%5FRelaterade%20dokument%2FYield%20Table%20Ultra%2DTechnekow%20FM%2Epdf&amp;parent=%2Fsites%2Fsy%2Dnu%2Dklinisk%2Dfysiologi%2Dsamarbetsgrupp%2FDelade%20dokument%2FNuklear%5FRelaterade%20dokument" \t "_blank"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="006298"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Yield</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="006298"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> Table Ultra-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="006298"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Technekow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="006298"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> FM</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482487B7" w14:textId="77777777" w:rsidR="00363BB5" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Definiera hållbarhetstid och skriv ut etikett. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12938470" w14:textId="57BEA749" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>99m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Tc-eluatet har en hållbarhet på 8 timmar.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404C68E6" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Som rutin förvaras </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>eluatet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> i kylskåp (2–8 °C), men kan även förvaras i rumstemperatur (max 25 °C).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E61107A" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRPr="000D1259" w:rsidRDefault="00092BFB" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Vid första </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>eluering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> av ny generator utförs Mo-mätning.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="124486BF" w14:textId="77777777" w:rsidR="00092BFB" w:rsidRDefault="00092BFB" w:rsidP="00C1554A">
+      <w:pPr>
+        <w:ind w:left="284" w:right="-1" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="342D2675" w14:textId="1230EC3E" w:rsidR="009C716D" w:rsidRPr="000B41EC" w:rsidRDefault="009C716D" w:rsidP="000B41EC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B41EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Mo-mätning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43DC7BF1" w14:textId="0D5D2ACF" w:rsidR="00827FE1" w:rsidRPr="000D1259" w:rsidRDefault="00827FE1" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Använd metallhållaren och blyskydd för Mo-mätning.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C8BAE1B" w14:textId="77777777" w:rsidR="00827FE1" w:rsidRPr="000D1259" w:rsidRDefault="00827FE1" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B784556" wp14:editId="3008D294">
+            <wp:extent cx="207010" cy="246380"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="1270"/>
+            <wp:docPr id="5" name="Bild 5"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="207010" cy="246380"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C716D" w:rsidP="00030CB8" w:rsidRDefault="009C716D" w14:paraId="6248E796" w14:textId="77777777">
-[...105 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="15A32EAF" w14:textId="77777777" w:rsidR="00827FE1" w:rsidRPr="000D1259" w:rsidRDefault="00827FE1" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:ind w:left="1418" w:hanging="425"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> då testet visar </w:t>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Klicka på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B63443">
-[...4 lines deleted...]
-        <w:t>Passed</w:t>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Perteknetat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B63443">
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> 99mTc. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B63443" w:rsidP="00030CB8" w:rsidRDefault="006C03BE" w14:paraId="04FF607D" w14:textId="0FF53D7D">
-[...5 lines deleted...]
-        <w:t>Resultatet (</w:t>
+    <w:p w14:paraId="3042A034" w14:textId="77777777" w:rsidR="00827FE1" w:rsidRPr="000D1259" w:rsidRDefault="00827FE1" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Välj aktuellt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Passed</w:t>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Perteknetat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t>/</w:t>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> 99mTc och tryck på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D83458A" wp14:editId="100FADCE">
+            <wp:extent cx="246380" cy="230505"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+            <wp:docPr id="1938284769" name="Bild 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="246380" cy="230505"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0708C050" w14:textId="77777777" w:rsidR="00827FE1" w:rsidRPr="000D1259" w:rsidRDefault="00827FE1" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Tryck på Genomför och därefter på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="448B762D" wp14:editId="35417AFC">
+            <wp:extent cx="246380" cy="230505"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+            <wp:docPr id="7" name="Bild 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 7"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="246380" cy="230505"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>och följ instruktionen på skärmen.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C6733C" w14:textId="77777777" w:rsidR="00827FE1" w:rsidRPr="000D1259" w:rsidRDefault="00827FE1" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>För att acceptera varje mätvärde klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C17D8D6" wp14:editId="29E64191">
+            <wp:extent cx="151130" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="1270"/>
+            <wp:docPr id="8" name="Bild 8"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 8"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="151130" cy="151130"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Failed</w:t>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>mätfönstret</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...17 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.  </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B63443" w:rsidP="00B63443" w:rsidRDefault="00B63443" w14:paraId="356A367C" w14:textId="77777777">
+    <w:p w14:paraId="593FAB26" w14:textId="4FB469F1" w:rsidR="00827FE1" w:rsidRPr="000D1259" w:rsidRDefault="00827FE1" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>När alla mätningar är klara klicka på </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="016E1785" wp14:editId="7788F37F">
+            <wp:extent cx="151130" cy="151130"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="1270"/>
+            <wp:docPr id="9" name="Bild 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 9"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="151130" cy="151130"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för att låsa in mätvärdet. Kontrollera att värdet </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>för Mo-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>breakthrough</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t> är mindre än 0,004%. Du får en varning om värdet är över detta.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356A367C" w14:textId="77777777" w:rsidR="00B63443" w:rsidRDefault="00B63443" w:rsidP="00827FE1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004C5C50" w:rsidP="00CA1B63" w:rsidRDefault="004C5C50" w14:paraId="1E4D959D" w14:textId="56783EFC">
+    <w:p w14:paraId="1E4D959D" w14:textId="56783EFC" w:rsidR="004C5C50" w:rsidRPr="000B41EC" w:rsidRDefault="004C5C50" w:rsidP="00092BFB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B41EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>Nerpackning av använd generator</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A00DE" w:rsidP="009A00DE" w:rsidRDefault="009A00DE" w14:paraId="0511A33B" w14:textId="2C98E14B">
-[...1 lines deleted...]
-        <w:t>Vid byte av generator ska strålskyddsförkläde användas</w:t>
+    <w:p w14:paraId="0511A33B" w14:textId="55EDCD99" w:rsidR="009A00DE" w:rsidRPr="000D1259" w:rsidRDefault="00A64E16" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Generatorn ska även flyttas till källarförrådet i IBC-NM</w:t>
+      </w:r>
+      <w:r w:rsidR="005B77FD" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>:s lager.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC5DEC" w:rsidP="00030CB8" w:rsidRDefault="00DC5DEC" w14:paraId="3E619352" w14:textId="77777777">
-[...148 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="40E36A59" w14:textId="1E87F57B" w:rsidR="005B77FD" w:rsidRPr="000D1259" w:rsidRDefault="005B77FD" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>NÄL:</w:t>
-[...31 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Uddevalla sjukhus:</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Generatorn ställs i genomräckningsskåpet.</w:t>
+        <w:t>Torreluering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC5DEC" w:rsidP="00030CB8" w:rsidRDefault="00DC5DEC" w14:paraId="2E872A3E" w14:textId="77777777">
+    <w:p w14:paraId="3ACC0E03" w14:textId="15EB1914" w:rsidR="005B77FD" w:rsidRPr="000D1259" w:rsidRDefault="005B77FD" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Registreras ej i IBC-NM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E619352" w14:textId="77777777" w:rsidR="00DC5DEC" w:rsidRPr="000D1259" w:rsidRDefault="00DC5DEC" w:rsidP="000D1259">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:ind w:left="1418" w:hanging="425"/>
-[...2 lines deleted...]
-        <w:t>Sätt en vit klisterlapp över det radioaktiva märket på generatorn.</w:t>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Hissa upp generatorn.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC5DEC" w:rsidP="000D5609" w:rsidRDefault="00DC5DEC" w14:paraId="126C4818" w14:textId="1E16AF1B">
+    <w:p w14:paraId="405D82E9" w14:textId="77777777" w:rsidR="00DC5DEC" w:rsidRPr="000D1259" w:rsidRDefault="00DC5DEC" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ta bort </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>-flaskan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E74017B" w14:textId="77777777" w:rsidR="00DC5DEC" w:rsidRPr="000D1259" w:rsidRDefault="00DC5DEC" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ta bort snäpplocket från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsflaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2369A78C" w14:textId="77777777" w:rsidR="00DC5DEC" w:rsidRPr="000D1259" w:rsidRDefault="00DC5DEC" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Placera </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsflaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsblyskyddet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274D73DD" w14:textId="77777777" w:rsidR="00DC5DEC" w:rsidRPr="000D1259" w:rsidRDefault="00DC5DEC" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ta bort det röda nålskyddet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61629C22" w14:textId="04691E19" w:rsidR="00DC5DEC" w:rsidRPr="000D1259" w:rsidRDefault="00DC5DEC" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sätt ner </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsblyskyddet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> med markeringen framåt. Avbryt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> genom </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">att vrida flaskan ett kvarts varv medsols och trycka ner. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Flaskan sänks ner något och ett klick hörs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0C9CB2" w14:textId="77777777" w:rsidR="00DC5DEC" w:rsidRPr="000D1259" w:rsidRDefault="00DC5DEC" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lyft upp </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsblyskyddet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E4120F" w14:textId="77777777" w:rsidR="00DC5DEC" w:rsidRPr="000D1259" w:rsidRDefault="00DC5DEC" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sänk ner generatorn och dra ut generatorlådan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6595A888" w14:textId="4E1CDAF5" w:rsidR="00DC5DEC" w:rsidRPr="000D1259" w:rsidRDefault="00DC5DEC" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sätt tillbaka nålskydden och generatorlocket med hävstångsförslutningen, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>inklusive sprint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396F5681" w14:textId="697B68CB" w:rsidR="00DC5DEC" w:rsidRPr="000D1259" w:rsidRDefault="00DC5DEC" w:rsidP="000D1259">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NÄL</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7C57">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Generatorn placeras på generatorvagnen i beredningsrummet som förs ut </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">till sluss 1, ren zon. Generatorn lyfts över till en annan generatorvagn i oren zon, </w:t>
+      </w:r>
+      <w:r w:rsidR="008408FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>sluss 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0B17" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. Sätt en vit klisterlapp över det radioaktiva märket på generatorn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126C4818" w14:textId="42B9B2CB" w:rsidR="00DC5DEC" w:rsidRDefault="00DC5DEC" w:rsidP="008408FC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Uddevalla sjukhus</w:t>
+      </w:r>
+      <w:r w:rsidR="008408FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Generatorn ställs i genomräckningsskåpet.</w:t>
+      </w:r>
+      <w:r w:rsidR="008408FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sätt en vit klisterlapp över det radioaktiva </w:t>
+      </w:r>
+      <w:r w:rsidR="008408FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>märket på generatorn.</w:t>
+      </w:r>
+      <w:r w:rsidR="008408FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Placera generatorn i sin kartong, tejpa ihop kartongen och transportera den till avklingningsrummet i källaren. Sätt en lapp med datum och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>parcel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>-ID på kartongen.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B65DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09CC8D55" w14:textId="6747EED1" w:rsidR="00B65DF7" w:rsidRPr="00B65DF7" w:rsidRDefault="00B65DF7" w:rsidP="008408FC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1418"/>
-[...10 lines deleted...]
-        <w:t>-ID på kartongen.</w:t>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B65DF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NÄL/Uddevalla sjukhus</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009A00DE" w:rsidR="00636616" w:rsidP="00030CB8" w:rsidRDefault="00DC5DEC" w14:paraId="1D3E6F61" w14:textId="27836AF7">
-[...415 lines deleted...]
-    <w:p w:rsidR="00645102" w:rsidP="00CB2BAA" w:rsidRDefault="00645102" w14:paraId="607CE2BC" w14:textId="7EFC2436">
+    <w:p w14:paraId="5720736C" w14:textId="0859C7B7" w:rsidR="001B5A74" w:rsidRPr="000D1259" w:rsidRDefault="001B5A74" w:rsidP="008408FC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1077"/>
-      </w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>När generatorn är transporterad till avkling</w:t>
+      </w:r>
+      <w:r w:rsidR="0081693C" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">srummet i </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0A47" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">källaren ska man gå in i IBC-NM, </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7395" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0A47" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vfallshantering och flytta </w:t>
+      </w:r>
+      <w:r w:rsidR="003B7395" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>generatorn till behållaren ”Generatorer källarförråd”.</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00645102" w:rsidSect="00D5028B">
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId25"/>
+    <w:p w14:paraId="3F9DB5BB" w14:textId="77777777" w:rsidR="00645102" w:rsidRPr="000B41EC" w:rsidRDefault="00645102" w:rsidP="00092BFB">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B41EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Uppackning av ny generator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691E3B05" w14:textId="15444381" w:rsidR="00FA4EEE" w:rsidRPr="000D1259" w:rsidRDefault="002A5DCA" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="-1" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Generatorn ska även läggas in i IBC-NM, </w:t>
+      </w:r>
+      <w:r w:rsidR="0081693C" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>oka lager från order</w:t>
+      </w:r>
+      <w:r w:rsidR="00953437" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (se IBC-NM) och </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00953437" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>NaC</w:t>
+      </w:r>
+      <w:r w:rsidR="00853CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00853CB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00953437" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">flaskans </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00953437" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>batchnu</w:t>
+      </w:r>
+      <w:r w:rsidR="00206351" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>mmer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00206351" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska skrivas in med generatorn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F60AC5F" w14:textId="51CDA314" w:rsidR="005463EE" w:rsidRPr="000D1259" w:rsidRDefault="00941BFA" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-1" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">På </w:t>
+      </w:r>
+      <w:r w:rsidR="00645102" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>NÄL Skriv datum och veckonummer på kartongen som den nya generator</w:t>
+      </w:r>
+      <w:r w:rsidR="695F0D50" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1552A" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00645102" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>kommer i.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4796FA" w14:textId="1E31A411" w:rsidR="00645102" w:rsidRPr="000D1259" w:rsidRDefault="00645102" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="-1" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Placera den nya generatorn i generatorlådan</w:t>
+      </w:r>
+      <w:r w:rsidR="005463EE" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, längst fram, läge 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6260ADE0" w14:textId="58F625AF" w:rsidR="00FA4EEE" w:rsidRPr="000D1259" w:rsidRDefault="00245822" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="-1" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ta bort metallsäkringen. Öppna hävstångsförslutningen och spara delarna ihop </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>med locket.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DCEAF9E" w14:textId="77777777" w:rsidR="00645102" w:rsidRPr="000D1259" w:rsidRDefault="00645102" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tag bort båda nålskydden (sparas). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">OBS: Nålarna är sterila under skydden och ingen rengöring får göras då detta kan påverka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>perteknetatet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> negativt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D340496" w14:textId="1D757E7D" w:rsidR="00645102" w:rsidRPr="000D1259" w:rsidRDefault="009A7C4C" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2538" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kjut in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>generatorlådan i säkerhetsbänken</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2538" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, genom att trycka på Close,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA0AD34" w14:textId="76109F3C" w:rsidR="00645102" w:rsidRPr="000D1259" w:rsidRDefault="00645102" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tag bort snäpplocket från den medföljande flaskan med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsvätska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>och desin</w:t>
+      </w:r>
+      <w:r w:rsidR="002354E6" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ficera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> membranet. Låt spriten avdunsta ordentligt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE170F1" w14:textId="77777777" w:rsidR="005B1237" w:rsidRPr="000D1259" w:rsidRDefault="00645102" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sätt flaskan med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsvätska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>NaCl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>) i dess hållare över ingångsnålarna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0221A55F" w14:textId="66CF697B" w:rsidR="00645102" w:rsidRPr="000D1259" w:rsidRDefault="005B1237" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Första </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>eluering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utförs enligt rubrik</w:t>
+      </w:r>
+      <w:r w:rsidR="0090636C" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00472232" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00472232" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Eluering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00472232" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00645102" w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1679F78B" w14:textId="76F243CD" w:rsidR="003E5E69" w:rsidRPr="000D1259" w:rsidRDefault="00645102" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Placera sedan nålskyddsflaskan i det röda nålskyddet och placera det över </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringsnålen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F1B3DD" w14:textId="77777777" w:rsidR="00645102" w:rsidRPr="000D1259" w:rsidRDefault="00645102" w:rsidP="000D1259">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1259">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mo-mätning utförs enligt rubrik: Mo-mätning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607CE2BC" w14:textId="7EFC2436" w:rsidR="00645102" w:rsidRDefault="00645102" w:rsidP="000B41EC">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00645102" w:rsidSect="000D1259">
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="even" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="first" r:id="rId23"/>
+      <w:footerReference w:type="first" r:id="rId24"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
-      <w:pgMar w:top="1418" w:right="1268" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="1418" w:right="418" w:bottom="1276" w:left="1418" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA7D28" w:rsidRDefault="00FA7D28" w14:paraId="41B4C708" w14:textId="77777777">
+    <w:p w14:paraId="49414B81" w14:textId="77777777" w:rsidR="009049D3" w:rsidRDefault="009049D3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA7D28" w:rsidRDefault="00FA7D28" w14:paraId="0926CBBF" w14:textId="77777777">
+    <w:p w14:paraId="69D9895D" w14:textId="77777777" w:rsidR="009049D3" w:rsidRDefault="009049D3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00FA7D28" w:rsidRDefault="00FA7D28" w14:paraId="657468A7" w14:textId="77777777">
+    <w:p w14:paraId="5CE927CD" w14:textId="77777777" w:rsidR="009049D3" w:rsidRDefault="009049D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="2D4C1147">
+      <w:p w14:paraId="47BD2091" w14:textId="2D4C1147" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="18B43FB5">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="18B43FB5" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="25147E04">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1138630652" name="Bildobjekt 1138630652">
+          <wp:docPr id="476062709" name="Bildobjekt 476062709">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -2131,219 +4123,219 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA7D28" w:rsidRDefault="00FA7D28" w14:paraId="498C240E" w14:textId="77777777"/>
+    <w:p w14:paraId="614FC1C8" w14:textId="77777777" w:rsidR="009049D3" w:rsidRDefault="009049D3"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA7D28" w:rsidRDefault="00FA7D28" w14:paraId="3B7C68DF" w14:textId="77777777">
+    <w:p w14:paraId="1E0C8044" w14:textId="77777777" w:rsidR="009049D3" w:rsidRDefault="009049D3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00FA7D28" w:rsidRDefault="00FA7D28" w14:paraId="7C7EB067" w14:textId="77777777">
+    <w:p w14:paraId="2DD184C0" w14:textId="77777777" w:rsidR="009049D3" w:rsidRDefault="009049D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="79C35854">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+          <w:pict>
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="008569C6" w14:paraId="058CDD4D" w14:textId="5C36AAEB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="5C36AAEB" w:rsidR="008A4EB9" w:rsidRDefault="008569C6" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666433" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="3CDC8772">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198755</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="215900"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1962346950" name="Bild 1">
+          <wp:docPr id="1479815585" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -2370,3837 +4362,6522 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00413A60">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="1BFAC318">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="1BFAC318">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="6DD6F607">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+          <w:pict>
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:170.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOxaJ+bREOJUVaQKqYJFSzfsJrGbRPgRYrcN/XqGFexmNEd3zi2WkzXspMfQeychnSfAtGu86l0r&#10;Yf++nmXAQkSn0HinJXzrAMvy+qrAXPmz2+rTLraMQlzIUUIX45BzHppOWwxzP2hHt4MfLUZax5ar&#10;Ec8Ubg0XSfLILfaOPnQ46KrTzefuaCVsqvUbbmths4upXl4Pq+Fr//Eg5e3NtHoGFvUU/2D41Sd1&#10;KMmp9kenAjMSZmIhCKUhTe6BEbFIshRYLeFOPGXAy4L/71D+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPC3Wb7jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF1D"/>
+    <w:nsid w:val="013A2A15"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="FBCC56FC"/>
+    <w:tmpl w:val="361C2698"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...14 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF89"/>
-[...18 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04F606A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E225A7E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C7F03D5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="59AEFB36"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="05DF67F4"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="0ED6687F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4D30C110"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
-[...11 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="07F0337A"/>
-[...107 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+    <w:nsid w:val="0F3F2460"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="518CBC52"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="115C1AEE"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="0F5316D5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="378E9848"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="135A157B"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="15017852"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="573AC56C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="146935FD"/>
+    <w:nsid w:val="18D84DAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="45006798"/>
-    <w:lvl w:ilvl="0" w:tplc="041D0003">
+    <w:tmpl w:val="34C6FB90"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1437" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2157" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2877" w:hanging="360"/>
-[...17 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4317" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5037" w:hanging="360"/>
-[...38 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1480309A"/>
-[...107 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+    <w:nsid w:val="1BAF300B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B8FEA23C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1D520AB4"/>
-[...107 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+    <w:nsid w:val="22CC29D9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2D9E56CE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2B1E6B52"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="27231F25"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FEE8D826"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2B87C96D"/>
-[...7 lines deleted...]
-      <w:pPr>
+    <w:nsid w:val="2DD16737"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E2D48E14"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...19 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2D141494"/>
+    <w:nsid w:val="341E0DC7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6B96DFB0"/>
+    <w:tmpl w:val="79CC092A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="732"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1452"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2172"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2892"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3612"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4332"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5052"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5772"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6492"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="38A42FB9"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="041D0001">
+    <w:nsid w:val="34457DD0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BBE00072"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="345C606B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="58063768"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="355B348E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DC149FBA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36DE2B91"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F2C03BCA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AF756CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D20C9EBC"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1152FA66"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-[...15 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F3E7418"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F72607A4"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2432" w:hanging="360"/>
-[...29 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4592" w:hanging="360"/>
-[...29 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6752" w:hanging="360"/>
-[...14 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40942036"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E52C80CC"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48634658"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ACB29F7C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AB8350B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="700CE99C"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...15 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B124964"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="74A688EA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B704B01"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3858E896"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2432" w:hanging="360"/>
-[...29 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4592" w:hanging="360"/>
-[...29 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6752" w:hanging="360"/>
-[...14 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="575E01E6"/>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E273B0A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="48D45C18"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60EA44C6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="37840F16"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6212119E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="40788AF4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64740455"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E154E454"/>
+    <w:tmpl w:val="75B88150"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="662F5682"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="267491F6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66E81ADE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E6C4A368"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="679640F8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7D66394A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E354767"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DC68FA8E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72770A29"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CF84AA08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="740A7732"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36DCE3C4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="63D9572B"/>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="740F38CC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3752B23A"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2444" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5324" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6764" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76D33DA7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="97369EF2"/>
+    <w:tmpl w:val="D85AB5E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1676"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2396"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3116"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3836"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4556"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5276"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5996"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6716"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="7436"/>
-[...4 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-[...338 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="99033699">
+  <w:num w:numId="1" w16cid:durableId="925503844">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1024554442">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1336416624">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1729692941">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="95486677">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1841774328">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1627002668">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2027245893">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="7561260">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1108887542">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="824400200">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="651367546">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2073576202">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="642587939">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1111896389">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="91978669">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="200941155">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1687290946">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="18" w16cid:durableId="427779390">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1082411873">
+  <w:num w:numId="19" w16cid:durableId="211187534">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="101844511">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="925503844">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="21" w16cid:durableId="1293318974">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="372969025">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="22" w16cid:durableId="1439178411">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="338891917">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="23" w16cid:durableId="1117720411">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1474375273">
+  <w:num w:numId="24" w16cid:durableId="776607654">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1274433825">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1064063259">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1383208054">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="461463489">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="179584946">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1947422199">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="914436852">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1829512089">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1052848631">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1615207318">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1307322408">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="349375082">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="63258938">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1162815122">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="215968821">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1949042628">
-[...55 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="35"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002327F"/>
     <w:rsid w:val="00030CB8"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00041159"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="0006262C"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00076DEC"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00092BFB"/>
+    <w:rsid w:val="000934A3"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="0009714E"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
+    <w:rsid w:val="000B41EC"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000D0524"/>
+    <w:rsid w:val="000D1259"/>
     <w:rsid w:val="000D5609"/>
     <w:rsid w:val="000E18A5"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F6AE5"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="00137BF6"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00150DD3"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00172FEF"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001B5A74"/>
     <w:rsid w:val="001B75AB"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001B77A8"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="00206351"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00212B70"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="002338D5"/>
     <w:rsid w:val="002354E6"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00242EC1"/>
     <w:rsid w:val="0024480D"/>
     <w:rsid w:val="00245822"/>
     <w:rsid w:val="00247EA4"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00281124"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A5DCA"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B05C9"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B72C5"/>
     <w:rsid w:val="002C0AB5"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C5013"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D3217"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002E147C"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="00301895"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00330F6A"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
+    <w:rsid w:val="00345E80"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
+    <w:rsid w:val="00363BB5"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A3964"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B7395"/>
     <w:rsid w:val="003C17DC"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E5E69"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00403B93"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043399D"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00441CB4"/>
+    <w:rsid w:val="00442D10"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="00454C1B"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
+    <w:rsid w:val="00472232"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004C5C50"/>
     <w:rsid w:val="004D6358"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E2418"/>
     <w:rsid w:val="004E78C0"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005463EE"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="00573D36"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00595ED8"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
+    <w:rsid w:val="005A5F56"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B1237"/>
+    <w:rsid w:val="005B77FD"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C2123"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="00630778"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="006338D5"/>
     <w:rsid w:val="00636616"/>
     <w:rsid w:val="00645102"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
+    <w:rsid w:val="00696E69"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A50D7"/>
     <w:rsid w:val="006A7261"/>
+    <w:rsid w:val="006A7C57"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C03BE"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
+    <w:rsid w:val="006D0730"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E69FC"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00722D41"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00741EE1"/>
+    <w:rsid w:val="00746487"/>
     <w:rsid w:val="00747066"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="007837B1"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007A6659"/>
     <w:rsid w:val="007B6D9F"/>
+    <w:rsid w:val="007D0C85"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="0080D2E6"/>
+    <w:rsid w:val="0081693C"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00827FE1"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="008408FC"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="00853CB1"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="008660EE"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="008738A6"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B1C03"/>
     <w:rsid w:val="008C36BB"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D15BA"/>
     <w:rsid w:val="008D34E1"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="009049D3"/>
     <w:rsid w:val="00905135"/>
     <w:rsid w:val="00906238"/>
+    <w:rsid w:val="0090636C"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00941BFA"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00953437"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="009613A6"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A00DE"/>
     <w:rsid w:val="009A7931"/>
     <w:rsid w:val="009A7C4C"/>
     <w:rsid w:val="009B093F"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C4D27"/>
     <w:rsid w:val="009C716D"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
+    <w:rsid w:val="009E0A47"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F3918"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A0622C"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A1552A"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A31817"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A3488B"/>
     <w:rsid w:val="00A35658"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A45DFD"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A64E16"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A9012C"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD3C14"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B32389"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B52135"/>
     <w:rsid w:val="00B5287C"/>
     <w:rsid w:val="00B544AA"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B63443"/>
     <w:rsid w:val="00B65A9D"/>
+    <w:rsid w:val="00B65DF7"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA0B17"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD2538"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C10369"/>
+    <w:rsid w:val="00C1554A"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C4370D"/>
     <w:rsid w:val="00C43BDD"/>
+    <w:rsid w:val="00C46663"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C92B46"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA1B63"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA7E7B"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CB2BAA"/>
     <w:rsid w:val="00CB6EFC"/>
+    <w:rsid w:val="00CC0A20"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D0240D"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D14E95"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D5028B"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D571B4"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D9067B"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DC5DEC"/>
     <w:rsid w:val="00DE340B"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF3A25"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E15608"/>
     <w:rsid w:val="00E2061B"/>
     <w:rsid w:val="00E4280D"/>
     <w:rsid w:val="00E454B0"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E97D0D"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EB0845"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED567A"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EF1534"/>
     <w:rsid w:val="00EF6334"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F345AB"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F42679"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F513BF"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA4EEE"/>
     <w:rsid w:val="00FA7D28"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FD6B01"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE2546"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="1492EC97"/>
     <w:rsid w:val="4085E506"/>
     <w:rsid w:val="638CB4CA"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="65F1BD41"/>
     <w:rsid w:val="695F0D50"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6225,75 +10902,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -6328,57 +11005,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -6436,701 +11113,701 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00FB6392"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA1BAA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
@@ -7194,609 +11871,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -7805,94 +12482,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -7901,495 +12578,495 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="3"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -8456,84 +13133,84 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:rsid w:val="00645102"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C10369"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmn">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DC5DEC"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
@@ -8544,121 +13221,616 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F513BF"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B6D9F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007B6D9F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00092BFB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00092BFB"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00092BFB"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="wacimagecontainer">
+    <w:name w:val="wacimagecontainer"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00092BFB"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scxw98398701">
+    <w:name w:val="scxw98398701"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00092BFB"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="81337999">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="387072903">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="892498325">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1170676631">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1190292187">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1912539134">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1817604697">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2120102565">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="874660141">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1667904640">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1764301605">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1310480602">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2083486256">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="842746550">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1021009344">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="188490580">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1564635178">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1321275045">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1145664015">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1973709635">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1693263790">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="823163603">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="111216349">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1970279033">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1576475094">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1821263155">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2037463156">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1167864516">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1307541196">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="20784987">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1915626990">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="997609778">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="804353058">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1095709864">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="537931893">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1669020127">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="766734599">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="890462151">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/sites/sy-nu-klinisk-fysiologi-samarbetsgrupp/Delade%20dokument/Forms/AllItems.aspx?id=%2Fsites%2Fsy%2Dnu%2Dklinisk%2Dfysiologi%2Dsamarbetsgrupp%2FDelade%20dokument%2FNuklear%5FRelaterade%20dokument%2FYield%20Table%20Ultra%2DTechnekow%20FM%2Epdf&amp;parent=%2Fsites%2Fsy%2Dnu%2Dklinisk%2Dfysiologi%2Dsamarbetsgrupp%2FDelade%20dokument%2FNuklear%5FRelaterade%20dokument" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:x:/r/sites/sy-nu-klinisk-fysiologi/Delade%20dokument/UDD_Mottagande%20och%20retur%20av%20generatorer.xlsx?d=wadedb3ed0792427aa094d182b4d432e3&amp;csf=1&amp;web=1&amp;e=BXArxe" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-9/surrogate/Blankett%20Eluering%20och%20beredning%20av%20radiofarmaka%20CH-1.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:x:/r/sites/sy-nu-klinisk-fysiologi/Delade%20dokument/N%C3%84L%20Mottagande%20och%20retur%20av%20generatorer.xlsx?d=wc76586c3e4fb4c71af9d2b4a01fc9e9b&amp;csf=1&amp;web=1&amp;e=4gh7el" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-9/surrogate/Blankett%20Eluering%20och%20beredning%20av%20radiofarmaka%20CH-1.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-9/surrogate/Blankett%20Eluering%20och%20beredning%20av%20radiofarmaka%20CH-1.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:w:/r/sites/sy-nu-klinisk-fysiologi-samarbetsgrupp/_layouts/15/Doc.aspx?sourcedoc=%7B0509D95B-85E2-4D2F-B4BB-E041C9E600A3%7D&amp;file=Blankett%20Eluering%20och%20beredning%20av%20radiofarmaka%20CH-1.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -8942,53 +14114,60 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Dok_med_omslag_sd_red</Template>
+  <TotalTime></TotalTime>
+  <Pages>5</Pages>
+  <Words>976</Words>
+  <Characters>5177</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>6141</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Hantering av generator i  beredningsrum</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>128</revision>
+  <revision>167</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>