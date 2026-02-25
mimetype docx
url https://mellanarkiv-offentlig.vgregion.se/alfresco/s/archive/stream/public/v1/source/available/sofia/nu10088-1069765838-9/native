--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,802 +6,630 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3BCA75F8" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00FB4462" w:rsidSect="00AE23E2">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="1EDB24DB" w14:textId="5F02FD4F" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="006A73BD" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc501440349"/>
       <w:r>
         <w:t>Mottagning och slussning av varor till beredningsrum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F82DAB" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38FCCDCA" w14:textId="251B6FC1" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="38FCCDCA" w14:textId="251B6FC1" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="004A5D7B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Beredningsrum är ett renrum där höga krav på hygien ställs. Mottagningskontroll av varor ska ske enligt LVS 2014:4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> 99m</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tc-generator, radiofarmaka och kit transporteras till klinisk fysiologi, NÄL och nuklearmedicin, Uddevalla sjukhus av bud eller sjukhusets transportpersonal. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="556FA1F6" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4919CFDB" w14:textId="513DFFAF" w:rsidR="001B4DD8" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4919CFDB" w14:textId="513DFFAF" w:rsidR="001B4DD8" w:rsidRDefault="00FB4462" w:rsidP="004A5D7B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Att fastställa ansvar och arbetsordning</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>för mottagning och slussning av förbrukningsmateriel,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> 99m</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tc-generator, radiofarmaka och kit. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="246B54E7" w14:textId="72BDE35E" w:rsidR="001B4DD8" w:rsidRDefault="001B4DD8" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6296B6AF" w14:textId="026F0E00" w:rsidR="004434C0" w:rsidRPr="001B4DD8" w:rsidRDefault="0066581E" w:rsidP="00AE23E2">
+    <w:p w14:paraId="6296B6AF" w14:textId="359C691A" w:rsidR="004434C0" w:rsidRDefault="001F4448" w:rsidP="00AE23E2">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Reviderad, </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Dokumentation görs i IBC-NM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC05463" w14:textId="7454A93A" w:rsidR="00AA6B47" w:rsidRPr="001B4DD8" w:rsidRDefault="00AA6B47" w:rsidP="00CD30EB">
+      <w:pPr>
+        <w:ind w:left="0" w:right="417"/>
+      </w:pPr>
       <w:r>
-        <w:t>utbytt till sakkunnig farmaceut.</w:t>
-[...2 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve">Sakkunnig farmaceut ansvarar för att kontrollera leveranser </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5665">
+        <w:t>genom utdrag från IBC-NM.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1DEC69" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="7D1DEC69" w14:textId="57ABE473" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Ansvar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00037714" w14:textId="7A03473B" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="00037714" w14:textId="71C47724" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="004A5D7B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ansvarig för mottagning och slussning av </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tc-generator, radiofarmaka och kit är tjänstgörande biomedicinsk analytiker. Sjukhusfysiker ansvarar för slutna strålkällor. </w:t>
       </w:r>
+      <w:r w:rsidR="00FE5665">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Sakkunnig farmaceut ansvarar för att kontrollera leveranser av radiofarmaka och generatorer genom utdrag från IBC-NM.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1FFBE25B" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="1FFBE25B" w14:textId="5336E912" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
-        <w:t>Förbrukningsmateriel</w:t>
+        <w:t>Förbrukningsmateri</w:t>
+      </w:r>
+      <w:r w:rsidR="001F4448">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4462">
+        <w:t>l</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D27775B" w14:textId="53D75281" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="1D27775B" w14:textId="23D1DA0B" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00167180">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-292"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NÄL:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Wellpappkartonger ska öppnas i </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Wellpappkartonger ska öppnas i avemballeringsrummet.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Kanyler och sprutor ska särskiljas en och en i dispenseringsrummet och läggs därefter</w:t>
       </w:r>
       <w:r w:rsidR="006B45A8">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i härför avsedda lådor som transporteras via genomräckningsskåpet till beredningsrummet.</w:t>
       </w:r>
       <w:r w:rsidR="00C83BB1">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kom ihåg att rengöra lådorna med alkoholbaserat desinfektionsmedel med rengörande effekt (≥ 70 </w:t>
-[...13 lines deleted...]
-        <w:t>%) innan nytt material placeras i lådorna. Mindre material transporteras via genom-räckningsskåpet. Större material transporteras via slussarna.</w:t>
+        <w:t>Kom ihåg att rengöra lådorna med alkoholbaserat desinfektionsmedel med rengörande effekt (≥ 70 vol%) innan nytt material placeras i lådorna. Mindre material transporteras via genomräckningsskåpet. Större material transporteras via slussarna.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E1AAB80" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="799BDA7A" w14:textId="77777777" w:rsidR="003039FC" w:rsidRDefault="003039FC" w:rsidP="00AE23E2">
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="303209A2" w14:textId="3F2FC7DE" w:rsidR="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="004A5D7B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Uddevalla:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Wellpappkartonger ska öppnas i injektionsrummet. Kanyler och sprutor ska särskiljas en och en utanför slussen, till exempel i dispenserings</w:t>
-[...11 lines deleted...]
-        <w:t>rummet.</w:t>
+        <w:t xml:space="preserve"> Wellpappkartonger ska öppnas i injektionsrummet. Kanyler och sprutor ska särskiljas en och en utanför slussen, till exempel i dispenseringsrummet.</w:t>
       </w:r>
       <w:r w:rsidR="00A06945">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Särskilda sprutor och kanyler samt </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB4462">
+        <w:t xml:space="preserve">Särskilda sprutor och kanyler samt elueringsflaskor förvaras i skåp i </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7E54">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>elueringsflaskor</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB4462">
+        <w:t>berednings/</w:t>
+      </w:r>
+      <w:r w:rsidR="00415DFC">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> förvaras i skåp i slussen</w:t>
+        <w:t>dispenseringsrum.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AD13D35" w14:textId="77777777" w:rsidR="006C52B6" w:rsidRDefault="00142496" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Leveranskontroll och avvikelser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5BD04E" w14:textId="5839E400" w:rsidR="001643F6" w:rsidRDefault="006C52B6" w:rsidP="002B1BD4">
+    <w:p w14:paraId="3F5BD04E" w14:textId="5839E400" w:rsidR="001643F6" w:rsidRDefault="006C52B6" w:rsidP="004A5D7B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Innan signatur av leverans till transportör, kontrollera att det är rätt mottagare, produkt och följesedel som levereras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4053092B" w14:textId="7EB41433" w:rsidR="001643F6" w:rsidRDefault="001643F6" w:rsidP="002B1BD4">
+    <w:p w14:paraId="4053092B" w14:textId="7E1D8F16" w:rsidR="001643F6" w:rsidRDefault="001643F6" w:rsidP="004A5D7B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Leveransavvikelser gällande generator och radiofarmaka, till exempel felexpedition, leverans utanför avtalstid och skador noteras i respektive Excel-dokument i SOFIA </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> under </w:t>
+        <w:t xml:space="preserve">Leveransavvikelser gällande generator och radiofarmaka, till exempel felexpedition, leverans utanför avtalstid och skador noteras i </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00A01EAC">
+        <w:r w:rsidR="001B29A2" w:rsidRPr="00CC4CF3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Inköp leverans, mottagning och avfall.</w:t>
+          <w:t>IBC-NM</w:t>
+        </w:r>
+        <w:r w:rsidR="00576DAB" w:rsidRPr="00CC4CF3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00576DAB">
+        <w:br/>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Vid skada på varan meddela sjukhusfysiker och sektionsledare, som tar ställning till eventuella åtgärder. Se avsnitt ”Åtgärd vid skadad generator/radiofarmaka”.</w:t>
+        <w:t>Vid skada på varan meddela sjukhusfysiker och sektionsledare, som tar ställning till eventuella åtgärder. Se avsnitt ”Åtgärd vid skadad generator/radiofarmaka”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487A74F0" w14:textId="5D77EEF2" w:rsidR="007336CE" w:rsidRDefault="00027B30" w:rsidP="002B1BD4">
+    <w:p w14:paraId="487A74F0" w14:textId="534B0315" w:rsidR="007336CE" w:rsidRDefault="00027B30" w:rsidP="004A5D7B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:spacing w:before="240"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Leveransavvikelser gällande kit noteras i respektive Excel-dokument i SOFIA </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Leveransavvikelser gällande kit noteras i </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4CF3">
+        <w:t>IBC</w:t>
+      </w:r>
+      <w:r w:rsidR="00884799">
+        <w:t>-NM.</w:t>
+      </w:r>
       <w:r w:rsidR="00E44E98">
-        <w:t>/Klinisk Fysiologi/</w:t>
-[...13 lines deleted...]
-        <w:t>nköp och leveranskontroll av kit. Meddela sektionsledare.</w:t>
+        <w:t xml:space="preserve"> Meddela sektionsledare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69465E06" w14:textId="0E28A156" w:rsidR="00416B9F" w:rsidRPr="00142496" w:rsidRDefault="007336CE" w:rsidP="002B1BD4">
+    <w:p w14:paraId="69465E06" w14:textId="0E28A156" w:rsidR="00416B9F" w:rsidRPr="00142496" w:rsidRDefault="007336CE" w:rsidP="004A5D7B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:spacing w:before="240"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="007336CE">
         <w:t xml:space="preserve">Sakkunnig </w:t>
       </w:r>
       <w:r w:rsidR="00495EC5">
         <w:t>farmaceut</w:t>
       </w:r>
       <w:r w:rsidRPr="007336CE">
         <w:t xml:space="preserve"> ska meddelas vid leveransavvikelser av generator, radiofarmaka och kit. Vid leveransförseningar som inte påverkar verksamheten behöver sakkunnig </w:t>
       </w:r>
       <w:r w:rsidR="00495EC5">
         <w:t>farmaceut</w:t>
       </w:r>
       <w:r w:rsidRPr="007336CE">
         <w:t xml:space="preserve"> inte informeras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A622771" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="7A622771" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00CB2466">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="0" w:right="275"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
-        <w:t>Tc-generator (Ultra-</w:t>
-[...15 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Tc-generator (Ultra-Technekow, Curium Pharma)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="229014A3" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00DD7C7F" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7C7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NÄL:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C748211" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="0C748211" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00CB2466">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
-        <w:t xml:space="preserve"> Lås in generatorn i </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> om den inte kan omhändertas omedelbart. </w:t>
+        <w:t xml:space="preserve"> Lås in generatorn i avemballeringsrummet om den inte kan omhändertas omedelbart. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CAE7946" w14:textId="65246E96" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="6CAE7946" w14:textId="65246E96" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00CB2466">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Kontrollera typ, mängd, referensdatum, aktivitet mot följesedeln.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:br/>
         <w:t xml:space="preserve">Följesedeln signeras, dateras och läggs </w:t>
       </w:r>
       <w:r w:rsidR="00D60404">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t xml:space="preserve"> härför avsedd </w:t>
       </w:r>
       <w:r w:rsidR="00D60404">
         <w:t>plastback märkt ”</w:t>
       </w:r>
       <w:r w:rsidR="00AF4F75">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00D60404">
         <w:t>öljesedlar” i</w:t>
       </w:r>
       <w:r w:rsidR="0013619E">
         <w:t xml:space="preserve"> kopieringsrummet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C6F6DFC" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="7C6F6DFC" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00CB2466">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Skriv datum och veckonummer på kartongen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DB4A9E" w14:textId="26A9F08B" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="59DB4A9E" w14:textId="26A9F08B" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00CB2466">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
-        <w:t xml:space="preserve">Generatorn lyfts ur kartongen i </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> och ställs på</w:t>
+        <w:t>Generatorn lyfts ur kartongen i avemballeringsrummet och ställs på</w:t>
       </w:r>
       <w:r w:rsidR="0013619E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t>generatorvagnen. Generatorvagnen transporteras till sluss 1, oren zon.</w:t>
       </w:r>
       <w:r w:rsidR="0013619E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Sprita av generatorn i sluss 1 innan den förs över till ny generatorvagn i ren zon i sluss 1. Därefter förs den vidare in till beredningsrummet. När spriten dunstat kan generatorn sättas på avsedd plats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CCA62CB" w14:textId="119DF284" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="4CCA62CB" w14:textId="119DF284" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00CB2466">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Kontrollera datum på produktresumén. Se avsnitt ”Kontroll av produk</w:t>
       </w:r>
       <w:r w:rsidR="009B5B2A">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t>resumé”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D861BFF" w14:textId="1691DE6C" w:rsidR="006F4DF0" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="7D861BFF" w14:textId="5871C1EB" w:rsidR="006F4DF0" w:rsidRDefault="006A591F" w:rsidP="00CB2466">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="565" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00FB4462">
-[...72 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
+        <w:t xml:space="preserve">Registrera generatorn i IBC-NM. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63DC5DBB" w14:textId="77777777" w:rsidR="006F4DF0" w:rsidRDefault="006F4DF0" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:right="565"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A4EA42C" w14:textId="1CED0970" w:rsidR="00FB4462" w:rsidRPr="006F4DF0" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:right="565"/>
       </w:pPr>
       <w:r w:rsidRPr="006F4DF0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Uddevalla:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75FD005A" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
-        <w:t xml:space="preserve">Lås in generatorn i </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> om den inte kan omhändertas omedelbart.</w:t>
+        <w:t>Lås in generatorn i sköljen om den inte kan omhändertas omedelbart.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06036AC5" w14:textId="6A7C577F" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Kontrollera typ, mängd, referensdatum, aktivitet mot följesedeln.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:br/>
         <w:t xml:space="preserve">Följesedeln signeras, dateras och </w:t>
       </w:r>
       <w:r w:rsidR="007C6460">
         <w:t>sätts i pärm märkt ”</w:t>
       </w:r>
       <w:r w:rsidR="00194B71">
         <w:t>Radionuklid</w:t>
       </w:r>
       <w:r w:rsidR="00194B71">
         <w:br/>
@@ -810,245 +638,201 @@
     </w:p>
     <w:p w14:paraId="4C23B499" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Generatorn lyfts ur kartongen utanför slussen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10D431CB" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Kontrollera datum på produktresumén. Se avsnitt ”Kontroll av produktresumé”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3786F4EA" w14:textId="216AC43E" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="57F25096" w14:textId="728E7B0C" w:rsidR="006A591F" w:rsidRDefault="006A591F" w:rsidP="006A591F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:left="284" w:right="565" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Registrera generatorn i IBC-NM. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3786F4EA" w14:textId="060A5EA4" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="006A591F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB4462">
-[...44 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="4F6E8960" w14:textId="693A0BEC" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t xml:space="preserve">Mottagande av </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t xml:space="preserve">Tc-generator utanför öppettider </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9915F1" w14:textId="7300F36A" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Överenskommelse görs mellan Curium </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> och sektionsledaren om transportdag </w:t>
+        <w:t xml:space="preserve">Överenskommelse görs mellan Curium Pharma och sektionsledaren om transportdag </w:t>
       </w:r>
       <w:r w:rsidR="00B03813">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>och tid och vem som tar emot.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="31EBB83C" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NÄL:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B07AF09" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="3B07AF09" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00E206B0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>En av avdelningscheferna på Klinisk kemi informeras om att generatorn kommer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E1F1D8D" w14:textId="5A5EA271" w:rsidR="00DE6513" w:rsidRPr="00FB4462" w:rsidRDefault="00DE6513" w:rsidP="00AE23E2">
+    <w:p w14:paraId="6E1F1D8D" w14:textId="5A5EA271" w:rsidR="00DE6513" w:rsidRPr="00FB4462" w:rsidRDefault="00DE6513" w:rsidP="00E206B0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Transportören lämnar generatorn på ”Provinlämning” på Laboratoriemedicin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D2D2EC" w14:textId="79587AA6" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="30D2D2EC" w14:textId="79587AA6" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00E206B0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t xml:space="preserve">Transportören </w:t>
       </w:r>
       <w:r w:rsidR="00402F7F">
         <w:t>ringer vår</w:t>
       </w:r>
       <w:r w:rsidR="00CF3097">
         <w:t xml:space="preserve"> kontaktperson</w:t>
       </w:r>
       <w:r w:rsidR="009205D2">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CF3097">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009205D2">
         <w:t xml:space="preserve">som </w:t>
       </w:r>
       <w:r w:rsidR="00CF3097">
         <w:t>informerar tjänstgörande personal p</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t>å Laboratoriemedicin</w:t>
       </w:r>
       <w:r w:rsidR="00CF3097">
         <w:t xml:space="preserve"> att generatorn kommer</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B818029" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="4B818029" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="005631B3">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="-8" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Personalen där skriver under följesedeln. Generatorn låses in på avdelningschefens rum.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="421E8CD2" w14:textId="75AE4729" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Uddevalla:</w:t>
       </w:r>
     </w:p>
@@ -1078,693 +862,424 @@
       <w:r w:rsidRPr="00E71FFD">
         <w:t>Personalen på Radiologen skriver under följesedeln. Generatorn låses in i injektionsrummet på Nuklearmedicin.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361F8057" w14:textId="77777777" w:rsidR="00C57ECF" w:rsidRDefault="00C57ECF" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75BBDAA6" w14:textId="2C911E69" w:rsidR="00FB4462" w:rsidRPr="00C57ECF" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5381">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mottagande av </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Mottagande av SeHCAT</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="42BFFFDA" w14:textId="74883725" w:rsidR="00FB4462" w:rsidRPr="00E71FFD" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71FFD">
         <w:t xml:space="preserve">Omhändertas snarast av tjänstgörande biomedicinsk analytiker och förvaras efter kontroll i kylskåpet i dispenseringsrummet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7E53CB" w14:textId="77777777" w:rsidR="00AE23E2" w:rsidRPr="00AE23E2" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="7F7E53CB" w14:textId="5EB414D2" w:rsidR="00AE23E2" w:rsidRPr="00AE23E2" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E71FFD">
         <w:t>Följesedeln signeras, dateras och sätts in i pärmen ”Radionuklid</w:t>
       </w:r>
       <w:r w:rsidR="00947400" w:rsidRPr="00E71FFD">
         <w:t>er Inköp Följesedlar”</w:t>
       </w:r>
       <w:r w:rsidR="00A03588" w:rsidRPr="00E71FFD">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009A5E59" w:rsidRPr="00E71FFD">
-        <w:t>Leveransen förs in i Exceldokument ”Dokumentation av radioaktiva läkemedel Uddevalla”, under fliken ”</w:t>
-[...39 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Leveransen förs in i </w:t>
+      </w:r>
+      <w:r w:rsidR="004A5D7B">
+        <w:t xml:space="preserve">IBC-NM.    </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00FB4462">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="22D3CFEA" w14:textId="25350E9D" w:rsidR="00FB4462" w:rsidRPr="00BD5C61" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="22D3CFEA" w14:textId="35B4A69D" w:rsidR="00FB4462" w:rsidRPr="00BD5C61" w:rsidRDefault="00FB4462" w:rsidP="004A5D7B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5C61">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Mottagande av Xofigo</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="32DBF96F" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00E71FFD" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="3BFCDE5B" w14:textId="286D0026" w:rsidR="00FB4462" w:rsidRPr="00E71FFD" w:rsidRDefault="00FB4462" w:rsidP="00322B80">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:ind w:left="284" w:hanging="284"/>
-[...12 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71FFD">
         <w:t xml:space="preserve">Följesedeln signeras, dateras och sätts in i pärmen ”Radionuklid </w:t>
       </w:r>
       <w:r w:rsidR="001459B8" w:rsidRPr="00E71FFD">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00346590" w:rsidRPr="00E71FFD">
         <w:t>Inköp</w:t>
       </w:r>
       <w:r w:rsidR="00091E56" w:rsidRPr="00E71FFD">
-        <w:t xml:space="preserve"> Följesedlar”. Leveransen förs in i Excel-dokument</w:t>
-[...58 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Följesedlar”. Leveransen förs in i </w:t>
+      </w:r>
+      <w:r w:rsidR="003A53A3">
+        <w:t>IBC-NM</w:t>
+      </w:r>
+      <w:r w:rsidR="000F60BD">
+        <w:t xml:space="preserve">, etikett skrivs ut. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EEB2A63" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00E71FFD" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="6EEB2A63" w14:textId="51136AA3" w:rsidR="00FB4462" w:rsidRPr="00E71FFD" w:rsidRDefault="00FB4462" w:rsidP="00322B80">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71FFD">
-        <w:t>Packa upp blybehållaren ur kartongen.</w:t>
+        <w:t>Packa upp blybehållaren ur kartongen</w:t>
+      </w:r>
+      <w:r w:rsidR="003B48C8">
+        <w:t xml:space="preserve"> och sätt etikett på locket.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EC6164B" w14:textId="77080A2E" w:rsidR="00FB4462" w:rsidRPr="00E71FFD" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="20521EAE" w14:textId="23A1888E" w:rsidR="00FB4462" w:rsidRPr="00E71FFD" w:rsidRDefault="00FB4462" w:rsidP="00322B80">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71FFD">
-        <w:t xml:space="preserve">Klipp av klisteretiketten på kartongen där </w:t>
-[...7 lines deleted...]
-        <w:t>-nummer framgår och klistra fast den på blyburken.</w:t>
+        <w:t>Blybehållaren med Xofigo förvaras i dragskåpet i dispenseringsrummet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20521EAE" w14:textId="0A7B6DBE" w:rsidR="00FB4462" w:rsidRPr="00E71FFD" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
-[...19 lines deleted...]
-        <w:t>rummet.</w:t>
+    <w:p w14:paraId="316FA88A" w14:textId="77777777" w:rsidR="005631B3" w:rsidRDefault="005631B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="096FAE1D" w14:textId="3C2DBC35" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="096FAE1D" w14:textId="4CF6C1A5" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t xml:space="preserve">Mottagande av kit </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C774B28" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">NÄL: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="278AEEFC" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="278AEEFC" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00322B80">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
-        <w:t xml:space="preserve">Öppna wellpappkartonger i </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Öppna wellpappkartonger i avemballeringsrummet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17FF0EE5" w14:textId="56E36FB3" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="17FF0EE5" w14:textId="56E36FB3" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00322B80">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Kontrollera</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t xml:space="preserve">typ, antal och utgångsdatum mot följesedeln. Följesedeln signeras, dateras och läggs </w:t>
       </w:r>
       <w:r w:rsidR="007D3748">
         <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t>härför avsedd pla</w:t>
       </w:r>
       <w:r w:rsidR="007D3748">
         <w:t>stback</w:t>
       </w:r>
       <w:r w:rsidR="00E27A9D">
         <w:t xml:space="preserve"> märkt ”Följesedlar” i kopieringsrummet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEB1666" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="2EEB1666" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00322B80">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Vid avvikelser kontakta sektionsledare eller enhetschefen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC70B2B" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="0BC70B2B" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00322B80">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Kontrollera datum på produktresumén. Se avsnitt ”</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Kontroll av produktresumé”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E04285E" w14:textId="4B6A7B17" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="1A95520B" w14:textId="77777777" w:rsidR="00167180" w:rsidRDefault="00FB4462" w:rsidP="00167180">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FB4462">
-        <w:t>Kiten</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> förvaras i beredningsrummet enligt anvisning på produktresumén och</w:t>
+        <w:t>Kiten förvaras i beredningsrummet enligt anvisning på produktresumén och</w:t>
       </w:r>
       <w:r w:rsidR="00D11554">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t>transporteras via genomräckningsskåpet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308D7D62" w14:textId="7B2A5496" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="0047038F">
+    <w:p w14:paraId="3F0FED59" w14:textId="096248F3" w:rsidR="00FB4462" w:rsidRPr="00167180" w:rsidRDefault="00DA11B0" w:rsidP="00167180">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:ind w:left="284" w:right="417" w:hanging="284"/>
-[...94 lines deleted...]
-        <w:t>.</w:t>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Registrera leveransen i IBC-NM</w:t>
+      </w:r>
+      <w:r w:rsidR="00A26902">
+        <w:t xml:space="preserve"> samt skriv </w:t>
+      </w:r>
+      <w:r w:rsidR="00167180">
+        <w:t xml:space="preserve">en </w:t>
+      </w:r>
+      <w:r w:rsidR="00A26902">
+        <w:t>etikett</w:t>
+      </w:r>
+      <w:r w:rsidR="00167180">
+        <w:t xml:space="preserve"> per förpackning.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0FED59" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
-      <w:pPr>
+    <w:p w14:paraId="1F6B4748" w14:textId="77777777" w:rsidR="00167180" w:rsidRPr="00167180" w:rsidRDefault="00167180" w:rsidP="00167180">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0"/>
-        <w:contextualSpacing/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61113384" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Uddevalla:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BF23407" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="6BF23407" w14:textId="0453CA15" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
-        <w:t>Öppna wellpappkartonger i Injektionsrummet.</w:t>
+        <w:t xml:space="preserve">Öppna wellpappkartonger i </w:t>
+      </w:r>
+      <w:r w:rsidR="003F22AC">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4462">
+        <w:t>njektionsrummet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C2F205" w14:textId="747D96CC" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="45C2F205" w14:textId="747D96CC" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="003F22AC">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="417" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4462">
+        <w:t>Tjänstgörande biomedicinsk analytiker kontrollerar typ, antal och utgångsdatum</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1CC4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4462">
+        <w:t xml:space="preserve">mot följesedeln. Följesedeln signeras, dateras och </w:t>
+      </w:r>
+      <w:r w:rsidR="0035176D">
+        <w:t>sätts i pärm ”Kit Inköp Följesedlar”</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1B17">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62CB7EDC" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
-        <w:t>Tjänstgörande biomedicinsk analytiker kontrollerar typ, antal och utgångsdatum</w:t>
-[...11 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Vid avvikelser kontakta sektionsledare eller enhetschef.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62CB7EDC" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="33CE9DFB" w14:textId="110EF5CA" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
-        <w:t>Vid avvikelser kontakta sektionsledare eller enhetschef.</w:t>
+        <w:t>Kontrollera datum på produktresumén. Se avsnitt ”Kontroll av produktresumé” sist i detta dokument.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33CE9DFB" w14:textId="110EF5CA" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="188F7AC8" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
-        <w:t>Kontrollera datum på produktresumén. Se avsnitt ”Kontroll av produktresumé” sist i detta dokument.</w:t>
+        <w:t>Kiten förvaras i dispenseringsrummet enligt anvisning på produktresumén.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188F7AC8" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="536600E7" w14:textId="334CB1CA" w:rsidR="00FB4462" w:rsidRPr="003F22AC" w:rsidRDefault="00167180" w:rsidP="003F22AC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:ind w:left="284" w:hanging="284"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> förvaras i dispenseringsrummet enligt anvisning på produktresumén.</w:t>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="417" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Registrera leveransen i IBC-NM samt skriv ut etiketter, lika många etiketter som kit-flaskor. Lägg etiketterna i lådorna med kit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="536600E7" w14:textId="161B770F" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
-[...62 lines deleted...]
-    <w:p w14:paraId="53137D86" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="53137D86" w14:textId="30B8A010" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
-        <w:br w:type="page"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Mottagande av slutna strålkällor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DC359C5" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Vid leverans av slutna strålkällor såsom plankällor, pennor, punktmarkörer och kalibreringspreparat ska tjänstgörande personal kontakta sjukhusfysiker.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A57971C" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Sjukhusfysiker ansvarar för att öppna förpackningen och fylla i information om strålkällan i Excel-dokumentet ”Slutna strålkällor”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D4CDE05" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
@@ -1818,51 +1333,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Uddevalla sjukhus: I injektionsrummet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E4EAA16" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t xml:space="preserve">Kontrollera att den bifogade produktresuméns översynsdatum överensstämmer med datum angivet i beredningskortet. Om datumet avviker meddela sektionsledare eller sjukhusfysiker som ska revidera beredningskortet. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ADFD4DF" w14:textId="7C819392" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Utförd kontroll ska dokumenteras på blankett:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4462">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="0036765F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Kontroll av översynsdatum av produktresumé</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FB4462">
         <w:t xml:space="preserve"> i ovanstående pärmar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27F668C6" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="331E2DDA" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
@@ -1878,195 +1393,158 @@
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Rör inte den skadade varan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D8D821" w14:textId="77777777" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Kontakta sjukhusfysiker.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AE83211" w14:textId="456FADD6" w:rsidR="00FB4462" w:rsidRPr="00FB4462" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Kontrollmätning av aktivitet görs och därefter bestäms vidare åtgärder tillsammans med sjukhusfysiker</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58414A3D" w14:textId="1C5F210D" w:rsidR="00FB4462" w:rsidRPr="00227C77" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
+    <w:p w14:paraId="58414A3D" w14:textId="04F1E32C" w:rsidR="00FB4462" w:rsidRPr="00227C77" w:rsidRDefault="00FB4462" w:rsidP="00AE23E2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:right="-427" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB4462">
         <w:t>Dokumentera i</w:t>
       </w:r>
       <w:r w:rsidR="008322DB">
-        <w:t xml:space="preserve"> respektive</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> under </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00167180">
+        <w:t xml:space="preserve">IBC-NM.   </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="00980CE3">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00AE23E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00AE23E2">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="080FA10F" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F">
+    <w:p w14:paraId="4BA75065" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24DAA6B4" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F">
+    <w:p w14:paraId="3A5215DC" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="13E6967A" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F">
+    <w:p w14:paraId="5707B1AA" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -2074,89 +1552,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2185,51 +1663,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1556100326" name="Bildobjekt 1556100326">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2263,73 +1741,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="039742F9" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F"/>
+    <w:p w14:paraId="7C98716B" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22E05BCB" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F">
+    <w:p w14:paraId="6FD96233" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4DB26FB8" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F">
+    <w:p w14:paraId="6C3F7DC0" w14:textId="77777777" w:rsidR="009D4C6F" w:rsidRDefault="009D4C6F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2407,51 +1885,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -2617,51 +2095,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6793,54 +6271,53 @@
   <w:num w:numId="31" w16cid:durableId="2134708845">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="513689539">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1167666842">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="210965529">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1055394965">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1580600245">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1463578532">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -6853,347 +6330,368 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00012D8B"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00027B30"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="0008469D"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00091E56"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B1B11"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F60BD"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="00105B9F"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="0013619E"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00142496"/>
     <w:rsid w:val="001459B8"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00162515"/>
     <w:rsid w:val="001643F6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="00167180"/>
     <w:rsid w:val="00181D07"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="00187E50"/>
     <w:rsid w:val="00194B71"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001A7A06"/>
+    <w:rsid w:val="001B29A2"/>
     <w:rsid w:val="001B2E0F"/>
     <w:rsid w:val="001B4DD8"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D4A29"/>
     <w:rsid w:val="001F27CF"/>
+    <w:rsid w:val="001F4448"/>
+    <w:rsid w:val="001F7E54"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00227C77"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="002417CE"/>
     <w:rsid w:val="00247C89"/>
     <w:rsid w:val="002503EC"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00260BFD"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="00294EFD"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B1BD4"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1238"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003039FC"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00310E94"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00313AB7"/>
+    <w:rsid w:val="00314422"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
+    <w:rsid w:val="00322B80"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="0033366F"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003424AE"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00346553"/>
     <w:rsid w:val="00346590"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="0035176D"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="0036765F"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00375607"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A4243"/>
+    <w:rsid w:val="003A53A3"/>
     <w:rsid w:val="003B2460"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B48C8"/>
     <w:rsid w:val="003C3226"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F22AC"/>
     <w:rsid w:val="003F4B94"/>
     <w:rsid w:val="003F7C20"/>
     <w:rsid w:val="003F7F88"/>
     <w:rsid w:val="00402F7F"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00414F81"/>
+    <w:rsid w:val="00415DFC"/>
     <w:rsid w:val="00416B9F"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00440A04"/>
     <w:rsid w:val="004434C0"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00452A81"/>
     <w:rsid w:val="00456BBD"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="0047038F"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="00484EBC"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492373"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004936E1"/>
     <w:rsid w:val="00495EC5"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004A5D7B"/>
     <w:rsid w:val="004B0A0D"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B5E74"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F0AA7"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="005001D9"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00502389"/>
     <w:rsid w:val="00510683"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545CA3"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
+    <w:rsid w:val="005631B3"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="00576DAB"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="005869D4"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B5381"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C28AB"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
+    <w:rsid w:val="005D2F16"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="006022DB"/>
     <w:rsid w:val="00604F77"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00664B79"/>
     <w:rsid w:val="0066581E"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006902C1"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
+    <w:rsid w:val="006A591F"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006A73BD"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B45A8"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C52B6"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E0DD1"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E5A00"/>
     <w:rsid w:val="006E65F7"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F4DF0"/>
+    <w:rsid w:val="00700D8B"/>
     <w:rsid w:val="00707D56"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="007336CE"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="007340A7"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737130"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
+    <w:rsid w:val="00755152"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00760F39"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="00780BA4"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="00790DCF"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007C6460"/>
     <w:rsid w:val="007D0E9E"/>
     <w:rsid w:val="007D3748"/>
     <w:rsid w:val="007D3D9F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F243B"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="008322DB"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00884799"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D265B"/>
     <w:rsid w:val="008D671E"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E7454"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914005"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="009164F2"/>
     <w:rsid w:val="009205D2"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
@@ -7211,283 +6709,299 @@
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00980CE3"/>
     <w:rsid w:val="009A5E59"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009B5B2A"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D4755"/>
     <w:rsid w:val="009D4C6F"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E10DB"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A01EAC"/>
     <w:rsid w:val="00A03588"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A06945"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
+    <w:rsid w:val="00A26902"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A42C93"/>
     <w:rsid w:val="00A4549B"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A52179"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A64265"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A708BE"/>
     <w:rsid w:val="00A7586C"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA6B47"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD4340"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE23E2"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF4F75"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B0311F"/>
     <w:rsid w:val="00B03813"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B10F76"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B20259"/>
     <w:rsid w:val="00B277D3"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B636CD"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B76F68"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B841D1"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB1B17"/>
     <w:rsid w:val="00BB1CC4"/>
     <w:rsid w:val="00BB577B"/>
     <w:rsid w:val="00BB5855"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC7005"/>
     <w:rsid w:val="00BD5C61"/>
     <w:rsid w:val="00BD7B30"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF0F78"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C32E53"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C57ECF"/>
     <w:rsid w:val="00C67AC6"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C83BB1"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA0D95"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB2466"/>
     <w:rsid w:val="00CC167C"/>
+    <w:rsid w:val="00CC463E"/>
+    <w:rsid w:val="00CC4CF3"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CD30EB"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF3097"/>
     <w:rsid w:val="00CF4D9A"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D11554"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D52F22"/>
     <w:rsid w:val="00D60404"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00DA11B0"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA58A9"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DA7A10"/>
     <w:rsid w:val="00DC57FF"/>
     <w:rsid w:val="00DD2081"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD4020"/>
     <w:rsid w:val="00DD7C7F"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE6513"/>
     <w:rsid w:val="00DE7402"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF64A0"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E206B0"/>
     <w:rsid w:val="00E225BA"/>
     <w:rsid w:val="00E27A9D"/>
+    <w:rsid w:val="00E32D92"/>
     <w:rsid w:val="00E44E98"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E71FFD"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
+    <w:rsid w:val="00EA12A5"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB5E74"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED383B"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE3977"/>
     <w:rsid w:val="00EE6A44"/>
     <w:rsid w:val="00F16AF4"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F36379"/>
     <w:rsid w:val="00F363A6"/>
     <w:rsid w:val="00F40D87"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F70F2D"/>
     <w:rsid w:val="00F75EEC"/>
     <w:rsid w:val="00F76A23"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA0A52"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB4462"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC488D"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE0292"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE5665"/>
     <w:rsid w:val="00FF1CED"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0DFA074F"/>
     <w:rsid w:val="121E2D67"/>
+    <w:rsid w:val="45D2939D"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{D34D377F-07C2-4A07-B4B5-052FC5D50A34}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9875,55 +9389,91 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0036765F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="004434C0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="004434C0"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KommentarerChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FA0A52"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FA0A52"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FA0A52"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9951,51 +9501,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/sites/sy-nu-klinisk-fysiologi/Delade%20dokument/Forms/mne.aspx?isAscending=true&amp;FilterField1=%5Fx00c4%5Fmne&amp;FilterValue1=Nuklear&amp;FilterType1=Choice&amp;FilterDisplay1=Nuklear&amp;FilterField2=Kategori&amp;FilterValue2=Ink%C3%B6p%20leverans%20mottagning%20och%20avfall&amp;FilterType2=Choice&amp;FilterDisplay2=Ink%C3%B6p%20leverans%20mottagning%20och%20avfall&amp;sortField=LinkFilename&amp;viewid=ca71e6f3%2D894a%2D4332%2Dafde%2D7d8bf4bcc0f8" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/sites/sy-nu-klinisk-fysiologi/Delade%20dokument?newTargetListUrl=%2Fsites%2Fsy%2Dnu%2Dklinisk%2Dfysiologi%2FDelade%20dokument&amp;FilterField1=%5Fx00c4%5Fmne&amp;FilterValue1=Nuklear&amp;FilterType1=Choice&amp;FilterDisplay1=Nuklear&amp;FilterField2=Kategori&amp;FilterValue2=Ink%C3%B6p%20leverans%20mottagning%20och%20avfall&amp;FilterType2=Choice&amp;FilterDisplay2=Ink%C3%B6p%20leverans%20mottagning%20och%20avfall&amp;viewid=ca71e6f3%2D894a%2D4332%2Dafde%2D7d8bf4bcc0f8" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Nuklear%20under%20Ink&#246;p%20leverans,%20mottagning%20och%20avfall." TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/sites/sy-nu-klinisk-fysiologi/Delade%20dokument/Forms/mne.aspx?isAscending=true&amp;FilterField1=%5Fx00c4%5Fmne&amp;FilterValue1=Nuklear&amp;FilterType1=Choice&amp;FilterDisplay1=Nuklear&amp;FilterField2=Kategori&amp;FilterValue2=Ink%C3%B6p%20leverans%20mottagning%20och%20avfall&amp;FilterType2=Choice&amp;FilterDisplay2=Ink%C3%B6p%20leverans%20mottagning%20och%20avfall&amp;sortField=LinkFilename&amp;viewid=ca71e6f3%2D894a%2D4332%2Dafde%2D7d8bf4bcc0f8" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-18/surrogate/Blankett%20Kontroll%20av%20%c3%b6versynsdatum%20av%20produktresum%c3%a9.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/sites/sy-nu-klinisk-fysiologi/Delade%20dokument?newTargetListUrl=%2Fsites%2Fsy%2Dnu%2Dklinisk%2Dfysiologi%2FDelade%20dokument&amp;FilterField1=%5Fx00c4%5Fmne&amp;FilterValue1=Nuklear&amp;FilterType1=Choice&amp;FilterDisplay1=Nuklear&amp;FilterField2=Kategori&amp;FilterValue2=Ink%C3%B6p%20och%20leveranskontroll%20av%20kit&amp;FilterType2=Choice&amp;FilterDisplay2=Ink%C3%B6p%20och%20leveranskontroll%20av%20kit&amp;viewid=ca71e6f3%2D894a%2D4332%2Dafde%2D7d8bf4bcc0f8" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/sites/sy-nu-klinisk-fysiologi/Delade%20dokument/Forms/mne.aspx?isAscending=true&amp;FilterField1=%5Fx00c4%5Fmne&amp;FilterValue1=Nuklear&amp;FilterType1=Choice&amp;FilterDisplay1=Nuklear&amp;FilterField2=Kategori&amp;FilterValue2=Ink%C3%B6p%20leverans%20mottagning%20och%20avfall&amp;FilterType2=Choice&amp;FilterDisplay2=Ink%C3%B6p%20leverans%20mottagning%20och%20avfall&amp;sortField=LinkFilename&amp;viewid=ca71e6f3%2D894a%2D4332%2Dafde%2D7d8bf4bcc0f8" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/sites/sy-nu-klinisk-fysiologi/Delade%20dokument?newTargetListUrl=%2Fsites%2Fsy%2Dnu%2Dklinisk%2Dfysiologi%2FDelade%20dokument&amp;FilterField1=%5Fx00c4%5Fmne&amp;FilterValue1=Nuklear&amp;FilterType1=Choice&amp;FilterDisplay1=Nuklear&amp;FilterField2=Kategori&amp;FilterValue2=Ink%C3%B6p%20och%20leveranskontroll%20av%20kit&amp;FilterType2=Choice&amp;FilterDisplay2=Ink%C3%B6p%20och%20leveranskontroll%20av%20kit&amp;viewid=ca71e6f3%2D894a%2D4332%2Dafde%2D7d8bf4bcc0f8" TargetMode="External" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-18/surrogate/Blankett%20Kontroll%20av%20%c3%b6versynsdatum%20av%20produktresum%c3%a9.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -10291,76 +9841,76 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1866</Words>
-  <Characters>9895</Characters>
+  <Words>879</Words>
+  <Characters>6691</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11738</CharactersWithSpaces>
+  <CharactersWithSpaces>7555</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="54" baseType="variant">
       <vt:variant>
         <vt:i4>7340137</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>24</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://vgregion.sharepoint.com/sites/sy-nu-klinisk-fysiologi/Delade dokument/?newTargetListUrl=%2Fsites%2Fsy%2Dnu%2Dklinisk%2Dfysiologi%2FDelade%20dokument&amp;FilterField1=%5Fx00c4%5Fmne&amp;FilterValue1=Nuklear&amp;FilterType1=Choice&amp;FilterDisplay1=Nuklear&amp;FilterField2=Kategori&amp;FilterValue2=Ink%C3%B6p%20leverans%20mottagning%20och%20avfall&amp;FilterType2=Choice&amp;FilterDisplay2=Ink%C3%B6p%20leverans%20mottagning%20och%20avfall&amp;viewid=ca71e6f3%2D894a%2D4332%2Dafde%2D7d8bf4bcc0f8</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4456524</vt:i4>
       </vt:variant>
@@ -10497,31 +10047,31 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>Nuklear under Inköp leverans, mottagning och avfall.</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Mottagning och slussning av varor till beredningsrum</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>142</revision>
+  <revision>170</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>