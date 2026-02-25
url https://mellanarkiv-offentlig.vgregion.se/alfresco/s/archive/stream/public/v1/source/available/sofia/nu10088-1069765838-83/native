--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,2456 +6,3913 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C0853BF" w14:textId="77777777" w:rsidR="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-2" w:hanging="992"/>
         <w:sectPr w:rsidR="0034268F" w:rsidSect="00E36619">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="1418" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="5402DC5C" w14:textId="72CF6A33" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="007553C0" w:rsidP="00EC627F">
+    <w:p w14:paraId="5402DC5C" w14:textId="307F6BC6" w:rsidR="0034268F" w:rsidRPr="00034224" w:rsidRDefault="007553C0" w:rsidP="00EC627F">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0" w:right="-2"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc501440349"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00034224">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
         <w:t xml:space="preserve">Städning i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00034224">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
         <w:t>renklassade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00034224">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
         <w:t xml:space="preserve"> lokaler i egen regi</w:t>
       </w:r>
-      <w:r w:rsidR="00D10CF3">
+      <w:r w:rsidR="00D10CF3" w:rsidRPr="00034224">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00034224">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
         <w:t xml:space="preserve"> NÄL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE32B38" w14:textId="77777777" w:rsidR="007771DA" w:rsidRPr="0034268F" w:rsidRDefault="007771DA" w:rsidP="00CC739A">
+    <w:p w14:paraId="141088CB" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00435A80" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bakgrund</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="595C8400" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:left="0" w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I beredningsrummet bereds sterila radioaktiva läkemedel som regleras av Läkemedelsverket, vilket innebär att renhetskrav ska uppfyllas. Beredande personal utför städningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D40CCF0" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00435A80" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-2" w:hanging="992"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0034268F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FDCFEB" w14:textId="321D54D1" w:rsidR="007771DA" w:rsidRPr="0034268F" w:rsidRDefault="007771DA" w:rsidP="00EC627F">
+    <w:p w14:paraId="4A030454" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:ind w:left="0" w:right="-2"/>
-      </w:pPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="66B50BB4" w14:textId="283D9AE6" w:rsidR="0034268F" w:rsidRPr="0072534E" w:rsidRDefault="0099578C" w:rsidP="00CC739A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Att fastställa instruktioner för städning i beredningsrum och slussar samt dispenseringsrum för att säkerställa hygienkrav enligt Läkemedelsverkets föreskrifter om beredning av radioaktiva läkemedel (LVFS 2014:4).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C9EEFE" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00435A80" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-2" w:hanging="992"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="27C1BDD1" w14:textId="04D9A1FC" w:rsidR="003F4B16" w:rsidRPr="0034268F" w:rsidRDefault="002A5577" w:rsidP="00CC739A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Förändringar sedan föregående version </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE2765F" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:ind w:hanging="992"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk129089056"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Skriv öppningsdatum på diskmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E3C3CC" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:hanging="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ändrat namn till fastighet stöd och service FFSS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13DB462C" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:hanging="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Lagt till kontaminations kontroll på scanner och etikettskrivare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1FD063" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:hanging="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Lagt till kontrollera uppdateringar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="058A4DF8" w14:textId="12C3CC34" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Löst material som tagits ur bänken skall torkas med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> innan det läggs in i säkerhetsbänken</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DDDB11" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:hanging="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Lagt till torka av tangentbord</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B29E8F3" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:hanging="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Små ändringar i texten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DDE216" w14:textId="77777777" w:rsidR="00B05546" w:rsidRDefault="00B05546">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Skriv öppningsdatum på tv</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="4B849727" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0072534E" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DAA0F3" w14:textId="30981802" w:rsidR="00C011DB" w:rsidRPr="00435A80" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-2" w:hanging="992"/>
-      </w:pPr>
-[...33 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4443983C" w14:textId="1BB2544F" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
+    <w:p w14:paraId="5B5D489E" w14:textId="3262BE18" w:rsidR="00C011DB" w:rsidRPr="00435A80" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="-2" w:hanging="992"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0034268F">
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00435A80">
         <w:t>Allmänna instruktioner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7034175A" w14:textId="4F2E2713" w:rsidR="0034268F" w:rsidRPr="002F1CF9" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    <w:p w14:paraId="24B7B409" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0034268F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Särskild klädsel används vid städning i rena utrymmen. Se </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="002F1CF9">
+        <w:r w:rsidRPr="00FA7E62">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>Slussning av all personal till beredningsru</w:t>
-[...5 lines deleted...]
-          <w:t>m - NÄL</w:t>
+          <w:t>Slussning av all personal till beredningsrum - NÄL</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002F1CF9">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1970C492" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    <w:p w14:paraId="3682808E" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0034268F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Alkoholbaserat desinfektionsmedel med rengörande effekt (≥ 70 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>vol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">%) nedan benämnt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1631C5AC" w14:textId="76B1B7DD" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    <w:p w14:paraId="478AA5C5" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Skriv öppningsdatum på tvål, handsprit, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>, diskmedel och sterilt vatten. För hållbarhet se nedan. Kom ihåg att stänga snäpplocket på flaskan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D065CC5" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="49"/>
-[...33 lines deleted...]
-          <w:numId w:val="49"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0034268F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Torkduk fuktas enbart </w:t>
       </w:r>
-      <w:r w:rsidRPr="0034268F">
-        <w:rPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> gång med sterilt vatten/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> vid städning. Vid behov ta en ny.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53FCB8AB" w14:textId="5B8DC034" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    <w:p w14:paraId="6821C21D" w14:textId="20782FA3" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00934140">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
+        <w:ind w:left="284" w:right="-569" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Efter lokalvård i Fastighet, stöd och service (FFSS) regi (varje dag och varje vecka) och vid veckostädning i egen regi av säkerhetsbänk ska minst 30 minuter förflyta innan beredning får ske.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7220B67D" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
-      </w:pPr>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="26"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="073D98C4" w14:textId="0BD47E5D" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Efter halvårsstädning av beredningsrum i FFSS regi ska minst 60 minuter förflyta innan beredning eller städning av säkerhetsbänk får ske.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C05BF16" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Städning får inte ske i lokal där beredning pågår.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DCC4CB" w14:textId="14209FF0" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Torrdamning och torrmoppning får inte förekomma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B7685A7" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00B0663E" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:right="-2" w:hanging="992"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0034268F">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0663E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>Varje dag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="611A5744" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
+    <w:p w14:paraId="2CF20C58" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="0034268F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0034268F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Beredningsrum:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A92B128" w14:textId="04415949" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    <w:p w14:paraId="5CD05A0B" w14:textId="789715A0" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Säkerhetsbänkens beredningsyta och arbetsverktyg rengörs inför varje beredningsdag med </w:t>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Säkerhetsbänkens beredningsyta, arbetsverktyg och tangentbord rengörs inför varje beredningsdag med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
-[...7 lines deleted...]
-    <w:p w14:paraId="78A3231F" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. Därefter placeras ett sterilt underlägg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>i bänken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D98C0D0" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="25874311" w14:textId="5A0AE8CF" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Efter dagens beredningar:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3829A0D6" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00AB1332">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="567" w:right="-2" w:hanging="283"/>
-      </w:pPr>
-[...11 lines deleted...]
-        <w:r w:rsidR="00DA1BC1" w:rsidRPr="006B409F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utför kontaminationskontroll i säkerhetsbänken, scanner, etikettskrivare, genomräckningsskåpet, blyskydd, arbetsverktyg, tangentbord och på övriga arbetsytor när dagens beredningar är utförda, se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="00FA7E62">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>K</w:t>
-[...5 lines deleted...]
-          <w:t>ontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
+          <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006B409F">
-[...3 lines deleted...]
-    <w:p w14:paraId="51249EBE" w14:textId="581DF7B4" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. Signera på BL N Kontaminationskontroll.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300C1134" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00D653EF">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="567" w:right="-2" w:hanging="283"/>
-      </w:pPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="3E15CD30" w14:textId="6F923C3E" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka arbetsytan i säkerhetsbänken med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA2ABA9" w14:textId="44F86544" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00D653EF">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-2" w:hanging="283"/>
-      </w:pPr>
-[...93 lines deleted...]
-    <w:p w14:paraId="18517F3D" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Byt avfallspåsen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4F7539" w14:textId="77777777" w:rsidR="00D653EF" w:rsidRDefault="00D653EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3FB3EF" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="0034268F" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-2" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0034268F">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Dispenseringsrummet:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="356A5D9E" w14:textId="57A9EEAE" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    <w:p w14:paraId="75E68561" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:right="-2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0034268F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Säkerhetsbänkens arbetsyta och arbetsverktyg rengörs inför varje arbetsdag med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>. Därefter placeras ett provtagnings</w:t>
       </w:r>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:softHyphen/>
         <w:t>underlägg i bänken.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C964F90" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    <w:p w14:paraId="2797C4DD" w14:textId="0563E12F" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="3D7726FF" w14:textId="1DBBB648" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Innan FFSS</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0584F" w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>kommer och städar</w:t>
+      </w:r>
+      <w:r w:rsidR="00144F55" w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5347870E" w14:textId="7EC853A5" w:rsidR="00F80D5F" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00F0584F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="567" w:right="-2" w:hanging="283"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0034268F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Utför kontaminationskontroll i säkerhetsbänken och på avfallspåsen samt övriga arbetsytor, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="006B409F" w:rsidRPr="006B409F">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00FA7E62">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>K</w:t>
-[...5 lines deleted...]
-          <w:t>ontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
+          <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008B7C26">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1FDCC1" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    <w:p w14:paraId="286F3BF5" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0034268F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Eftermiddag:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2464A2F8" w14:textId="42F05972" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    <w:p w14:paraId="4E5BF74D" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="567" w:right="-2" w:hanging="283"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0034268F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Utför kontaminationskontroll när dagens arbete är utfört i säkerhets</w:t>
       </w:r>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:softHyphen/>
         <w:t xml:space="preserve">bänken och på övriga arbetsytor, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="006B409F">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00FA7E62">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>K</w:t>
-[...5 lines deleted...]
-          <w:t>ontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
+          <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008B7C26">
-[...6 lines deleted...]
-    <w:p w14:paraId="43CCC92D" w14:textId="454CA1B4" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>. Signera på BL N Kontaminationskontroll.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="392B21E2" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="567" w:right="-2" w:hanging="283"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0034268F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Kontaminationskontroll sker av blyburkar och transportlådor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="224EAF52" w14:textId="6A000B33" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    <w:p w14:paraId="46BFBDEF" w14:textId="3B21E6A1" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003D6D7C">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Eluering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>kitflaska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>blyburk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> töms i härför avsedd behållare. </w:t>
+      </w:r>
+      <w:r w:rsidR="00435A80" w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I samband med tömningen av burkar flyttas beredningar och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>eluat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> över till korrekt avfallsburk i IBC-NM. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E643B4" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003D6D7C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="567" w:right="-2" w:hanging="283"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka av blyburkarna med </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
-        <w:t>Eluering</w:t>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
-[...19 lines deleted...]
-    <w:p w14:paraId="3FA8ACD0" w14:textId="1EBA9CB0" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och ställ i genom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>räcknings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>skåp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C02DFA" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00965F9E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="567" w:right="-2" w:hanging="283"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Torka av blyburkarna med </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka av transportlådorna med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
-[...11 lines deleted...]
-    <w:p w14:paraId="44FA811A" w14:textId="7819DAC2" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    </w:p>
+    <w:p w14:paraId="77B0A4A3" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="0034268F">
-[...11 lines deleted...]
-    <w:p w14:paraId="59379E9B" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    </w:p>
+    <w:p w14:paraId="4EA8F2BB" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="0034268F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
-      </w:pPr>
-      <w:r w:rsidRPr="0034268F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0AA8CE23">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Vid misstanke om kontamination:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C50750" w14:textId="1EA6063C" w:rsidR="0034268F" w:rsidRPr="00D75333" w:rsidRDefault="0034268F" w:rsidP="00591C09">
+    <w:p w14:paraId="4274D0F7" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00052EDA">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="-2" w:hanging="283"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Utför kontaminationskontroll, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="006B409F" w:rsidRPr="006B409F">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00FA7E62">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
-          <w:t>K</w:t>
-[...5 lines deleted...]
-          <w:t>ontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
+          <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B659BC" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
+    <w:p w14:paraId="16817630" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00B0663E" w:rsidRDefault="00C011DB" w:rsidP="00B0663E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="-2" w:hanging="992"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0034268F">
+        <w:ind w:left="0" w:right="281"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0663E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Kontroll av sprutblyskydd efter användning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539D5AAF" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+    <w:p w14:paraId="7F9FDCD6" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00DB2044">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="-286" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontaminationskontroll av sprutblyskydd som använts vid beredningen sker i beredningsrummet. Kontaminerat sprutblyskydd läggs i härför avsedd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>blylåda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Icke kontaminerat sprutblyskydd torkas av med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E7EFEF" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Kontaminationskontroll av sprutblyskydd som använts vid beredningen sker i beredningsrummet. Kontaminerat sprutblyskydd läggs i härför avsedd </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Kontaminationskontroll av sprutblyskydd som använts vid dispensering sker i dispenseringsrummet. Kontaminerat sprutblyskydd sköljs i tvål och vatten samt kontrollmäts igen. Vid kvarstående kontamination läggs sprutbly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t xml:space="preserve">skyddet för avklingning. Icke kontaminerat sprutblyskydd torkas av med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
-        <w:t>blylåda</w:t>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7BE114" w14:textId="77777777" w:rsidR="00FA7E62" w:rsidRDefault="00FA7E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EC76C6" w14:textId="585A5BAD" w:rsidR="00C011DB" w:rsidRPr="00B0663E" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0663E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Varje vecka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38954054" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="414CFCCC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Beredningsrum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D1AB69" w14:textId="33E42458" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:right="-2" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Innan omstart av datorn kontrollera </w:t>
+      </w:r>
+      <w:r w:rsidR="00144F55" w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>uppdateringar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enligt nedan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A9AD45" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Då datorn inte uppdateras automatiskt ska det kontrolleras veckovis om uppdatering behöver göras manuellt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0668E68B" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Detta bör göras efter dagens beredningar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01611800" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Klicka på ”Software Center” i aktivitetsfältet eller sök på ”Software Center” i Windows-sökrutan nere till vänster. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E25FA4" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Klicka på Uppdateringar och om det finns uppdateringar, klicka Installera alla. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7BCD6C" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Uppdateringarna tar ca 10 min</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5784B26F" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Starta om datorn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18BE3334" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Logga in i IBC-NM, kontrollera att aktivitetsmätaren visar mätvärden och att scanner och skrivare fungerar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="647F7ED3" w14:textId="151813E8" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00965F9E">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid problem kontakta lokal </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07967" w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>It-tekniker</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på MT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A314DB5" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:hanging="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="207EBF32" w14:textId="4A963834" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Städning enligt varje dag ingår i veckostädning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39799B9C" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-2" w:hanging="992"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09537D3A" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera hållbarheten på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>kiten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i kylskåpet. Mär upp kit med kort hållbarhet samt sätt dessa främst i kylskåpet. Om något kit passerat utgångsdatum slängs dessa i gul burk för Läkemedelsavfall samt släng även i IBC-NM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F7CD78" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera lagersaldo kit, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>elueringskärl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Nacl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579265A9" w14:textId="6D6C9849" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ladda tangentbord</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4539" w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B14F21" w14:textId="70227464" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="001811C7">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Byt burken för ”Smittförande, skärande, stickande avfall” och fyll i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Icke kontaminerat sprutblyskydd torkas av med </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>etiketten. Kontrollera noga att locket sitter på Skriv datum och aktuell nuklid på locket.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="D13438"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31359AA0" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Rengöring av insidan av glasrutan i säkerhetsbänken:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7079CCB4" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="567" w:right="-2" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Kör upp glasrutan i topp, stäng av larmet och lyft därefter upp frontluckan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BAF1AC4" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="567" w:right="-2" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka av glasrutan med mera och nu synlig plåt på säkerhetsbänken med sterilt vatten och därefter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56ACE029" w14:textId="4016B060" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+    <w:p w14:paraId="57A290F7" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="567" w:right="-2" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Fäll ner frontluckan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A043AD" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:right="-2" w:hanging="284"/>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">skyddet för avklingning. Icke kontaminerat sprutblyskydd torkas av med </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka säkerhetsbänkens innerväggar inklusive datorskärm (inte tak) uppifrån och ner, horisontell yta, blyglasets in- och utsida, tangentbord, datormus, plexiglasbehållare (två stycken) i aktivitetsmätaren och reglage inne i säkerbänken med sterilt vatten och därefter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29510590" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Kör ner glasrutan till normalläge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244F2441" w14:textId="6EEFBC64" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Distansverktyg och pincetter diskas i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>diskdesinfektor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>alternativt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>för hand i dispenseringen</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0564" w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41207703" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
-[...8 lines deleted...]
-    <w:p w14:paraId="15827A12" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
+    <w:p w14:paraId="0B2E9B45" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00FA7E62" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Allt löst material som tagits ur bänken torkas med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA7E62">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> innan det läggs in i säkerhetsbänken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16076EC0" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka av miniräknare, kontaminationsmätare, pärmar och pennor med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36307692" w14:textId="6A7DD7D0" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00FA0C2D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="-286" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera och vid behov töm innehållet i kondensvattenbehållare i kylskåpet </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA0C2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>i handfatet i slussen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C418911" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="001811C7">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Displayer på väggarna i beredningsrum och sluss torkas av med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64096BAD" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="0034268F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2" w:hanging="992"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:szCs w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="592D6FF8" w14:textId="50EF187A" w:rsidR="009563F7" w:rsidRDefault="008B723A" w:rsidP="00147AFC">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="771C6E81">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Dispenseringsrum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12BC6C4C" w14:textId="469330DD" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="001837D3">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:right="-2" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Innan omstart av datorn kontrollera </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1415" w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>uppdateringar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enligt nedan</w:t>
+      </w:r>
+      <w:r w:rsidR="001837D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61934E23" w14:textId="6897080F" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Då datorn inte uppdateras automatiskt ska det kontrolleras veckovis om uppdatering behöver göras manuellt. </w:t>
+      </w:r>
+      <w:r w:rsidR="00034224">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B298D32" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00265B61">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Klicka på ”Software Center” i aktivitetsfältet eller sök på ”Software Center” i Windows-sökrutan nere till vänster. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341ABA5D" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00265B61">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Klicka på Uppdateringar och om det finns uppdateringar, klicka Installera alla. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4800AA6C" w14:textId="77777777" w:rsidR="00265B61" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00265B61">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Uppdateringarna tar ca 10 min</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5854572D" w14:textId="6145A610" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00265B61">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Starta om datorn</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A13271" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00265B61">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Logga in i IBC-NM, kontrollera att aktivitetsmätaren visar mätvärden och att scanner och skrivare fungerar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F7D6DF" w14:textId="43A576D6" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Vid problem kontakta lokal I</w:t>
+      </w:r>
+      <w:r w:rsidR="001652AF" w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>-tekniker på MT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFAE2C9" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="42"/>
-[...24 lines deleted...]
-          <w:numId w:val="42"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:ind w:right="-2" w:hanging="1440"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="775B76F7" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Städning enligt varje dag ingår.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DAEE38" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="42"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:ind w:right="-2" w:hanging="1440"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0AEFDDBE" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Rengöring av insidan av glasrutan i säkerhetsbänken:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF1B2D5" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="42"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...9 lines deleted...]
-    <w:p w14:paraId="2F1A66D1" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+        <w:ind w:left="567" w:right="-2" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Kör upp glasrutan i topp, stäng av larmet och lyft därefter upp frontluckan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49668313" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="567" w:right="-2" w:hanging="283"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="22E71A86" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka av glasrutan med mera och nu synlig plåt på säkerhetsbänken med sterilt vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7CBF46BE" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="567" w:right="-2" w:hanging="283"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Torka av glasrutan med mera och nu synlig plåt på säkerhetsbänken med sterilt vatten och därefter </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Fäll ner frontluckan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5109D4DE" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-2" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka säkerhetsbänkens innerväggar inklusive datorskärm (inte tak) uppifrån och ner, horisontell yta, blyglasets in- och utsida, datormus plexiglasbehållare (två stycken) i aktivitetsmätaren och reglage inne i säkerbänken med sterilt vatten och därefter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F13BCF" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+    <w:p w14:paraId="01382D95" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
-[...113 lines deleted...]
-          <w:numId w:val="43"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:ind w:right="-2" w:hanging="1440"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Displayer på väggarna i beredningsrum och sluss torkas av med </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Kör ner glasrutan till normalläge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633953F1" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:right="-2" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka blylådor med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0034268F">
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0552EE32" w14:textId="77777777" w:rsidR="00147AFC" w:rsidRDefault="00147AFC">
+    <w:p w14:paraId="295621D7" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:right="-2" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka av miniräknare och kontaminationsmätare med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685CF983" w14:textId="685859B0" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="009D0664">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="-1278" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrollera och vid behov töm innehållet i kondensvattenbehållare i kylskåpet </w:t>
+      </w:r>
+      <w:r w:rsidR="009D0664">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>i vasken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51DD1093" w14:textId="7D8B9CF9" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="008F1C80">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:right="-428" w:hanging="1077"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Torka av tangentbord</w:t>
+      </w:r>
+      <w:r w:rsidR="006541F4" w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E3D64FE" w14:textId="77777777" w:rsidR="008F1C80" w:rsidRDefault="008F1C80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:b/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0526FF" w14:textId="79712986" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
+    <w:p w14:paraId="0DDFFC57" w14:textId="53E2C8C7" w:rsidR="00C011DB" w:rsidRPr="00B0663E" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0663E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Varje halvår</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E044BC" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2" w:hanging="992"/>
         <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="0CB5D723" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+        <w:t>Beredningsrum:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB9C3CE" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00034224">
+      <w:pPr>
+        <w:ind w:left="0" w:right="-428"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Komplettera veckostädningen med att rengöra utrymmet under arbetsytan i säkerhetsbänken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139971B5" w14:textId="45AB337B" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="-2" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ta ut alla lösa föremål från säkerhetsbänken och rengör dessa med sterilt</w:t>
+      </w:r>
+      <w:r w:rsidR="00435A80" w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>vatten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D86A070" w14:textId="70DB5889" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Allt löst material som tagits ur bänken torkas med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> innan det läggs in i säkerhetsbänken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C5E0E0" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka utrymmet under arbetsytan i säkerhetsbänken med sterilt vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1250BDCE" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Återställ igen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8E45CD" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka ur generatorlådan med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i samband med generatorbyte. OBS! Tänk på att </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektionen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska dunsta in innan den nya generatorn placeras i generatorlådan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7318ABA0" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Töm materialburkarna i skåpet och torka rent med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147D1762" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka rent insidan av skåp med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF6C0A1" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka rent insidan av kylskåpet med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E48928B" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="45"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:tabs>
-[...215 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="612A9EDC" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-2" w:hanging="1440"/>
-[...35 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
-          <w:szCs w:val="20"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="629C52C5" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="00741FF0" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Dispenseringsrum:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1D38E3" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:left="0" w:right="-853"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Komplettera veckostädningen med att rengöra utrymmet under arbetsytan i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>säkerhetsbänken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1C2392" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="222045E1" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="00741FF0" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Ta ut alla lösa föremål från säkerhetsbänken och rengör dessa med sterilt vatten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="318D8057" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Torka utrymmet under arbetsytan i säkerhetsbänken med sterilt vatten och därefter </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka alla lösa föremål från säkerhetsbänken med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00741FF0">
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00741FF0">
-[...3 lines deleted...]
-    <w:p w14:paraId="4B259B4F" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="00741FF0" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> innan de läggs in i bänken igen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C815D74" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="7CC405FB" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="00741FF0" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka utrymmet under arbetsytan i säkerhetsbänken med sterilt vatten och därefter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29EAE86F" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Torka ur generatorlådan med </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Återställ igen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E3B421" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00034224">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="-144" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka rent insidan av överskåp och lådor i underskåp med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00741FF0">
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00741FF0">
-[...11 lines deleted...]
-    <w:p w14:paraId="072657B0" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="00741FF0" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41822C9B" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Töm materialburkarna i skåpet och torka rent med </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Torka rent insidan av kylskåpet med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00741FF0">
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00741FF0">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Torka rent insidan av skåp med </w:t>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F60F40" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00B0663E" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0663E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Periodicitet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB3D508" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:hanging="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Veckostädning utförs en gång per vecka, förslagsvis torsdag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21005206" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00034224">
+      <w:pPr>
+        <w:ind w:left="0" w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Halvårsstädning utförs efter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00741FF0">
-        <w:t>ytdesinfektion</w:t>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Regionservices</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00741FF0">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Torka rent insidan av kylskåpet med </w:t>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> halvårsstädning, det vill säga i början av mars och september.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245779E9" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00B0663E" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0663E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ansvar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AECAF4B" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:hanging="992"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Tjänstgörande personal på sektionen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750DAD4E" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sektionsledare ansvarar för att hinken i städskåpet byts i samband med halvårsstädningen i september. När bytet är utfört ska signering ske på blankett ”Städning i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00741FF0">
-        <w:t>ytdesinfektion</w:t>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>renklassade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00741FF0">
-[...126 lines deleted...]
-    <w:p w14:paraId="45A2BDBD" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lokaler i egen regi, NÄL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28BE7A1B" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00B0663E" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="-2" w:hanging="992"/>
-[...14 lines deleted...]
-      <w:pPr>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...29 lines deleted...]
-    <w:p w14:paraId="47D935E4" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00147AFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0663E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dokumentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5F1F86" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="0034268F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Genomförd städning dokumenteras på blankett med bläckpenna: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="00D44903">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00D30A7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve">Städning i </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00D44903">
+        <w:r w:rsidRPr="00D30A7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t>renklassade</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00D44903">
+        <w:r w:rsidRPr="00D30A7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:t xml:space="preserve"> lokaler i egen regi, NÄL</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D44903">
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276DF0B7" w14:textId="77777777" w:rsidR="0034268F" w:rsidRPr="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
+    <w:p w14:paraId="1249169F" w14:textId="29E0812C" w:rsidR="00C011DB" w:rsidRPr="00B0663E" w:rsidRDefault="00C011DB" w:rsidP="00435A80">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:right="-2" w:hanging="992"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0034268F">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B0663E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Hållbarhetstider</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB86D7A" w14:textId="77777777" w:rsidR="0034268F" w:rsidRDefault="0034268F" w:rsidP="00CC739A">
+    <w:p w14:paraId="18F59B6B" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="00C011DB">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2" w:hanging="992"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0034268F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D30A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Bruten flaska</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="6375" w:type="dxa"/>
+        <w:tblW w:w="6390" w:type="dxa"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3780"/>
-        <w:gridCol w:w="2595"/>
+        <w:gridCol w:w="2610"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C37F45" w:rsidRPr="00C37F45" w14:paraId="23578CFB" w14:textId="77777777" w:rsidTr="00C37F45">
+      <w:tr w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w14:paraId="209439D0" w14:textId="77777777" w:rsidTr="00A6690C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1888ABE2" w14:textId="77777777" w:rsidR="00C37F45" w:rsidRPr="00C37F45" w:rsidRDefault="00C37F45" w:rsidP="00C37F45">
+          <w:p w14:paraId="2158208E" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="005E6137">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="30" w:right="-15"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C37F45">
+            <w:r w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
               <w:t>Ytdesinfektion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C37F45">
+            <w:r w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
               <w:t>, lokalvård i renrum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E36B200" w14:textId="77777777" w:rsidR="00C37F45" w:rsidRPr="00C37F45" w:rsidRDefault="00C37F45" w:rsidP="00C37F45">
+          <w:p w14:paraId="4CE5A267" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="005E6137">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="60" w:right="-15"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C37F45">
+            <w:r w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
               <w:t>2 månader </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C37F45" w:rsidRPr="00C37F45" w14:paraId="3675FF9D" w14:textId="77777777" w:rsidTr="00C37F45">
+      <w:tr w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w14:paraId="3CBDC913" w14:textId="77777777" w:rsidTr="00A6690C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70C850FF" w14:textId="77777777" w:rsidR="00C37F45" w:rsidRPr="00C37F45" w:rsidRDefault="00C37F45" w:rsidP="00C37F45">
+          <w:p w14:paraId="717AA5B8" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="005E6137">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="30" w:right="-15"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C37F45">
+            <w:r w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
               <w:t>Handsprit </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FD84258" w14:textId="77777777" w:rsidR="00C37F45" w:rsidRPr="00C37F45" w:rsidRDefault="00C37F45" w:rsidP="00C37F45">
+          <w:p w14:paraId="093476CA" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="005E6137">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="60" w:right="-15"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C37F45">
+            <w:r w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
               <w:t>Utgångsdatum </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C37F45" w:rsidRPr="00C37F45" w14:paraId="38607B4A" w14:textId="77777777" w:rsidTr="00C37F45">
+      <w:tr w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w14:paraId="5E38A896" w14:textId="77777777" w:rsidTr="00A6690C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67DBF51C" w14:textId="77777777" w:rsidR="00C37F45" w:rsidRPr="00C37F45" w:rsidRDefault="00C37F45" w:rsidP="00C37F45">
+          <w:p w14:paraId="57D79F63" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="005E6137">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="30" w:right="-15"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C37F45">
+            <w:r w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
               <w:t>Handtvål </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C573385" w14:textId="77777777" w:rsidR="00C37F45" w:rsidRPr="00C37F45" w:rsidRDefault="00C37F45" w:rsidP="00C37F45">
+          <w:p w14:paraId="060A8FBB" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="005E6137">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="60" w:right="-15"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C37F45">
+            <w:r w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
               <w:t>1 år </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C37F45" w:rsidRPr="00C37F45" w14:paraId="62728ECF" w14:textId="77777777" w:rsidTr="00C37F45">
+      <w:tr w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w14:paraId="226F59FC" w14:textId="77777777" w:rsidTr="00A6690C">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68669707" w14:textId="77777777" w:rsidR="00C37F45" w:rsidRPr="00C37F45" w:rsidRDefault="00C37F45" w:rsidP="00C37F45">
+          <w:p w14:paraId="5EED57E4" w14:textId="52CABC6F" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="007E72D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="30" w:right="-15"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C37F45">
-              <w:t>Sterilt vatten </w:t>
+            <w:r w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>Sterilt vatt</w:t>
+            </w:r>
+            <w:r w:rsidR="007E72D6" w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>en</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2595" w:type="dxa"/>
+            <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42BCDCE1" w14:textId="77777777" w:rsidR="00C37F45" w:rsidRPr="00C37F45" w:rsidRDefault="00C37F45" w:rsidP="00C37F45">
+          <w:p w14:paraId="218C679B" w14:textId="0E08560E" w:rsidR="00C011DB" w:rsidRPr="00D30A7F" w:rsidRDefault="00C011DB" w:rsidP="007E72D6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="60" w:right="-15"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C37F45">
-              <w:t>24 timmar </w:t>
+            <w:r w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>24 timmar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00B11F74" w:rsidRPr="00D30A7F" w14:paraId="313A285A" w14:textId="77777777" w:rsidTr="00A6690C">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B93C369" w14:textId="4063F002" w:rsidR="00B11F74" w:rsidRPr="00D30A7F" w:rsidRDefault="00B11F74" w:rsidP="005E6137">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="30" w:right="-15"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>Diskmedel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EBC84A9" w14:textId="33BEC7DD" w:rsidR="00B11F74" w:rsidRPr="00D30A7F" w:rsidRDefault="00B11F74" w:rsidP="005E6137">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="60" w:right="-15"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D30A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+              </w:rPr>
+              <w:t>1 år</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="70FF5F50" w14:textId="77777777" w:rsidR="00C37F45" w:rsidRDefault="00C37F45" w:rsidP="00CC739A">
-[...35 lines deleted...]
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00E36619">
+    <w:p w14:paraId="297997C0" w14:textId="77777777" w:rsidR="00C011DB" w:rsidRDefault="00C011DB" w:rsidP="003E4227">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0" w:right="-2"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C011DB" w:rsidSect="00E36619">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="1418" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D008A74" w14:textId="77777777" w:rsidR="008C6A0E" w:rsidRDefault="008C6A0E">
+    <w:p w14:paraId="555CEA30" w14:textId="77777777" w:rsidR="006E0000" w:rsidRDefault="006E0000">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="465A7408" w14:textId="77777777" w:rsidR="008C6A0E" w:rsidRDefault="008C6A0E">
+    <w:p w14:paraId="23C7BFA7" w14:textId="77777777" w:rsidR="006E0000" w:rsidRDefault="006E0000">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="170AF1AC" w14:textId="77777777" w:rsidR="008C6A0E" w:rsidRDefault="008C6A0E">
+    <w:p w14:paraId="22D05F64" w14:textId="77777777" w:rsidR="006E0000" w:rsidRDefault="006E0000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2484,51 +3941,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="86408788" name="Bildobjekt 86408788">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2562,87 +4019,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79DF3CD1" w14:textId="77777777" w:rsidR="008C6A0E" w:rsidRDefault="008C6A0E"/>
+    <w:p w14:paraId="37ACCAE7" w14:textId="77777777" w:rsidR="006E0000" w:rsidRDefault="006E0000"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="500C7F34" w14:textId="77777777" w:rsidR="008C6A0E" w:rsidRDefault="008C6A0E">
+    <w:p w14:paraId="05E45B2C" w14:textId="77777777" w:rsidR="006E0000" w:rsidRDefault="006E0000">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5696027A" w14:textId="77777777" w:rsidR="008C6A0E" w:rsidRDefault="008C6A0E">
+    <w:p w14:paraId="68A68A97" w14:textId="77777777" w:rsidR="006E0000" w:rsidRDefault="006E0000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -2672,100 +4129,100 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -2795,87 +4252,87 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="30376077" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -2916,468 +4373,195 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF1D"/>
-[...11 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+    <w:nsid w:val="08723010"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="24CE7A96"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-[...14 lines deleted...]
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF89"/>
-[...245 lines deleted...]
-    <w:nsid w:val="0B6B3FCB"/>
+    <w:nsid w:val="0BB53E70"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3C4C8E7C"/>
+    <w:tmpl w:val="2F38052E"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
@@ -3442,54 +4626,280 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BB53E70"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E933ECA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17B6F332"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2444" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5324" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6764" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10FF3CE0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C6A65148"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13030173"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2F38052E"/>
+    <w:tmpl w:val="85D4A802"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3581,81 +4991,308 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D074A65"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E104E4E6"/>
+    <w:lvl w:ilvl="0" w:tplc="F49A5562">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="FaktarutaLista"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11A21BEF"/>
+    <w:nsid w:val="2259748F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E56021A2"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D362547"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3C4C8E7C"/>
+    <w:tmpl w:val="9CBC63E0"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
@@ -3720,54 +5357,621 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13030173"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EE414E7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CFF0ADCE"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B474E09"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DDF0BC38"/>
+    <w:lvl w:ilvl="0" w:tplc="34668BAA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Punktlista"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E241DE3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7B389A9E"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FD56F02"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B3E83D18"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54340635"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1B6660C0"/>
+    <w:lvl w:ilvl="0" w:tplc="05061E3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Liststycke"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B145921"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="85D4A802"/>
+    <w:tmpl w:val="07A23A9E"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3859,505 +6063,165 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="135A157B"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DCD59D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="65667058"/>
-[...12 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+    <w:tmpl w:val="2B1088EA"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...38 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...340 lines deleted...]
-    <w:nsid w:val="248D6B3C"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="675B5E42"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2F38052E"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -4451,3697 +6315,838 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70CA462F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA7A8512"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="570" w:hanging="570"/>
+        <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-[...116 lines deleted...]
-        <w:rFonts w:hint="default"/>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-[...2803 lines deleted...]
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="1" w16cid:durableId="521944353">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1292131441">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="2" w16cid:durableId="918490398">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1434746736">
+  <w:num w:numId="3" w16cid:durableId="2132746813">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="228657384">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="424615108">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1825733501">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2129857937">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="95179946">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1881478357">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="564684015">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="171380126">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="521944353">
+  <w:num w:numId="12" w16cid:durableId="835458841">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="397476819">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="13" w16cid:durableId="1018581563">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1126891631">
+  <w:num w:numId="14" w16cid:durableId="96217916">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2072147981">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="991644943">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1223322948">
-[...107 lines deleted...]
-  <w:num w:numId="43" w16cid:durableId="424615108">
+  <w:num w:numId="17" w16cid:durableId="220751425">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1982810192">
-[...16 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00003B1B"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00021A6D"/>
     <w:rsid w:val="00022701"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00034224"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="00052EDA"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="000705EF"/>
     <w:rsid w:val="00075F35"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
+    <w:rsid w:val="000A4FEA"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
+    <w:rsid w:val="000B1B8E"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="00144F55"/>
     <w:rsid w:val="00147AFC"/>
     <w:rsid w:val="00147D36"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="001567C4"/>
+    <w:rsid w:val="00157CBB"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
+    <w:rsid w:val="0016323A"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164AED"/>
     <w:rsid w:val="00164C3D"/>
+    <w:rsid w:val="001652AF"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="001811C7"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="001837D3"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00187EC6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E768E"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="0022319D"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00265B61"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A5577"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C2147"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F1CF9"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034268F"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
+    <w:rsid w:val="003503AE"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="003611E9"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00396422"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C2450"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6D7C"/>
+    <w:rsid w:val="003D77DD"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003E4227"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F4B16"/>
     <w:rsid w:val="003F712A"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="0043520C"/>
+    <w:rsid w:val="00435A80"/>
     <w:rsid w:val="0044198D"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="004601A9"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="00485E34"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004970DD"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004C2F52"/>
     <w:rsid w:val="004C3ED7"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="005744F2"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00591C09"/>
+    <w:rsid w:val="00593FE1"/>
     <w:rsid w:val="00597E28"/>
+    <w:rsid w:val="005A169B"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005F47F1"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="006541F4"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="0065789F"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00675A74"/>
+    <w:rsid w:val="006A222A"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A4C33"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B409F"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
+    <w:rsid w:val="006D4539"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E0000"/>
+    <w:rsid w:val="006E1CF9"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="0072534E"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00741FF0"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="007553C0"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="0076428D"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="007771DA"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007D0AA6"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E72D6"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00802497"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00850F4F"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="008662AB"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880CE2"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008B723A"/>
     <w:rsid w:val="008B7C26"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C6A0E"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D5232"/>
     <w:rsid w:val="008E0B0A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F1C80"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
+    <w:rsid w:val="00914CE4"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="00916B78"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="00934140"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="009563F7"/>
     <w:rsid w:val="0095686B"/>
+    <w:rsid w:val="00965F9E"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="0099578C"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009D0664"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F46F0"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A013B2"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A6690C"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A8497C"/>
     <w:rsid w:val="00A85043"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA1415"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB1332"/>
     <w:rsid w:val="00AB6497"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B05546"/>
+    <w:rsid w:val="00B0663E"/>
+    <w:rsid w:val="00B11F74"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B3740A"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C35"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B61323"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B81077"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA4637"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00C011DB"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C1474D"/>
     <w:rsid w:val="00C2670C"/>
     <w:rsid w:val="00C37F45"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB16AF"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CC739A"/>
     <w:rsid w:val="00CD022F"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D10CF3"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D13B78"/>
+    <w:rsid w:val="00D30A7F"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D44903"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D653EF"/>
     <w:rsid w:val="00D75333"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D877E7"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA1BC1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB2044"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE7B4C"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
+    <w:rsid w:val="00E07967"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E36619"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E62E46"/>
+    <w:rsid w:val="00E66DDF"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E85120"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC627F"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EF15D4"/>
+    <w:rsid w:val="00F0584F"/>
+    <w:rsid w:val="00F107DB"/>
     <w:rsid w:val="00F17CF6"/>
     <w:rsid w:val="00F210C5"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F22FCB"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F32DCA"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F80D5F"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA0C2D"/>
+    <w:rsid w:val="00FA7E62"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC6170"/>
+    <w:rsid w:val="00FD2200"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
+    <w:rsid w:val="00FE0564"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE1931"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{C1B906CA-BF55-43D9-9F00-DE979C7E92ED}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8894,51 +7899,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -9047,51 +8052,51 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
@@ -10335,51 +9340,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="3"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
@@ -10522,51 +9527,51 @@
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B409F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10576,167 +9581,167 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1189102579">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="733314841">
+        <w:div w:id="82068718">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1101606226">
+            <w:div w:id="1543983386">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="452793677">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="940527692">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="672340709">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="277031653">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="82068718">
+        <w:div w:id="733314841">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1543983386">
+            <w:div w:id="1101606226">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1663698255">
+        <w:div w:id="734208777">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="2041590697">
-[...25 lines deleted...]
-            <w:div w:id="940527692">
+            <w:div w:id="255556327">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="992638466">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -10758,110 +9763,110 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1534225851">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="734208777">
+        <w:div w:id="1663698255">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="255556327">
+            <w:div w:id="2041590697">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-80/SURROGATE/Slussning%20av%20all%20personal%20till%20beredningsrum%20-%20N%c3%84L.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-21/SURROGATE/Blankett%20st%c3%a4dning%20i%20renklassade%20lokaler%20i%20egen%20regi%20N%c3%84L.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-80/SURROGATE/Slussning%20av%20all%20personal%20till%20beredningsrum%20-%20N%c3%84L.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-21/SURROGATE/Blankett%20st%c3%a4dning%20i%20renklassade%20lokaler%20i%20egen%20regi%20N%c3%84L.pdf" TargetMode="External" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -11156,72 +10161,184 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>8727</Characters>
+  <Pages>7</Pages>
+  <Words>1764</Words>
+  <Characters>9353</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9705</CharactersWithSpaces>
+  <CharactersWithSpaces>11095</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="36" baseType="variant">
+      <vt:variant>
+        <vt:i4>327683</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-21/SURROGATE/Blankett st%c3%a4dning i renklassade lokaler i egen regi N%c3%84L.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684769</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination av arbetsplatser%2c material och arbetstagare med radioaktiva %c3%a4mnen.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684769</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination av arbetsplatser%2c material och arbetstagare med radioaktiva %c3%a4mnen.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684769</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination av arbetsplatser%2c material och arbetstagare med radioaktiva %c3%a4mnen.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684769</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10193-390712850-27/surrogate/Kontamination av arbetsplatser%2c material och arbetstagare med radioaktiva %c3%a4mnen.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4390978</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-80/SURROGATE/Slussning av all personal till beredningsrum - N%c3%84L.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Städning i renklassade lokaler i egen regi, NÄL</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>66</revision>
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <revision>109</revision>
+  <lastPrinted>2016-03-31T01:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>