--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,90 +6,90 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4C903428" w14:textId="77777777" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00060518">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="004B386B" w:rsidSect="004B386B">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="73C12066" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72FC366A" wp14:editId="50C079E4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72FC366A" wp14:editId="50C079E4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6518275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78740</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="851535" cy="1778254"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Textruta 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="851535" cy="1778254"/>
                         </a:xfrm>
@@ -187,542 +187,605 @@
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="72FC366A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:513.25pt;margin-top:6.2pt;width:67.05pt;height:140pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfrHhNxwEAAG0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8mO2zAMvRfoPwi6N47TphMYcQbTGaSX&#10;6QJM+wGMLC+oLaqkEjv9+lLKMl1uRS+CRFGP7z1S69tp6NXBEnfoSp3P5lpZZ7DqXFPqr1+2r1Za&#10;cQBXQY/OlvpoWd9uXr5Yj76wC2yxrywpAXFcjL7UbQi+yDI2rR2AZ+itk8saaYAgR2qyimAU9KHP&#10;FvP522xEqjyhscwSfThd6k3Cr2trwqe6ZhtUX2rhFtJKad3FNdusoWgIfNuZMw34BxYDdE6KXqEe&#10;IIDaU/cX1NAZQsY6zAwOGdZ1Z2zSIGry+R9qnlrwNmkRc9hfbeL/B2s+Hp78Z1JheoeTNDCJYP+I&#10;5hsrh/ctuMbeEeHYWqikcB4ty0bPxflptJoLjiC78QNW0mTYB0xAU01DdEV0KkGXBhyvptspKCPB&#10;1TJfvl5qZeQqv7lZLZZvUgkoLq89cXhvcVBxU2qSpiZ0ODxyiGyguKTEYg63Xd+nxvbut4Akxkhi&#10;HwmfqIdpN0l2VLHD6ig6CE9zInMtmxbph1ajzEip+fseyGoFzki41OGyvQ+nodp76ppWXl2cvBMv&#10;tl2i+VzhzEF6mtif5y8Oza/nlPX8SzY/AQAA//8DAFBLAwQUAAYACAAAACEAz04du94AAAAMAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhdCwKEOFWF2nIESsTZjU0SEa8t203D&#10;37M9wW1ndzT7plrNbmSTjWnwqGC5EMAstt4M2CloPrY3D8BS1mj06NEq+LEJVvXlRaVL40/4bqd9&#10;7hiFYCq1gj7nUHKe2t46nRY+WKTbl49OZ5Kx4ybqE4W7kUshCu70gPSh18E+97b93h+dgpDD7v4l&#10;vr6tN9tJNJ+7Rg7dRqnrq3n9BCzbOf+Z4YxP6FAT08Ef0SQ2khayuCMvTfIW2NmxLEQB7KBAPtKK&#10;1xX/X6L+BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ+seE3HAQAAbQMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM9OHbveAAAADAEAAA8AAAAA&#10;AAAAAAAAAAAAIQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="Textruta 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:513.25pt;margin-top:6.2pt;width:67.05pt;height:140pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfrHhNxwEAAG0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8mO2zAMvRfoPwi6N47TphMYcQbTGaSX&#10;6QJM+wGMLC+oLaqkEjv9+lLKMl1uRS+CRFGP7z1S69tp6NXBEnfoSp3P5lpZZ7DqXFPqr1+2r1Za&#10;cQBXQY/OlvpoWd9uXr5Yj76wC2yxrywpAXFcjL7UbQi+yDI2rR2AZ+itk8saaYAgR2qyimAU9KHP&#10;FvP522xEqjyhscwSfThd6k3Cr2trwqe6ZhtUX2rhFtJKad3FNdusoWgIfNuZMw34BxYDdE6KXqEe&#10;IIDaU/cX1NAZQsY6zAwOGdZ1Z2zSIGry+R9qnlrwNmkRc9hfbeL/B2s+Hp78Z1JheoeTNDCJYP+I&#10;5hsrh/ctuMbeEeHYWqikcB4ty0bPxflptJoLjiC78QNW0mTYB0xAU01DdEV0KkGXBhyvptspKCPB&#10;1TJfvl5qZeQqv7lZLZZvUgkoLq89cXhvcVBxU2qSpiZ0ODxyiGyguKTEYg63Xd+nxvbut4Akxkhi&#10;HwmfqIdpN0l2VLHD6ig6CE9zInMtmxbph1ajzEip+fseyGoFzki41OGyvQ+nodp76ppWXl2cvBMv&#10;tl2i+VzhzEF6mtif5y8Oza/nlPX8SzY/AQAA//8DAFBLAwQUAAYACAAAACEAz04du94AAAAMAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhdCwKEOFWF2nIESsTZjU0SEa8t203D&#10;37M9wW1ndzT7plrNbmSTjWnwqGC5EMAstt4M2CloPrY3D8BS1mj06NEq+LEJVvXlRaVL40/4bqd9&#10;7hiFYCq1gj7nUHKe2t46nRY+WKTbl49OZ5Kx4ybqE4W7kUshCu70gPSh18E+97b93h+dgpDD7v4l&#10;vr6tN9tJNJ+7Rg7dRqnrq3n9BCzbOf+Z4YxP6FAT08Ef0SQ2khayuCMvTfIW2NmxLEQB7KBAPtKK&#10;1xX/X6L+BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ+seE3HAQAAbQMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM9OHbveAAAADAEAAA8AAAAA&#10;AAAAAAAAAAAAIQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="1C5B5D4A" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="003D37FD" w:rsidRDefault="004B386B" w:rsidP="004B386B">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Dok.ID: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="begin"/>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:instrText xml:space="preserve"> DOCPROPERTY  PubID  \* MERGEFORMAT </w:instrText>
                       </w:r>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="separate"/>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>39267</w:t>
                       </w:r>
-                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="003D37FD">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:fldChar w:fldCharType="end"/>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B402C8B" w14:textId="37F99A27" w:rsidR="00DC402F" w:rsidRDefault="00DC402F" w:rsidP="00122270">
+    <w:p w14:paraId="0B402C8B" w14:textId="331FC68C" w:rsidR="00DC402F" w:rsidRDefault="00DC402F" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk63256697"/>
       <w:r w:rsidRPr="00122270">
         <w:t xml:space="preserve">Städning i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00122270">
         <w:t>renklassade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00122270">
-        <w:t xml:space="preserve"> lokaler i egen regi - Uddevalla sjukhus</w:t>
+        <w:t xml:space="preserve"> lokaler i egen regi - </w:t>
+      </w:r>
+      <w:r w:rsidR="00115E3E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00122270">
+        <w:t>Uddevalla sjukhus</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="44F9B0AF" w14:textId="092FD662" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="44F9B0AF" w14:textId="092FD662" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00122270">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39FC1266" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="39FC1266" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t>I beredningsrummet bereds sterila radioaktiva läkemedel som regleras av Läkemedelsverket, vilket innebär att renhetskrav ska uppfyllas. Beredande personal utför städningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="165AB151" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="165AB151" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00122270">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3051373C" w14:textId="4F77905E" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="3051373C" w14:textId="4F77905E" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve">Att fastställa instruktioner för städning i berednings- och dispenseringsrum för att säkerställa hygienkrav enligt </w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Läkemedelsverkets föreskrift om beredning av radiofarmaka (LVFS 2014:4)</w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="768EBA36" w14:textId="1B32CE22" w:rsidR="00902131" w:rsidRPr="00122270" w:rsidRDefault="00902131" w:rsidP="00122270">
+    <w:p w14:paraId="768EBA36" w14:textId="1B32CE22" w:rsidR="00902131" w:rsidRPr="00122270" w:rsidRDefault="00902131" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00122270">
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269BFB44" w14:textId="70EEC495" w:rsidR="00902131" w:rsidRDefault="00B85D85" w:rsidP="00E778AE">
+    <w:p w14:paraId="186FDC5F" w14:textId="77777777" w:rsidR="008958C0" w:rsidRPr="008958C0" w:rsidRDefault="008958C0" w:rsidP="00514076">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008958C0">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Uppdaterat kontaminationskontroll samt rengöring av scanner , tangentbord och datormus </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1665E9DA" w14:textId="77777777" w:rsidR="008958C0" w:rsidRPr="008958C0" w:rsidRDefault="008958C0" w:rsidP="00514076">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008958C0">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Flyttat diskning av distansverktyg från Varje vecka till Varje kvartal </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC912A8" w14:textId="1528942A" w:rsidR="008958C0" w:rsidRPr="008958C0" w:rsidRDefault="008958C0" w:rsidP="00514076">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008958C0">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Uppdaterat rutin för kassering av kit- och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008958C0">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>eluatflaskor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008958C0">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> samt hantering avfallsburk Läkemedel 99mTc i IBC. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DD954A" w14:textId="77777777" w:rsidR="008958C0" w:rsidRPr="008958C0" w:rsidRDefault="008958C0" w:rsidP="00514076">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008958C0">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tagit bort rutin för påfyllnad av blanketter i dispenseringsrum </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B5250D" w14:textId="77777777" w:rsidR="008958C0" w:rsidRPr="008958C0" w:rsidRDefault="008958C0" w:rsidP="00514076">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008958C0">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lagt till hållbarhet för handdiskmedel </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655B5683" w14:textId="77777777" w:rsidR="008958C0" w:rsidRPr="008958C0" w:rsidRDefault="008958C0" w:rsidP="00514076">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008958C0">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lagt till rutin för kontroll av uppdateringar i datorn. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C54A168" w14:textId="0E59ECA3" w:rsidR="00A00CAA" w:rsidRDefault="00A00CAA" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...107 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36C0C53A" w14:textId="7AB06661" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="36C0C53A" w14:textId="7AB06661" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00122270">
         <w:lastRenderedPageBreak/>
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C5B000A" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00122270">
-      <w:pPr>
+    <w:p w14:paraId="1C5B000A" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00122270">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Allmänna instruktioner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1D3B6C" w14:textId="6D1026EC" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="6A1D3B6C" w14:textId="6D1026EC" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve">Särskild klädsel används vid städning i rena utrymmen. Se </w:t>
       </w:r>
       <w:r w:rsidR="00C1563A">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="006550B6">
         <w:t>lussning av all personal till beredningsrum – Uddevalla.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E7D9C7C" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="7E7D9C7C" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve">Alkoholbaserat desinfektionsmedel med rengörande effekt (≥ 70 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B386B">
         <w:t>vol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve">%) benämns nedan som </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B386B">
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33E943B9" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="33E943B9" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Skriv öppningsdatum på tvål och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. För hållbarhet se nedan. Kom ihåg att stänga snäpplocket på flaskan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D7E1A8" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="16D7E1A8" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="417" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Torkduk fuktas enbart en gång med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vid städning. Vid behov ta en ny.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F8AE83" w14:textId="217A54C8" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="72F8AE83" w14:textId="217A54C8" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Efter daglig- och veckostädning i </w:t>
       </w:r>
       <w:r w:rsidR="001D156C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fastighet, stöd och service (FFSS) regi </w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>och vid veckostädning i egen regi ska minst 30 minuter förflyta innan beredning får ske.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494BD88B" w14:textId="5D58A0DB" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="494BD88B" w14:textId="5D58A0DB" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve">Efter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B386B">
         <w:t>kvartalsstädning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve"> i </w:t>
       </w:r>
       <w:r w:rsidR="00B777C0">
         <w:t>FFSS</w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve"> regi ska minst 60 minuter, gärna längre, förflyta innan beredning eller städning av säkerhetsbänk får ske. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DBF1732" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="7DBF1732" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t>Städning får inte ske i lokal där beredning pågår.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D1967B" w14:textId="3B48AB0B" w:rsidR="004B386B" w:rsidRPr="00E31668" w:rsidRDefault="004B386B" w:rsidP="00E31668">
+    <w:p w14:paraId="74D1967B" w14:textId="3B48AB0B" w:rsidR="004B386B" w:rsidRPr="00E31668" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t>Torrdamning och torrmoppning får inte förekomma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2786E253" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="2786E253" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00122270">
         <w:t>Varje dag</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CA54485" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00122270">
-      <w:pPr>
+    <w:p w14:paraId="7CA54485" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00122270" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00122270">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Beredningsrum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B428F43" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="6B428F43" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve">Säkerhetsbänkens beredningsyta och arbetsverktyg rengörs inför varje beredningsdag med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B386B">
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
         <w:t>. Därefter placeras ett sterilt provtagnings</w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:softHyphen/>
         <w:t xml:space="preserve">underlägg i bänken. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="737EDB5F" w14:textId="4B3726A7" w:rsidR="004B386B" w:rsidRPr="00051FCA" w:rsidRDefault="004B386B" w:rsidP="00122270">
+    <w:p w14:paraId="737EDB5F" w14:textId="4B3726A7" w:rsidR="004B386B" w:rsidRPr="00051FCA" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="-8" w:hanging="284"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t>Efter varje beredningstillfälle utförs kontaminationskontroll av säkerhetsbänk, genomräckningsskåp och övriga arbetsytor samt avfallspåse</w:t>
       </w:r>
       <w:r w:rsidR="005E29D5">
         <w:t xml:space="preserve"> i beredningsrum och sluss</w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve">. Vid kontamination vidtas åtgärder enligt </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00051FCA">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen.</w:t>
         </w:r>
         <w:r w:rsidRPr="00051FCA">
           <w:rPr>
             <w:color w:val="0000FF"/>
@@ -755,576 +818,794 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" </w:instrText>
       </w:r>
       <w:r w:rsidR="00051FCA">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00051FCA">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00051FCA">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Kontaminationskontroll.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B2CA37" w14:textId="11863056" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="00051FCA" w:rsidP="00122270">
+    <w:p w14:paraId="3A047FD0" w14:textId="795AFBCC" w:rsidR="004B386B" w:rsidRPr="00514076" w:rsidRDefault="00051FCA" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="004B386B" w:rsidRPr="004B386B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Dispenseringsrum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6294E3B5" w14:textId="3D48CA2B" w:rsidR="00663AD2" w:rsidRPr="00A66147" w:rsidRDefault="004B386B" w:rsidP="00A66147">
+    <w:p w14:paraId="6294E3B5" w14:textId="3D48CA2B" w:rsidR="00663AD2" w:rsidRPr="00A66147" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1712" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00A66147">
         <w:t>Efter dispenseringsarbete</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F75403" w14:textId="4118FB56" w:rsidR="004B386B" w:rsidRPr="00D1435F" w:rsidRDefault="004B386B" w:rsidP="00D1435F">
+    <w:p w14:paraId="5DDB67A3" w14:textId="2CD80FFB" w:rsidR="00494CC8" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00D1435F">
         <w:t xml:space="preserve">Innan städpersonalen kommer utförs kontaminationskontroll i dragskåp, genomräckningsskåp och på övriga arbetsytor samt avfallspåse. Vid kontamination vidtas åtgärder enligt </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00D1435F">
           <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D1435F">
         <w:t xml:space="preserve"> Dokumentera i </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00720103">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Kontaminationskontroll.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F5EBCEC" w14:textId="47AA1634" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00D1435F">
+    <w:p w14:paraId="1AB24D5E" w14:textId="77777777" w:rsidR="00A82174" w:rsidRPr="004B386B" w:rsidRDefault="00A82174" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1712"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="284"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60CA3FDC" w14:textId="77777777" w:rsidR="007C4E7F" w:rsidRDefault="007C4E7F" w:rsidP="00101A50">
+    <w:p w14:paraId="30828EAA" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00B21858" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1712"/>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21858">
+        <w:t>Innan dagens slut</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="18A4C8B2" w14:textId="77777777" w:rsidR="007C4E7F" w:rsidRDefault="007C4E7F" w:rsidP="00101A50">
+    <w:p w14:paraId="1BA7DCF0" w14:textId="4522D1BD" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:numPr>
-[...42 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B386B">
         <w:t>Eluerings</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve">-och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B386B">
         <w:t>kitblyburkar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve"> tas ut från kylskåpet och ställs i dragskåpet. Etiketten slängs och burken torkas av med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B386B">
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008052EA">
         <w:t xml:space="preserve"> Se till att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008052EA">
         <w:t>klisterrester</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008052EA">
         <w:t xml:space="preserve"> från etikett försvinner.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve"> Tömning av burkarna görs nästkommande morgon</w:t>
       </w:r>
       <w:r w:rsidR="008052EA">
         <w:t xml:space="preserve"> alternativt efter att städpersonal från FFSS är klara med städningen</w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11D39A1D" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
+    <w:p w14:paraId="46C29E07" w14:textId="4A6D5487" w:rsidR="008958C0" w:rsidRPr="004B386B" w:rsidRDefault="008958C0" w:rsidP="00A82174">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="275" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I samband med att kit och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63309">
+        <w:t>luat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E63309">
+        <w:t xml:space="preserve"> kasseras flyttas de till avfallsburk</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB138C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB138C" w:rsidRPr="00BB138C">
+        <w:t>för</w:t>
+      </w:r>
+      <w:r w:rsidR="00304572" w:rsidRPr="00BB138C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB138C" w:rsidRPr="00BB138C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>99m</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB138C" w:rsidRPr="00BB138C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tc i </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00BB138C" w:rsidRPr="007D6C17">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>IBC</w:t>
+        </w:r>
+        <w:r w:rsidR="00BB138C" w:rsidRPr="007D6C17">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>-NM.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="11D39A1D" w14:textId="77777777" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DCC037A" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00101A50" w:rsidRDefault="004B386B" w:rsidP="00101A50">
-      <w:pPr>
+    <w:p w14:paraId="7A567CBE" w14:textId="7802D2CB" w:rsidR="00A82174" w:rsidRDefault="00A82174">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5DB1C1" w14:textId="77777777" w:rsidR="00A82174" w:rsidRPr="004B386B" w:rsidRDefault="00A82174" w:rsidP="00514076">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DCC037A" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00101A50" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00101A50">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vid misstanke om kontamination:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD86653" w14:textId="33FEC849" w:rsidR="004B386B" w:rsidRPr="0054594A" w:rsidRDefault="004B386B" w:rsidP="00101A50">
+    <w:p w14:paraId="3AD86653" w14:textId="33FEC849" w:rsidR="004B386B" w:rsidRPr="0054594A" w:rsidRDefault="004B386B" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Utför kontaminationskontroll och vidta åtgärd</w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">vid behov, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="004B386B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Kontamination av arbetsplatser, material och arbetstagare med radioaktiva ämnen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Dokumentera i </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00B71491">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Kontaminationskontroll.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1ADA4855" w14:textId="7A8B4F3A" w:rsidR="004B386B" w:rsidRPr="00902131" w:rsidRDefault="004B386B" w:rsidP="00101A50">
+    <w:p w14:paraId="1ADA4855" w14:textId="7A8B4F3A" w:rsidR="004B386B" w:rsidRPr="00902131" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00902131">
         <w:t>Varje vecka</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4315B7F9" w14:textId="685751C8" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00101A50">
+    <w:p w14:paraId="4315B7F9" w14:textId="685751C8" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="992"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Beredningsrum</w:t>
       </w:r>
       <w:r w:rsidR="00B823C8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333FB628" w14:textId="77777777" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00B823C8">
+    <w:p w14:paraId="333FB628" w14:textId="77777777" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t>Städning enligt Varje dag ingår i veckostädning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D40A1FE" w14:textId="3FCDE57D" w:rsidR="00B823C8" w:rsidRPr="00060835" w:rsidRDefault="00B823C8" w:rsidP="00B823C8">
+    <w:p w14:paraId="0D40A1FE" w14:textId="3FCDE57D" w:rsidR="00B823C8" w:rsidRPr="00060835" w:rsidRDefault="00B823C8" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Fyll på materialburkarna. Låt burkarna vara kvar i beredningsrummet. Slussa in nytt </w:t>
       </w:r>
       <w:r w:rsidR="00E46456">
         <w:t>material via genomräckningsskåpet enligt rutin ”</w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00E46456" w:rsidRPr="00060835">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Mottagning och slussning av varor</w:t>
         </w:r>
         <w:r w:rsidR="00A27C22" w:rsidRPr="00060835">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> till beredningsrum”.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="30717188" w14:textId="706B60B1" w:rsidR="00A27C22" w:rsidRDefault="00A27C22" w:rsidP="00B823C8">
+    <w:p w14:paraId="30717188" w14:textId="706B60B1" w:rsidR="00A27C22" w:rsidRDefault="00A27C22" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Torka rondskålen på rullbordet med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8D1BBB" w14:textId="2C0D07AA" w:rsidR="00A27C22" w:rsidRPr="004B386B" w:rsidRDefault="00697173" w:rsidP="00B823C8">
+    <w:p w14:paraId="2E3BE92F" w14:textId="61DF5559" w:rsidR="004B386B" w:rsidRPr="0034573D" w:rsidRDefault="00697173" w:rsidP="0034573D">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Torka blyskärm och kokmaterial med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3BE92F" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
-[...9 lines deleted...]
-    <w:p w14:paraId="4B6D82F2" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00101A50">
+    <w:p w14:paraId="4B6D82F2" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t>Säkerhetsbänk:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434553B5" w14:textId="698D8165" w:rsidR="004B386B" w:rsidRDefault="004C4237" w:rsidP="00101A50">
+    <w:p w14:paraId="3B37BC98" w14:textId="77777777" w:rsidR="006C3D0E" w:rsidRDefault="006C3D0E" w:rsidP="00A82174">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Starta om datorn till aktivitetsmätaren.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="0078D4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644AD3F4" w14:textId="19D43C51" w:rsidR="006C3D0E" w:rsidRDefault="006C3D0E" w:rsidP="00A82174">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Innan omstart av datorn kontrollera uppdateri</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2DE3">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>gar enligt nedan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B23572" w14:textId="77777777" w:rsidR="006C3D0E" w:rsidRDefault="006C3D0E" w:rsidP="00A82174">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Då datorn inte uppdateras automatiskt ska det kontrolleras veckovis om uppdatering behöver göras manuellt.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B92F48" w14:textId="77777777" w:rsidR="006C3D0E" w:rsidRDefault="006C3D0E" w:rsidP="00A82174">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Detta bör göras efter dagens beredningar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B57A0F8" w14:textId="77777777" w:rsidR="006C3D0E" w:rsidRDefault="006C3D0E" w:rsidP="00A82174">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Klicka på ”Software Center” i aktivitetsfältet eller sök på ”Software Center” i Windows-sökrutan nere till vänster.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC70C55" w14:textId="77777777" w:rsidR="006C3D0E" w:rsidRDefault="006C3D0E" w:rsidP="00A82174">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Klicka på Uppdateringar och om det finns uppdateringar, klicka Installera alla.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E30E23B" w14:textId="77777777" w:rsidR="006C3D0E" w:rsidRDefault="006C3D0E" w:rsidP="00A82174">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Uppdateringarna tar ca 10 min </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6463EAF7" w14:textId="77777777" w:rsidR="006C3D0E" w:rsidRDefault="006C3D0E" w:rsidP="00A82174">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Starta om datorn </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6839F78B" w14:textId="19176BE5" w:rsidR="006C3D0E" w:rsidRDefault="006C3D0E" w:rsidP="00A82174">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t xml:space="preserve">Logga in i IBC-NM, kontrollera att aktivitetsmätaren visar mätvärden och att scanner </w:t>
+      </w:r>
+      <w:r w:rsidR="00A82174">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>och skrivare fungerar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAB6846" w14:textId="180AE84D" w:rsidR="006C3D0E" w:rsidRPr="006C3D0E" w:rsidRDefault="006C3D0E" w:rsidP="00A82174">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Vid problem kontakta lokal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>IT-tekniker</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t> på MT. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225820ED" w14:textId="2BD7865C" w:rsidR="00BF16E3" w:rsidRPr="004B386B" w:rsidRDefault="00BF16E3" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="-575" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Distansverktyg och pincetter ska diskas i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>diskdesinfektor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> alternativt för hand.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A91FC5" w14:textId="30E47141" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00101A50">
+    <w:p w14:paraId="55A91FC5" w14:textId="30E47141" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="275" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t>Byt burken för ”Smittförande, skärande, stickande avfall” och fyll i</w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:br/>
         <w:t>etiketten. Kontrollera noga att locket sitter på</w:t>
       </w:r>
       <w:r w:rsidR="00F76E8E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA7F3E">
         <w:t xml:space="preserve">Skriv datum </w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:t>och aktuell nuklid på locket.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C68780" w14:textId="3930252B" w:rsidR="00DA7F3E" w:rsidRDefault="00DA7F3E" w:rsidP="00101A50">
+    <w:p w14:paraId="23C68780" w14:textId="3930252B" w:rsidR="00DA7F3E" w:rsidRDefault="00DA7F3E" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Rengöring av insidan av glasrutan i säkerhetsbänken</w:t>
       </w:r>
       <w:r w:rsidR="003F3DA2">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36B6B22B" w14:textId="7008D119" w:rsidR="00CD5070" w:rsidRDefault="00CD5070" w:rsidP="003F3DA2">
+    <w:p w14:paraId="36B6B22B" w14:textId="7008D119" w:rsidR="00CD5070" w:rsidRDefault="00CD5070" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>Kör ner glasrut</w:t>
       </w:r>
       <w:r w:rsidR="006B08BE">
         <w:t xml:space="preserve">an i lägsta läge. Lyft upp frontluckan och torka på insidan med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006B08BE">
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006B08BE">
         <w:t>. Fäll ner frontluckan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F70172" w14:textId="77777777" w:rsidR="00AC3F92" w:rsidRDefault="00C65989" w:rsidP="003F3DA2">
+    <w:p w14:paraId="75F70172" w14:textId="77777777" w:rsidR="00AC3F92" w:rsidRDefault="00C65989" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>Kör upp glasrutan i högsta läge, lyft upp frontluckan.</w:t>
       </w:r>
       <w:r w:rsidR="00CD1472">
         <w:t xml:space="preserve"> Torka av glasrutan</w:t>
       </w:r>
       <w:r w:rsidR="00DE1532">
         <w:t xml:space="preserve"> med mera och nu synlig plåt på säkerhetsbänken med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DE1532">
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DE1532">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39136266" w14:textId="25562C87" w:rsidR="00C65989" w:rsidRPr="004B386B" w:rsidRDefault="00AE36B3" w:rsidP="003F3DA2">
+    <w:p w14:paraId="39136266" w14:textId="25562C87" w:rsidR="00C65989" w:rsidRPr="004B386B" w:rsidRDefault="00AE36B3" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>Fäll ner frontluckan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54349A50" w14:textId="3EDFDF69" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="003F3DA2">
+    <w:p w14:paraId="54349A50" w14:textId="3EDFDF69" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE36B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Torka säkerhetsbänkens </w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">innerväggar </w:t>
       </w:r>
       <w:r w:rsidR="00956828">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>inklusive datorskärm (</w:t>
       </w:r>
       <w:r w:rsidR="004E5A8D">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -1348,1274 +1629,1505 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och reglage inne i säkerhetsbänken </w:t>
       </w:r>
       <w:r w:rsidR="004E5A8D">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00434DFA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00434DFA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0110CF6D" w14:textId="050BB4AC" w:rsidR="004B386B" w:rsidRPr="00D4743E" w:rsidRDefault="004B386B" w:rsidP="00614F5A">
+    <w:p w14:paraId="0110CF6D" w14:textId="050BB4AC" w:rsidR="004B386B" w:rsidRPr="00D4743E" w:rsidRDefault="004B386B" w:rsidP="00A82174">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0097185B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gör </w:t>
       </w:r>
       <w:r w:rsidR="0097185B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vecko</w:t>
       </w:r>
       <w:r w:rsidRPr="0097185B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">kontroll </w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">av aktivitetsmätaren enligt instruktion: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00D4743E">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Kvalitetskontroll av aktivitetsmätare.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D4743E">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA1218D" w14:textId="7D3D1452" w:rsidR="00AC7E79" w:rsidRDefault="00AC7E79" w:rsidP="00AC7E79">
+    <w:p w14:paraId="5290E6C1" w14:textId="77777777" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00101A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Dispenseringsrum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757E3AB4" w14:textId="0D37F526" w:rsidR="006D6012" w:rsidRDefault="0079008F" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0079008F">
+        <w:t>Fyll på materialburkarna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5A395B" w14:textId="317AA71F" w:rsidR="0079008F" w:rsidRDefault="0079008F" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Fyll på materialförrådet i överskåpet i dispenseringsrummet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C77CB0" w14:textId="2689A49F" w:rsidR="0079008F" w:rsidRDefault="0079008F" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Fyll på plastfickan med blanketter: Dispensering av radiofarmaka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DAEA31" w14:textId="58CA66D9" w:rsidR="0079008F" w:rsidRPr="0079008F" w:rsidRDefault="0079008F" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Torka rondskålen på bänken med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF1645D" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B386B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Dragskåp:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="562B9C24" w14:textId="77777777" w:rsidR="00DE7A02" w:rsidRDefault="00DE7A02" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Starta om datorn till aktivitetsmätaren.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="0078D4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6211F6D4" w14:textId="77777777" w:rsidR="00DE7A02" w:rsidRDefault="00DE7A02" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Innan omstart av datorn kontrollera uppdateri</w:t>
+      </w:r>
+      <w:r>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>gar enligt nedan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6637167A" w14:textId="77777777" w:rsidR="00DE7A02" w:rsidRDefault="00DE7A02" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Då datorn inte uppdateras automatiskt ska det kontrolleras veckovis om uppdatering behöver göras manuellt.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A664300" w14:textId="77777777" w:rsidR="00DE7A02" w:rsidRDefault="00DE7A02" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Detta bör göras efter dagens beredningar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70253A6D" w14:textId="77777777" w:rsidR="00DE7A02" w:rsidRDefault="00DE7A02" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Klicka på ”Software Center” i aktivitetsfältet eller sök på ”Software Center” i Windows-sökrutan nere till vänster.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3F6939" w14:textId="77777777" w:rsidR="00DE7A02" w:rsidRDefault="00DE7A02" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Klicka på Uppdateringar och om det finns uppdateringar, klicka Installera alla.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB492D7" w14:textId="77777777" w:rsidR="00DE7A02" w:rsidRDefault="00DE7A02" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Uppdateringarna tar ca 10 min </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1072017F" w14:textId="77777777" w:rsidR="00DE7A02" w:rsidRDefault="00DE7A02" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3D0E">
+        <w:t>Starta om datorn </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3775805B" w14:textId="66581C18" w:rsidR="004107E9" w:rsidRDefault="004107E9" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Starta om datorn till aktivitetsmätaren.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A40CFE" w14:textId="1A7B4050" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="00F42A1C" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Distansverktyg och pincetter ska diskas i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>diskdesinfektor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> alternativt för hand.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E933182" w14:textId="6531F7B4" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B386B">
+        <w:t xml:space="preserve">Byt burken för ”Smittförande, skärande, stickande avfall” och </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5F9C">
+        <w:t>burken</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD56DC">
+        <w:t xml:space="preserve"> för läkemedel. F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B386B">
+        <w:t>yll i etiketten. Kontrollera noga att locket sitter på. Skriv datum och aktuell nuklid på locket.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7340">
+        <w:t xml:space="preserve"> Se till att läkemedelsburken är märkt med ”L</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35127">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7340">
+        <w:t xml:space="preserve"> som i läkemedel.</w:t>
+      </w:r>
+      <w:r w:rsidR="0018092A">
+        <w:t xml:space="preserve"> Släng även </w:t>
+      </w:r>
+      <w:r w:rsidR="00A20F2C">
+        <w:t xml:space="preserve">avfallsburk </w:t>
+      </w:r>
+      <w:r w:rsidR="00A20F2C" w:rsidRPr="00BB138C">
+        <w:t xml:space="preserve">för </w:t>
+      </w:r>
+      <w:r w:rsidR="00A20F2C" w:rsidRPr="00BB138C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>99m</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20F2C" w:rsidRPr="00BB138C">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tc i </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00A20F2C" w:rsidRPr="00A20F2C">
+          <w:t>IBC-NM.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5FDF1BC5" w14:textId="09F5C6F1" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B386B">
+        <w:t xml:space="preserve">Torka dragskåpets innerväggar uppifrån och ner, sedan plan yta och blyglas med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B386B">
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B386B">
+        <w:t>..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3942B7" w14:textId="47903A36" w:rsidR="004B386B" w:rsidRPr="00AC7964" w:rsidRDefault="004B386B" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B386B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gör </w:t>
+      </w:r>
+      <w:r w:rsidR="00260467">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vecko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B386B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kontroll av aktivitetsmätaren enligt instruktion: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7964">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00AC7964">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-30/SURROGATE/Kvalitetskontroll%20av%20aktivitetsm%c3%a4tare.pdf" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00AC7964">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AC7964">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00B71491">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Kvalitetskontroll av</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B71491">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B71491">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>aktivitetsmätare.</w:t>
+      </w:r>
+      <w:r w:rsidR="00121F02">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30511EEF" w14:textId="6427024D" w:rsidR="004B386B" w:rsidRPr="00121F02" w:rsidRDefault="00AC7964" w:rsidP="00121F02">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1712"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="004B386B" w:rsidRPr="004B386B">
+        <w:t>Kylskåp:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5290E6C1" w14:textId="77777777" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00101A50">
-      <w:pPr>
+    <w:p w14:paraId="331C7A43" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B386B">
+        <w:t>Töm vid behov kondensvattenbehållaren i kylskåpet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A7F70C" w14:textId="6DBDB9B7" w:rsidR="004B386B" w:rsidRPr="00B71491" w:rsidRDefault="004B386B" w:rsidP="0034573D">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B386B">
+        <w:t xml:space="preserve">Kontrollera hållbarheten på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B386B">
+        <w:t>kiten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B386B">
+        <w:t xml:space="preserve"> i kylskåpet. Märk upp kit med kort hållbarhet samt sätt dessa främst i kylskåpet. Om något kit passerat utgångsdatum slängs dessa i gul burk märkt </w:t>
+      </w:r>
+      <w:r w:rsidR="00C77612">
+        <w:t>Läkemedels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B386B">
+        <w:t>avfall.</w:t>
+      </w:r>
+      <w:r w:rsidR="008825FA">
+        <w:t xml:space="preserve"> Kassera även </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008825FA">
+        <w:t>kiten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008825FA">
+        <w:t xml:space="preserve"> i IBC-NM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6D49BF" w14:textId="77777777" w:rsidR="00121F02" w:rsidRDefault="00121F02">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A45CA40" w14:textId="0315F539" w:rsidR="004B386B" w:rsidRPr="00B15902" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B15902">
+        <w:lastRenderedPageBreak/>
+        <w:t>Varje kvartal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626CEC43" w14:textId="77777777" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00101A50">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t>Dispenseringsrum</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Beredningsrum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757E3AB4" w14:textId="0D37F526" w:rsidR="006D6012" w:rsidRDefault="0079008F" w:rsidP="0079008F">
-[...18 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="53BE1097" w14:textId="165B148C" w:rsidR="00B3160A" w:rsidRDefault="00B3160A" w:rsidP="00121F02">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3160A">
+        <w:t>Töm</w:t>
+      </w:r>
       <w:r>
-        <w:t>Fyll på materialförrådet i överskåpet i dispenseringsrummet.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> materialburkar med sprutor, kanyler och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Fyll på plastfickan med blanketter: Dispensering av radiofarmaka.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t>NaCI</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">Torka rondskålen på bänken med </w:t>
+        <w:t xml:space="preserve">. Torka burkar och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>hyllplan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BF1645D" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00101A50">
+    <w:p w14:paraId="455E2EEB" w14:textId="77777777" w:rsidR="00B3160A" w:rsidRPr="00B3160A" w:rsidRDefault="00B3160A" w:rsidP="00121F02">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07B0BFA7" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00121F02">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="992"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Dragskåp:</w:t>
+        <w:t>Säkerhetsbänk:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3775805B" w14:textId="66581C18" w:rsidR="004107E9" w:rsidRDefault="004107E9" w:rsidP="00101A50">
+    <w:p w14:paraId="22B52011" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00121F02">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B386B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Komplettera veckostädningen med att rengöra utrymmet under arbetsytan i säkerhetsbänk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B485699" w14:textId="0651D165" w:rsidR="00F132ED" w:rsidRDefault="00F132ED" w:rsidP="00121F02">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Starta om datorn till aktivitetsmätaren.</w:t>
+        <w:t>Ta ut alla lösa föremål från säkerhetsbänken.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A40CFE" w14:textId="1A7B4050" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="00F42A1C" w:rsidP="00101A50">
+    <w:p w14:paraId="069539D5" w14:textId="7AD529F0" w:rsidR="00595D02" w:rsidRDefault="00595D02" w:rsidP="00121F02">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Distansverktyg och pincetter ska diskas i </w:t>
+        <w:t xml:space="preserve">Lyft arbetsytan och torka under med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>diskdesinfektor</w:t>
+        <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> alternativt för hand.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E933182" w14:textId="515935FF" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00101A50">
+    <w:p w14:paraId="3C294D9C" w14:textId="5BB6B4F1" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00121F02">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
-        <w:t xml:space="preserve">Byt burken för ”Smittförande, skärande, stickande avfall” och </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>Återställ igen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179336E3" w14:textId="2C68F78F" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00121F02">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
       <w:r w:rsidRPr="004B386B">
-        <w:t>yll i etiketten. Kontrollera noga att locket sitter på. Skriv datum och aktuell nuklid på locket.</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Torka </w:t>
+      </w:r>
+      <w:r w:rsidR="00551764">
+        <w:t>insidan av</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2F5A">
+        <w:t xml:space="preserve"> generatorhissen </w:t>
+      </w:r>
       <w:r w:rsidRPr="004B386B">
-        <w:t xml:space="preserve">Torka dragskåpets innerväggar uppifrån och ner, sedan plan yta och blyglas med </w:t>
+        <w:t xml:space="preserve">med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B386B">
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
-        <w:t>..</w:t>
+        <w:t>. Detta görs lämpligen i samband med generatorbyte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3942B7" w14:textId="4B99F96C" w:rsidR="004B386B" w:rsidRPr="00AC7964" w:rsidRDefault="004B386B" w:rsidP="00101A50">
-[...298 lines deleted...]
-    <w:p w14:paraId="05AD5472" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
+    <w:p w14:paraId="05AD5472" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13793C10" w14:textId="77777777" w:rsidR="0012121B" w:rsidRDefault="0012121B">
-      <w:pPr>
+    <w:p w14:paraId="658D52CF" w14:textId="4FE4B179" w:rsidR="004B386B" w:rsidRPr="00B15902" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B15902">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Dispenseringsrum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79AEAE48" w14:textId="77777777" w:rsidR="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="004B386B">
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:br w:type="page"/>
+        <w:t>Komplettera veckostädningen med nedanstående:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658D52CF" w14:textId="4FE4B179" w:rsidR="004B386B" w:rsidRPr="00B15902" w:rsidRDefault="004B386B" w:rsidP="00B15902">
-[...31 lines deleted...]
-    <w:p w14:paraId="440549E9" w14:textId="39C9763B" w:rsidR="0012121B" w:rsidRDefault="0012121B" w:rsidP="0012121B">
+    <w:p w14:paraId="440549E9" w14:textId="39C9763B" w:rsidR="0012121B" w:rsidRDefault="0012121B" w:rsidP="003A014F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Töm materialburkarna </w:t>
       </w:r>
       <w:r w:rsidR="00CF2A52">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>och</w:t>
       </w:r>
       <w:r w:rsidR="00DF524B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> torka med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF524B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF524B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A1CD34F" w14:textId="44C6299E" w:rsidR="00DF524B" w:rsidRDefault="00DF524B" w:rsidP="0012121B">
+    <w:p w14:paraId="2A1CD34F" w14:textId="44C6299E" w:rsidR="00DF524B" w:rsidRDefault="00DF524B" w:rsidP="003A014F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Torka ur</w:t>
       </w:r>
       <w:r w:rsidR="00CF2A52">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E24D5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">burkarna </w:t>
       </w:r>
       <w:r w:rsidR="00052A3B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">i genomräckningsskåpen med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00052A3B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00052A3B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F720725" w14:textId="716F9DEC" w:rsidR="00052A3B" w:rsidRDefault="00052A3B" w:rsidP="0012121B">
+    <w:p w14:paraId="0F720725" w14:textId="716F9DEC" w:rsidR="00052A3B" w:rsidRDefault="00052A3B" w:rsidP="003A014F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Torka kylskåpet invändigt med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A85217" w14:textId="6DB7D09D" w:rsidR="00052A3B" w:rsidRPr="0012121B" w:rsidRDefault="00052A3B" w:rsidP="0012121B">
+    <w:p w14:paraId="43A85217" w14:textId="6DB7D09D" w:rsidR="00052A3B" w:rsidRPr="0012121B" w:rsidRDefault="00052A3B" w:rsidP="003A014F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Töm kondensvattenbehållaren.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F416B8" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00B15902" w:rsidRDefault="004B386B" w:rsidP="00B15902">
+    <w:p w14:paraId="02F416B8" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00B15902" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B15902">
         <w:t>Periodicitet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69183508" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00B15902">
+    <w:p w14:paraId="69183508" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t>Veckostädning utförs en gång per vecka förslagsvis torsdag alternativt fredag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B769D8" w14:textId="098F01E6" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00B15902">
-      <w:pPr>
+    <w:p w14:paraId="60B769D8" w14:textId="098F01E6" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B386B">
         <w:t>Kvartalsstädning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve"> utförs efter </w:t>
       </w:r>
       <w:r w:rsidR="00931ADA">
         <w:t xml:space="preserve">FFSS </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00931ADA">
         <w:t>kvartalsstädning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B386B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77647090" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00B15902" w:rsidRDefault="004B386B" w:rsidP="00B15902">
+    <w:p w14:paraId="77647090" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00B15902" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B15902">
         <w:t>Ansvar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633F3022" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00B15902">
+    <w:p w14:paraId="633F3022" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="992"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tjänstgörande biomedicinsk analytiker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2670E1" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00B15902" w:rsidRDefault="004B386B" w:rsidP="00B15902">
+    <w:p w14:paraId="0A2670E1" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="00B15902" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B15902">
         <w:t>Dokumentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FC52A1F" w14:textId="52B1177A" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00B15902">
+    <w:p w14:paraId="49EDE4EB" w14:textId="182EEDE8" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Genomförd städning varje vecka och kvartal dokumenteras på blankett: </w:t>
       </w:r>
       <w:r w:rsidRPr="004B386B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="004B386B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Städning i </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="004B386B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>renklassade</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="004B386B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> lokaler i egen regi, Uddevalla.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49EDE4EB" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
-[...10 lines deleted...]
-    <w:p w14:paraId="4673D660" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00B15902">
+    <w:p w14:paraId="4673D660" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:ind w:left="0" w:firstLine="992"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004B386B">
         <w:t>Hållbarhetstider</w:t>
-      </w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Bruten flaska </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="337"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="994" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4181"/>
         <w:gridCol w:w="1739"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B386B" w:rsidRPr="004B386B" w14:paraId="778496DF" w14:textId="77777777" w:rsidTr="00B15902">
+      <w:tr w:rsidR="003A014F" w:rsidRPr="004B386B" w14:paraId="0C4BF32F" w14:textId="77777777" w:rsidTr="003A014F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4181" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE07BEB" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
+          <w:p w14:paraId="6BAA3ED2" w14:textId="77777777" w:rsidR="003A014F" w:rsidRPr="004B386B" w:rsidRDefault="003A014F" w:rsidP="003A014F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4590"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004B386B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ytdesinfektion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004B386B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, lokalvård i renrum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1739" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="27FEDD82" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
+          <w:p w14:paraId="7D38EF94" w14:textId="77777777" w:rsidR="003A014F" w:rsidRPr="004B386B" w:rsidRDefault="003A014F" w:rsidP="003A014F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4590"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B386B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2 månader</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B386B" w:rsidRPr="004B386B" w14:paraId="1EAC4636" w14:textId="77777777" w:rsidTr="00B15902">
+      <w:tr w:rsidR="003A014F" w:rsidRPr="004B386B" w14:paraId="703FC506" w14:textId="77777777" w:rsidTr="003A014F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4181" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="349CD044" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
+          <w:p w14:paraId="58BD13A3" w14:textId="77777777" w:rsidR="003A014F" w:rsidRPr="004B386B" w:rsidRDefault="003A014F" w:rsidP="003A014F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4590"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B386B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Handsprit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1739" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7EEE7FDD" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
+          <w:p w14:paraId="68A72B94" w14:textId="77777777" w:rsidR="003A014F" w:rsidRPr="004B386B" w:rsidRDefault="003A014F" w:rsidP="003A014F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4590"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B386B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>utgångsdatum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B386B" w:rsidRPr="004B386B" w14:paraId="050FBB9A" w14:textId="77777777" w:rsidTr="00B15902">
+      <w:tr w:rsidR="003A014F" w:rsidRPr="004B386B" w14:paraId="125CC6F4" w14:textId="77777777" w:rsidTr="003A014F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4181" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="520E4215" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
+          <w:p w14:paraId="59766579" w14:textId="77777777" w:rsidR="003A014F" w:rsidRPr="004B386B" w:rsidRDefault="003A014F" w:rsidP="003A014F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4590"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B386B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Allrengöringsmedel, lokalvård</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1739" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="080A0FE0" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
+          <w:p w14:paraId="2E1FBB2F" w14:textId="77777777" w:rsidR="003A014F" w:rsidRPr="004B386B" w:rsidRDefault="003A014F" w:rsidP="003A014F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4590"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B386B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 år</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B386B" w:rsidRPr="004B386B" w14:paraId="38CC2E20" w14:textId="77777777" w:rsidTr="00B15902">
+      <w:tr w:rsidR="003A014F" w:rsidRPr="004B386B" w14:paraId="5EEEEBF9" w14:textId="77777777" w:rsidTr="003A014F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4181" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="479CB167" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
+          <w:p w14:paraId="0C49400E" w14:textId="77777777" w:rsidR="003A014F" w:rsidRPr="004B386B" w:rsidRDefault="003A014F" w:rsidP="003A014F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4590"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B386B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Handtvål</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1739" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="614E8792" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
+          <w:p w14:paraId="712B2283" w14:textId="77777777" w:rsidR="003A014F" w:rsidRPr="004B386B" w:rsidRDefault="003A014F" w:rsidP="003A014F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4590"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B386B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 år</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CB3CD00" w14:textId="77777777" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="004B386B">
+          <w:p w14:paraId="1ED7FC18" w14:textId="77777777" w:rsidR="003A014F" w:rsidRPr="004B386B" w:rsidRDefault="003A014F" w:rsidP="003A014F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4590"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="003A014F" w:rsidRPr="004B386B" w14:paraId="39A73A1C" w14:textId="77777777" w:rsidTr="003A014F">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4181" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EDFA5B2" w14:textId="77777777" w:rsidR="003A014F" w:rsidRPr="004B386B" w:rsidRDefault="003A014F" w:rsidP="003A014F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4590"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Diskmedel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1739" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E46945" w14:textId="77777777" w:rsidR="003A014F" w:rsidRPr="004B386B" w:rsidRDefault="003A014F" w:rsidP="003A014F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4590"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 år</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w14:paraId="64F3F3E5" w14:textId="79216904" w:rsidR="004B386B" w:rsidRPr="004B386B" w:rsidRDefault="004B386B" w:rsidP="00514076">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B386B">
+        <w:t xml:space="preserve">Bruten flaska </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00514076">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="002225D1">
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00514076">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="276" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="470211F0" w14:textId="77777777" w:rsidR="00854240" w:rsidRDefault="00854240">
+    <w:p w14:paraId="60C796C3" w14:textId="77777777" w:rsidR="00682046" w:rsidRDefault="00682046">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2EB49E78" w14:textId="77777777" w:rsidR="00854240" w:rsidRDefault="00854240">
+    <w:p w14:paraId="7B1217E9" w14:textId="77777777" w:rsidR="00682046" w:rsidRDefault="00682046">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6E371093" w14:textId="77777777" w:rsidR="00854240" w:rsidRDefault="00854240">
+    <w:p w14:paraId="3D132C7E" w14:textId="77777777" w:rsidR="00682046" w:rsidRDefault="00682046">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -2623,89 +3135,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2734,74 +3246,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="1653256102" name="Bildobjekt 1653256102">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -2812,87 +3324,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EB0752D" w14:textId="77777777" w:rsidR="00854240" w:rsidRDefault="00854240"/>
+    <w:p w14:paraId="5E39EF1B" w14:textId="77777777" w:rsidR="00682046" w:rsidRDefault="00682046"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43251E51" w14:textId="77777777" w:rsidR="00854240" w:rsidRDefault="00854240">
+    <w:p w14:paraId="0794E32F" w14:textId="77777777" w:rsidR="00682046" w:rsidRDefault="00682046">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2AD82FCE" w14:textId="77777777" w:rsidR="00854240" w:rsidRDefault="00854240">
+    <w:p w14:paraId="1AA6436B" w14:textId="77777777" w:rsidR="00682046" w:rsidRDefault="00682046">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -2922,100 +3434,100 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3045,98 +3557,98 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Bild 1">
+          <wp:docPr id="142051408" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -3166,51 +3678,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3554,50 +4066,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D6874AF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="621C4616"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10A94632"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D08ED46"/>
     <w:lvl w:ilvl="0" w:tplc="C8B8B8FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3DDC9288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3666,51 +4327,51 @@
     <w:lvl w:ilvl="7" w:tplc="9AD20438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="139EE59A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -3779,51 +4440,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3892,51 +4553,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1AA0146A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="90EC32CA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B6470FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4EF817D2"/>
     <w:lvl w:ilvl="0" w:tplc="A12CB2EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A27E2CEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4005,51 +4815,51 @@
     <w:lvl w:ilvl="7" w:tplc="9B98817C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E50CA436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C9A7B08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48BCDD06"/>
     <w:lvl w:ilvl="0" w:tplc="F274F05C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A984D36C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4118,51 +4928,51 @@
     <w:lvl w:ilvl="7" w:tplc="5FE4197A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B72E191C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4232,51 +5042,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4345,51 +5155,498 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24877DE1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F5BA9216"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="262F0E9E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0AFA9470"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26B40E41"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EEB40BCA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D362547"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9CBC63E0"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -4484,51 +5741,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30C52453"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6362310E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4597,51 +5854,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36550A11"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C5F0FD7A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4737,51 +6143,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4851,51 +6257,349 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D3B3C26"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="879E175A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DBD3AFF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FE06DE04"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ECA01CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED624E9A"/>
     <w:lvl w:ilvl="0" w:tplc="BCF6E3A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1E12EB9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4991,51 +6695,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="51E65758" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F7936A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51BCF060"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5104,51 +6808,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5217,51 +6921,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5358,51 +7062,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="451F74C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA8C971A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5471,51 +7175,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48A94075"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1A8E0ED6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DBF55FD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C4C8E7C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -5610,51 +7463,200 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FE00C81"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E7EA97C6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5723,51 +7725,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52153A35"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="662C4504"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5837,51 +7988,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54D12D77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C26C818"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2075" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5950,51 +8101,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7115" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7835" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55722EB8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="21E0E97A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6063,51 +8363,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65856747"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A0846A1C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CB93FC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74927BE6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6176,51 +8625,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D4005B0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C4C8E7C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -6315,51 +8764,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -6428,51 +8877,349 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76045004"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CAD2676A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79F0462D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E818895C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B46058D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="349244F2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2075" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6541,51 +9288,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7115" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7835" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6654,51 +9401,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D685442"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79C6276E"/>
     <w:lvl w:ilvl="0" w:tplc="43D47530">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2700AB1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6767,51 +9514,51 @@
     <w:lvl w:ilvl="7" w:tplc="6812DAC8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CF72EFFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -6880,155 +9627,352 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EB417D6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="55D8DA62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="506293647">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="173149023">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="674769872">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1213153082">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="508909651">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1071579222">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1926069836">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1852187000">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1857621009">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1688558461">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="189607105">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1310937408">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="226960839">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="643507883">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="169831061">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1347441152">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1661422579">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1362048270">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1254322332">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="784425862">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1621645149">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1166360663">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="333656121">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="226960839">
+  <w:num w:numId="24" w16cid:durableId="1235116954">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1716850708">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="85881184">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2085684526">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="393507245">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1746953110">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="2059207106">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="690571747">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="350644078">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1698895822">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1705013553">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="643507883">
+  <w:num w:numId="35" w16cid:durableId="1700158383">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="86510395">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="372703243">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1386444592">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="18630688">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="169831061">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="40" w16cid:durableId="257368770">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1347441152">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="41" w16cid:durableId="2078816779">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1661422579">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="42" w16cid:durableId="1550993482">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1362048270">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="43" w16cid:durableId="116341593">
+    <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1254322332">
-[...2 lines deleted...]
-  <w:num w:numId="20" w16cid:durableId="784425862">
+  <w:num w:numId="44" w16cid:durableId="1476676903">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1621645149">
-[...5 lines deleted...]
-  <w:num w:numId="23" w16cid:durableId="333656121">
+  <w:num w:numId="45" w16cid:durableId="580480636">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1235116954">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="46" w16cid:durableId="1503426864">
+    <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1716850708">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="47" w16cid:durableId="352268845">
+    <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="85881184">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="48" w16cid:durableId="1152059236">
+    <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="2085684526">
-[...18 lines deleted...]
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="49" w16cid:durableId="1305086577">
+    <w:abstractNumId w:val="47"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -7066,405 +10010,425 @@
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00060518"/>
     <w:rsid w:val="00060835"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="000725CA"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000D0898"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00101A50"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00115E3E"/>
     <w:rsid w:val="0012121B"/>
+    <w:rsid w:val="00121F02"/>
     <w:rsid w:val="00122270"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00174BE5"/>
     <w:rsid w:val="00175C81"/>
+    <w:rsid w:val="0018092A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D156C"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="002225D1"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00260467"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270275"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00292FCC"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002B3FA9"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E3AFB"/>
     <w:rsid w:val="002E5F9C"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00304572"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
+    <w:rsid w:val="0034573D"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="003636D3"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
+    <w:rsid w:val="003A014F"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F3DA2"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="004107E9"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00434DFA"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00461FA1"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00494CC8"/>
     <w:rsid w:val="004A23A7"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B386B"/>
     <w:rsid w:val="004B43D5"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004C4237"/>
+    <w:rsid w:val="004D409F"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E5A8D"/>
+    <w:rsid w:val="004F158E"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00514076"/>
     <w:rsid w:val="0052661D"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="0054594A"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00551764"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00595D02"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E29D5"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00614F5A"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="00620DDF"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="006401E5"/>
     <w:rsid w:val="006550B6"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00663AD2"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006811D7"/>
+    <w:rsid w:val="00682046"/>
     <w:rsid w:val="00697173"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A5D68"/>
     <w:rsid w:val="006A63FA"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B08BE"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
+    <w:rsid w:val="006C3D0E"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D6012"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E2F5A"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00720103"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="00721A60"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="0079008F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="00796F76"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007C44FA"/>
     <w:rsid w:val="007C4E7F"/>
     <w:rsid w:val="007C7868"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007D6C17"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="008052EA"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00854240"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="008825FA"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="008958C0"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00902131"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931ADA"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="00932BCF"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="00941C37"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00956828"/>
     <w:rsid w:val="0097185B"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009A700D"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E24D5"/>
+    <w:rsid w:val="009E2DE3"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A00CAA"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A20F2C"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A27C22"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A66147"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A82174"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3F92"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AC7964"/>
     <w:rsid w:val="00AC7E79"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE36B3"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE6E75"/>
     <w:rsid w:val="00AE7340"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B15902"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B21858"/>
     <w:rsid w:val="00B3160A"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B51B5E"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B71491"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B777C0"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B823C8"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B85D85"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BB138C"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BD56DC"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF16E3"/>
     <w:rsid w:val="00BF3A48"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C1563A"/>
     <w:rsid w:val="00C35127"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5366B"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C65989"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C77612"/>
@@ -7477,93 +10441,98 @@
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC2E51"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD1472"/>
     <w:rsid w:val="00CD5070"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF2A52"/>
     <w:rsid w:val="00CF3CF5"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D1435F"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D4743E"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D5176E"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DA7DCD"/>
     <w:rsid w:val="00DA7F3E"/>
     <w:rsid w:val="00DC402F"/>
     <w:rsid w:val="00DD0FF7"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE1532"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE7A02"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF524B"/>
     <w:rsid w:val="00E00FA7"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E31668"/>
     <w:rsid w:val="00E46456"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E62801"/>
+    <w:rsid w:val="00E63309"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E778AE"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E87B86"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB13A2"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
+    <w:rsid w:val="00ED4FE9"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F132ED"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F42A1C"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F76E8E"/>
     <w:rsid w:val="00F81FE0"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -7578,51 +10547,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10012,127 +12981,396 @@
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C5366B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EB13A2"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="008958C0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="008958C0"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="008958C0"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="155920964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="953249967">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="420490690">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2114858019">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1503161677">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="963190714">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="913273247">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="1014528534">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="350299818">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="543251190">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1747916142">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="177886488">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="536702391">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="256063496">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="100613605">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1725175195">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1791628308">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="523640332">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1004472824">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1130705063">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-27/SURROGATE/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-27/SURROGATE/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-27/SURROGATE/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-22/SURROGATE/Blankett%20st%c3%a4dning%20i%20renklassade%20lokaler%20i%20egen%20regi.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-30/SURROGATE/Kvalitetskontroll%20av%20aktivitetsm%c3%a4tare.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-9/surrogate/Mottagning%20och%20slussning%20av%20varor%20till%20beredningsrum.pdf" TargetMode="External" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-27/SURROGATE/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-22/SURROGATE/Blankett%20st%c3%a4dning%20i%20renklassade%20lokaler%20i%20egen%20regi.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-27/SURROGATE/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-27/SURROGATE/Kontamination%20av%20arbetsplatser%2c%20material%20och%20arbetstagare%20med%20radioaktiva%20%c3%a4mnen.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-82/surrogate/IBC-NM.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10193-390712850-30/SURROGATE/Kvalitetskontroll%20av%20aktivitetsm%c3%a4tare.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-9/surrogate/Mottagning%20och%20slussning%20av%20varor%20till%20beredningsrum.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-11/SURROGATE/Blankett%20Kontaminationskontroll.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -10428,71 +13666,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1412</Words>
-  <Characters>7488</Characters>
+  <Words>1663</Words>
+  <Characters>8815</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>73</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8883</CharactersWithSpaces>
+  <CharactersWithSpaces>10458</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Städning i renklassade lokaler i egen regi - Uddevalla sjukhus</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>111</revision>
+  <revision>132</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>