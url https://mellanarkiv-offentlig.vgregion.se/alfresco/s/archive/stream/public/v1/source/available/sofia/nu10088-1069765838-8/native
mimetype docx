--- v0 (2025-12-13)
+++ v1 (2026-03-19)
@@ -6,719 +6,1070 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="25AFB2B1" w14:textId="77777777" w:rsidR="00904B95" w:rsidRDefault="00904B95" w:rsidP="00F35B05">
+    <w:p w14:paraId="25AFB2B1" w14:textId="77777777" w:rsidR="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00904B95" w:rsidSect="00904B95">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="6066F71B" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00904B95">
+    <w:p w14:paraId="6066F71B" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="220" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6922B999" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00904B95">
+    <w:p w14:paraId="6922B999" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="220" w:lineRule="atLeast"/>
         <w:ind w:left="0" w:right="0"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="743706E8" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00D41805">
+    <w:p w14:paraId="743706E8" w14:textId="77611FB0" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Lungscintigrafi – V/P SPECT </w:t>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Lungs</w:t>
+      </w:r>
+      <w:r w:rsidR="48057CE1">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:t>intigrafi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – V/P SPECT </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E10FACC" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00904B95">
+    <w:p w14:paraId="7E10FACC" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C726283" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00D41805">
+    <w:p w14:paraId="6C726283" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00CD5243" w14:textId="35092F4B" w:rsidR="00904B95" w:rsidRPr="00E84146" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="00CD5243" w14:textId="35092F4B" w:rsidR="00904B95" w:rsidRPr="00E84146" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00904B95">
-        <w:t xml:space="preserve">Metodens huvudsakliga användningsområde är att påvisa eller utesluta lungembolisering, genom att studera blodflödet och ventilationen till lungornas olika delar. En normal perfusionsscintigrafi utesluter lungembolisering. </w:t>
+        <w:t xml:space="preserve">Metodens huvudsakliga användningsområde är att påvisa eller utesluta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:t>lungembolisering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:t xml:space="preserve">, genom att studera blodflödet och ventilationen till lungornas olika delar. En normal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:t>perfusionsscintigrafi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:t xml:space="preserve"> utesluter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:t>lungembolisering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00AF4ACC">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00904B95">
-        <w:t xml:space="preserve">Perfusionsdefekter i lungorna (&gt; ett segment eller flera subsegmentella) där det i samma område ses normal ventilation påvisar lungemboli. Kombinerade defekter </w:t>
+        <w:t xml:space="preserve">Perfusionsdefekter i lungorna (&gt; ett segment eller flera </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:t>subsegmentella</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:t xml:space="preserve">) där det i samma område ses normal ventilation påvisar lungemboli. Kombinerade defekter </w:t>
       </w:r>
       <w:r w:rsidR="0026248C">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00904B95">
         <w:t>(= matchade defekter) talar mer för annan lungsjukdom.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78719A7B" w14:textId="41CD53FB" w:rsidR="00D41805" w:rsidRDefault="00D41805" w:rsidP="00D41805">
+    <w:p w14:paraId="78719A7B" w14:textId="41CD53FB" w:rsidR="00D41805" w:rsidRDefault="00D41805" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Indikationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DCC221A" w14:textId="21AF9B3F" w:rsidR="00D41805" w:rsidRDefault="00D41805" w:rsidP="00D41805">
+    <w:p w14:paraId="2DCC221A" w14:textId="21AF9B3F" w:rsidR="00D41805" w:rsidRDefault="00D41805" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Misstänkt akut eller kronisk lungemboli.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C797E2A" w14:textId="7EAF0A30" w:rsidR="00D41805" w:rsidRDefault="00D41805" w:rsidP="00D41805">
+    <w:p w14:paraId="7C797E2A" w14:textId="7EAF0A30" w:rsidR="00D41805" w:rsidRDefault="00D41805" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>I vissa fall värdering a</w:t>
       </w:r>
       <w:r w:rsidR="00E84146">
-        <w:t>v grad av perfusionsstörning vid känd massiv lungemboli inför behandling.</w:t>
+        <w:t xml:space="preserve">v grad av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E84146">
+        <w:t>perfusionsstörning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E84146">
+        <w:t xml:space="preserve"> vid känd massiv lungemboli inför behandling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1724FCAD" w14:textId="5E4BB2CD" w:rsidR="00E84146" w:rsidRPr="00D41805" w:rsidRDefault="00E84146" w:rsidP="00D41805">
+    <w:p w14:paraId="1724FCAD" w14:textId="5E4BB2CD" w:rsidR="00E84146" w:rsidRDefault="00E84146" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>I vissa fall kontroll inför utsättning av behandling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD97622" w14:textId="508AD09B" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="12283EBE" w14:textId="265A485E" w:rsidR="0049173D" w:rsidRPr="00D41805" w:rsidRDefault="0049173D" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Icke-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>emboliska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> lungsjukdomar, då separat kvantifiering</w:t>
+      </w:r>
+      <w:r w:rsidR="007A6B66">
+        <w:t xml:space="preserve"> av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A6B66">
+        <w:t>lobär</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A6B66">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A6B66">
+        <w:t>perfusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A6B66">
+        <w:t xml:space="preserve"> respektive ventilation önskas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD97622" w14:textId="508AD09B" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Absoluta kontraindikationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71EAEA3C" w14:textId="3300B045" w:rsidR="00904B95" w:rsidRPr="00E84146" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="71EAEA3C" w14:textId="3300B045" w:rsidR="00904B95" w:rsidRPr="00E84146" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Patienten kan ej medverka</w:t>
       </w:r>
       <w:r w:rsidR="000A27B5">
         <w:t xml:space="preserve"> vid undersökningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C29070B" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="5C29070B" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Relativa kontraindikationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D000597" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="2D000597" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t xml:space="preserve">Allergi mot humanserumalbumin </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74E34E77" w14:textId="1094804C" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="74E34E77" w14:textId="1094804C" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Graviditet, särskild berättigandebedömning för gravida patienter</w:t>
       </w:r>
       <w:r w:rsidR="009A1699">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F46188D" w14:textId="77777777" w:rsidR="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="4F46188D" w14:textId="77777777" w:rsidR="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Amning. Barnet ammas eller mjölk sparas före isotopinjektion. Därefter töms brösten enligt personlig rutin under 12 timmar och mjölken kasseras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A6934EF" w14:textId="3077D2E1" w:rsidR="000A27B5" w:rsidRPr="00904B95" w:rsidRDefault="000A27B5" w:rsidP="00E84146">
+    <w:p w14:paraId="6A6934EF" w14:textId="3077D2E1" w:rsidR="000A27B5" w:rsidRDefault="000A27B5" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Patienten klarar ej att ligga plant på rygg i 45 minuter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F28B3A9" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00904B95">
-[...10 lines deleted...]
-        <w:textAlignment w:val="center"/>
+    <w:p w14:paraId="4F0D9BC1" w14:textId="77777777" w:rsidR="00025A18" w:rsidRDefault="00FA7D20" w:rsidP="00025A18">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00714B1D">
+        <w:lastRenderedPageBreak/>
+        <w:t>Kontakta sjukhusfysiker eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00714B1D">
+        <w:t>nuklearmedicinsk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00714B1D">
+        <w:t> läkare om undersökningen inte kan skjutas upp enligt nedan:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4DF643" w14:textId="6473F1BC" w:rsidR="00714B1D" w:rsidRDefault="00714B1D" w:rsidP="00C61CF9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00714B1D">
+        <w:t>Patient som genomgått annan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00714B1D">
+        <w:t>nuklearmedicinsk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00714B1D">
+        <w:t> undersökning: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE912A1" w14:textId="4A8CF430" w:rsidR="006B36E8" w:rsidRPr="00762357" w:rsidRDefault="00714B1D" w:rsidP="00762357">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00714B1D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B36E8" w:rsidRPr="00762357">
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de senaste 7 dygnen för </w:t>
+      </w:r>
+      <w:r w:rsidR="006B36E8" w:rsidRPr="00762357">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>111</w:t>
+      </w:r>
+      <w:r w:rsidR="006B36E8" w:rsidRPr="00762357">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In och </w:t>
+      </w:r>
+      <w:r w:rsidR="006B36E8" w:rsidRPr="00762357">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>75</w:t>
+      </w:r>
+      <w:r w:rsidR="006B36E8" w:rsidRPr="00762357">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Se</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725D0E5F" w14:textId="5D65B4CF" w:rsidR="006B36E8" w:rsidRPr="006B36E8" w:rsidRDefault="00D96CB3" w:rsidP="00762357">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00762357">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="1"/>
-          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>de senaste 2 dygnen för </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00762357">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>99m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00762357">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Tc.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00762357">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="32827AB4" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="33D2CD8F" w14:textId="0D5E51E5" w:rsidR="00762357" w:rsidRPr="00762357" w:rsidRDefault="00762357" w:rsidP="00762357">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00762357">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>223</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00762357">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Ra (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00762357">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>Xofigo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00762357">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>) ingen kontraindikation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F28B3A9" w14:textId="022A1B1A" w:rsidR="00904B95" w:rsidRPr="00FA7D20" w:rsidRDefault="00714B1D" w:rsidP="00762357">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00714B1D">
+        <w:t>För övriga nuklider, kontakta sjukhusfysiker. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32827AB4" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Förberedelser </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52AA223B" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="52AA223B" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t xml:space="preserve">För inneliggande patienter önskas fungerande PVK. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F01F47" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
-      <w:pPr>
+    <w:p w14:paraId="63F01F47" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00904B95">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ej CVK, PICC-line eller SVP (Porth-a-cath). </w:t>
+        <w:t>Ej</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CVK, PICC-line </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>eller</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SVP (Porth-a-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cath</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="504A85A4" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="504A85A4" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Utförande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F5CA1B" w14:textId="295DC714" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="55F5CA1B" w14:textId="295DC714" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t xml:space="preserve">Undersökningen inleds med </w:t>
       </w:r>
       <w:r w:rsidRPr="00904B95">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ventilationsscintigrafi</w:t>
       </w:r>
       <w:r w:rsidRPr="00904B95">
         <w:t xml:space="preserve"> där patienten får andas in </w:t>
       </w:r>
       <w:r w:rsidR="00A14924">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00904B95">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="00904B95">
         <w:t xml:space="preserve">Tc -märkta kolpartiklar, dessa deponeras i perifera luftvägar i proportion till ventilationen. </w:t>
       </w:r>
       <w:r w:rsidR="0051063F">
         <w:t>Viktigt att patienten klarar att medverka och dra djupa andetag.</w:t>
       </w:r>
       <w:r w:rsidR="0051063F">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00904B95">
         <w:t xml:space="preserve">En gammakamera roterar långsamt runt patienten och tar bilder av lungorna. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1994D5" w14:textId="40800CA2" w:rsidR="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="1D1994D5" w14:textId="40800CA2" w:rsidR="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t xml:space="preserve">Direkt därefter utförs </w:t>
       </w:r>
       <w:r w:rsidRPr="00904B95">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Perfusionsscintigrafi</w:t>
       </w:r>
       <w:r w:rsidRPr="00904B95">
         <w:t xml:space="preserve"> då ges </w:t>
       </w:r>
       <w:r w:rsidRPr="00904B95">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>99m</w:t>
       </w:r>
       <w:r w:rsidRPr="00904B95">
         <w:t>Tc–märkt makroaggregerat albumin intravenöst som fastnar i lungkapillärerna i proportion till blodflödet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A8E036" w14:textId="70FF9080" w:rsidR="00130124" w:rsidRDefault="00130124" w:rsidP="008E1847">
+    <w:p w14:paraId="28A8E036" w14:textId="70FF9080" w:rsidR="00130124" w:rsidRDefault="00130124" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Stråldos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB932C4" w14:textId="41EF6F93" w:rsidR="00130124" w:rsidRDefault="00130124" w:rsidP="00E84146">
+    <w:p w14:paraId="0FB932C4" w14:textId="41EF6F93" w:rsidR="00130124" w:rsidRDefault="00130124" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r>
         <w:t>Nyttan med undersökningen ska vägas mot bland annat strålningsrisken innan remittering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA8B9BA" w14:textId="387C5BC6" w:rsidR="00130124" w:rsidRDefault="00130124" w:rsidP="004B17DB">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7FA8B9BA" w14:textId="387C5BC6" w:rsidR="00130124" w:rsidRDefault="00130124" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0" w:right="426"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t xml:space="preserve">Lungskintigrafi V/P </w:t>
+        <w:t>Lungskintigrafi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> V/P </w:t>
       </w:r>
       <w:r w:rsidR="004B17DB">
         <w:t xml:space="preserve">SPECT inklusive CT för lokalisation är en dosklass 2 undersökning, se </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="004B17DB" w:rsidRPr="00812160">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Information om stråldoser vid nuklearmedicin.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="07B0DF93" w14:textId="6720D1DD" w:rsidR="008E1847" w:rsidRDefault="008E1847" w:rsidP="008E1847">
+    <w:p w14:paraId="07B0DF93" w14:textId="6720D1DD" w:rsidR="008E1847" w:rsidRDefault="008E1847" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Barn/unga</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7337E52B" w14:textId="065CB7E9" w:rsidR="008E1847" w:rsidRDefault="008E1847" w:rsidP="004B17DB">
-[...1 lines deleted...]
-        <w:ind w:right="426"/>
+    <w:p w14:paraId="7337E52B" w14:textId="065CB7E9" w:rsidR="008E1847" w:rsidRDefault="008E1847" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0" w:right="426"/>
       </w:pPr>
       <w:r>
         <w:t>Vid undersökning av personer under 18 år ska hänsyn tas till både administrerad aktivitet och antal partiklar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C8AF96" w14:textId="499B81C2" w:rsidR="008E1847" w:rsidRDefault="008E1847" w:rsidP="0095371F">
+    <w:p w14:paraId="37C8AF96" w14:textId="499B81C2" w:rsidR="008E1847" w:rsidRDefault="008E1847" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Graviditet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D519BD7" w14:textId="119700ED" w:rsidR="008E1847" w:rsidRDefault="008E1847" w:rsidP="004B17DB">
-[...1 lines deleted...]
-        <w:ind w:right="426"/>
+    <w:p w14:paraId="0D519BD7" w14:textId="119700ED" w:rsidR="008E1847" w:rsidRDefault="008E1847" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0" w:right="426"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Vanligtvis körs endast perfusions-SPECT med halverad dos. Vid embolisuspekta defekter körs ventilations-SPECT </w:t>
+        <w:t xml:space="preserve">Vanligtvis körs endast </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>perfusions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">-SPECT med halverad dos. Vid embolisuspekta defekter körs ventilations-SPECT </w:t>
       </w:r>
       <w:r w:rsidR="00F63280">
         <w:t>dagen efter. Dag före helg körs standardprotokoll V/P-SPECT med normaldos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F70E7C9" w14:textId="2C48E771" w:rsidR="00F63280" w:rsidRDefault="00F63280" w:rsidP="004B17DB">
-[...1 lines deleted...]
-        <w:ind w:right="426"/>
+    <w:p w14:paraId="6F70E7C9" w14:textId="2C48E771" w:rsidR="00F63280" w:rsidRDefault="00F63280" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0" w:right="426"/>
       </w:pPr>
       <w:r>
         <w:t>Före graviditetsvecka 25 bör särskild försiktighet iakttas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35728787" w14:textId="37F0F9A9" w:rsidR="00C822EB" w:rsidRDefault="00C822EB" w:rsidP="0095371F">
+    <w:p w14:paraId="35728787" w14:textId="37F0F9A9" w:rsidR="00C822EB" w:rsidRDefault="00C822EB" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Amning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF2DD42" w14:textId="62D84C82" w:rsidR="00C822EB" w:rsidRDefault="00C822EB" w:rsidP="004B17DB">
-[...1 lines deleted...]
-        <w:ind w:right="426"/>
+    <w:p w14:paraId="3BF2DD42" w14:textId="62D84C82" w:rsidR="00C822EB" w:rsidRDefault="00C822EB" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0" w:right="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Patienten rekommenderas att amma/pumpa </w:t>
       </w:r>
       <w:r w:rsidR="00EA2F9A">
         <w:t>1–2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> timmar innan injektion.</w:t>
       </w:r>
       <w:r w:rsidR="00EA2F9A">
         <w:br/>
-        <w:t>Amningsuppehåll i 12 timmar efter injektion vid perfusionsskintigrafi. Töm enligt personlig rutin, sista tömningen ska göras efter 12 timmar och mj</w:t>
+        <w:t xml:space="preserve">Amningsuppehåll i 12 timmar efter injektion vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EA2F9A">
+        <w:t>perfusionsskintigrafi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EA2F9A">
+        <w:t>. Töm enligt personlig rutin, sista tömningen ska göras efter 12 timmar och mj</w:t>
       </w:r>
       <w:r w:rsidR="008A69A8">
         <w:t>ö</w:t>
       </w:r>
       <w:r w:rsidR="00EA2F9A">
         <w:t>lken ska kasseras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="320A96C2" w14:textId="6BE8064F" w:rsidR="00EA2F9A" w:rsidRDefault="00EA2F9A" w:rsidP="00616216">
+    <w:p w14:paraId="320A96C2" w14:textId="6BE8064F" w:rsidR="00EA2F9A" w:rsidRDefault="00EA2F9A" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Konta</w:t>
       </w:r>
       <w:r w:rsidR="00E266D6">
         <w:t>ktrestriktion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33421135" w14:textId="474C158F" w:rsidR="00E266D6" w:rsidRPr="00E84146" w:rsidRDefault="00E266D6" w:rsidP="004B17DB">
-[...1 lines deleted...]
-        <w:ind w:right="426"/>
+    <w:p w14:paraId="33421135" w14:textId="474C158F" w:rsidR="00E266D6" w:rsidRPr="00E84146" w:rsidRDefault="00E266D6" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:ind w:left="0" w:right="426"/>
       </w:pPr>
       <w:r>
         <w:t>Ingen kont</w:t>
       </w:r>
       <w:r w:rsidR="00616216">
         <w:t>aktrestriktion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66282AA6" w14:textId="77777777" w:rsidR="00616216" w:rsidRDefault="00616216">
+    <w:p w14:paraId="3EF62EC5" w14:textId="0A472376" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00904B95">
+        <w:t xml:space="preserve">Upplysningar på remiss </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056D0DC4" w14:textId="236F4D7E" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="00FA7D20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...23 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="992"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Aktuell (max 48 timmar) lungröntgen önskas. Redan utförd CT thorax kan användas.</w:t>
       </w:r>
       <w:r w:rsidR="00512D36">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B5D5A5" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="001637C9">
+    <w:p w14:paraId="43B5D5A5" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="000A3B43">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t xml:space="preserve">Kort anamnes, aktuell medicinering och frågeställning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D1F2AF" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="001637C9">
+    <w:p w14:paraId="31D1F2AF" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="000A3B43">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Graviditet eller amning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E57F1F3" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="001637C9">
+    <w:p w14:paraId="5E57F1F3" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="000A3B43">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Hjärt-och lungsjukdom eller eventuella hjärtmissbildningar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE9D0F7" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="001637C9">
+    <w:p w14:paraId="6EE9D0F7" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="000A3B43">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00904B95">
-        <w:t>Pulmonell hypertension</w:t>
+        <w:t>Pulmonell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00904B95">
+        <w:t xml:space="preserve"> hypertension</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B027DD5" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="001637C9">
+    <w:p w14:paraId="1B027DD5" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="000A3B43">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Höger-vänstershunt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A20FA6" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="001637C9">
+    <w:p w14:paraId="49A20FA6" w14:textId="77777777" w:rsidR="001637C9" w:rsidRPr="00904B95" w:rsidRDefault="001637C9" w:rsidP="000A3B43">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Grad av klinisk misstanke på emboli</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41CEDC74" w14:textId="678BE9B9" w:rsidR="001637C9" w:rsidRDefault="001637C9" w:rsidP="00512D36">
+    <w:p w14:paraId="41CEDC74" w14:textId="678BE9B9" w:rsidR="001637C9" w:rsidRDefault="001637C9" w:rsidP="000A3B43">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Längd och vikt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796F6B52" w14:textId="550527A6" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
+    <w:p w14:paraId="796F6B52" w14:textId="550527A6" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00904B95">
         <w:t>Undersökningstid</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42750E9E" w14:textId="17F5CB08" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00E84146">
-[...18 lines deleted...]
-    <w:p w14:paraId="1FBE978C" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00904B95">
+    <w:p w14:paraId="42750E9E" w14:textId="17F5CB08" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
+      <w:r w:rsidRPr="00904B95">
+        <w:t>Ca 45 – 60 minuter, varav 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00643C68">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904B95">
+        <w:t xml:space="preserve"> minuter bildtagning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FBE978C" w14:textId="77777777" w:rsidR="00904B95" w:rsidRPr="00904B95" w:rsidRDefault="00904B95" w:rsidP="00FA7D20">
+      <w:pPr>
+        <w:keepNext/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00FA7D20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="004B17DB">
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00FA7D20">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="701" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CD4DE8F" w14:textId="77777777" w:rsidR="001D526E" w:rsidRDefault="001D526E">
+    <w:p w14:paraId="5E033139" w14:textId="77777777" w:rsidR="00F0383D" w:rsidRDefault="00F0383D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2AC6A955" w14:textId="77777777" w:rsidR="001D526E" w:rsidRDefault="001D526E">
+    <w:p w14:paraId="5925BCC3" w14:textId="77777777" w:rsidR="00F0383D" w:rsidRDefault="00F0383D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1407FB18" w14:textId="77777777" w:rsidR="001D526E" w:rsidRDefault="001D526E">
+    <w:p w14:paraId="5A67BE44" w14:textId="77777777" w:rsidR="00F0383D" w:rsidRDefault="00F0383D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -733,89 +1084,89 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -844,74 +1195,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="957454012" name="Bildobjekt 957454012">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -922,73 +1273,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FE9BA7B" w14:textId="77777777" w:rsidR="001D526E" w:rsidRDefault="001D526E"/>
+    <w:p w14:paraId="2FEB98AB" w14:textId="77777777" w:rsidR="00F0383D" w:rsidRDefault="00F0383D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30AC2E31" w14:textId="77777777" w:rsidR="001D526E" w:rsidRDefault="001D526E">
+    <w:p w14:paraId="241AAA23" w14:textId="77777777" w:rsidR="00F0383D" w:rsidRDefault="00F0383D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="17B95252" w14:textId="77777777" w:rsidR="001D526E" w:rsidRDefault="001D526E">
+    <w:p w14:paraId="7CFB9F2C" w14:textId="77777777" w:rsidR="00F0383D" w:rsidRDefault="00F0383D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -1032,85 +1383,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="7209D449" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="77C53368">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-450850</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>172665</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1156,99 +1507,99 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-35.5pt;margin-top:13.6pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQAH3AbH4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc&#10;WqcWJFGIU1WRKiQEh5ZeuDnxNonwT4jdNvD0LCd6nJ3R7DfleraGnXEKg3cSVssEGLrW68F1Eg7v&#10;20UOLETltDLeoYRvDLCubm9KVWh/cTs872PHqMSFQknoYxwLzkPbo1Vh6Ud05B39ZFUkOXVcT+pC&#10;5dZwkSQpt2pw9KFXI9Y9tp/7k5XwUm/f1K4RNv8x9fPrcTN+HT4epby/mzdPwCLO8T8Mf/iEDhUx&#10;Nf7kdGBGwiJb0ZYoQWQCGAXS9IEOjYQsF8Crkl8vqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAv5EBDRcCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAB9wGx+EAAAAJAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-35.5pt;margin-top:13.6pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQAH3AbH4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc&#10;WqcWJFGIU1WRKiQEh5ZeuDnxNonwT4jdNvD0LCd6nJ3R7DfleraGnXEKg3cSVssEGLrW68F1Eg7v&#10;20UOLETltDLeoYRvDLCubm9KVWh/cTs872PHqMSFQknoYxwLzkPbo1Vh6Ud05B39ZFUkOXVcT+pC&#10;5dZwkSQpt2pw9KFXI9Y9tp/7k5XwUm/f1K4RNv8x9fPrcTN+HT4epby/mzdPwCLO8T8Mf/iEDhUx&#10;Nf7kdGBGwiJb0ZYoQWQCGAXS9IEOjYQsF8Crkl8vqH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAv5EBDRcCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAB9wGx+EAAAAJAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="4CEE6E49" w:rsidR="00413A60" w:rsidRPr="00041F0C" w:rsidRDefault="00041F0C">
                     <w:pPr>
                       <w:ind w:left="0"/>
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="36"/>
                         <w:szCs w:val="36"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00041F0C">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:t>Remittentinformation</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Bildobjekt 4">
+          <wp:docPr id="1146801580" name="Bildobjekt 1146801580">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -1271,51 +1622,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2225,50 +2576,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3458626C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4A563A5A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2364,68 +2864,68 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="041D0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
@@ -2478,51 +2978,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2591,51 +3091,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2732,51 +3232,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46E92908"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82265A7E"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2845,51 +3345,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B5F49B0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5C4679A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2958,51 +3607,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3072,51 +3721,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3185,51 +3834,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D8F11F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B8476DA"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3298,51 +3947,164 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C1F1F6C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A5E2A1C"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2444" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5324" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6764" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -3411,51 +4173,349 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A933906"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AEC07E92"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B332A6F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="257EDA98"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3524,51 +4584,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C4C3DD2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BEA45074"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -3638,632 +4847,690 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1724014540">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2048795550">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1120681522">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1922328607">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="332534305">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1722633111">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="424149787">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1061366524">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2012172915">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="720982770">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1449198594">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="472796210">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="34356071">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1166750041">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1661620936">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="376665020">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="276376618">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1338269955">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="325132632">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="294066912">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="706872036">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="476265403">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="2008438743">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1564101791">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="554901161">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="611715326">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1997150729">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2055421858">
+    <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
+    <w:rsid w:val="000129B4"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
+    <w:rsid w:val="00025A18"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00041F0C"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="000539A8"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A27B5"/>
+    <w:rsid w:val="000A3B43"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
+    <w:rsid w:val="000A7C25"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00130124"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="00142D30"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001637C9"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
+    <w:rsid w:val="00166BC2"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001D526E"/>
+    <w:rsid w:val="001F3384"/>
+    <w:rsid w:val="002069A1"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00245911"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="0026248C"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="002F7EF2"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
+    <w:rsid w:val="00370FB0"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
+    <w:rsid w:val="0049173D"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B17DB"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="0051063F"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00512D36"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="005862AD"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
+    <w:rsid w:val="005C1A3B"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00616216"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00643C68"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006B36E8"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E1B8D"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="00714B1D"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00747E8E"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="00762357"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="007714E4"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007A6B66"/>
     <w:rsid w:val="007B6041"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
+    <w:rsid w:val="007F5000"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00812160"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="008748FC"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A69A8"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E1847"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="00903066"/>
     <w:rsid w:val="00904B95"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00930D60"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="0095371F"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00977D90"/>
     <w:rsid w:val="009A1699"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
+    <w:rsid w:val="009D7F68"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A14924"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A4632F"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A76B45"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF4ACC"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14432"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B234F9"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C61CF9"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C822EB"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D340CB"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D41805"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D96CB3"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
+    <w:rsid w:val="00E0439B"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E266D6"/>
+    <w:rsid w:val="00E26B71"/>
+    <w:rsid w:val="00E43EF6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E84146"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA2F9A"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
+    <w:rsid w:val="00ED6FEC"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F0383D"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F63280"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA7D20"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE3ABC"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="48057CE1"/>
     <w:rsid w:val="4A075B10"/>
+    <w:rsid w:val="5A15D4EA"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6641,55 +7908,74 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00812160"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00714B1D"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00714B1D"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00714B1D"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6711,50 +7997,177 @@
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="1814519173">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="965769971">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="752698171">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="181363168">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1789159134">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="738403364">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1682506304">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1008099883">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1879664105">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1311136828">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8758-438627519-1619/surrogate/Information%20om%20str%C3%A5ldoser%20vid%20Nuklearmedicinska%20unders%C3%B6kningar.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
@@ -7057,71 +8470,78 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>374</Words>
-  <Characters>2852</Characters>
+  <Words>580</Words>
+  <Characters>3076</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3220</CharactersWithSpaces>
+  <CharactersWithSpaces>3649</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>1310724</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8758-438627519-1619/surrogate/Information om str%C3%A5ldoser vid Nuklearmedicinska unders%C3%B6kningar.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Lungscintigrafi – VP SPECT</dc:title>
+  <dc:title>Lungskintigrafi – VP SPECT</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>29</revision>
+  <revision>48</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>