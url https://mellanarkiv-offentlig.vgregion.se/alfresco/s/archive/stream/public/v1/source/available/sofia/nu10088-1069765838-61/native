--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,385 +6,478 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="02DD963B" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-569"/>
         <w:sectPr w:rsidR="00EC0ADB" w:rsidSect="00EC0ADB">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="3F569BCB" w14:textId="45B95427" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="0077281C" w:rsidP="003F080B">
+    <w:p w14:paraId="3F569BCB" w14:textId="1891559B" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="0077281C" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:ind w:left="0" w:right="-292"/>
-        <w:rPr>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> regi, Uddevalla</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Lokalvård i renklassade lokaler i </w:t>
+      </w:r>
+      <w:r w:rsidR="41D47ADA">
+        <w:t>lokalvårdares</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> regi</w:t>
+      </w:r>
+      <w:r w:rsidR="5C528512">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Uddevalla</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78A39CE6" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D29FEDA" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc501440349"/>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Bakgrund</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F22C8A3" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
+    <w:p w14:paraId="5F22C8A3" w14:textId="08A78B05" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="320D4C39">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Lokalvård i beredningsrum, dispenseringsrum samt sluss utförs av personal från </w:t>
+      </w:r>
+      <w:r w:rsidR="22701433">
+        <w:t>Fastighet, Stöd och Service (FSS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5477EE14" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Syfte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F55F71" w14:textId="4CB71BF5" w:rsidR="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Lokalvård i beredningsrum, dispenseringsrum samt sluss utförs av personal från Regionservice.</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Att fastställa instruktioner för lokalvård i slussar och beredningsrum samt dispenseringsrum </w:t>
       </w:r>
       <w:r w:rsidR="00D65BD2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>för att säkerställa hygienkrav enligt Läkemedelsverkets föreskrifter om beredning av radioaktiva läkemedel (LVFS 2014:4)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="369A00DE" w14:textId="64353EA6" w:rsidR="0077281C" w:rsidRDefault="0077281C" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF92F63" w14:textId="36EC28D2" w:rsidR="00FE468A" w:rsidRPr="00710CBE" w:rsidRDefault="00E63C73" w:rsidP="003F080B">
-[...1 lines deleted...]
-        <w:ind w:left="0"/>
+    <w:p w14:paraId="30DE04B7" w14:textId="1D524C96" w:rsidR="00A125FD" w:rsidRPr="00A125FD" w:rsidRDefault="00A125FD" w:rsidP="320D4C39">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ändrat ”regionservice” till lokalvårdare eller Fastighet, </w:t>
+      </w:r>
+      <w:r w:rsidR="7670E75E">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">töd och </w:t>
+      </w:r>
+      <w:r w:rsidR="64A06ED6">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ervice. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50679B99" w14:textId="77777777" w:rsidR="00A125FD" w:rsidRPr="00A125FD" w:rsidRDefault="00A125FD" w:rsidP="00A125FD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>tak ska plockas ner och rengöras i samband med kvartalsstäd.</w:t>
+      <w:r w:rsidRPr="00A125FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Scanner och skrivare torkas av. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C9227C" w14:textId="77777777" w:rsidR="00A125FD" w:rsidRPr="00A125FD" w:rsidRDefault="00A125FD" w:rsidP="00A125FD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gröna rockar och blå overaller slängs i röd tvätt säck. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3CCA17" w14:textId="77777777" w:rsidR="00A125FD" w:rsidRPr="00A125FD" w:rsidRDefault="00A125FD" w:rsidP="00A125FD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bytt ut incidin mot Virkon. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13217C12" w14:textId="77777777" w:rsidR="00A125FD" w:rsidRPr="00A125FD" w:rsidRDefault="00A125FD" w:rsidP="00A125FD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ny rutin/länk för utbildningsplan för lokalvårdare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE4091D" w14:textId="0E966A97" w:rsidR="00A125FD" w:rsidRPr="00A125FD" w:rsidRDefault="00A125FD" w:rsidP="00A125FD">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A125FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lagt till att förbrukningsmaterial hämtas i MIV-förråd. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B5B344A" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34F1C43D" w14:textId="1DB6FF85" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Allmänna instruktioner</w:t>
       </w:r>
       <w:r w:rsidR="00EA0167">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A022B55" w14:textId="322E84A2" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00FF5293">
+    <w:p w14:paraId="0C490321" w14:textId="4ABD1EF1" w:rsidR="00EA779C" w:rsidRPr="00D058C9" w:rsidRDefault="0082755F" w:rsidP="00D058C9">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="284" w:right="133" w:hanging="284"/>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F43C78">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Lokalvårdare ska ha särskild utbildning enligt</w:t>
+      </w:r>
+      <w:r w:rsidR="00C325AD">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00F43C78">
           <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Utbildningsplan för god beredningssed</w:t>
+          <w:t xml:space="preserve">Utbildningsplan och delgivning av </w:t>
         </w:r>
-        <w:r w:rsidR="0071616C" w:rsidRPr="00FF5293">
+        <w:r w:rsidR="00CD1DA0">
           <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">, </w:t>
+          <w:br/>
         </w:r>
-        <w:r w:rsidRPr="00FF5293">
+        <w:r w:rsidRPr="00F43C78">
           <w:rPr>
+            <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>hygien</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve"> och strålsäkerhet</w:t>
+          <w:t>rutiner inom nuklearmedicin för lokalvårdare</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EC0ADB">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> lokaler.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> för att få städa i renklassade lokaler.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00452730" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Lokalvård genomförs inför varje arbetsdag.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77FCFE9A" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Lokalvård får inte ske i lokal där beredning pågår.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC0538E" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Lokalvård utförs i turordning uppifrån och ner och inifrån och utåt. Det vill säga tak mot golv i varje rum med början i beredningsrummet sedan ren sluss och därefter dispenseringsrummet och oren sluss. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50524F51" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
+        <w:lastRenderedPageBreak/>
         <w:t>Torrdamning och torrmoppning får inte förekomma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B9C360" w14:textId="7BC8CA9A" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
+    <w:p w14:paraId="00B9C360" w14:textId="279A5F05" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Insidan av </w:t>
       </w:r>
       <w:r w:rsidR="00BF0F4A">
         <w:t>säkerhetsbänken</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve"> i beredningsrummet och dragskåpet i dispenseringsrummet städas </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0ADB">
-        <w:t xml:space="preserve"> av Regionservice.</w:t>
+        <w:t xml:space="preserve"> av </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3040A">
+        <w:t>lokalvårdare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7188F165" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ska minst 60 minuter förflyta innan beredning får ske.</w:t>
+        <w:t>Efter daglig- och veckostädning av beredningsrum ska minst 30 minuter förflyta innan beredning får ske. Efter kvartalsstädning ska minst 60 minuter förflyta innan beredning får ske.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DA1A063" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
-        <w:t xml:space="preserve">Efter till exempel rumsvalidering, filterbyte eller andra ingrepp ska </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> utföras. Städningen kan vara av förenklad typ beroende på ingreppets art. Sektionsledare på Nuklearmedicin rådgör med städpersonalen</w:t>
+        <w:t>Efter till exempel rumsvalidering, filterbyte eller andra ingrepp ska kvartalsstädning utföras. Städningen kan vara av förenklad typ beroende på ingreppets art. Sektionsledare på Nuklearmedicin rådgör med städpersonalen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C92BC2D" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Om verksamheten varit stängd mer än tio veckodagar och städning inte utförts, ska veckostädning utföras innan verksamheten återupptas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1449C565" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Vid avvikelser kontakta personalen på enheten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D266C43" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
@@ -455,86 +548,80 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="926"/>
           <w:tab w:val="num" w:pos="1276"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Använd rocken som hänger i ren sluss. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16147EC8" w14:textId="1AA0D031" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+    <w:p w14:paraId="16147EC8" w14:textId="2C0EA4CA" w:rsidR="00EC0ADB" w:rsidRPr="00A53E39" w:rsidRDefault="00EC0ADB" w:rsidP="00A53E39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="926"/>
           <w:tab w:val="num" w:pos="1918"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Efter avslutad städning tas hårskyddet och rocken av i oren sluss och rocken slängs i vit</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00644289">
+        <w:t>Efter avslutad städning tas hårskyddet och rocken av i oren sluss</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53E39">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:br/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> säck i sköljrum.</w:t>
+        <w:t>. Rockar slängs i tvättsäck i sköljrum, gula rockar i vit säck, gröna (sterila) rockar och blå overaller i röd säck.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B508517" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Städutrustning </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B0E934E" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="003F080B">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Städutrustning förvaras i skåp i slussen. Den är rumsbunden och får inte användas i andra lokaler. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0935E9E9" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -550,544 +637,463 @@
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Hink (ska förvaras upp och ner på ett plastat underlägg) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D2202CF" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Stege </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CD2B5CF" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Alkoholbaserat desinfektionsmedel med rengörande effekt </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0ADB">
         <w:br/>
-        <w:t xml:space="preserve">(≥ 70 </w:t>
-[...15 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(≥ 70 vol%) (ytdesinfektion)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A95B4B8" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Engångstorkduk </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C42CD9C" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Engångsmoppduk </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59D6C08C" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Allrengöringsmedel </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA5A3D6" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+    <w:p w14:paraId="1EA5A3D6" w14:textId="3BBE32D4" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00923A52" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EC0ADB">
-[...27 lines deleted...]
-    <w:p w14:paraId="20161ED6" w14:textId="77777777" w:rsidR="00156031" w:rsidRDefault="00156031" w:rsidP="003F080B">
+      <w:r>
+        <w:t>Virkontablett samt blandflaska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538B0E93" w14:textId="26A19677" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:lastRenderedPageBreak/>
+        <w:t>Rengöringsmedel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18BB0255" w14:textId="27B873C7" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t xml:space="preserve">För golvrengöring med allrengöringsmedel blandas allrengöringsmedel och kranvatten i hink enligt doseringsanvisning på flaskan. Moppduk doppas enbart </w:t>
+      </w:r>
+      <w:r w:rsidR="00D65BD2">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>en gång i hinken. Vid behov ta en ny duk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5955440E" w14:textId="2BA0EE91" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t xml:space="preserve">För rengöring med </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6DB5">
+        <w:t>Virkon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t xml:space="preserve"> läggs de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:rPr>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> torkdukar och moppdukar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t xml:space="preserve"> som beräknas behövas i tom hink. </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6DB5">
+        <w:t>Virkon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t xml:space="preserve"> hälls på så att dukarna blir blöta utan överflöd. Krama vid behov ur duken så att den inte är för blöt. Kassera använd duk och ta vid behov en ny. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3720AA5F" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Hinken ställs upp och ner på plastat underlägg i skåpet efter den tömts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B34DDD1" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t xml:space="preserve">Skriv öppningsdatum på flaskorna med allrengöringsmedel, tvål och ytdesinfektion. För hållbarhet, se tabell nedan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="362E9CED" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D45996">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="417" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t xml:space="preserve">Kom ihåg att stänga snäpplocket på flaskan med Allrengöringsmedel när du är klar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35470FA2" w14:textId="1E2C0F62" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Städning varje dag</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022F8409" w14:textId="110F943F" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Avtorkning med ytdesinfektion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0167">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E8FA00" w14:textId="4FB1EFB6" w:rsidR="00EC0ADB" w:rsidRPr="006B6DB5" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Alla horisontella ytor; rullbordets avställningsytor, arbets</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>bänk</w:t>
+      </w:r>
+      <w:r w:rsidR="0070321A">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BCA7AD9" w14:textId="1204412B" w:rsidR="006B6DB5" w:rsidRPr="00EC0ADB" w:rsidRDefault="00261EBF" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Scanner och etikettskrivare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCBBCB3" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Alla ytor i genomräckningsskåp mellan beredningsrum och dispenseringsrum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621302C1" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t xml:space="preserve">Handtag och området runt alla handtag </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5D9D41" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t xml:space="preserve">Klädkrokar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386672BF" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Snabbtelefon</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4CE2B3" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t xml:space="preserve">Ljusknappar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A1DAA6" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:rPr>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stolsitsarnas över- och undersida samt ryggstödets fram- och baksida </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714DE22D" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Tvättställ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53EACA50" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Aktivitetsmätare i sluss</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7160438A" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Papperskorg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150BF53A" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Rumsbundna skor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CB81B9" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="483C4CE8" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="005633A7" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005633A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Avtorkning med allrengöringsmedel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F56392" w14:textId="489099F1" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t xml:space="preserve">Städning av golv sker med engångsmoppduk doppad i allrengöringsmedel-lösning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D960C82" w14:textId="22F1B3C5" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Papperskorgar töms en gång om dagen. Läggs på rullbord i sköljrum. Knyt ihop påsen ordentligt och skriv dagens datum på påsen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306ACCDE" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Klibbmattan i korridoren byts efter avslutad städning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C421B05" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08AFA2C9" w14:textId="77777777" w:rsidR="00156031" w:rsidRDefault="00156031" w:rsidP="00FB4E79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="538B0E93" w14:textId="26A19677" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+    <w:p w14:paraId="5F135566" w14:textId="0BA9B5C9" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:lastRenderedPageBreak/>
-        <w:t>Rengöringsmedel</w:t>
-[...283 lines deleted...]
-    <w:p w14:paraId="483C4CE8" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="005633A7" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+        <w:t>Städning varje vecka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C007F2" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="005633A7" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005633A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Avtorkning med allrengöringsmedel</w:t>
-[...92 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Avtorkning med ytdesinfektion</w:t>
+      </w:r>
       <w:r w:rsidRPr="005633A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78FD72E0" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E2D02C6" w14:textId="5C6C71F0" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
@@ -1103,136 +1109,137 @@
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">s frontglas (beredningsrummet) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FD0221A" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Spegeln i slussen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="173E283D" w14:textId="450E19D2" w:rsidR="00EC0ADB" w:rsidRPr="00AA02C9" w:rsidRDefault="00EC0ADB" w:rsidP="00AA02C9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Glasytor mellan rum</w:t>
       </w:r>
       <w:r w:rsidR="00AA02C9">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08635228" w14:textId="5DF4BD50" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00AA02C9">
+    <w:p w14:paraId="08635228" w14:textId="66C9C2E9" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00AA02C9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Avtorkning med </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC0ADB">
+      <w:r w:rsidR="00261EBF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Incidin</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Virkon</w:t>
+      </w:r>
       <w:r w:rsidR="00EA0167">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="65537B68" w14:textId="559F0574" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00AA02C9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Alla horisontella ytor</w:t>
       </w:r>
       <w:r w:rsidR="00425962">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EB22B6F" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00AA02C9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Alla ytor i genomräckningsskåp mellan beredningsrum och dispenseringsrum.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24391552" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00AA02C9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Handtag och området runt alla handtag </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF3B605" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00AA02C9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Klädkrokar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C9A9F60" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00AA02C9">
+    <w:p w14:paraId="6C9A9F60" w14:textId="23DAE642" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00AA02C9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EC0ADB">
-        <w:t>Snabbtelefon</w:t>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="51FA6A04">
+        <w:t>canner och skrivare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02E1239C" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00AA02C9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Ljusknappar </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="121FC35C" w14:textId="024149FD" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00AA02C9">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Arbetsbänk</w:t>
       </w:r>
       <w:r w:rsidR="00631864">
         <w:t>, dock ej tråget bakom blyskydd</w:t>
       </w:r>
       <w:r w:rsidR="004B28F9">
         <w:t>.</w:t>
       </w:r>
@@ -1360,141 +1367,138 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24D04D33" w14:textId="00E09927" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Papperskorgar töms en gång om dagen. Läggs på rullbord i sköljrum. Knyt ihop påsen ordentligt och skriv dagens datum på påsen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C5EC896" w14:textId="5C0467F4" w:rsidR="00EC0ADB" w:rsidRPr="00122451" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Lägg in nytt plastat underlägg att ställa hinken på. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C5853B" w14:textId="2B076B6D" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+    <w:p w14:paraId="29C5853B" w14:textId="63C32954" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Kontrollera att allt materiel finns hemma. Lägg lapp med beställning till personalen på enheten, senast onsdag eftermiddag</w:t>
+        <w:t xml:space="preserve">Kontrollera att allt materiel finns hemma. </w:t>
+      </w:r>
+      <w:r w:rsidR="00633BD0">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vid behov fyll på från MIV-förråd alternativt meddela personalen på enheten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1994ECB2" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Klibbmattan i korridoren byts efter avslutad städning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01492E5A" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B8F71A8" w14:textId="77777777" w:rsidR="00156031" w:rsidRDefault="00156031" w:rsidP="00FB4E79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F83E352" w14:textId="53533E72" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Städning varje kvartal </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B4BC93" w14:textId="0DD5CBB6" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Avtorkas med </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Avtorkas med ytdesinfektion</w:t>
+      </w:r>
       <w:r w:rsidR="00EA0167">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DB3151C" w14:textId="42FF0FC1" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Utsidan av</w:t>
       </w:r>
       <w:r w:rsidR="003E6300">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003E6300">
         <w:t>äkerhetsbänkens</w:t>
@@ -1502,75 +1506,73 @@
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve"> frontglas (beredningsrummet) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A3DDED6" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Spegeln i slussen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CED688A" w14:textId="54EE30A9" w:rsidR="00EC0ADB" w:rsidRPr="00922DCC" w:rsidRDefault="00EC0ADB" w:rsidP="00922DCC">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Glasytor mellan rum </w:t>
       </w:r>
       <w:r w:rsidR="00922DCC">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17414B80" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00122451" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+    <w:p w14:paraId="17414B80" w14:textId="0917A685" w:rsidR="00EC0ADB" w:rsidRPr="00122451" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00122451">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Avtorkas med </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00122451">
+      <w:r w:rsidR="00981F0F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Incidin</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Virkon</w:t>
+      </w:r>
       <w:r w:rsidRPr="00122451">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EFA3788" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Tak </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20312191" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
@@ -1624,59 +1626,77 @@
       <w:r w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve"> i beredningsrum: ovanpå, sidor, och stativ under</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D1059C4" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Ljusknapp</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7750A2CB" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:right="142" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Stolsitsens över- och undersida, ryggstödets fram- och baksida inklusive stativ och hjul.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B8249D8" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
+    <w:p w14:paraId="6B8249D8" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Rullbord, inklusive stativ och hjul</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="41C8C7E2" w14:textId="245DA7AC" w:rsidR="00981F0F" w:rsidRPr="00EC0ADB" w:rsidRDefault="00981F0F" w:rsidP="00D76C79">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Scanner</w:t>
+      </w:r>
+      <w:r w:rsidR="12E612B1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>skrivare</w:t>
+      </w:r>
+      <w:r w:rsidR="662F20ED">
+        <w:t xml:space="preserve"> och snabbtelefon</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="0057C64E" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Skåp alla ytor, inuti och utanpå</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="425F41ED" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Klockor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7105A7" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Brandsläckare</w:t>
@@ -1721,59 +1741,50 @@
     <w:p w14:paraId="661D6BA9" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Papperskorg</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B80DCF" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Handtag och området runt alla handtag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CF688C0" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Klädkrokar </w:t>
-      </w:r>
-[...7 lines deleted...]
-        <w:t>Snabbtelefon</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="230AED08" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Arbetsbänkar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75341A81" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Tvättställ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE9B575" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00D76C79">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
@@ -1845,74 +1856,70 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45091F11" w14:textId="235662C8" w:rsidR="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Papperskorgar töms en gång om dagen. Läggs på rullbord i sköljrum. Knyt ihop påsen ordentligt och skriv dagens datum på påsen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4948F676" w14:textId="691CECD7" w:rsidR="00EC0ADB" w:rsidRPr="002276EA" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Klibbmattan i korridoren byts efter avslutad städning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F23F060" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Periodicitet </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C94EBD" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00DE164C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t xml:space="preserve">Veckostädning utförs en gång per vecka. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75DEADE1" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00DE164C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> utförs var tredje månad efter överenskommelse med personalen på enheten.</w:t>
+      <w:r w:rsidRPr="00EC0ADB">
+        <w:t>Kvartalsstädning utförs var tredje månad efter överenskommelse med personalen på enheten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC18F70" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00DE164C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>Vid behov byts rumsbundna skor samt rengöringsmaterial såsom till exempel hink och moppstativ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA8C1E2" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
@@ -1927,83 +1934,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="64275E16" w14:textId="63055E34" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00DC5ADC">
       <w:pPr>
         <w:ind w:left="0" w:right="133"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Genomförd städning dokumenteras på blankett med bläckpenna:</w:t>
       </w:r>
       <w:r w:rsidRPr="00326A03">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00326A03">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">Lokalvård i </w:t>
-[...31 lines deleted...]
-          <w:t xml:space="preserve"> regi, Udd.</w:t>
+          <w:t>Lokalvård i renklassade lokaler i Regionservices regi, Udd.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EC0ADB">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ange tidpunkten när städningen är avslutad. Om du skrivit fel </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0ADB">
         <w:t>stryk ett streck över felaktig text, ange felet, datera och signera.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55516109" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E047774" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
@@ -2035,329 +2010,301 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3781"/>
         <w:gridCol w:w="12"/>
         <w:gridCol w:w="1877"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w14:paraId="36246B97" w14:textId="77777777" w:rsidTr="00DE164C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3781" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25EDC825" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC0ADB">
-              <w:t>Ytdesinfektion</w:t>
-[...3 lines deleted...]
-              <w:t>, lokalvård i renrum</w:t>
+              <w:t>Ytdesinfektion, lokalvård i renrum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E240018" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EC0ADB">
               <w:t>2 månader</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w14:paraId="4B870D89" w14:textId="77777777" w:rsidTr="00DE164C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3781" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E4055A6" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EC0ADB">
               <w:t>Handsprit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75229A51" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EC0ADB">
               <w:t>utgångsdatum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w14:paraId="427E03BD" w14:textId="77777777" w:rsidTr="00DE164C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3781" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="171F2134" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EC0ADB">
               <w:t>Allrengöringsmedel, lokalvård</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="204998F7" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EC0ADB">
               <w:t>1 år</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w14:paraId="31E12745" w14:textId="77777777" w:rsidTr="00DE164C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3781" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7762327D" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EC0ADB">
               <w:t>Handtvål</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D37D488" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EC0ADB">
               <w:t>1 år</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w14:paraId="3E856EF2" w14:textId="77777777" w:rsidTr="00DE164C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="25AC4EF2" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
+          <w:p w14:paraId="25AC4EF2" w14:textId="5F548837" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="000B12F6" w:rsidP="00FB4E79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> S, dunk</w:t>
+            <w:r>
+              <w:t>Virkon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E5D5B53" w14:textId="77777777" w:rsidR="00EC0ADB" w:rsidRPr="00EC0ADB" w:rsidRDefault="00EC0ADB" w:rsidP="00FB4E79">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EC0ADB">
               <w:t>utgångsdatum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00FB4E79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="003F080B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2EC422BF" w14:textId="77777777" w:rsidR="00C17A1E" w:rsidRDefault="00C17A1E">
+    <w:p w14:paraId="53AED0F1" w14:textId="77777777" w:rsidR="00DB7BA2" w:rsidRDefault="00DB7BA2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00723512" w14:textId="77777777" w:rsidR="00C17A1E" w:rsidRDefault="00C17A1E">
+    <w:p w14:paraId="37A8333D" w14:textId="77777777" w:rsidR="00DB7BA2" w:rsidRDefault="00DB7BA2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6E70B7CE" w14:textId="77777777" w:rsidR="00C17A1E" w:rsidRDefault="00C17A1E">
+    <w:p w14:paraId="214D3B81" w14:textId="77777777" w:rsidR="00DB7BA2" w:rsidRDefault="00DB7BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OCR B">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -2365,89 +2312,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -2476,51 +2423,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2042310984" name="Bildobjekt 2042310984">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -2554,73 +2501,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1799B7E3" w14:textId="77777777" w:rsidR="00C17A1E" w:rsidRDefault="00C17A1E"/>
+    <w:p w14:paraId="527EE154" w14:textId="77777777" w:rsidR="00DB7BA2" w:rsidRDefault="00DB7BA2"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="772D7893" w14:textId="77777777" w:rsidR="00C17A1E" w:rsidRDefault="00C17A1E">
+    <w:p w14:paraId="0EB31FB2" w14:textId="77777777" w:rsidR="00DB7BA2" w:rsidRDefault="00DB7BA2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="530DF344" w14:textId="77777777" w:rsidR="00C17A1E" w:rsidRDefault="00C17A1E">
+    <w:p w14:paraId="38B0BE90" w14:textId="77777777" w:rsidR="00DB7BA2" w:rsidRDefault="00DB7BA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2658,91 +2605,91 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="5999AB6A">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -2781,60 +2728,60 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="0B2DBED8">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -2908,51 +2855,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4731,50 +4678,164 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BB8732A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4A0C063E"/>
+    <w:lvl w:ilvl="0" w:tplc="E264DBD8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4843,51 +4904,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4956,51 +5017,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D685442"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79C6276E"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5069,51 +5130,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5183,123 +5244,125 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="539174878">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1238980785">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="570700710">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="257178978">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1613778413">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="156112454">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1709993559">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="318659333">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="741298983">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="770588580">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1386903635">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="862673334">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="825511489">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="630018237">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="339745431">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1541044382">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2061510448">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1014192414">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1450205186">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="367535437">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="972062204">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1988706594">
     <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1646616093">
+    <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -5319,556 +5382,623 @@
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00000C03"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00081C30"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="000900E8"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
+    <w:rsid w:val="000B12F6"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B631B"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000C610E"/>
+    <w:rsid w:val="000E2CF8"/>
+    <w:rsid w:val="000E3B82"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00122451"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="001368C2"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00156031"/>
+    <w:rsid w:val="00156D7D"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="00196A33"/>
+    <w:rsid w:val="00197824"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001A7134"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D4732"/>
     <w:rsid w:val="00204139"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="002276EA"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="002431CD"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
+    <w:rsid w:val="00261EBF"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00275468"/>
     <w:rsid w:val="00280A85"/>
+    <w:rsid w:val="00283DC7"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A0A8A"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C249E"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E1FDA"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="002F6B86"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003019BD"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326A03"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
+    <w:rsid w:val="00344D25"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00356CCF"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="003758B9"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A1857"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C6C83"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D3FE0"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E6300"/>
     <w:rsid w:val="003F080B"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F4550"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413566"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="00425962"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="00432FD7"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00466F8D"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="00486D45"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00495C67"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004A4AA4"/>
+    <w:rsid w:val="004A51B5"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B28F9"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004C2C0F"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E1375"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="005018E6"/>
+    <w:rsid w:val="00511CB8"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="005134F3"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
+    <w:rsid w:val="00545A21"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
+    <w:rsid w:val="005630B0"/>
     <w:rsid w:val="005633A7"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00580418"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="005866AE"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E7FAD"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="006246C4"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="00631864"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00633BD0"/>
     <w:rsid w:val="00644289"/>
     <w:rsid w:val="0065595B"/>
+    <w:rsid w:val="00656DCA"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="0069540B"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
+    <w:rsid w:val="006B6DB5"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
+    <w:rsid w:val="006D0386"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E78BC"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="0070321A"/>
     <w:rsid w:val="00703489"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00710CBE"/>
     <w:rsid w:val="0071616C"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="0076191D"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="007672CB"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="0077281C"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="007779C6"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="00796084"/>
     <w:rsid w:val="007A310B"/>
+    <w:rsid w:val="007A3957"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B2CF7"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
+    <w:rsid w:val="0082755F"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="00836B11"/>
+    <w:rsid w:val="00843BBE"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00856C96"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00891E31"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="00922DCC"/>
+    <w:rsid w:val="00923A52"/>
     <w:rsid w:val="00924539"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="009378DD"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="0094486D"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00954724"/>
+    <w:rsid w:val="009631A6"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00981F0F"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A125FD"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A501CA"/>
     <w:rsid w:val="00A514B7"/>
+    <w:rsid w:val="00A53E39"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA02C9"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA39C5"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B034FF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B111E5"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B3048C"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B36713"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B5654F"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B8378E"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B87570"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA0786"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE3A8C"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF0F4A"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C17A1E"/>
+    <w:rsid w:val="00C325AD"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CD1DA0"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF609A"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D02D77"/>
     <w:rsid w:val="00D03D50"/>
+    <w:rsid w:val="00D046A5"/>
     <w:rsid w:val="00D05717"/>
+    <w:rsid w:val="00D058C9"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D17055"/>
+    <w:rsid w:val="00D17660"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D45996"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D65BD2"/>
     <w:rsid w:val="00D76C79"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DB7BA2"/>
     <w:rsid w:val="00DC48CE"/>
     <w:rsid w:val="00DC5ADC"/>
     <w:rsid w:val="00DD2BE0"/>
     <w:rsid w:val="00DD3A15"/>
     <w:rsid w:val="00DD4EF0"/>
     <w:rsid w:val="00DE164C"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07364"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E3040A"/>
     <w:rsid w:val="00E34707"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E545C1"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E63C73"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA0167"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EA779C"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC0ADB"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F02577"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F3065B"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F35B6F"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F43C78"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F767C9"/>
     <w:rsid w:val="00F76BCE"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA0B61"/>
     <w:rsid w:val="00FA380C"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB4E79"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC3ADD"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE468A"/>
     <w:rsid w:val="00FF5293"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="10D2A192"/>
+    <w:rsid w:val="12E612B1"/>
+    <w:rsid w:val="22701433"/>
+    <w:rsid w:val="320D4C39"/>
+    <w:rsid w:val="39A538F0"/>
+    <w:rsid w:val="41D47ADA"/>
+    <w:rsid w:val="492D62D5"/>
+    <w:rsid w:val="51FA6A04"/>
+    <w:rsid w:val="5C528512"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="64A06ED6"/>
+    <w:rsid w:val="662F20ED"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="7670E75E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{D8C362AD-882F-4F74-8702-76C39D757FF4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8258,127 +8388,233 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Strecklista">
     <w:name w:val="Strecklista"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00EC0ADB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00922DCC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00A125FD"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00A125FD"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00A125FD"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="752777159">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="641542698">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="875314551">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="206067826">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="714087039">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="373316069">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1188370785">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-81/surrogate/Slussning%20av%20all%20personal%20till%20beredningsrum%20%e2%80%93%20Uddevalla.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-93/surrogate/Utbildningsplan%20f%c3%b6r%20god%20beredningssed%2c%20hygien%20och%20str%c3%a5ls%c3%a4kerhet.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-20/surrogate/Blankett%20Lokalv%c3%a5rd%20i%20renklassade%20lokaler%20i%20lokalv%c3%a5rdares%20regi%20Udd.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-1069765838-81/surrogate/Slussning%20av%20all%20personal%20till%20beredningsrum%20%e2%80%93%20Uddevalla.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-71/surrogate/Utbildningsplan%20och%20delgivning%20av%20rutiner%20inom%20nuklearmedicin%20f%c3%b6r%20lokalv%c3%a5rdare.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu8760-680139821-20/surrogate/Blankett%20Lokalv%c3%a5rd%20i%20renklassade%20lokaler%20i%20lokalv%c3%a5rdares%20regi%20Udd.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -8674,71 +8910,56 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1260</Words>
-  <Characters>6680</Characters>
+  <Words>1316</Words>
+  <Characters>6978</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7925</CharactersWithSpaces>
+  <CharactersWithSpaces>8278</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Lokalvård i renklassade lokaler i Regionservices regi, Uddevalla</dc:title>
+  <dc:title>Lokalvård i renklassade lokaler i lokalvårdares regi - Uddevalla</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>65</revision>
+  <revision>98</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>