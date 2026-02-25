--- v0 (2025-12-13)
+++ v1 (2026-02-25)
@@ -6,3867 +6,5213 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="27036C4A" w14:textId="77777777" w:rsidR="00946817" w:rsidRDefault="00946817" w:rsidP="006233D2">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:sectPr w:rsidR="00946817" w:rsidSect="00946817">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="38DBE0C8" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc501440348"/>
     </w:p>
-    <w:p w14:paraId="664B284E" w14:textId="4B8DD3EE" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00DD04A0" w:rsidP="00DD04A0">
+    <w:p w14:paraId="664B284E" w14:textId="7486D345" w:rsidR="00946817" w:rsidRPr="001A33CA" w:rsidRDefault="00DD04A0" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t xml:space="preserve">Lokalvård i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>renklassade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t xml:space="preserve"> lokaler i </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidR="00154AB8" w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>fastighet, stöd och service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t xml:space="preserve"> regi, NÄL</w:t>
       </w:r>
-      <w:r w:rsidR="00946817" w:rsidRPr="00946817">
-[...6 lines deleted...]
-    <w:p w14:paraId="527361D8" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00DD04A0">
+    </w:p>
+    <w:p w14:paraId="527361D8" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="001A33CA" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="7C23DCB2" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bakgrund</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C23DCB2" w14:textId="49001628" w:rsidR="00946817" w:rsidRPr="001A33CA" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="06D68431" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00DD04A0">
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lokalvård i beredningsrum och slussar samt dispenseringsrum på nuklearmedicin utförs av personal från </w:t>
+      </w:r>
+      <w:r w:rsidR="003F6CFC" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fastighet, stöd och service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D68431" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="001A33CA" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Syfte</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E99F216" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00DD04A0">
+    <w:p w14:paraId="6E99F216" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Att fastställa instruktioner för lokalvård i beredningsrum och slussar samt dispenserings</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>rum för att säkerställa hygienkrav enligt Svensk Läkemedels</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>standard.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A720BCF" w14:textId="4FB673BA" w:rsidR="00DD04A0" w:rsidRPr="00946817" w:rsidRDefault="00DD04A0" w:rsidP="00DD04A0">
+    <w:p w14:paraId="1A720BCF" w14:textId="4FB673BA" w:rsidR="00DD04A0" w:rsidRPr="001A33CA" w:rsidRDefault="00DD04A0" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Förändringar sedan föregående version </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79FA1E3D" w14:textId="77777777" w:rsidR="00603156" w:rsidRPr="00815A39" w:rsidRDefault="00603156" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="49"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...10 lines deleted...]
-      </w:r>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DD0B7A">
-[...3 lines deleted...]
-        <w:t>Regionservices</w:t>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Virkon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00DD0B7A" w:rsidRPr="00DD0B7A">
-[...8 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> - benämns som desinfektionsmedel i rutinen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B67026C" w14:textId="77777777" w:rsidR="00603156" w:rsidRPr="00815A39" w:rsidRDefault="00603156" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="49"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="66C59A03" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00DD04A0">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Överbliven desinfektionsmedel samt allrengöringsmedel får hällas ut i handfat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D4B13E" w14:textId="77777777" w:rsidR="00603156" w:rsidRPr="00815A39" w:rsidRDefault="00603156" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Beskrivning av skillnad mellan desinfektionsmedel och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA0605B" w14:textId="77777777" w:rsidR="00603156" w:rsidRPr="00815A39" w:rsidRDefault="00603156" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ändrat namn från </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>regionservice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till fastighet stöd och service  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069D4BD1" w14:textId="77777777" w:rsidR="00603156" w:rsidRPr="00815A39" w:rsidRDefault="00603156" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lagt till scanner och etikettskrivare </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7252B6" w14:textId="77777777" w:rsidR="00603156" w:rsidRPr="00815A39" w:rsidRDefault="00603156" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lagt till förtydligande om varför desinfektionsmedel används </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BDBFC63" w14:textId="77777777" w:rsidR="00603156" w:rsidRPr="00815A39" w:rsidRDefault="00603156" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Virkon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> flaska byts ut när ny burk med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>virkon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> tabletter öppnas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516E4DDC" w14:textId="77777777" w:rsidR="00603156" w:rsidRPr="00815A39" w:rsidRDefault="00603156" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Steril rock läggs i avsedd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tvättsäck</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FADE058" w14:textId="77777777" w:rsidR="00603156" w:rsidRPr="00815A39" w:rsidRDefault="00603156" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Förtydligande om glasparti </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C59A03" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="001A33CA" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B24C0B" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="006233D2">
+    <w:p w14:paraId="45B24C0B" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="001A33CA" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Allmänna instruktioner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641C0B80" w14:textId="07F3E21B" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="006233D2">
+    <w:p w14:paraId="641C0B80" w14:textId="07F3E21B" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lokalvårdare ska ha särskild utbildning enligt </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="000209BF">
+        <w:r w:rsidRPr="00815A39">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">Utbildningsplan </w:t>
         </w:r>
-        <w:r w:rsidR="000209BF" w:rsidRPr="000209BF">
+        <w:r w:rsidR="000209BF" w:rsidRPr="00815A39">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>och delgivning av rutiner inom nuklearmedicin för lokalvårdare</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> för att få städa i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>renklassade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> lokaler.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F20E9C" w14:textId="36700419" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="006233D2">
+    <w:p w14:paraId="22F20E9C" w14:textId="36700419" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Särskild klädsel används vid städning i rena utrymmen. Se </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00946817">
+        <w:r w:rsidRPr="00815A39">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Slussning av all personal till beredningsrum</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B2739BC" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="006233D2">
+    <w:p w14:paraId="3B2739BC" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Säkerhetsbänkarnas insida städas av beredande personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A31E898" w14:textId="6332EDFA" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00584924">
+    <w:p w14:paraId="4A31E898" w14:textId="6332EDFA" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Lokalvård genomförs varje arbetsdag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B4DE6A" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="006233D2">
+    <w:p w14:paraId="77B4DE6A" w14:textId="58CC2346" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Lokalvård får inte ske i lokal där beredning pågår.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
+    </w:p>
+    <w:p w14:paraId="70C5887C" w14:textId="4BB022DC" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lokalvård utförs i turordning uppifrån och ner och inifrån och utåt. Det vill säga tak mot golv i varje rum med början i beredningsrummet </w:t>
+      </w:r>
+      <w:r w:rsidR="00885DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="70C5887C" w14:textId="33E075E0" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="006233D2">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(rum 266) sedan sluss 2 (rum 266A) och därefter sluss 1 (rum 267).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D2042C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Städutrustning och engångsmaterial enligt nedan, förvaras i skåp i slussen (rum 267). Städutrustningen är rumsbunden (rum 266, 266A och 267) och får inte användas i andra lokaler. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F7066C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="08F7066C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Moppstativ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07BE0939" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="07BE0939" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-569"/>
+        <w:ind w:left="567" w:right="-569" w:hanging="283"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Hink (ska förvaras upp och ner på ett plastat underlägg)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="207474B9" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="207474B9" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Stege</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EAEACB5" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="2EAEACB5" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-285"/>
+        <w:ind w:left="567" w:right="-285" w:hanging="283"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Alkoholbaserat desinfektionsmedel med rengörande effekt (≥ 70 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>vol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E246AE0" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="7E246AE0" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Engångstorkduk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56250C62" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="56250C62" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Engångsmoppduk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6658F2ED" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="6658F2ED" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Allrengöringsmedel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D693EB" w14:textId="20130904" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00584924">
+    <w:p w14:paraId="40D693EB" w14:textId="3D869BA5" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="002D6D18" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
-        <w:t>Incidin</w:t>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Virkon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – benämns som desinfektionsmedel</w:t>
+      </w:r>
       <w:r w:rsidR="00502BC4">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F56362" w14:textId="00648131" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="25F18519" w14:textId="5D10D3D8" w:rsidR="00A857B6" w:rsidRPr="00815A39" w:rsidRDefault="00A857B6" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:right="425" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Förtydligande – desinfektionsmedel används för att minska risken för spridning av skadliga mikroorganismer samt bakterier, virus och svamp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F56362" w14:textId="0760C1A5" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Torrdamning och torrmoppning får inte förekomma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF2653F" w14:textId="2ABCF44E" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="004A2B42">
+    <w:p w14:paraId="1AF2653F" w14:textId="2ABCF44E" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:ind w:right="284"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:right="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Alkoholbaserat desinfektionsmedel med rengörande effekt (≥ 70 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>vol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">%) nedan benämnt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6022CFAB" w14:textId="2DF518B6" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="6022CFAB" w14:textId="2DF518B6" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:right="281" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Skriv öppningsdatum på allrengöringsmedel, tvål och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>. För hållbarhet se nedan. Kom ihåg att stänga snäpplocket på flaskan när du är klar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3285C34A" w14:textId="2EC1C975" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00AE179F">
+    <w:p w14:paraId="3285C34A" w14:textId="2EC1C975" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:ind w:right="142"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:right="142" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Tork- och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>moppduk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> doppas enbart en gång i hinken. Vid behov ta en ny.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A1C480" w14:textId="5B5A6CB3" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="50A1C480" w14:textId="5B5A6CB3" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Efter städning av beredningsrum ska minst 30 minuter förflyta innan beredning får ske.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68FC3B70" w14:textId="3708F365" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="68FC3B70" w14:textId="3708F365" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Efter halvårsstädning av beredningsrum ska minst 60 minuter, gärna längre, förflyta innan beredning får ske. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F8128D5" w14:textId="6D6E3C1C" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="2F8128D5" w14:textId="6D6E3C1C" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Efter rumsvalidering ska daglig städning utföras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09083180" w14:textId="3904F6E2" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="09083180" w14:textId="3904F6E2" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Efter till exempel filterbyte eller andra ingrepp ska halvårsstädning utföras. Städningen kan vara av förenklad typ beroende på ingreppets art. Sektionsledare på nuklearmedicin rådgör med städpersonalen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="615E7A4C" w14:textId="56F5A7F0" w:rsidR="00946817" w:rsidRPr="00584924" w:rsidRDefault="00946817" w:rsidP="00584924">
+    <w:p w14:paraId="615E7A4C" w14:textId="56F5A7F0" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Om verksamheten varit stängd i mer än tio veckodagar och städning inte utförts, ska veckostädning utföras innan verksamheten återupptas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="008692AD" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00507B5B">
+    <w:p w14:paraId="12917564" w14:textId="77777777" w:rsidR="009236E1" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Vid avvikelser kontakta personalen på sektionen.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
+    </w:p>
+    <w:p w14:paraId="008692AD" w14:textId="57B9F863" w:rsidR="00F7409A" w:rsidRDefault="009236E1" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Överbliven rengöringsmedel samt desinfektionsmedel får hällas ut i handfat i sluss samt vasken i dispensering, </w:t>
+      </w:r>
+      <w:r w:rsidR="005307BF" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hinkarna är rumsburna och får inte tas ut </w:t>
+      </w:r>
+      <w:r w:rsidR="005307BF">
+        <w:t>från slussen eller dispensering.</w:t>
+      </w:r>
+      <w:r w:rsidR="00946817" w:rsidRPr="00946817">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F1C812" w14:textId="77777777" w:rsidR="00584924" w:rsidRDefault="00584924">
+    <w:p w14:paraId="147ACC61" w14:textId="77777777" w:rsidR="00F7409A" w:rsidRDefault="00F7409A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6303DE77" w14:textId="29388FCF" w:rsidR="00946817" w:rsidRPr="00F7409A" w:rsidRDefault="00946817" w:rsidP="00F7409A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7409A">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
-        </w:rPr>
-[...13 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Varje dag</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7409A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F7409A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:br/>
         <w:t>Beredningsrum inklusive slussar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="267A6508" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="267A6508" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00F7409A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nedanstående avtorkas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4082A9AA" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="4082A9AA" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Alla horisontella arbetsytor/bänk/hyllor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB3BCB7" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="6FB3BCB7" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mätinstrument på väggen, dock inte display</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5BB024" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="5D5BB024" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Handtag och området runt alla handtag (dörrar, skåpdörrar, kylskåp, interlock</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>system)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21813211" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="21813211" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Horisontella ytor i genomräckningsskåp mellan beredningsrum och dispenseringsrum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="746A799C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="746A799C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tangentbord </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C841CB" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="33C841CB" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Telefon</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2490E6C8" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="4995D44A" w14:textId="0155727F" w:rsidR="00997948" w:rsidRPr="00815A39" w:rsidRDefault="00997948" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="65F25EEB" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Scanner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE4103B" w14:textId="69A3B6BB" w:rsidR="00997948" w:rsidRPr="00815A39" w:rsidRDefault="00997948" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="1E305C87" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Etikettskrivare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2490E6C8" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Rullbordets horisontella ytor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F25EEB" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stolsitsens över- och undersida samt ryggstödets fram- och baksida </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E305C87" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tvättställ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405A63E3" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+    <w:p w14:paraId="405A63E3" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66B6C1D2" w14:textId="4B954C81" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="66B6C1D2" w14:textId="4B954C81" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Papperskorgen i slussen töms. OBS! Papperskorgen i berednings- och dispenseringsrummet töms av beredande personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3684A3" w14:textId="39A4D558" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="0C3684A3" w14:textId="39A4D558" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Golv avtorkas med engångstrasa fuktad med allrengöringsmedel-lösning (utförs inte vid veckostädning). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="228B118C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="228B118C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Hinken ställs upp och ner på plastat underlägg i skåpet efter att allrengörings-lösningen har hällts ut.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2CE167" w14:textId="03995AB4" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="4C2CE167" w14:textId="03995AB4" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Rumsbundna skor torkas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D01970" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="70D01970" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Efter avtorkning av golv läggs steril rock i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>tvättsäcken</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>sköljen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00946817">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A6CC28A" w14:textId="6EA900DB" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="7A6CC28A" w14:textId="6EA900DB" w:rsidR="00946817" w:rsidRPr="00F7409A" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="993"/>
-        <w:rPr>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="00F7409A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dispenseringsrummet:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397014DB" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="397014DB" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nedanstående avtorkas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00946817">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDCDE9E" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00502BC4">
+    <w:p w14:paraId="1BDCDE9E" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Horisontell </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bänkyta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="03550AB3" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00502BC4">
+    <w:p w14:paraId="03550AB3" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rullbordets horisontella ytor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70882A73" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00502BC4">
+    <w:p w14:paraId="70882A73" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Horisontell yta i utlämningsskåp mellan dispenserings- och injektionsrum</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D16B2D" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00502BC4">
+    <w:p w14:paraId="32D16B2D" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tangentbord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27096F65" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+    <w:p w14:paraId="27096F65" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709" w:right="0"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="30034B8F" w14:textId="055D18D1" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00AE179F">
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30034B8F" w14:textId="055D18D1" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7919"/>
         </w:tabs>
-        <w:ind w:right="142"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:right="142" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Städning av golv sker med engångsmoppduk doppad i</w:t>
       </w:r>
-      <w:r w:rsidR="00516DD4">
+      <w:r w:rsidR="00516DD4" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>allrengöringsmedel</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:softHyphen/>
         <w:t>-lösning</w:t>
       </w:r>
-      <w:r w:rsidR="00144025">
+      <w:r w:rsidR="00144025" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33E9AE61" w14:textId="77777777" w:rsidR="00225A01" w:rsidRDefault="00225A01">
+    <w:p w14:paraId="33E9AE61" w14:textId="77777777" w:rsidR="00225A01" w:rsidRDefault="00225A01" w:rsidP="00815A39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24097A74" w14:textId="2E2DF3AB" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="24097A74" w14:textId="2E2DF3AB" w:rsidR="00946817" w:rsidRPr="001A33CA" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Varje vecka</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AAB6E83" w14:textId="26D38F1D" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="1AAB6E83" w14:textId="26D38F1D" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="001A33CA">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Papperskorgen i slussen töms. OBS! Papperskorgen i berednings- och dispenserings</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:softHyphen/>
         <w:t>rummet töms av beredande personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DBB5E2C" w14:textId="1D261724" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="3DBB5E2C" w14:textId="6E8D1609" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="001A33CA">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:right="0" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Alla horisontella arbetsytor/bänk/hyllor torkas med </w:t>
       </w:r>
+      <w:r w:rsidR="00E766D0" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58189BDE" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="001A33CA">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nedanstående avtorkas med </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
-        <w:t>Incidin</w:t>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43208457" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="43208457" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mätinstrument på väggen (inte display)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5181DEA3" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="5181DEA3" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Genomräckningsskåpets insida </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E46F5AB" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="7E46F5AB" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Handtag och området runt alla handtag (dörrar, skåpdörrar, kylskåp, interlock</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>system)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="034B94E4" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="034B94E4" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tangentbord </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="059B945F" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="059B945F" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Telefon</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C97B411" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="3C97B411" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Säkerhetsbänkens stativ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E3B973" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="22E3B973" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Utsidan av säkerhetsbänkens frontglas. Sänk ner glaspartiet till ändläge innan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>rengöring. Hissa upp glasparti till standardläge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="154E2DB2" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="154E2DB2" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rullbordet inklusive hjul </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="733BD2FD" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="733BD2FD" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Stolarna inklusive hjul</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="591A1F22" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="591A1F22" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Generatorvagnen inklusive hjul </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A29327E" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="5A29327E" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pedalpelle </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7982EF20" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="7982EF20" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Klädkrokar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F1C9949" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="2F1C9949" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tvål- och handspritsdispenser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77314654" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="77314654" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hållare för engångsdukar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3864094A" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="3864094A" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Papperskorg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C530A0" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="70C530A0" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tvättställ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E754AC" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="57E754AC" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ljusknapp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A82FB6" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="60A82FB6" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Speglarna i slussen</w:t>
+      </w:r>
       <w:r w:rsidRPr="00946817">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Speglarna i slussen</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F3B422B" w14:textId="59527E1E" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="2F3B422B" w14:textId="46C939E3" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Rengör skoställ med </w:t>
       </w:r>
+      <w:r w:rsidR="007C4516" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F66386D" w14:textId="5DDD4A15" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rengör rumsbundna skor med </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4516" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F8F680A" w14:textId="109B6FF4" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Städskåpet avtorkas invändigt med </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
-        <w:t>Incidin</w:t>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
-[...3 lines deleted...]
-    <w:p w14:paraId="0F66386D" w14:textId="4CBD2E06" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B973B8D" w14:textId="362299F7" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Rengör rumsbundna skor med </w:t>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Lägg in nytt plastat underlägg att ställa hinken på.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13D443A0" w14:textId="235D18CE" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Golv avtorkas med engångsmoppduk fuktad med </w:t>
+      </w:r>
+      <w:r w:rsidR="00187AE2" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51331BD4" w14:textId="7CC6C76D" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Moppstativ kontrolleras och avtorkas med </w:t>
+      </w:r>
+      <w:r w:rsidR="00187AE2" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7315E5" w14:textId="1251A8DB" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hinken inklusive handtag torkas utvändigt med </w:t>
+      </w:r>
+      <w:r w:rsidR="00084CD0" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491BC177" w14:textId="75EDD238" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Hinken ställs in upp och ner på det plastade underlägget.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48D9D2D0" w14:textId="3FA6B00C" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Kontrollera att allt materiel finns hemma. Lägg lapp med beställning till personalen i förrådet (beställning sker onsdag förmiddag).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67795492" w14:textId="76329130" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Efter avtorkning av golv läggs steril rock i</w:t>
+      </w:r>
+      <w:r w:rsidR="00636732" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> avsedd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
-        <w:t>Incidin</w:t>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>tvättsäcken</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Städskåpet avtorkas invändigt med </w:t>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
-        <w:t>ytdesinfektion</w:t>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>sköljen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
-[...108 lines deleted...]
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00946817">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72881A7A" w14:textId="77777777" w:rsidR="00225A01" w:rsidRDefault="00225A01">
+    <w:p w14:paraId="72881A7A" w14:textId="77777777" w:rsidR="00225A01" w:rsidRDefault="00225A01" w:rsidP="00815A39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34AE4B2B" w14:textId="78BC8004" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="34AE4B2B" w14:textId="78BC8004" w:rsidR="00946817" w:rsidRPr="00FF2EFC" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="993"/>
-        <w:rPr>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="00FF2EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Dispenseringsrummet:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D867A34" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="1D867A34" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nedanstående avtorkas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0ADE9A" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="4B0ADE9A" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Horisontell </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bänkyta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7B0A9F3F" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="7B0A9F3F" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rullbordet inklusive hjul</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618C23E7" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="618C23E7" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Insidan av utlämningsskåp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD5E026" w14:textId="77777777" w:rsidR="005F79E4" w:rsidRDefault="00946817" w:rsidP="00502BC4">
+    <w:p w14:paraId="2CD5E026" w14:textId="77777777" w:rsidR="005F79E4" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tangentbord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3420F56C" w14:textId="2404DB16" w:rsidR="00946817" w:rsidRPr="00502BC4" w:rsidRDefault="00946817" w:rsidP="00502BC4">
+    <w:p w14:paraId="0F98E77C" w14:textId="77777777" w:rsidR="00575AD8" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Säkerhetsbänkens frontglas och stativ</w:t>
       </w:r>
-      <w:r w:rsidR="005F79E4">
+    </w:p>
+    <w:p w14:paraId="6EA54D51" w14:textId="77777777" w:rsidR="00575AD8" w:rsidRPr="00815A39" w:rsidRDefault="00575AD8" w:rsidP="00815A39">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Scanner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3420F56C" w14:textId="15135451" w:rsidR="00946817" w:rsidRPr="00502BC4" w:rsidRDefault="00575AD8" w:rsidP="00815A39">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Etikettskrivare</w:t>
+      </w:r>
+      <w:r w:rsidR="001A33CA">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F73F624" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="6F73F624" w14:textId="5345E9B8" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:right="142" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Städning av golv sker med engångsmoppduk doppad i </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="499F4913" w14:textId="77777777" w:rsidR="00516DD4" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+      <w:r w:rsidR="001D2B0F" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499F4913" w14:textId="77777777" w:rsidR="00516DD4" w:rsidRPr="001A33CA" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00516DD4">
+      <w:r w:rsidRPr="001A33CA">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Varje halvår</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516375E0" w14:textId="3F34048C" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="516375E0" w14:textId="1642A564" w:rsidR="00946817" w:rsidRPr="00FF2EFC" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="992"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00946817">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:r w:rsidRPr="00FF2EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Beredningsrum</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6FADF008" w14:textId="6A8C2435" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+      <w:r w:rsidR="001D2B0F" w:rsidRPr="00FF2EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> och sluss</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FADF008" w14:textId="6A8C2435" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Papperskorgen i slussen töms. OBS! Papperskorgen i berednings- och dispenserings</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:softHyphen/>
         <w:t>rummet töms av beredande personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EDE650E" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="7EDE650E" w14:textId="39946F0B" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nedanstående avtorkas med </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="34D7B78F" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+      <w:r w:rsidR="00762E24" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D7B78F" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tak, vägg, ram runt fönster, dragavbrott och golv</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A9AAF6" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="52A9AAF6" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Skåp och kylskåp, utsida</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52107A2E" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="52107A2E" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Säkerhetsbänkens utsida inklusive sladdar, dock inte glasparti Genomräckningsskåpets insida och utsida, dock inte glasparti</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D2C163E" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="5D2C163E" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Alla horisontella arbetsytor/bänk/hyllor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F5E3910" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="7F5E3910" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rullbord inklusive hjul</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CC01445" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="5CC01445" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Stolar inklusive hjul</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD685D7" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="4FD685D7" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Generatorvagnen inklusive hjul</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D95CB9" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="73D95CB9" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pedalpelle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C71A51" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="74C71A51" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Telefon</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15499209" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="15499209" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Papperskorg i sluss</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42741971" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="42741971" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Skoställ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B00EA66" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="7B00EA66" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rumsbundna skor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2D4FE6" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="6D2D4FE6" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Skåpens insida och utsida i slussen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5F2CB4" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="7E5F2CB4" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Handtag och området runt alla handtag (dörrar, skåpdörrar, kylskåp, interlock</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>system)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2442E2DD" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="2442E2DD" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Klädkrokar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3505FA4C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="3505FA4C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tvål- och handspritsdispenser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4160106C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="4160106C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hållare för engångsdukar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D62DEC5" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="1D62DEC5" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tvättställ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7508F5BE" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="7508F5BE" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ljusknapp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C8737B" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="73C8737B" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Stege efter att den använts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C032074" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+    <w:p w14:paraId="6C032074" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="426"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F00FC33" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="4F00FC33" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nedanstående avtorkas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfekton</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D80651" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="73D80651" w14:textId="4E82B3D4" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="417750CE" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Glaspartier på säkerhetsbänkens utsida. Sänk ner glaspartiet till ändläge innan rengöring. Hissa upp glasparti till standardläge</w:t>
+      </w:r>
+      <w:r w:rsidR="00762E24" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> efter avtorkning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417750CE" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mätinstrument på väggen, dock inte displayen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1963C096" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="1963C096" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tangentbord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DFF47D" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="22DFF47D" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Genomräkningsskåpets glasruta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04B32985" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="04B32985" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Glasytor mellan rum, glasytor i skåpsdörrar och glasyta vid fönster</w:t>
       </w:r>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684C7914" w14:textId="1D55F486" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="684C7914" w14:textId="1D55F486" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Lägg in nytt plastat underlägg att ställa hinken på.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CDE315" w14:textId="05928868" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="58CDE315" w14:textId="697C51B1" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Golv avtorkas med engångsmoppduk fuktad med </w:t>
       </w:r>
+      <w:r w:rsidR="004F6FBB" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D8D8F44" w14:textId="3D8329EB" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Moppstativ kontrolleras och avtorkas med </w:t>
+      </w:r>
+      <w:r w:rsidR="005F5C12" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF012FB" w14:textId="189DF2D1" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hinken inklusive handtag torkas utvändigt med </w:t>
+      </w:r>
+      <w:r w:rsidR="005F5C12" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0714DEEF" w14:textId="323FDD77" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hinken ställs in upp och ner på det plastade underlägget.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B92FB2" w14:textId="571FFDC3" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kontrollera att allt materiel finns hemma. Lägg lapp med beställning till personalen i förrådet (beställning sker onsdag förmiddag).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49679455" w14:textId="53550B53" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="567" w:hanging="283"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Efter avtorkning av golv läggs steril rock i</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD145E" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> röd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
-        <w:t>Incidin</w:t>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tvättsäck</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sköljen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D8D8F44" w14:textId="6187BB72" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
-[...120 lines deleted...]
-    <w:p w14:paraId="25B26476" w14:textId="0F8FFDA0" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="25B26476" w14:textId="0F8FFDA0" w:rsidR="00946817" w:rsidRPr="005B78DB" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="993"/>
-        <w:rPr>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="005B78DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dispenseringsrummet:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C4C5B4" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="47C4C5B4" w14:textId="5A822C9F" w:rsidR="00946817" w:rsidRPr="005B78DB" w:rsidRDefault="00946817" w:rsidP="001A33CA">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B78DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nedanstående avtorkas med </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="62E16521" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+      <w:r w:rsidR="00D57FFB" w:rsidRPr="005B78DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E16521" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="0041716C" w:rsidRDefault="00946817" w:rsidP="0041716C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tak och vägg (enbart en gång/år, det vill säga i mars)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF17B8D" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="7BF17B8D" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="0041716C" w:rsidRDefault="00946817" w:rsidP="0041716C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Klocka</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1DC4E2" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="7A1DC4E2" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="0041716C" w:rsidRDefault="00946817" w:rsidP="0041716C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Horisontell </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
-        <w:rPr>
+      <w:r w:rsidRPr="0041716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bänkyta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="63170B42" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="63170B42" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="0041716C" w:rsidRDefault="00946817" w:rsidP="0041716C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rullbordet inklusive hjul</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0617D83E" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="0617D83E" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="0041716C" w:rsidRDefault="00946817" w:rsidP="0041716C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Insidan av utlämningsskåp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BCF8043" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="5BCF8043" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="0041716C" w:rsidRDefault="00946817" w:rsidP="0041716C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Skåp och kylskåp, utsida</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42787DF4" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="42787DF4" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="0041716C" w:rsidRDefault="00946817" w:rsidP="0041716C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Säkerhetsbänkens utsida inklusive sladdar, dock inte glaspartier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2384DDE6" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
-[...1 lines deleted...]
-        <w:tabs>
+    <w:p w14:paraId="6770AF24" w14:textId="16F4EADA" w:rsidR="00D57FFB" w:rsidRPr="0041716C" w:rsidRDefault="00D57FFB" w:rsidP="0041716C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709" w:right="0"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3B417561" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Stol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265DF8BB" w14:textId="744D6D3A" w:rsidR="00D57FFB" w:rsidRPr="0041716C" w:rsidRDefault="00D57FFB" w:rsidP="0041716C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041716C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pedalpelle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2384DDE6" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6946"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B417561" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve">Nedanstående avtorkas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ytdesinfektion</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5940E640" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="5940E640" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tangentbord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29CE0130" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="5F106368" w14:textId="5E6D6F80" w:rsidR="00946817" w:rsidRPr="001A33CA" w:rsidRDefault="00946817" w:rsidP="001A33CA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="567" w:right="0" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Säkerhetsbänkens frontglas</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:suppressAutoHyphens/>
+      <w:r w:rsidR="001B729C">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C265E0" w14:textId="4740EA9E" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:right="142" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Städning av golv sker med engångsmoppduk doppad i </w:t>
+      </w:r>
+      <w:r w:rsidR="00456240" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>desinfektionsmedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CAF4BA" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="001A33CA" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>Övrigt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3752AD" w14:textId="0358EB4E" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="570" w:right="0"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Städning av golv sker med engångsmoppduk doppad i </w:t>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vid behov byts rumsbundna skor, hink och moppstativ. Meddela personalen på sektionen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF91A5A" w14:textId="6C049A7F" w:rsidR="00DF4F40" w:rsidRPr="00815A39" w:rsidRDefault="00DF4F40" w:rsidP="00815A39">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avsedd flaska för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00946817">
-        <w:t>Incidin</w:t>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>virkon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-    <w:p w14:paraId="46CAF4BA" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00516DD4" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> byts ut när ny burk med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>virkon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FF2EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tab</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4FCF" w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>letter öppnas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="716BA5F7" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="001A33CA" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>Periodicitet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CADCF5" w14:textId="56CF5893" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
-      <w:r w:rsidRPr="00946817">
+    <w:p w14:paraId="49CADCF5" w14:textId="56CF5893" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Veckostädning utförs en gång per vecka, förslagsvis torsdag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E52D263" w14:textId="4D18F35D" w:rsidR="00946817" w:rsidRPr="00225A01" w:rsidRDefault="00946817" w:rsidP="00225A01">
-      <w:r w:rsidRPr="00946817">
+    <w:p w14:paraId="2E52D263" w14:textId="4D18F35D" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Halvårsstädning utförs i början av mars och september.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A5DE546" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="3A5DE546" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="001A33CA" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A33CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
         <w:t>Dokumentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3188F2" w14:textId="1D643799" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
-      <w:r w:rsidRPr="00946817">
+    <w:p w14:paraId="3F3188F2" w14:textId="1D643799" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Genomförd städning dokumenteras på blankett med bläckpenna:</w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="00946817">
+        <w:r w:rsidRPr="00815A39">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Lokalvård i </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00946817">
+        <w:r w:rsidRPr="00815A39">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>renklassade</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00946817">
+        <w:r w:rsidRPr="00815A39">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> lokaler i </w:t>
         </w:r>
-        <w:r w:rsidR="00656A65">
+        <w:r w:rsidR="00656A65" w:rsidRPr="00815A39">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>lokalvårdares</w:t>
         </w:r>
-        <w:r w:rsidRPr="00946817">
+        <w:r w:rsidRPr="00815A39">
           <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> regi, NÄL</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00946817">
+      <w:r w:rsidRPr="00815A39">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Ange tidpunkten när städningen är avslutad. Om du skrivit fel stryk ett streck över felaktig text.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5F6F92" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+    <w:p w14:paraId="6A5F6F92" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A483510" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
-[...19 lines deleted...]
-    <w:p w14:paraId="6F289EC5" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="6F289EC5" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="001B729C" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B729C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Hållbarhetstider</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045FE45B" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="045FE45B" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="001B729C" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00946817">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B729C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Bruten flaska</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="1014" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3789"/>
         <w:gridCol w:w="1881"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00946817" w:rsidRPr="00946817" w14:paraId="251ABA87" w14:textId="77777777" w:rsidTr="00516DD4">
+      <w:tr w:rsidR="00946817" w:rsidRPr="00946817" w14:paraId="251ABA87" w14:textId="77777777" w:rsidTr="00815A39">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3789" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC8230A" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+          <w:p w14:paraId="6DC8230A" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00946817">
+            <w:r w:rsidRPr="00815A39">
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ytdesinfektion</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00946817">
+            <w:r w:rsidRPr="00815A39">
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, lokalvård i renrum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="31F52860" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+          <w:p w14:paraId="31F52860" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00946817">
+            <w:r w:rsidRPr="00815A39">
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2 månader</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00946817" w:rsidRPr="00946817" w14:paraId="6FAC6F98" w14:textId="77777777" w:rsidTr="00516DD4">
+      <w:tr w:rsidR="00946817" w:rsidRPr="00946817" w14:paraId="6FAC6F98" w14:textId="77777777" w:rsidTr="00815A39">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3789" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7283BE" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+          <w:p w14:paraId="0D7283BE" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00946817">
+            <w:r w:rsidRPr="00815A39">
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Handsprit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D34DA6C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+          <w:p w14:paraId="7D34DA6C" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00946817">
+            <w:r w:rsidRPr="00815A39">
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Utgångsdatum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00946817" w:rsidRPr="00946817" w14:paraId="2F54B8FC" w14:textId="77777777" w:rsidTr="00516DD4">
+      <w:tr w:rsidR="00946817" w:rsidRPr="00946817" w14:paraId="2F54B8FC" w14:textId="77777777" w:rsidTr="00815A39">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3789" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="45421EEB" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+          <w:p w14:paraId="45421EEB" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00946817">
+            <w:r w:rsidRPr="00815A39">
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Allrengöringsmedel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14A8EB39" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+          <w:p w14:paraId="14A8EB39" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00946817">
+            <w:r w:rsidRPr="00815A39">
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 år</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00946817" w:rsidRPr="00946817" w14:paraId="66F640BE" w14:textId="77777777" w:rsidTr="00516DD4">
+      <w:tr w:rsidR="00946817" w:rsidRPr="00946817" w14:paraId="66F640BE" w14:textId="77777777" w:rsidTr="00815A39">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3789" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="604955C4" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+          <w:p w14:paraId="604955C4" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00946817">
+            <w:r w:rsidRPr="00815A39">
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Handtvål</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="786C1F36" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+          <w:p w14:paraId="786C1F36" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="00946817" w:rsidP="00815A39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00946817">
+            <w:r w:rsidRPr="00815A39">
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 år</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="101EA90B" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+    <w:p w14:paraId="101EA90B" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0347D3AE" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00516DD4">
+    <w:p w14:paraId="0347D3AE" w14:textId="65A2D898" w:rsidR="00946817" w:rsidRPr="001B729C" w:rsidRDefault="006C4FCF" w:rsidP="00815A39">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B729C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Desinfektion</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="977" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3789"/>
         <w:gridCol w:w="1881"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00946817" w:rsidRPr="00946817" w14:paraId="427A3C6D" w14:textId="77777777" w:rsidTr="00516DD4">
+      <w:tr w:rsidR="00946817" w:rsidRPr="00946817" w14:paraId="427A3C6D" w14:textId="77777777" w:rsidTr="00815A39">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3789" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="75907507" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+          <w:p w14:paraId="75907507" w14:textId="0472C58F" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="006C4FCF" w:rsidP="00815A39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00946817">
+            <w:r w:rsidRPr="00815A39">
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Incidinlösning</w:t>
+              <w:t>Virkon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00815A39">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-desinfektionsmedel</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="41E67DF0" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+          <w:p w14:paraId="41E67DF0" w14:textId="351F031B" w:rsidR="00946817" w:rsidRPr="00815A39" w:rsidRDefault="006C4FCF" w:rsidP="00815A39">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00946817">
+            <w:r w:rsidRPr="00815A39">
               <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Utgångsdatum</w:t>
+              <w:t>1 vecka</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="666CEC13" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00946817">
+    <w:p w14:paraId="666CEC13" w14:textId="77777777" w:rsidR="00946817" w:rsidRPr="00946817" w:rsidRDefault="00946817" w:rsidP="00815A39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00815A39">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00516DD4">
+    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="001A33CA">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1410" w:bottom="1276" w:left="1134" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1135" w:right="1412" w:bottom="1276" w:left="1418" w:header="284" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="496D9698" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="53C2DE2B" w14:textId="77777777" w:rsidR="00460D06" w:rsidRDefault="00460D06">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38030764" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="154269D9" w14:textId="77777777" w:rsidR="00460D06" w:rsidRDefault="00460D06">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0576E0AF" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="42795A9C" w14:textId="77777777" w:rsidR="00460D06" w:rsidRDefault="00460D06">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -3895,74 +5241,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="107015350" name="Bildobjekt 107015350">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -3973,87 +5319,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E5526E6" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23"/>
+    <w:p w14:paraId="421439F7" w14:textId="77777777" w:rsidR="00460D06" w:rsidRDefault="00460D06"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C57738A" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="3A03BCB6" w14:textId="77777777" w:rsidR="00460D06" w:rsidRDefault="00460D06">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F5088BD" w14:textId="77777777" w:rsidR="00363B23" w:rsidRDefault="00363B23">
+    <w:p w14:paraId="00082875" w14:textId="77777777" w:rsidR="00460D06" w:rsidRDefault="00460D06">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -4083,100 +5429,100 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -4206,98 +5552,98 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Bild 1">
+          <wp:docPr id="585789559" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -4327,51 +5673,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5331,50 +6677,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15691E89"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="51C2D45E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="176116E1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F8149832"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -5466,51 +6925,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5580,51 +7039,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5693,51 +7152,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24E23C0D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C4C8E7C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -5832,51 +7291,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26413FF2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F04C5C1C"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2805" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3525" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4245" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4965" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5685" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6405" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7125" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7845" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8565" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27B32D4D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="45AC2E82"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -5968,51 +7540,390 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BED58B9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D606597A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D294074"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C5943E1A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35C63137"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B0E0F01E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6108,51 +8019,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39220B59"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="38F43A54"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -6244,51 +8155,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="397F6EFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C4C8E7C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -6383,51 +8294,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6497,51 +8408,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6610,51 +8521,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6751,51 +8662,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B792DB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48788C58"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6864,51 +8775,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E876326"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0E064AC2"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -7000,51 +8911,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EB25041"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C4C8E7C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -7139,51 +9050,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F6773C4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4330FE48"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -7275,51 +9186,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7388,51 +9299,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7502,51 +9413,277 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56455BA5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3F90DFD0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56DC76B7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="24704F0C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7615,51 +9752,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B0A67EB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E24AE1FC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B726773"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C4C8E7C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -7754,51 +10004,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63963EDC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="91866E14"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="683050BC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3C4C8E7C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -7893,51 +10256,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69E306D7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B8F2AE22"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -8029,51 +10392,164 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EB84EAB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7DB04E6E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -8142,51 +10618,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="712B56B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2743B9C"/>
     <w:lvl w:ilvl="0" w:tplc="D9145232">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E092FB8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -8257,51 +10733,51 @@
     <w:lvl w:ilvl="7" w:tplc="32BCE36C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5B66DC38">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="774D0F6F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="07FA570A"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -8393,51 +10869,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78C02576"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75163DFA"/>
     <w:lvl w:ilvl="0" w:tplc="77D242EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="13AAE904" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8506,51 +10982,51 @@
     <w:lvl w:ilvl="7" w:tplc="EDCC4996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="835AB85A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8619,51 +11095,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D114AA8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DA3CD79A"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="570"/>
         </w:tabs>
         <w:ind w:left="570" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -8755,51 +11231,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D685442"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79C6276E"/>
     <w:lvl w:ilvl="0" w:tplc="6DC497D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C226BADA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8868,51 +11344,51 @@
     <w:lvl w:ilvl="7" w:tplc="9E1E8AAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="51E66D9E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -8982,672 +11458,757 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2024237156">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1269584475">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2081562986">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1583104190">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1200899355">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="139470808">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="31151382">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="650602169">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="508063275">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1895769592">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1567909885">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="503514312">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1803767300">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1189029930">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1458182270">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="144050544">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="543446250">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1178347433">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="515193266">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2040623242">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="806162060">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1398361764">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="816386195">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2121760302">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1857306182">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1073969459">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1835611301">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1295717674">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="673383408">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1835611301">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="30" w16cid:durableId="1998653578">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="251204759">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1394045188">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1708985357">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1722367724">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1016350227">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="168443835">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="2046368032">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1866014401">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="549538142">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="2089040456">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="2138256642">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1752118089">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1764034155">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="176503093">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="880438011">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="382755939">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="926881909">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1822388624">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="145823312">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="1749812692">
+    <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00010EF6"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="000209BF"/>
     <w:rsid w:val="0002435C"/>
+    <w:rsid w:val="00024866"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="00084CD0"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00144025"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="00154AB8"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00164FEA"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00187AE2"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A33CA"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001B729C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D2B0F"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00225A01"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002D6D18"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="00335FA0"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F6CFC"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="0041716C"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="00442686"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="00456240"/>
+    <w:rsid w:val="00460D06"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="00481EC6"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="004957A5"/>
     <w:rsid w:val="004A2B42"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F6FBB"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00502BC4"/>
     <w:rsid w:val="00507B5B"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00516DD4"/>
+    <w:rsid w:val="005307BF"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="00575AD8"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00584924"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B78DB"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005F5C12"/>
     <w:rsid w:val="005F79E4"/>
+    <w:rsid w:val="00603156"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="006233D2"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="00633D78"/>
+    <w:rsid w:val="00636732"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656A65"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
+    <w:rsid w:val="006C4FCF"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
+    <w:rsid w:val="006C6F93"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006D7ACC"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
+    <w:rsid w:val="00730D6D"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="00762E24"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="0077675E"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007C0433"/>
+    <w:rsid w:val="007C4516"/>
+    <w:rsid w:val="007C5138"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00815A39"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00822B72"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00885DE1"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D0D31"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="009236E1"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="00946817"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00997948"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A857B6"/>
+    <w:rsid w:val="00A85DD5"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD145E"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE179F"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C95C72"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D57FFB"/>
     <w:rsid w:val="00D67702"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D92208"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD04A0"/>
     <w:rsid w:val="00DD0B7A"/>
     <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DD7F13"/>
+    <w:rsid w:val="00DE3F0F"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF4F40"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
+    <w:rsid w:val="00E5596E"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E766D0"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F304DD"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F7409A"/>
     <w:rsid w:val="00F83795"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF2EFC"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
+    <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11843,51 +14404,50 @@
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
-      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -12025,56 +14585,198 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000209BF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00603156"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00603156"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="00603156"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="3561409">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="679157701">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="971058870">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1107195790">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1761753658">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1924756843">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1829519317">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2025205629">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1904639084">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1657882239">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -12441,71 +15143,129 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1100</Words>
-  <Characters>7691</Characters>
+  <Words>1559</Words>
+  <Characters>8264</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8774</CharactersWithSpaces>
+  <CharactersWithSpaces>9804</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="18" baseType="variant">
+      <vt:variant>
+        <vt:i4>2883633</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU8760-680139821-19/SURROGATE/Blankett Lokalv%c3%a5rd i renklassade lokaler i Regionservices regi N%c3%84L.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4390978</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/NU10088-1069765838-80/SURROGATE/Slussning av all personal till beredningsrum - N%c3%84L.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6357032</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/nu10088-77811585-71/surrogate/Utbildningsplan och delgivning av rutiner inom nuklearmedicin f%c3%b6r lokalv%c3%a5rdare.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Lokalvård i renklassade lokaler i lokalvårdares regi, NÄL</dc:title>
+  <dc:title>Lokalvård i renklassade lokaler i i fastighet, stöd och service regi - NÄL</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>21</revision>
+  <revision>59</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>