--- v0 (2026-01-09)
+++ v1 (2026-03-19)
@@ -6,670 +6,634 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="472C0656" w14:textId="77777777" w:rsidR="00054563" w:rsidRDefault="00054563" w:rsidP="00F35B05">
+    <w:p w14:paraId="472C0656" w14:textId="77777777" w:rsidR="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="00054563" w:rsidSect="00054563">
+        <w:ind w:left="0"/>
+        <w:sectPr w:rsidR="00054563" w:rsidSect="001A142A">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
-          <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
+          <w:pgMar w:top="3402" w:right="1418" w:bottom="1276" w:left="1418" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
-    <w:p w14:paraId="4AC8A451" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00054563">
+    <w:p w14:paraId="4AC8A451" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E54A0DA" w14:textId="42F8E42C" w:rsidR="00054563" w:rsidRDefault="005B44B0" w:rsidP="005B44B0">
+    <w:p w14:paraId="0E54A0DA" w14:textId="42F8E42C" w:rsidR="00054563" w:rsidRDefault="005B44B0" w:rsidP="001A142A">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="005B44B0">
         <w:t>Drift och skötsel av säkerhetsbänk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6959B7C6" w14:textId="77777777" w:rsidR="00563FAC" w:rsidRPr="00563FAC" w:rsidRDefault="00563FAC" w:rsidP="00563FAC"/>
-    <w:p w14:paraId="485E5C1A" w14:textId="44462C81" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="005B44B0" w:rsidP="005B44B0">
+    <w:p w14:paraId="6959B7C6" w14:textId="77777777" w:rsidR="00563FAC" w:rsidRPr="00563FAC" w:rsidRDefault="00563FAC" w:rsidP="001A142A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FA2BD80" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00054563">
+        <w:t>Bakgrund</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714C9803" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00054563">
+        <w:t>Vid beredning av radioaktiva läkemedel ska säkerhetsbänken effektivt förhindra spridning av radioaktivitet till omgivningen och säkerställa att beredningen sker enligt gällande GMP-krav. Säkerhetsbänken ska uppfylla kraven enligt klass II i Nordisk R3-norm eller motsvarande internationella standarder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="227093FE" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00054563">
+        <w:t>Syfte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53EA3623" w14:textId="77777777" w:rsidR="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00054563">
+        <w:t>Att fastställa instruktioner för drift och skötsel av säkerhetsbänk samt åtgärder när den inte fungerar, för att uppfylla gällande GMP- och strålskyddskrav.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4295A9EA" w14:textId="77777777" w:rsidR="001A142A" w:rsidRPr="00054563" w:rsidRDefault="001A142A" w:rsidP="001A142A">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67003FF6" w14:textId="378D78DB" w:rsidR="00054563" w:rsidRDefault="00505EEF" w:rsidP="00505EEF">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="14635A8E" w14:textId="6749544D" w:rsidR="001A142A" w:rsidRPr="00054563" w:rsidRDefault="001A142A" w:rsidP="00705FA9">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1701" w:right="0" w:hanging="283"/>
+        <w:ind w:left="0" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00705FA9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Uddevalla har nu en likadan säkerhetsbänk som NÄL.</w:t>
+        <w:t>Ändrat sakkunnig apotekare till sakkunnig farmaceut.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F4B1ED" w14:textId="18003E18" w:rsidR="00505EEF" w:rsidRDefault="00505EEF" w:rsidP="00505EEF">
-[...79 lines deleted...]
-    <w:p w14:paraId="0FA2BD80" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="005B44B0">
+    <w:p w14:paraId="5B2BC5C3" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...24 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Arbetsbeskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="394EBD01" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="005B44B0">
+    <w:p w14:paraId="394EBD01" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Bruksanvisning för säkerhetsbänken i beredningsrummet respektive i dispenseringsrummet, NÄL förvaras i respektive rum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB5B02C" w14:textId="105838B4" w:rsidR="00054563" w:rsidRDefault="00054563" w:rsidP="005B44B0">
+    <w:p w14:paraId="1CB5B02C" w14:textId="105838B4" w:rsidR="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Bruksanvisning för s</w:t>
       </w:r>
       <w:r w:rsidR="00DA6654">
         <w:t>äkerhetsbänk, Uddevalla sjukhus förvaras på expeditionen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CAFB3D2" w14:textId="01CC4898" w:rsidR="00DA6654" w:rsidRPr="00054563" w:rsidRDefault="00DA6654" w:rsidP="005B44B0">
+    <w:p w14:paraId="1CAFB3D2" w14:textId="01CC4898" w:rsidR="00DA6654" w:rsidRPr="00054563" w:rsidRDefault="00DA6654" w:rsidP="001A142A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r>
         <w:t>Bruksanvisningarna finns också i SharePoint, Klinisk fysiologi</w:t>
       </w:r>
       <w:r w:rsidR="00A44954">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A44954">
         <w:t>Nuklear</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="39FF0BBC" w14:textId="77777777" w:rsidR="00201385" w:rsidRDefault="00201385">
+    <w:p w14:paraId="39FF0BBC" w14:textId="77777777" w:rsidR="00201385" w:rsidRDefault="00201385" w:rsidP="001A142A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0134558A" w14:textId="1C4FBC7F" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="005B44B0">
+    <w:p w14:paraId="0134558A" w14:textId="1C4FBC7F" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
-        <w:lastRenderedPageBreak/>
         <w:t>Daglig funktionskontroll</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC24288" w14:textId="53526DEB" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00201385">
+    <w:p w14:paraId="4FC24288" w14:textId="53526DEB" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A7F4C79" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="005B44B0">
+    <w:p w14:paraId="6A7F4C79" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00A82743">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t xml:space="preserve">Kontrollera att fläkten går på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00054563">
         <w:t>helfart</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00054563">
         <w:t xml:space="preserve"> och att displayen på säkerhetsbänken är grön.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5BDB8A" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="005B44B0">
+    <w:p w14:paraId="6F5BDB8A" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Funktionsbeskrivning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="320240C8" w14:textId="708071BD" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="320240C8" w14:textId="708071BD" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00A82743">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t xml:space="preserve">Fläkten i säkerhetsbänken ska gå på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00054563">
         <w:t>helfart</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00054563">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A338C4">
         <w:t>hela dygnet</w:t>
       </w:r>
       <w:r w:rsidRPr="00054563">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7C180B" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="1B7C180B" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00A82743">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Beredning får endast ske i godkänd säkerhetsbänk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B31A3E" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="02B31A3E" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00A82743">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Arbete i säkerhetsbänken får inte ske vid driftstopp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C8FF16" w14:textId="7C29CB45" w:rsidR="00054563" w:rsidRPr="00502095" w:rsidRDefault="00054563" w:rsidP="00502095">
+    <w:p w14:paraId="74C8FF16" w14:textId="7C29CB45" w:rsidR="00054563" w:rsidRPr="00502095" w:rsidRDefault="00054563" w:rsidP="00A82743">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Vid arbete i säkerhetsbänken</w:t>
       </w:r>
       <w:r w:rsidR="00502095">
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
       <w:r w:rsidR="0085418F" w:rsidRPr="00502095">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ka f</w:t>
       </w:r>
       <w:r w:rsidRPr="00502095">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>önstret vara nere vid första stoppet och displayen på säkerhetsbänken ska vara grön.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2227F4" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="005B44B0">
+    <w:p w14:paraId="2F2227F4" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Årlig skötsel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C638E83" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="4C638E83" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Validering av produktionslokal och säkerhetsbänkar vid både klinisk fysiologi, NÄL och nuklearmedicin, Uddevalla sjukhus utförs av extern kontrollant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225F0D63" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="005B44B0">
+    <w:p w14:paraId="225F0D63" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Vid driftsstörning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3391419E" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="3391419E" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00A82743">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Vid strömavbrott eller när ventilationen stannat får beredningsarbete inte utföras, dock får påbörjad beredning färdigställas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668F1C25" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="668F1C25" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00A82743">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vänta 30 min efter det att ventilationen återkommit innan beredningsarbete påbörjas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3797CD" w14:textId="170736F7" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="23F52343" w14:textId="08BC48E5" w:rsidR="00A82743" w:rsidRDefault="00054563" w:rsidP="00A82743">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontakta </w:t>
       </w:r>
       <w:r w:rsidR="00956808">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fastighet, stöd och service (</w:t>
       </w:r>
       <w:r w:rsidRPr="00054563">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Västfastigheter tel. 010-441 35 00) om indikation på för lågt flöde i säkerhetsbänken finns. Kontakta vid behov sakkunnig apotekare för diskussion om beredning kan fortsätta. </w:t>
+        <w:t xml:space="preserve">Västfastigheter tel. 010-441 35 00) om indikation på för lågt flöde i säkerhetsbänken finns. Kontakta vid behov sakkunnig </w:t>
+      </w:r>
+      <w:r w:rsidR="00A82743">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>farmaceut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054563">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> för diskussion om beredning kan fortsätta. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EC75D94" w14:textId="299F2C8B" w:rsidR="00054563" w:rsidRPr="008850CC" w:rsidRDefault="00054563" w:rsidP="5ECB09CE">
+    <w:p w14:paraId="3EC75D94" w14:textId="6F943654" w:rsidR="00054563" w:rsidRPr="00A82743" w:rsidRDefault="00054563" w:rsidP="00A82743">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:numPr>
-[...5 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Avvikelser och vidtagna åtgärder dokumenteras i </w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="008850CC" w:rsidRPr="5ECB09CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Log</w:t>
-[...11 lines deleted...]
-          <w:t>blad</w:t>
+          <w:t>Loggblad</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="008850CC" w:rsidRPr="5ECB09CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="015DC2E6" w14:textId="1BD96D5B" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="005B44B0">
+    <w:p w14:paraId="015DC2E6" w14:textId="1BD96D5B" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Reparation och underhåll</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="050A93A7" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="050A93A7" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Reparatörer och servicepersonal ska följa samma instruktioner vad gäller hygien och klädsel som beredningspersonal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01CF1396" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00054563">
+    <w:p w14:paraId="01CF1396" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0"/>
+        <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="002F1D06" w14:textId="6304D13E" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="002F1D06" w14:textId="6304D13E" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Ingrepp i ventilationsanläggning får inte ske när beredningsarbete pågår.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FC4339" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="01FC4339" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:ind w:left="0" w:firstLine="992"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Ombyggnation eller större reparationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45AB8EED" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="45AB8EED" w14:textId="75CC6E61" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00054563">
-        <w:t>Vid större ombyggnation eller större ingrepp kontakta sakkunnig apotekare för information om behövliga åtgärder.</w:t>
+        <w:t xml:space="preserve">Vid större ombyggnation eller större ingrepp kontakta sakkunnig </w:t>
+      </w:r>
+      <w:r w:rsidR="00A82743">
+        <w:t>farma</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00E36">
+        <w:t>ceut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054563">
+        <w:t xml:space="preserve"> för information om behövliga åtgärder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6196F88C" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="005B44B0">
+    <w:p w14:paraId="6196F88C" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Ansvar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C9EEDE" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00563FAC">
+    <w:p w14:paraId="77C9EEDE" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
+      <w:pPr>
+        <w:ind w:left="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:t>Tjänstgörande biomedicinsk analytiker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18DDBCF4" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00054563">
+    <w:p w14:paraId="18DDBCF4" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DA68B53" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="00054563">
+    <w:p w14:paraId="0DA68B53" w14:textId="77777777" w:rsidR="00054563" w:rsidRPr="00054563" w:rsidRDefault="00054563" w:rsidP="001A142A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4590"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00054563">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
+    <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="001A142A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="005B44B0">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="418" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5415C876" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2">
+    <w:p w14:paraId="7D090A2F" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52871B04" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2">
+    <w:p w14:paraId="38F254C0" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E8BA35C" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2">
+    <w:p w14:paraId="6D447624" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -677,89 +641,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -788,74 +752,74 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="166384058" name="Bildobjekt 166384058">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="VG_Ne.wmf"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
@@ -866,73 +830,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CED00AA" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2"/>
+    <w:p w14:paraId="3483BB59" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76A22FD2" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2">
+    <w:p w14:paraId="5525CFD5" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="06C536AA" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2">
+    <w:p w14:paraId="564A004E" w14:textId="77777777" w:rsidR="000A79D2" w:rsidRDefault="000A79D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -976,85 +940,85 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -1099,98 +1063,98 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Bildobjekt 4">
+          <wp:docPr id="1777039792" name="Bildobjekt 1777039792">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -1220,51 +1184,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4236,54 +4200,54 @@
   <w:num w:numId="21" w16cid:durableId="1915041533">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="977996809">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1492286097">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1844853368">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1189415432">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="579097231">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="696584903">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -4334,78 +4298,82 @@
     <w:rsid w:val="000E75BB"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A142A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001D6545"/>
     <w:rsid w:val="00201385"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
+    <w:rsid w:val="002C7A69"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002E143F"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
@@ -4486,51 +4454,53 @@
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="006362BA"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E74FF"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="00705FA9"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="00721B73"/>
     <w:rsid w:val="00721E7D"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="007519C7"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="00795E8E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
@@ -4570,69 +4540,71 @@
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="00931CB0"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00956808"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009D54B9"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
+    <w:rsid w:val="00A00E36"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A15519"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A338C4"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A44954"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A6653C"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A82743"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
@@ -4707,94 +4679,95 @@
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF6207"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="5ECB09CE"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7248,51 +7221,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000536B5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008850CC"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7660,71 +7633,71 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>427</Words>
-  <Characters>2265</Characters>
+  <Words>296</Words>
+  <Characters>2258</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2687</CharactersWithSpaces>
+  <CharactersWithSpaces>2549</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Drift och skötsel av säkerhetsbänk</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
   <lastModifiedBy>Ulrica Sehlberg</lastModifiedBy>
-  <revision>27</revision>
+  <revision>32</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>